--- v0 (2025-10-14)
+++ v1 (2025-12-23)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="4624AF7E" w14:textId="47FC8D5D" w:rsidR="00E128DF" w:rsidRDefault="00E128DF" w:rsidP="00D02D03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FFC7A65" w14:textId="6F82ED4A" w:rsidR="00D02D03" w:rsidRDefault="00B8203A" w:rsidP="00371E28">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -124,119 +124,120 @@
           <w:iCs/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5400" w:type="pct"/>
         <w:tblInd w:w="-75" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2477"/>
+        <w:gridCol w:w="2476"/>
         <w:gridCol w:w="1432"/>
         <w:gridCol w:w="335"/>
         <w:gridCol w:w="762"/>
         <w:gridCol w:w="327"/>
-        <w:gridCol w:w="301"/>
-        <w:gridCol w:w="291"/>
+        <w:gridCol w:w="298"/>
+        <w:gridCol w:w="293"/>
         <w:gridCol w:w="89"/>
         <w:gridCol w:w="194"/>
         <w:gridCol w:w="406"/>
-        <w:gridCol w:w="746"/>
-        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="744"/>
+        <w:gridCol w:w="427"/>
         <w:gridCol w:w="189"/>
         <w:gridCol w:w="254"/>
-        <w:gridCol w:w="943"/>
+        <w:gridCol w:w="487"/>
+        <w:gridCol w:w="456"/>
         <w:gridCol w:w="220"/>
         <w:gridCol w:w="55"/>
         <w:gridCol w:w="110"/>
         <w:gridCol w:w="576"/>
-        <w:gridCol w:w="369"/>
-        <w:gridCol w:w="92"/>
+        <w:gridCol w:w="461"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="97"/>
-        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="511"/>
+        <w:gridCol w:w="113"/>
         <w:gridCol w:w="249"/>
         <w:gridCol w:w="895"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="0A2E26E8" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="0A2E26E8" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
-          <w:trHeight w:val="1056"/>
+          <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C6B20C" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre del Proyecto:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4054" w:type="pct"/>
-            <w:gridSpan w:val="25"/>
+            <w:gridSpan w:val="26"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A96254" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="1299209F" w14:textId="77777777" w:rsidTr="003B5B2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D9EBF9" w14:textId="4951F094" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00C3577E">
@@ -278,51 +279,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Facultad / Centro Regional / Instituto Tecnológico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2629" w:type="pct"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="18"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D3E859F" w14:textId="01904F0E" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="02A32058" w14:textId="77777777" w:rsidTr="003B5B2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="129D2A8F" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00B8203A">
@@ -349,51 +350,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Escuela / Departamento / Instituto / Observatorio / Consultorio / Centro especializado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2629" w:type="pct"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="18"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3276623A" w14:textId="783BAAD3" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="1C3E2C5D" w14:textId="77777777" w:rsidTr="003B5B2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A0A4AF6" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00B8203A">
@@ -420,51 +421,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrera </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2629" w:type="pct"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="18"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="287A0B19" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17EA8D5F" w14:textId="5A9886D9" w:rsidR="002636D8" w:rsidRPr="00923187" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -503,51 +504,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Programa de vinculación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2629" w:type="pct"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="18"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="502F6313" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0DE1C5C1" w14:textId="47603072" w:rsidR="002636D8" w:rsidRPr="00923187" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -586,80 +587,80 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Línea de investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2629" w:type="pct"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="18"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12DF6C56" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F092199" w14:textId="44F8ABB1" w:rsidR="002636D8" w:rsidRPr="00923187" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="77CD8DC5" w14:textId="77777777" w:rsidTr="002636D8">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="77CD8DC5" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43EEA656" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -732,124 +733,124 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Multidisciplinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="868" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00F07104" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Interdisciplinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="989" w:type="pct"/>
+            <w:tcW w:w="955" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="232C5BE1" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Transdisciplinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="142DFEC3" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="142DFEC3" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C4AB67" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="002947C5" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -873,94 +874,94 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="pct"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="000B29A0" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="868" w:type="pct"/>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47487FDE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47487FDE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="435E4FF3" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="5565364A" w14:textId="77777777" w:rsidTr="002636D8">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="5565364A" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43933E61" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="007D1421" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -1047,116 +1048,116 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005933A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Democracia y gobernabilidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="868" w:type="pct"/>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1DEFD4" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005933A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Población y condiciones de vida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1DEFD4" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="3A86833B" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005933A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Población y condiciones de vida</w:t>
-[...31 lines deleted...]
-              </w:rPr>
               <w:t>Ambiente, biodiversidad y desarrollo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="3E59D203" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="3E59D203" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26E09624" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1182,482 +1183,455 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="pct"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63C5244D" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="868" w:type="pct"/>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0E914A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0E914A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="52E88C43" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...21 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="59AD3D82" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="59AD3D82" w14:textId="77777777" w:rsidTr="003B5B2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16DA979B" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Categoría del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="547" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF6D8F8" w14:textId="2177EFC8" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+          <w:p w14:paraId="5AF6D8F8" w14:textId="31373746" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>desarrollo local</w:t>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="003B5B2E">
+              <w:t>desarrollo loca</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>desarrollo regional</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:t>l y/o regional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A34F013" w14:textId="67194B56" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+          <w:p w14:paraId="4AEE7CC2" w14:textId="371A2D79" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Seguimiento a graduados</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="489" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A34F013" w14:textId="029FCDDD" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>volunt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003B5B2E">
+            <w:r w:rsidR="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>. académico</w:t>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">ariado </w:t>
+            </w:r>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>seguim</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>académico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BECD180" w14:textId="30C83BE6" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>cultura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672DE6E0" w14:textId="7B2EAB8B" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1BECD180" w14:textId="312CAB58" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+              <w:t>i + d + i</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FF153C" w14:textId="556E9734" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B5B2E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>a egresados</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:t>comunicación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="672DE6E0" w14:textId="7B2EAB8B" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+          <w:p w14:paraId="62DE9448" w14:textId="5569E846" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B5B2E">
-[...24 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:t>educación no formal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="437" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DE9448" w14:textId="73CA8DB3" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+          <w:p w14:paraId="0FEB872B" w14:textId="584E23BE" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>vínculos académicos</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="2603EA09" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="2603EA09" w14:textId="77777777" w:rsidTr="003B5B2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="661D899A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1743,137 +1717,137 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D507D57" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E537FD" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="pct"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BA1C663" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="518" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0844D03C" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="437" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52F54278" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="5B35FB44" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="5B35FB44" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AE19654" w14:textId="6E79B7F7" w:rsidR="003B5B2E" w:rsidRPr="00BA2248" w:rsidRDefault="003B5B2E" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -1901,52 +1875,52 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Inicio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="pct"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="2028" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77B44E8A" w14:textId="5937BD77" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Finalización</w:t>
             </w:r>
@@ -2062,117 +2036,117 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Año</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1109AEAC" w14:textId="785F584E" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Día</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B7EA9D1" w14:textId="6B9493AD" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2436F549" w14:textId="4C94A88C" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -2262,517 +2236,1589 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="693FB2FD" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC2880C" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="pct"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00EA2308" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B0F34B6" w14:textId="5950157E" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="10D65B0E" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="10D65B0E" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2152" w:type="pct"/>
+            <w:tcW w:w="2151" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79D1E1CF" w14:textId="799E3B1C" w:rsidR="00D02D03" w:rsidRPr="00AA7650" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
+          <w:p w14:paraId="79D1E1CF" w14:textId="799E3B1C" w:rsidR="00BF4EEF" w:rsidRPr="00AA7650" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Beneficiarios directos</w:t>
             </w:r>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003B5B2E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(indicar cantidades en números)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03D0BD03" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="03D0BD03" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="79EFC479" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79EFC479" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Hombres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2189" w:type="pct"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0153AA63" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AB5401" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E51527C" w14:textId="31C58387" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C055E0" w14:textId="588C0374" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Rango de edad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0675FF9F" w14:textId="75B6FF1E" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>0 – 10 años</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E51527C" w14:textId="7B22F09F" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="37C8057D" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="5B8EA126" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2152" w:type="pct"/>
+            <w:tcW w:w="2151" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6FF33E" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="44DFB70B" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="557DEC00" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD38F05" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00923187">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0122968D" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Mujeres</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="308A1582" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F649A2" w14:textId="77B8B079" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>10 – 18 años</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51739E59" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C1BF662" w14:textId="01BC515D" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="17D7FDA7" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="33F71405" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2152" w:type="pct"/>
+            <w:tcW w:w="2151" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3761021A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="75E8283F" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="665CE0E3" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="142C42CD" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="010B8041" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3143DF8F" w14:textId="2B2E7ECE" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>18 – 25 años</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E42F4B" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="3918035C" w14:textId="77777777" w:rsidTr="00BF4EEF">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A86ACF9" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA6D774" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA42E84" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="379972B1" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D1C9FE" w14:textId="24D9D29B" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>25 – 35 años</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3ED902" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="4B52AE70" w14:textId="77777777" w:rsidTr="00BF4EEF">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F67CF4D" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C88AD96" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="227853FF" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3B24E4" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61033510" w14:textId="6CF7F890" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>35 – 50 años</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="531798ED" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="4D016BF3" w14:textId="77777777" w:rsidTr="00BF4EEF">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFADF92" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="5C5FB88F" w14:textId="0A856C96" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923187">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mujeres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F381B97" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0687614D" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12AC7A9A" w14:textId="08F21551" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>50 – 65 años</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE81F30" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="6B316557" w14:textId="77777777" w:rsidTr="00BF4EEF">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CBA5EA" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA8C512" w14:textId="066FCFD9" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="589D0CD1" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C01A07E" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0576D134" w14:textId="62A7F559" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>65 – 80 años</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4459AF" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="6C241AFB" w14:textId="77777777" w:rsidTr="00BF4EEF">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E4F447" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="127C35B7" w14:textId="07079B3C" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="518" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="422572DD" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B469C5" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="651" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="714A6A1A" w14:textId="021DFF3C" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mayor 80 años</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED568D9" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="17D7FDA7" w14:textId="77777777" w:rsidTr="00BF4EEF">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3761021A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="1F9A7038" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicar tipo de etnia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="691" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02CFE6D8" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indígena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="786" w:type="pct"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CD79F6B" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00AA7650" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Afrodescendiente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="711" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="712" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="770BB97E" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mestizo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00385A89" w14:paraId="42ACF552" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00385A89" w14:paraId="42ACF552" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2152" w:type="pct"/>
+            <w:tcW w:w="2151" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="542AB247" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -2812,50 +3858,51 @@
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Hombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="182D9C49" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
@@ -2890,90 +3937,90 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Hombres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="419" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="017AF55D" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="370" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6523A60F" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
@@ -3006,57 +4053,57 @@
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="678490CC" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="678490CC" w14:textId="77777777" w:rsidTr="00BF4EEF">
         <w:trPr>
           <w:trHeight w:val="129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2152" w:type="pct"/>
+            <w:tcW w:w="2151" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="004C19FE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -3083,121 +4130,122 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B86FD0" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CA64C54" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="367" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52CAFAEF" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00AA7650" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="419" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50097ED6" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00AA7650" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="370" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1753B3AF" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3211,51 +4259,51 @@
           </w:tcPr>
           <w:p w14:paraId="0120EF2F" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="06D2D624" w14:textId="77777777" w:rsidTr="003B5B2E">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="26"/>
+            <w:gridSpan w:val="27"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63B3E130" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00137CF1" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00137CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3322,51 +4370,51 @@
           <w:tcPr>
             <w:tcW w:w="1317" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="500BBD64" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1344" w:type="pct"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6D927F" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -3438,51 +4486,51 @@
           <w:tcPr>
             <w:tcW w:w="1317" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35DC7B28" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1344" w:type="pct"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="666D716A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -3551,51 +4599,51 @@
           <w:tcPr>
             <w:tcW w:w="1317" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E808D24" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1344" w:type="pct"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64B3785D" w14:textId="2189301E" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>País</w:t>
@@ -4127,67 +5175,57 @@
               <w:t>(Agregar más líneas de ser necesario)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008875BA" w:rsidRPr="00A8013C" w14:paraId="2DD632A2" w14:textId="77777777" w:rsidTr="001B03DC">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66626F1C" w14:textId="19BC6B2A" w:rsidR="008875BA" w:rsidRPr="00A8013C" w:rsidRDefault="008875BA" w:rsidP="008875BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> de profesores(as) que participaron como integrantes principales del proyecto</w:t>
+              <w:t>Total de profesores(as) que participaron como integrantes principales del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2663" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AA9595D" w14:textId="7E7B9725" w:rsidR="008875BA" w:rsidRPr="00A8013C" w:rsidRDefault="008875BA" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B03DC" w:rsidRPr="00A8013C" w14:paraId="40D4571F" w14:textId="77777777" w:rsidTr="001B03DC">
         <w:trPr>
@@ -4359,69 +5397,87 @@
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9511C">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Departamento al que pertenece</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF12990" w14:textId="2758D47C" w:rsidR="002636D8" w:rsidRPr="002636D8" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
+          <w:p w14:paraId="6AF12990" w14:textId="24DA034C" w:rsidR="002636D8" w:rsidRPr="002636D8" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Tiempo trabajado (en días)</w:t>
+              <w:t xml:space="preserve">Tiempo trabajado (en </w:t>
+            </w:r>
+            <w:r w:rsidR="0040215A">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>HORAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002636D8" w:rsidRPr="00A8013C" w14:paraId="0DC5B567" w14:textId="77777777" w:rsidTr="001B03DC">
         <w:trPr>
           <w:trHeight w:val="384"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="173" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D1F29FD" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="00A8013C" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -4591,50 +5647,51 @@
           <w:tcPr>
             <w:tcW w:w="173" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74CCF520" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="00A8013C" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1186" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E4BC1E" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="002636D8" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -4949,51 +6006,50 @@
           <w:tcPr>
             <w:tcW w:w="173" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60F5EF22" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="00A8013C" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1186" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55E3D2E7" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="002636D8" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -5626,74 +6682,85 @@
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3572" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C81A0BB" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00DD413B" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="7C81A0BB" w14:textId="00A417AD" w:rsidR="00D02D03" w:rsidRPr="00DD413B" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD413B">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Desglose del tipo de participación de estudiantes:</w:t>
+              <w:t>Desglose del tipo de participación de estudiantes</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF4EEF">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Expresado en números)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="19662901" w14:textId="77777777" w:rsidTr="001B03DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="640796E5" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -6568,76 +7635,87 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D6B05">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">TOTAL </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3572" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EFB85AE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="004D6B05" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="1EFB85AE" w14:textId="7FC9ED5D" w:rsidR="00D02D03" w:rsidRPr="004D6B05" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D6B05">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Desglose del tipo de participación de personal docente:</w:t>
+              <w:t>Desglose del tipo de participación de personal docente</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF4EEF">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (expresado en números)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="72A2CCCB" w14:textId="77777777" w:rsidTr="001B03DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D1C00C4" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -7510,98 +8588,98 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD413B">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">TOTAL </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3572" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70590820" w14:textId="4CD4CCDF" w:rsidR="00D02D03" w:rsidRPr="00DD413B" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="70590820" w14:textId="766E47EB" w:rsidR="00D02D03" w:rsidRPr="00DD413B" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD413B">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Desglose del tipo de participación de </w:t>
             </w:r>
             <w:r w:rsidR="00DF455D">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>personal administrativo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD413B">
+            <w:r w:rsidR="00BF4EEF">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> (expresado en números)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="3C9AD6B8" w14:textId="77777777" w:rsidTr="001B03DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A3C044C" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -8421,81 +9499,80 @@
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301FFB2D" w14:textId="77777777" w:rsidR="002636D8" w:rsidRDefault="002636D8" w:rsidP="002636D8">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FAFBF82" w14:textId="53F92B1B" w:rsidR="002636D8" w:rsidRPr="009B4AF4" w:rsidRDefault="002636D8" w:rsidP="00C3577E">
+    <w:p w14:paraId="3FAFBF82" w14:textId="493CC99E" w:rsidR="002636D8" w:rsidRPr="009B4AF4" w:rsidRDefault="002636D8" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>DETALLE D</w:t>
       </w:r>
       <w:r w:rsidR="001B03DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>EL EQUIPO DE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -8564,51 +9641,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B03DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="009B4AF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>gregar más líneas en caso de necesidad)</w:t>
+        <w:t>gregar más líneas en caso de necesidad</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB59E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cada persona deberá de presentar una bitácora de las acciones realizadas, ANEXO 03). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5260" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="452"/>
         <w:gridCol w:w="3091"/>
         <w:gridCol w:w="1683"/>
         <w:gridCol w:w="2688"/>
         <w:gridCol w:w="2854"/>
@@ -8751,69 +9840,108 @@
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9511C">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Categoría</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="778" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78E3315A" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="002636D8" w:rsidRDefault="002636D8" w:rsidP="00486E96">
+          <w:p w14:paraId="199976E0" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="002636D8" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Tiempo trabajado (en días)</w:t>
+              <w:t xml:space="preserve">Tiempo trabajado </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E3315A" w14:textId="3F0E1070" w:rsidR="002636D8" w:rsidRPr="002636D8" w:rsidRDefault="002636D8" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(en </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF4EEF">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>horas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002636D8" w:rsidRPr="00A8013C" w14:paraId="5E709602" w14:textId="77777777" w:rsidTr="009B4AF4">
         <w:trPr>
           <w:trHeight w:val="384"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="177" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13FECE2C" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="00A8013C" w:rsidRDefault="002636D8" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -10787,50 +11915,51 @@
           <w:p w14:paraId="1CEC6145" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A9511C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9511C">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Nombre del contacto directo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="335C4B71" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
@@ -10908,51 +12037,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4702433D" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A9511C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9511C">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Cargo del contacto del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CDA45B7" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
@@ -11311,82 +12439,108 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3344BD50" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="64B39D1E" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03"/>
-    <w:p w14:paraId="599F675B" w14:textId="24ACAA7E" w:rsidR="00D02D03" w:rsidRPr="00AD1060" w:rsidRDefault="009B4AF4" w:rsidP="00C3577E">
+    <w:p w14:paraId="599F675B" w14:textId="7936358B" w:rsidR="00D02D03" w:rsidRPr="00AD1060" w:rsidRDefault="009B4AF4" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1060">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">INFORME DEL PROYECTO (Agregar más tablas </w:t>
+        <w:t xml:space="preserve">INFORME </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>DE EJECUCIÓN DE LAS ACCIONES PLANIFICADAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1060">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Agregar más tablas </w:t>
       </w:r>
       <w:r w:rsidR="004249DA" w:rsidRPr="00AD1060">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">de resultados </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD1060">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -13756,50 +14910,51 @@
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAD9683" w14:textId="6A40F24C" w:rsidR="004249DA" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Detalle de las actividades realizadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7415E6" w14:textId="77777777" w:rsidR="004249DA" w:rsidRDefault="004249DA" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -14277,50 +15432,664 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E09110E" w14:textId="77777777" w:rsidR="004249DA" w:rsidRPr="004249DA" w:rsidRDefault="004249DA" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="06E9858C" w14:textId="4DF5D35A" w:rsidR="004249DA" w:rsidRDefault="004249DA" w:rsidP="00D02D03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="766B5707" w14:textId="7661BD88" w:rsidR="00DB2D84" w:rsidRPr="00DB2D84" w:rsidRDefault="00DB2D84" w:rsidP="00DB2D84">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>REPORTE DE ACCIONES PLANIFICADAS QUE NO FUERON EJECUTADAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1060">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5260" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3680"/>
+        <w:gridCol w:w="2979"/>
+        <w:gridCol w:w="2905"/>
+        <w:gridCol w:w="3188"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB2D84" w:rsidRPr="00A8013C" w14:paraId="2305D105" w14:textId="77777777" w:rsidTr="00DB2D84">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08550F1C" w14:textId="0B1A5328" w:rsidR="00DB2D84" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Resultado previsto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1168" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4231508E" w14:textId="6937B932" w:rsidR="00DB2D84" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Actividad planificada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EC37F1" w14:textId="28A092AB" w:rsidR="00DB2D84" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Breve explicación del porqué no se ejecutó</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="192B0905" w14:textId="612EBC99" w:rsidR="00DB2D84" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Afectación al proyecto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2D84" w:rsidRPr="004249DA" w14:paraId="1ECAE591" w14:textId="77777777" w:rsidTr="00DB2D84">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31307C3E" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00DB2D84">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1168" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1B1EAE" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2774CFFB" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="475B90B2" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2D84" w:rsidRPr="004249DA" w14:paraId="39A3CEA0" w14:textId="77777777" w:rsidTr="00DB2D84">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D5AA8A" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00DB2D84">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1168" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FC592E" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F62CE0" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D246E2F" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2D84" w:rsidRPr="004249DA" w14:paraId="625A9AFB" w14:textId="77777777" w:rsidTr="00DB2D84">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3AA9E3" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00DB2D84">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1168" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51945A88" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4361F0EB" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F643539" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2D84" w:rsidRPr="004249DA" w14:paraId="2DB20DAE" w14:textId="77777777" w:rsidTr="00DB2D84">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F86FC4" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00DB2D84">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1168" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE49135" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A3AABF" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DA2B0A" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB2D84" w:rsidRPr="004249DA" w14:paraId="01E1CF8D" w14:textId="77777777" w:rsidTr="00DB2D84">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C38708" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00DB2D84">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1168" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="422007F0" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DD4758" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0106EDEA" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRPr="004249DA" w:rsidRDefault="00DB2D84" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1AEE20AE" w14:textId="77777777" w:rsidR="00DB2D84" w:rsidRDefault="00DB2D84" w:rsidP="00D02D03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70375A2F" w14:textId="7EBED350" w:rsidR="009B4AF4" w:rsidRDefault="00660120" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
@@ -14511,162 +16280,221 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> dificultad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>es</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD1060" w:rsidRPr="00A8013C" w14:paraId="63445C7B" w14:textId="77777777" w:rsidTr="00660120">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CFC2BE6" w14:textId="77777777" w:rsidR="00AD1060" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
-[...53 lines deleted...]
-          </w:p>
           <w:p w14:paraId="596F7788" w14:textId="77777777" w:rsidR="00AD1060" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C82311F" w14:textId="77777777" w:rsidR="00AD1060" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
+          <w:p w14:paraId="5C487885" w14:textId="77777777" w:rsidR="00AD1060" w:rsidRPr="00A8013C" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59A37430" w14:textId="77777777" w:rsidR="00AD1060" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0D06" w:rsidRPr="00A8013C" w14:paraId="21504928" w14:textId="77777777" w:rsidTr="00660120">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2555" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="00976C2C" w14:textId="77777777" w:rsidR="00FF0D06" w:rsidRDefault="00FF0D06" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6EAD2E13" w14:textId="77777777" w:rsidR="00AD1060" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
-[...4 lines deleted...]
-          <w:p w14:paraId="04CD8A8A" w14:textId="77777777" w:rsidR="00AD1060" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1D764D" w14:textId="77777777" w:rsidR="00FF0D06" w:rsidRPr="00A8013C" w:rsidRDefault="00FF0D06" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C487885" w14:textId="77777777" w:rsidR="00AD1060" w:rsidRPr="00A8013C" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0D06" w:rsidRPr="00A8013C" w14:paraId="18B7B2D1" w14:textId="77777777" w:rsidTr="00660120">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2555" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6643006F" w14:textId="77777777" w:rsidR="00FF0D06" w:rsidRDefault="00FF0D06" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="337488FA" w14:textId="77777777" w:rsidR="00FF0D06" w:rsidRPr="00A8013C" w:rsidRDefault="00FF0D06" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="44AC9F1D" w14:textId="77777777" w:rsidTr="00660120">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2555" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1350C71E" w14:textId="77777777" w:rsidR="00770377" w:rsidRDefault="00770377" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF3811B" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="00A8013C" w:rsidRDefault="00770377" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0D06" w:rsidRPr="00A8013C" w14:paraId="09E5A3DB" w14:textId="77777777" w:rsidTr="00660120">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2555" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CFF881" w14:textId="77777777" w:rsidR="00FF0D06" w:rsidRDefault="00FF0D06" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="537D52FD" w14:textId="77777777" w:rsidR="00FF0D06" w:rsidRPr="00A8013C" w:rsidRDefault="00FF0D06" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w14:paraId="2BDF4FA4" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="509CD68A" w14:textId="66847BB7" w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w:rsidRDefault="00AD1060" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
@@ -14819,79 +16647,53 @@
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Buenas prácticas </w:t>
             </w:r>
             <w:r w:rsidR="00660120">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">(Resaltar aspectos que contribuirán a mejorar el proceso académico de su unidad académica a partir de la experiencia) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w14:paraId="0897E4FD" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="1499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5A1545" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
-[...27 lines deleted...]
-              <w:ind w:left="63"/>
+          <w:p w14:paraId="179F1501" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRPr="00FF0D06" w:rsidRDefault="009B4AF4" w:rsidP="00FF0D06">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4CF59058" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03AF56AA" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
@@ -14955,51 +16757,50 @@
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="46387715" w14:textId="70445BEA" w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w:rsidRDefault="00660120" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Transformación que se logró con la ejecución del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00660120" w:rsidRPr="00A8013C" w14:paraId="23A0D6F9" w14:textId="77777777" w:rsidTr="00660120">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="51903691" w14:textId="044147FF" w:rsidR="00660120" w:rsidRDefault="00660120" w:rsidP="00660120">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15015,104 +16816,148 @@
             <w:tcW w:w="2500" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="63573533" w14:textId="21D8992D" w:rsidR="00660120" w:rsidRPr="00A8013C" w:rsidRDefault="00660120" w:rsidP="00660120">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Cambios que se logró con el proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00660120" w:rsidRPr="00A8013C" w14:paraId="02DC3F45" w14:textId="77777777" w:rsidTr="00660120">
+      <w:tr w:rsidR="00660120" w:rsidRPr="00A8013C" w14:paraId="02DC3F45" w14:textId="77777777" w:rsidTr="00EB59E4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A05A5D5" w14:textId="77777777" w:rsidR="00660120" w:rsidRPr="00660120" w:rsidRDefault="00660120" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B7AFB3" w14:textId="2D4EBE42" w:rsidR="00660120" w:rsidRPr="00660120" w:rsidRDefault="00660120" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB59E4" w:rsidRPr="00A8013C" w14:paraId="41359ADF" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4A05A5D5" w14:textId="77777777" w:rsidR="00660120" w:rsidRPr="00660120" w:rsidRDefault="00660120" w:rsidP="00486E96">
+          <w:p w14:paraId="3C812079" w14:textId="77777777" w:rsidR="00EB59E4" w:rsidRPr="00660120" w:rsidRDefault="00EB59E4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="772A1CC5" w14:textId="77777777" w:rsidR="00660120" w:rsidRDefault="00660120" w:rsidP="00486E96">
-[...26 lines deleted...]
-          <w:p w14:paraId="55B7AFB3" w14:textId="2D4EBE42" w:rsidR="00660120" w:rsidRPr="00660120" w:rsidRDefault="00660120" w:rsidP="00486E96">
+          <w:p w14:paraId="40C78492" w14:textId="77777777" w:rsidR="00EB59E4" w:rsidRDefault="00EB59E4" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB59E4" w:rsidRPr="00A8013C" w14:paraId="23C24F4A" w14:textId="77777777" w:rsidTr="00660120">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB4C7DB" w14:textId="77777777" w:rsidR="00EB59E4" w:rsidRPr="00660120" w:rsidRDefault="00EB59E4" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7163FBDD" w14:textId="77777777" w:rsidR="00EB59E4" w:rsidRDefault="00EB59E4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w14:paraId="4A197F3D" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="6C63C215" w14:textId="5C09528E" w:rsidR="009B4AF4" w:rsidRDefault="00660120" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -15175,217 +17020,334 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Metas a las que se contribuyó</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00660120" w:rsidRPr="00A8013C" w14:paraId="150C862C" w14:textId="77777777" w:rsidTr="00660120">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA5CD6E" w14:textId="77777777" w:rsidR="00660120" w:rsidRDefault="00660120" w:rsidP="00486E96">
-[...31 lines deleted...]
-          </w:p>
           <w:p w14:paraId="48606449" w14:textId="08025E21" w:rsidR="00660120" w:rsidRPr="00660120" w:rsidRDefault="00660120" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34F423C1" w14:textId="77777777" w:rsidR="00660120" w:rsidRPr="00660120" w:rsidRDefault="00660120" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB59E4" w:rsidRPr="00A8013C" w14:paraId="35FAF8BB" w14:textId="77777777" w:rsidTr="00660120">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B468D4B" w14:textId="77777777" w:rsidR="00EB59E4" w:rsidRPr="00660120" w:rsidRDefault="00EB59E4" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA73721" w14:textId="77777777" w:rsidR="00EB59E4" w:rsidRPr="00660120" w:rsidRDefault="00EB59E4" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB59E4" w:rsidRPr="00A8013C" w14:paraId="3DE24E81" w14:textId="77777777" w:rsidTr="00660120">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF755F3" w14:textId="77777777" w:rsidR="00EB59E4" w:rsidRPr="00660120" w:rsidRDefault="00EB59E4" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47A91DA0" w14:textId="77777777" w:rsidR="00EB59E4" w:rsidRPr="00660120" w:rsidRDefault="00EB59E4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w14:paraId="1EF97F27" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="2723AEE6" w14:textId="089EF552" w:rsidR="009B4AF4" w:rsidRPr="000D1C53" w:rsidRDefault="00660120" w:rsidP="00C3577E">
+          <w:p w14:paraId="2723AEE6" w14:textId="0734E948" w:rsidR="009B4AF4" w:rsidRPr="000D1C53" w:rsidRDefault="00660120" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Sostenibilidad del proyecto </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>(detalle los mecanismos aplicados para garantizar la sostenibilidad del proyecto)</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0D06" w:rsidRPr="00A8013C" w14:paraId="00D639D4" w14:textId="77777777" w:rsidTr="00FF0D06">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B03EE35" w14:textId="1FA951EF" w:rsidR="00FF0D06" w:rsidRPr="002F7CE2" w:rsidRDefault="00FF0D06" w:rsidP="00FF0D06">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Descripción de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> los mecanismos aplicados para garantizar la sostenibilidad del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w14:paraId="0A8CC68F" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="1006"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="648FCD96" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
-[...8 lines deleted...]
-          </w:p>
           <w:p w14:paraId="7BCEEC33" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C485245" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D88F0B8" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5987798A" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D4E93E6" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F7CE2" w:rsidRPr="00A8013C" w14:paraId="48E7588B" w14:textId="77777777" w:rsidTr="002F7CE2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="33FE96AE" w14:textId="1746CB48" w:rsidR="002F7CE2" w:rsidRDefault="002F7CE2" w:rsidP="00486E96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Acciones ejecutadas por la contraparte para garantizar la sostenibilidad de las acciones ejecutadas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F7CE2" w:rsidRPr="00A8013C" w14:paraId="10BB46D9" w14:textId="77777777" w:rsidTr="00660120">
+        <w:trPr>
+          <w:trHeight w:val="1006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FEFE1EE" w14:textId="77777777" w:rsidR="002F7CE2" w:rsidRDefault="002F7CE2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w14:paraId="78CB1282" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="55AA13EB" w14:textId="0582C3A2" w:rsidR="009B4AF4" w:rsidRDefault="00660120" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
@@ -15692,51 +17654,50 @@
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="12417E34" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRPr="00F70AA7" w:rsidRDefault="009B4AF4" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Bibliografía</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w14:paraId="51DABD3D" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E3C959D" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -15830,171 +17791,173 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Deberá de aplicarse un formulario de consulta a los beneficiados para que evalúen el proyecto) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="650E0283" w14:textId="77777777" w:rsidTr="00A245F2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0F46C654" w14:textId="23BCE893" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> beneficiarios</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Total beneficiarios</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="293341E2" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2E734BE0" w14:textId="795F13AF" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> muestra de consultas realizadas</w:t>
+              <w:t>Total muestra de consultas realizadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4536DECC" w14:textId="640E2FA5" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="1E5EBEC7" w14:textId="77777777" w:rsidTr="00A245F2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5DC516" w14:textId="395B4400" w:rsidR="00A245F2" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00A245F2">
+          <w:p w14:paraId="6E5DC516" w14:textId="32A4CD78" w:rsidR="00A245F2" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00A245F2">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Resultados de la encuesta </w:t>
             </w:r>
             <w:r w:rsidRPr="00A245F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>(expresar los datos en número de respuestas)</w:t>
+              <w:t xml:space="preserve">(expresar los datos en </w:t>
+            </w:r>
+            <w:r w:rsidR="002F7CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>porcentaje</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A245F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F7CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>% )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="00016F96" w14:textId="77777777" w:rsidTr="00A245F2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2CB35264" w14:textId="33BCD1DD" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00A245F2">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -16147,51 +18110,51 @@
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="489E7C4E" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00A245F2">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61FE6B13" w14:textId="264DD7F8" w:rsidR="00D02D03" w:rsidRPr="00A245F2" w:rsidRDefault="00660120" w:rsidP="00C3577E">
+    <w:p w14:paraId="61FE6B13" w14:textId="5C0139A0" w:rsidR="00D02D03" w:rsidRPr="00A245F2" w:rsidRDefault="00660120" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660120">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
@@ -16218,66 +18181,82 @@
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4693"/>
         <w:gridCol w:w="1234"/>
         <w:gridCol w:w="1224"/>
         <w:gridCol w:w="1553"/>
         <w:gridCol w:w="2349"/>
         <w:gridCol w:w="1699"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="5F8B51E0" w14:textId="4636DE92" w:rsidTr="00A245F2">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4205551D" w14:textId="56E193D4" w:rsidR="00A245F2" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00A245F2">
+          <w:p w14:paraId="4205551D" w14:textId="4668C128" w:rsidR="00A245F2" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00A245F2">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E36A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aporte institucional </w:t>
+              <w:t>Aporte</w:t>
+            </w:r>
+            <w:r w:rsidR="00770377">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> UNAH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E36A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E36A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(manifestado en lempiras)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="3671CC96" w14:textId="619F1DB6" w:rsidTr="00A245F2">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ED0DE34" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -17204,62 +19183,71 @@
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Costos indirectos por infraestructura universidad (depreciación de equipo, calculado sobre la sumatoria de los conceptos a – e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69DD0082" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+          <w:p w14:paraId="69DD0082" w14:textId="776B3EB2" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="002F7CE2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A245F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="480" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E696F10" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -17334,73 +19322,81 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5430859E" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Costos indirectos por servicios públicos (internet, electricidad, otros, calculado sobre la sumatoria de los conceptos a – e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6482EDBD" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+          <w:p w14:paraId="6482EDBD" w14:textId="68512527" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="002F7CE2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A245F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="480" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DE768B8" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -17430,1218 +19426,2475 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E8006FC" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0CE6C64C" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF4F19" w:rsidRPr="00A8013C" w14:paraId="7E25FE34" w14:textId="77777777" w:rsidTr="00A245F2">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E999270" w14:textId="6C306B6E" w:rsidR="00AF4F19" w:rsidRDefault="00AF4F19" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Aportación insumos/materiales adquiridos por estudiantes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7493A987" w14:textId="0C81512E" w:rsidR="00AF4F19" w:rsidRDefault="00AF4F19" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Global</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDB8DE3" w14:textId="77777777" w:rsidR="00AF4F19" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04DF2266" w14:textId="77777777" w:rsidR="00AF4F19" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="921" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3749DD" w14:textId="77777777" w:rsidR="00AF4F19" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0719A6F0" w14:textId="77777777" w:rsidR="00AF4F19" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="6B8EE39C" w14:textId="0C520713" w:rsidTr="00A245F2">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2265FF18" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="002E36A4" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002E36A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> aporte institucional</w:t>
+              <w:t>Total aporte institucional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DF7EEBF" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="002E36A4" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="41E61B3D" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="002E36A4" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="0079882E" w14:textId="33AFBF40" w:rsidTr="00A245F2">
+    </w:tbl>
+    <w:p w14:paraId="70CDBFCD" w14:textId="04853BC5" w:rsidR="00770377" w:rsidRPr="00770377" w:rsidRDefault="00770377" w:rsidP="00770377">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5260" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4694"/>
+        <w:gridCol w:w="1234"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1553"/>
+        <w:gridCol w:w="1923"/>
+        <w:gridCol w:w="2124"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="6E6B1EAA" w14:textId="77777777" w:rsidTr="00FE04F8">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="204411C9" w14:textId="2B76B833" w:rsidR="00770377" w:rsidRPr="00A245F2" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E36A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aporte </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la contraparte</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E36A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E36A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(manifestado en lempiras)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="7C9B4389" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E844703" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Concepto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A4FD41" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Unidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B94852B" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Cantidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC5CBAB" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Costo unitario</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E231B24" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Costo Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D4FA82" w14:textId="54B7224C" w:rsidR="00770377" w:rsidRDefault="00AF4F19" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Descripción del origen de los fondos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="37ED8CB5" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7AD7B4" w14:textId="2FE6ABFE" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00AF4F19" w:rsidP="00770377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Personal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B1F4D2" w14:textId="7611AB63" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="600A13CC" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA66E72" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E7F67C" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E7E29F" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="248B61C2" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3BD645" w14:textId="752BA13C" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00770377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Insumos / materiales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2597EFBB" w14:textId="4EA9FDBF" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Global</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D4AA88" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="099EF5D5" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3249985D" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C66F32A" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="650EF4F5" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12321E9B" w14:textId="5E7429C6" w:rsidR="00770377" w:rsidRDefault="00770377" w:rsidP="00770377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Gastos de movilización</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4F19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (combustible, viáticos, transporte)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27CCCC98" w14:textId="77777777" w:rsidR="00770377" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Global</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D1A41B" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6391852F" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AF5322" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4115313E" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="671BD915" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D84841" w14:textId="083EF489" w:rsidR="00770377" w:rsidRDefault="00AF4F19" w:rsidP="00770377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Gastos de hospedaje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="495892A5" w14:textId="77777777" w:rsidR="00770377" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Global</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FEA426" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EC2855" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D43F9D" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="439931E4" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF4F19" w:rsidRPr="00A8013C" w14:paraId="19095AAD" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D00F06" w14:textId="2E093C05" w:rsidR="00AF4F19" w:rsidRDefault="00AF4F19" w:rsidP="00770377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Gastos de alimentación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDD1353" w14:textId="495ADF20" w:rsidR="00AF4F19" w:rsidRDefault="00AF4F19" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Global</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="283B2F32" w14:textId="77777777" w:rsidR="00AF4F19" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="018E550E" w14:textId="77777777" w:rsidR="00AF4F19" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C619CED" w14:textId="77777777" w:rsidR="00AF4F19" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CE1BB2" w14:textId="77777777" w:rsidR="00AF4F19" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="247C04D3" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3263F1FE" w14:textId="77777777" w:rsidR="00770377" w:rsidRDefault="00770377" w:rsidP="00770377">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Gastos de impresión</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F475E50" w14:textId="77777777" w:rsidR="00770377" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Global</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF9F004" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="227991D6" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CDC840D" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C2C13D" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="4899DD35" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D1C6F4" w14:textId="29026F21" w:rsidR="00770377" w:rsidRPr="00AF4F19" w:rsidRDefault="00AF4F19" w:rsidP="00AF4F19">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Otros gastos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECA503D" w14:textId="0933BFFB" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00AF4F19" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Global</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72750694" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8A547A" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD797C5" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E65D66" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="635AC227" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5E6713" w14:textId="0AFF6CB2" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E36A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total aporte </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4F19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la contrapartes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA4EE64" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5A256D" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="08C37638" w14:textId="77777777" w:rsidTr="00AF4F19">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="3413" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63BEC9C9" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="002E36A4" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+          <w:p w14:paraId="6CB53339" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E36A4">
-[...13 lines deleted...]
-            <w:tcW w:w="921" w:type="pct"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Aporte de los beneficiarios (comunidad)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29501670" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
-[...14 lines deleted...]
-            <w:tcW w:w="666" w:type="pct"/>
+          <w:p w14:paraId="7E7AF62F" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7848D25D" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+          <w:p w14:paraId="4E43593E" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="515A0FCD" w14:textId="1CBB2B01" w:rsidTr="00A245F2">
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="697B7920" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5169F6BF" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="002E36A4" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+          <w:p w14:paraId="4D9AFBE3" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aporte fondos internacionales </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="921" w:type="pct"/>
+              <w:t>Otros aportes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="692BD367" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
-[...14 lines deleted...]
-            <w:tcW w:w="666" w:type="pct"/>
+          <w:p w14:paraId="4DBE207C" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="536D8A85" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+          <w:p w14:paraId="11F119E7" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="3B886241" w14:textId="2C680342" w:rsidTr="00A245F2">
+      <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="5477DC67" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="pct"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="071D0F35" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E2A208" w14:textId="58B22648" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Aporte de otras universidades</w:t>
-[...194 lines deleted...]
-            <w:gridSpan w:val="4"/>
+              <w:t xml:space="preserve">Total Ejecución </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4F19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la contraparte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B54D82E" w14:textId="621B168B" w:rsidR="00A245F2" w:rsidRPr="002E36A4" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
-[...37 lines deleted...]
-            <w:tcW w:w="921" w:type="pct"/>
+          <w:p w14:paraId="516EEBD7" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="453EE3CC" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="005B2439" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
+          </w:tcPr>
+          <w:p w14:paraId="275A7644" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7105197F" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A245F2" w:rsidRDefault="00D02D03" w:rsidP="00A245F2">
+    <w:p w14:paraId="154F431F" w14:textId="77777777" w:rsidR="00770377" w:rsidRDefault="00770377" w:rsidP="00770377">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BB00968" w14:textId="3248F11A" w:rsidR="00D02D03" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
+    <w:p w14:paraId="6F2D27C2" w14:textId="6E6CEB4B" w:rsidR="002F7CE2" w:rsidRPr="00A245F2" w:rsidRDefault="00AF4F19" w:rsidP="00A245F2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Nota:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La entidad contraparte deberá de presentar el reporte de gastos, desglosado, firmado y sellado por el responsable contable (gerente, tesorero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>) y del representante legal de la institución, certificando la veracidad de los fondos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB00968" w14:textId="3248F11A" w:rsidR="00D02D03" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00AF4F19">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>FIRMAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:jc w:val="center"/>
+        <w:tblW w:w="5262" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6061"/>
-        <w:gridCol w:w="6061"/>
+        <w:gridCol w:w="6373"/>
+        <w:gridCol w:w="6384"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="4B3CBA20" w14:textId="77777777" w:rsidTr="00D02D03">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="4B3CBA20" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="360"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2498" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="5B65C6C0" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Coordinador del proyecto por la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2502" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="6A86AA36" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Jefe de la Unidad Académica que lidera el proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="45870715" w14:textId="77777777" w:rsidTr="00D02D03">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="45870715" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="395"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2498" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="73BD35AA" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2502" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3CC0A502" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="1F280CD3" w14:textId="77777777" w:rsidTr="00D02D03">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="1F280CD3" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="1114"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2498" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="682783CC" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2502" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4EF81AC6" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="3DAA036D" w14:textId="77777777" w:rsidTr="00D02D03">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="3DAA036D" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="277"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2498" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="5E80CDE5" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Firma del profesor/a responsable del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2502" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="0E67C2D4" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Firma del </w:t>
-[...15 lines deleted...]
-              <w:t>/a de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t>Firma del Jefe/a de la Unidad Académica que lidera el proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E524038" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:jc w:val="center"/>
+        <w:tblW w:w="5260" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6061"/>
-        <w:gridCol w:w="6061"/>
+        <w:gridCol w:w="6373"/>
+        <w:gridCol w:w="6379"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="11621B1C" w14:textId="77777777" w:rsidTr="00D02D03">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="11621B1C" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="278"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2499" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74767317" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Coordinador(a) del Comité de Vinculación de la Facultad o Unidad de Vinculación del Centro Regional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2501" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2A35E2" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Decano(a) o </w:t>
-[...17 lines deleted...]
-              <w:t>(a) del Centro Regional</w:t>
+              <w:t>Decano(a) o Director(a) del Centro Regional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="006BA6D0" w14:textId="77777777" w:rsidTr="00D02D03">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="006BA6D0" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="330"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2499" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7BB6CC52" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2501" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2EC96D1C" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="65D25CFD" w14:textId="77777777" w:rsidTr="00D02D03">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="65D25CFD" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="902"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2499" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3CEB32A9" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2501" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2603409C" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="4D858845" w14:textId="77777777" w:rsidTr="00D02D03">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="4D858845" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="277"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2499" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="52463837" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Firma del coordinador del Comité Local </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcW w:w="2501" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="6AE77BCE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Firma y sello del Decano(a) o </w:t>
-[...15 lines deleted...]
-              <w:t>(a)</w:t>
+              <w:t>Firma y sello del Decano(a) o Director(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62FB24A7" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10044658" w14:textId="7C3472D3" w:rsidR="00A245F2" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ANEXOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC893CC" w14:textId="1AF76316" w:rsidR="00D02D03" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Deberán adjuntarse como anexos, entre otros, la siguiente información:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA115DD" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CAC11C3" w14:textId="1C45A7E8" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
+    <w:p w14:paraId="0CAC11C3" w14:textId="31D2D248" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Material generado por el proyecto (adjuntarse el enlace de una carpeta digital con documentos, manuales, guías, </w:t>
+        <w:t>Material generado por el proyecto (adjuntarse el enlace de una carpeta digital con documentos, manuales, guías,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC53A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listas de asistencia, ayudas memorias de reuniones,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EECB3B" w14:textId="01C18E28" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -18652,67 +21905,119 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Formularios de encuestas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="797752CB" w14:textId="77F884EA" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Informes de procesamiento de datos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14100D75" w14:textId="3FF401C5" w:rsidR="00A245F2" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
+    <w:p w14:paraId="14100D75" w14:textId="3FF401C5" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Fotografías de todo el proceso (debe de adjuntarse el enlace de una carpeta digital con juego de fotografías de todo el proceso)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6244F294" w14:textId="0AC94FC6" w:rsidR="00DC53A8" w:rsidRDefault="00DC53A8" w:rsidP="00C3577E">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Videos cortos del proyecto (en el caso de haberse realizado, se recomienda el levantamiento de esta información).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E94F394" w14:textId="7ED457AC" w:rsidR="00DC53A8" w:rsidRPr="00A245F2" w:rsidRDefault="00DC53A8" w:rsidP="00C3577E">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evidencias de difusión de las acciones del proyecto: presentaciones a actores externos, publicaciones en medios, difusión en redes sociales, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA3E380" w14:textId="565B5A19" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="099C5E8E" w14:textId="4EE42F86" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22FFFB87" w14:textId="51612755" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
@@ -18840,76 +22145,76 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D02D03" w:rsidSect="002636D8">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1701" w:right="2268" w:bottom="1469" w:left="1440" w:header="737" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="432F577C" w14:textId="77777777" w:rsidR="007D12EF" w:rsidRDefault="007D12EF" w:rsidP="007D0977">
+    <w:p w14:paraId="3BBD39EC" w14:textId="77777777" w:rsidR="00C22266" w:rsidRDefault="00C22266" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D1A7237" w14:textId="77777777" w:rsidR="007D12EF" w:rsidRDefault="007D12EF" w:rsidP="007D0977">
+    <w:p w14:paraId="465D8ABA" w14:textId="77777777" w:rsidR="00C22266" w:rsidRDefault="00C22266" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -18926,165 +22231,166 @@
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2104919784"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="2B9FF92D" w14:textId="7AB64D2D" w:rsidR="00660120" w:rsidRDefault="00660120">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4AEC8B0A" w14:textId="22AB95D6" w:rsidR="00D02D03" w:rsidRPr="00FA187D" w:rsidRDefault="00D02D03">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06A1CBDF" w14:textId="77777777" w:rsidR="007D12EF" w:rsidRDefault="007D12EF" w:rsidP="007D0977">
+    <w:p w14:paraId="6432431D" w14:textId="77777777" w:rsidR="00C22266" w:rsidRDefault="00C22266" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E7B6A41" w14:textId="77777777" w:rsidR="007D12EF" w:rsidRDefault="007D12EF" w:rsidP="007D0977">
+    <w:p w14:paraId="44549B49" w14:textId="77777777" w:rsidR="00C22266" w:rsidRDefault="00C22266" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00DC53A8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+        <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="572FF793" w14:textId="3E901D70" w:rsidR="00D02D03" w:rsidRDefault="002636D8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33F4300A" wp14:editId="30341F10">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>8839200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-410845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="244475" cy="1118870"/>
               <wp:effectExtent l="0" t="0" r="3175" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="3 Rectángulo"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -19118,51 +22424,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
             <v:rect w14:anchorId="2B3A9F31" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:696pt;margin-top:-32.35pt;width:19.25pt;height:88.1pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUmsQymwIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTdO2COkWQIsOA&#10;oi3aDj0rspQYkEWNUuJkf7Nv2Y+Vkh23a4sdhuWgiCL5SD6TPL/YNYZtFfoabMmLo5wzZSVUtV2V&#10;/PvD4tMZZz4IWwkDVpV8rzy/mH78cN66iRrBGkylkBGI9ZPWlXwdgptkmZdr1Qh/BE5ZUmrARgQS&#10;cZVVKFpCb0w2yvPPWQtYOQSpvKfXy07JpwlfayXDjdZeBWZKTrmFdGI6l/HMpudiskLh1rXs0xD/&#10;kEUjaktBB6hLEQTbYP0GqqklggcdjiQ0GWhdS5VqoGqK/FU192vhVKqFyPFuoMn/P1h5vb1FVlcl&#10;P+bMioY+0TG7I9p+/7KrjYFIUOv8hOzu3S32kqdrrHansYn/VAfbJVL3A6lqF5ikx9F4PD494UyS&#10;qiiKs7PTxHr27O3Qh68KGhYvJUeKnrgU2ysfKCKZHkxiMA+mrha1MUnA1XJukG0FfeDF5fw4P6D/&#10;YWZsNLYQ3TrE+JLFyrpa0i3sjYp2xt4pTaTE7FMmqR3VEEdIqWwoOtVaVKoLf5LTLxJGCQ8eSUqA&#10;EVlT/AG7B4it/ha7g+nto6tK3Tw4539LrHMePFJksGFwbmoL+B6Aoar6yJ39gaSOmsjSEqo9tQxC&#10;N0veyUVN3+1K+HArkIaHxowWQrihQxtoSw79jbM14M/33qM99TRpOWtpGEvuf2wEKs7MN0vd/qUY&#10;j+P0JmF8cjoiAV9qli81dtPMgdqhoNXjZLpG+2AOV43QPNLemMWopBJWUuySy4AHYR66JUGbR6rZ&#10;LJnRxDoRruy9kxE8shr78mH3KND1zRuo7a/hMLhi8qqHO9voaWG2CaDr1ODPvPZ807Snxuk3U1wn&#10;L+Vk9bw/p08AAAD//wMAUEsDBBQABgAIAAAAIQCb98tx4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcWjv9DSFOhUBcuCBaOHBz4yWJsNdR7LTh7dme4LajHc18U+4m78QJ&#10;h9gF0pDNFQikOtiOGg3vh+dZDiImQ9a4QKjhByPsquur0hQ2nOkNT/vUCA6hWBgNbUp9IWWsW/Qm&#10;zkOPxL+vMHiTWA6NtIM5c7h3cqHURnrTETe0psfHFuvv/eg12DqOT68fLy53oSb3afOD2katb2+m&#10;h3sQCaf0Z4YLPqNDxUzHMJKNwrFe3i14TNIw26y2IC6W1VKtQRz5yrI1yKqU/1dUvwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBUmsQymwIAAIcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCb98tx4AAAAA0BAAAPAAAAAAAAAAAAAAAAAPUEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28231471" wp14:editId="39C63352">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5668645</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-62230</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2287905" cy="1403985"/>
               <wp:effectExtent l="0" t="0" r="0" b="8890"/>
               <wp:wrapNone/>
               <wp:docPr id="307" name="Cuadro de texto 2"/>
@@ -19185,284 +22491,196 @@
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00D02D03" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
-[...34 lines deleted...]
-                          </w:r>
+                          <w:hyperlink r:id="rId1" w:history="1">
+                            <w:r w:rsidRPr="00E128DF">
+                              <w:rPr>
+                                <w:rStyle w:val="Hipervnculo"/>
+                                <w:b/>
+                                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="none"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                            </w:r>
+                          </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00D02D03" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00E128DF">
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>Tel. 2216-</w:t>
-[...21 lines deleted...]
-                            <w:t xml:space="preserve"> 110576</w:t>
+                            <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:446.35pt;margin-top:-4.9pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyO54EKAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmpMRE2gblIzHl8aBbemdkdOh/cTaQZhsefu7A&#10;K87MR0tsLybTaRJ5dqazq4ocfx7ZnEfACoJqeOTsYK5ifhiZB3dLW1nrzNdLJ8deSYuZxuO7SWI/&#10;93PWy+tePgEAAP//AwBQSwMEFAAGAAgAAAAhAM1cvjvgAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOxaJ6kKbZpJVVGxYYFEQaJLN3biiPgh203D3zNd0eVoru49p9pOZmCj&#10;CrF3FiGfZ8CUbZzsbYfw9fk6WwGLSVgpBmcVwq+KsK3v7ypRSnexH2o8pI5RiY2lQNAp+ZLz2Ghl&#10;RJw7ryz9WheMSHSGjssgLlRuBl5k2RM3ore0oIVXL1o1P4ezQfg2upf78H5s5TDu39rd0k/BIz4+&#10;TLsNsKSm9B+GKz6hQ01MJ3e2MrIBYbUunimKMFuTwjVQLBdkd0Io8nwBvK74rUP9BwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALI7ngQoAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM1cvjvgAAAACwEAAA8AAAAAAAAAAAAAAAAAggQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:446.35pt;margin-top:-4.9pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyQXVXDgIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShZduo6WrpUoS0&#10;XKSFD3Acp7GwPcZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbQStyEs5LMBWdz3JKhOHQSHOo6Lev+1cr&#10;SnxgpmEKjKjoWXh6u335YtPbUhTQgWqEIwhifNnbinYh2DLLPO+EZn4GVhh0tuA0C2i6Q9Y41iO6&#10;VlmR52+yHlxjHXDhPd7ej066TfhtK3j43LZeBKIqirWFtLu013HPthtWHhyzneRTGewfqtBMGkx6&#10;gbpngZGjk39BackdeGjDjIPOoG0lF6kH7Gae/9HNY8esSL0gOd5eaPL/D5Z/Oj3aL46E4S0MOMDU&#10;hLcPwL97YmDXMXMQd85B3wnWYOJ5pCzrrS+np5FqX/oIUvcfocEhs2OABDS0TkdWsE+C6DiA84V0&#10;MQTC8bIoVjfrfEkJR998kb9er5YpByufnlvnw3sBmsRDRR1ONcGz04MPsRxWPoXEbB6UbPZSqWS4&#10;Q71TjpwYKmCf1oT+W5gypK/oelksE7KB+D6JQ8uAClVSV3SVxzVqJtLxzjQpJDCpxjNWoszET6Rk&#10;JCcM9YCBkacamjMy5WBUIv4cPHTgflLSowor6n8cmROUqA8G2V7PF4so22QsljcFGu7aU197mOEI&#10;VdFAyXjchST1xIO9w6nsZeLruZKpVlRXonH6CVG+13aKev6v218AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNXL474AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWiepCm2aSVVR&#10;sWGBREGiSzd24oj4IdtNw98zXdHlaK7uPafaTmZgowqxdxYhn2fAlG2c7G2H8PX5OlsBi0lYKQZn&#10;FcKvirCt7+8qUUp3sR9qPKSOUYmNpUDQKfmS89hoZUScO68s/VoXjEh0ho7LIC5UbgZeZNkTN6K3&#10;tKCFVy9aNT+Hs0H4NrqX+/B+bOUw7t/a3dJPwSM+Pky7DbCkpvQfhis+oUNNTCd3tjKyAWG1Lp4p&#10;ijBbk8I1UCwXZHdCKPJ8Abyu+K1D/QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyQXVX&#10;DgIAAPcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDN&#10;XL474AAAAAsBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00D02D03" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...34 lines deleted...]
-                    </w:r>
+                    <w:hyperlink r:id="rId2" w:history="1">
+                      <w:r w:rsidRPr="00E128DF">
+                        <w:rPr>
+                          <w:rStyle w:val="Hipervnculo"/>
+                          <w:b/>
+                          <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="none"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                      </w:r>
+                    </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00D02D03" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E128DF">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Tel. 2216-</w:t>
-[...21 lines deleted...]
-                      <w:t xml:space="preserve"> 110576</w:t>
+                      <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00D02D03">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="12C30320">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>180975</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-383350</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1757605202" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="1252855"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
@@ -19474,134 +22692,134 @@
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5E5E5E" wp14:editId="5E5B9F8A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>3752215</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="12646025" cy="4917953"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagen 2" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2" cstate="print">
+                  <a:blip r:embed="rId4" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="12646025" cy="4917953"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00DC53A8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+        <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s2049" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AD77DF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="530E8F66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
@@ -19681,50 +22899,146 @@
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15063ED2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6E2472A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30F56478"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DD8DAD4"/>
     <w:lvl w:ilvl="0" w:tplc="480A0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19766,51 +23080,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3419662E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4D6B09C"/>
     <w:lvl w:ilvl="0" w:tplc="1D4EA58A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -19862,51 +23176,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39EC4FA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6E2472A"/>
     <w:lvl w:ilvl="0" w:tplc="A7A295F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -19958,51 +23272,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="440A7BCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6E2472A"/>
     <w:lvl w:ilvl="0" w:tplc="A7A295F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -20054,51 +23368,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D741C0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71FC6EC4"/>
     <w:lvl w:ilvl="0" w:tplc="E1C01EC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -20144,51 +23458,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="568315E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6A41AF4"/>
     <w:lvl w:ilvl="0" w:tplc="480A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
@@ -20233,51 +23547,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="604E501C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6E2472A"/>
     <w:lvl w:ilvl="0" w:tplc="A7A295F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -20329,89 +23643,181 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2100255402">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60531D7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4DD8DAD4"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1569077538">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1016153778">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="390155709">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1610240189">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="309790847">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1335960007">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1865245720">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="7" w16cid:durableId="1734893489">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1788111554">
+  <w:num w:numId="8" w16cid:durableId="1359509402">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="744884524">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="482503471">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="10" w16cid:durableId="937368124">
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D0977"/>
     <w:rsid w:val="00004478"/>
     <w:rsid w:val="000146B3"/>
     <w:rsid w:val="00017EF9"/>
     <w:rsid w:val="000224A3"/>
     <w:rsid w:val="00027734"/>
@@ -20510,93 +23916,95 @@
     <w:rsid w:val="00271141"/>
     <w:rsid w:val="0027278A"/>
     <w:rsid w:val="00277D76"/>
     <w:rsid w:val="00281742"/>
     <w:rsid w:val="00287DAE"/>
     <w:rsid w:val="0029360A"/>
     <w:rsid w:val="00294312"/>
     <w:rsid w:val="002A6C01"/>
     <w:rsid w:val="002A796B"/>
     <w:rsid w:val="002B0FAD"/>
     <w:rsid w:val="002B4AC5"/>
     <w:rsid w:val="002B4FE6"/>
     <w:rsid w:val="002C08CA"/>
     <w:rsid w:val="002C15AC"/>
     <w:rsid w:val="002C38DF"/>
     <w:rsid w:val="002C4087"/>
     <w:rsid w:val="002C4955"/>
     <w:rsid w:val="002C5E3F"/>
     <w:rsid w:val="002D2ACB"/>
     <w:rsid w:val="002D2BD0"/>
     <w:rsid w:val="002E1224"/>
     <w:rsid w:val="002E1479"/>
     <w:rsid w:val="002E4CF2"/>
     <w:rsid w:val="002E5B74"/>
     <w:rsid w:val="002F4A03"/>
+    <w:rsid w:val="002F7CE2"/>
     <w:rsid w:val="00303419"/>
     <w:rsid w:val="00311191"/>
     <w:rsid w:val="00317916"/>
     <w:rsid w:val="00317B32"/>
     <w:rsid w:val="00321932"/>
     <w:rsid w:val="00325F07"/>
     <w:rsid w:val="003265A4"/>
     <w:rsid w:val="00330151"/>
     <w:rsid w:val="00331F09"/>
     <w:rsid w:val="00334B8F"/>
     <w:rsid w:val="003440CE"/>
     <w:rsid w:val="003468F0"/>
     <w:rsid w:val="00346993"/>
     <w:rsid w:val="00352B92"/>
     <w:rsid w:val="00353EB9"/>
     <w:rsid w:val="00354368"/>
     <w:rsid w:val="003608E1"/>
     <w:rsid w:val="003626FA"/>
     <w:rsid w:val="003637DF"/>
     <w:rsid w:val="00370971"/>
     <w:rsid w:val="00371E28"/>
     <w:rsid w:val="00372421"/>
     <w:rsid w:val="003772A8"/>
     <w:rsid w:val="00382151"/>
     <w:rsid w:val="00382328"/>
     <w:rsid w:val="00384E85"/>
     <w:rsid w:val="00396E4C"/>
     <w:rsid w:val="003B5B2E"/>
     <w:rsid w:val="003B6783"/>
     <w:rsid w:val="003C4FB0"/>
     <w:rsid w:val="003C5376"/>
     <w:rsid w:val="003C6281"/>
     <w:rsid w:val="003D0ED4"/>
     <w:rsid w:val="003D4D2E"/>
     <w:rsid w:val="003D5A19"/>
     <w:rsid w:val="003D76D3"/>
     <w:rsid w:val="003E2278"/>
     <w:rsid w:val="003E7ADD"/>
     <w:rsid w:val="003E7E49"/>
     <w:rsid w:val="003F0FD4"/>
     <w:rsid w:val="003F246F"/>
     <w:rsid w:val="003F78B4"/>
     <w:rsid w:val="004011F5"/>
+    <w:rsid w:val="0040215A"/>
     <w:rsid w:val="00404126"/>
     <w:rsid w:val="004065F5"/>
     <w:rsid w:val="00414D49"/>
     <w:rsid w:val="0041579D"/>
     <w:rsid w:val="00423676"/>
     <w:rsid w:val="004249DA"/>
     <w:rsid w:val="00426CA9"/>
     <w:rsid w:val="0043289A"/>
     <w:rsid w:val="00432E85"/>
     <w:rsid w:val="004366F1"/>
     <w:rsid w:val="00436C5E"/>
     <w:rsid w:val="00436F5A"/>
     <w:rsid w:val="00437117"/>
     <w:rsid w:val="00437449"/>
     <w:rsid w:val="00442CC0"/>
     <w:rsid w:val="0045321C"/>
     <w:rsid w:val="00462675"/>
     <w:rsid w:val="00464E8E"/>
     <w:rsid w:val="00472FD3"/>
     <w:rsid w:val="00473BCD"/>
     <w:rsid w:val="00493795"/>
     <w:rsid w:val="00496C1B"/>
     <w:rsid w:val="004B4968"/>
     <w:rsid w:val="004B5D65"/>
     <w:rsid w:val="004B6026"/>
@@ -20627,50 +24035,51 @@
     <w:rsid w:val="00554E1A"/>
     <w:rsid w:val="00556DC2"/>
     <w:rsid w:val="005615C3"/>
     <w:rsid w:val="00564247"/>
     <w:rsid w:val="005642C5"/>
     <w:rsid w:val="00564401"/>
     <w:rsid w:val="00566068"/>
     <w:rsid w:val="00567DFB"/>
     <w:rsid w:val="00575D4C"/>
     <w:rsid w:val="0058697D"/>
     <w:rsid w:val="005901C0"/>
     <w:rsid w:val="00590DCE"/>
     <w:rsid w:val="00592F8A"/>
     <w:rsid w:val="005941A5"/>
     <w:rsid w:val="00597C3A"/>
     <w:rsid w:val="005A2F7F"/>
     <w:rsid w:val="005B4FEA"/>
     <w:rsid w:val="005B588C"/>
     <w:rsid w:val="005B5AFC"/>
     <w:rsid w:val="005C3E2D"/>
     <w:rsid w:val="005C71F5"/>
     <w:rsid w:val="005E02BB"/>
     <w:rsid w:val="005E1B03"/>
     <w:rsid w:val="005E22B6"/>
     <w:rsid w:val="005E3D56"/>
+    <w:rsid w:val="005E641D"/>
     <w:rsid w:val="005E7BFD"/>
     <w:rsid w:val="005F0290"/>
     <w:rsid w:val="005F12E4"/>
     <w:rsid w:val="005F7082"/>
     <w:rsid w:val="00601B68"/>
     <w:rsid w:val="006039B6"/>
     <w:rsid w:val="00615E6C"/>
     <w:rsid w:val="00625345"/>
     <w:rsid w:val="0063781A"/>
     <w:rsid w:val="006455CD"/>
     <w:rsid w:val="00651720"/>
     <w:rsid w:val="00651E9D"/>
     <w:rsid w:val="00656287"/>
     <w:rsid w:val="00660120"/>
     <w:rsid w:val="0066177E"/>
     <w:rsid w:val="0066398F"/>
     <w:rsid w:val="00670A1A"/>
     <w:rsid w:val="006722C0"/>
     <w:rsid w:val="00673B39"/>
     <w:rsid w:val="0067414C"/>
     <w:rsid w:val="006750EE"/>
     <w:rsid w:val="00680A28"/>
     <w:rsid w:val="006814DB"/>
     <w:rsid w:val="00682CBA"/>
     <w:rsid w:val="00685524"/>
@@ -20687,50 +24096,51 @@
     <w:rsid w:val="006E1122"/>
     <w:rsid w:val="006E11CC"/>
     <w:rsid w:val="006F01FF"/>
     <w:rsid w:val="006F047B"/>
     <w:rsid w:val="006F362A"/>
     <w:rsid w:val="0070333C"/>
     <w:rsid w:val="007065D7"/>
     <w:rsid w:val="00713CC3"/>
     <w:rsid w:val="00716978"/>
     <w:rsid w:val="0071772F"/>
     <w:rsid w:val="00717C5B"/>
     <w:rsid w:val="0072069C"/>
     <w:rsid w:val="0072085F"/>
     <w:rsid w:val="00721F06"/>
     <w:rsid w:val="007232A7"/>
     <w:rsid w:val="00723E4F"/>
     <w:rsid w:val="00725865"/>
     <w:rsid w:val="00725AE0"/>
     <w:rsid w:val="00730FF1"/>
     <w:rsid w:val="007415F5"/>
     <w:rsid w:val="00741928"/>
     <w:rsid w:val="00743BDC"/>
     <w:rsid w:val="007461AD"/>
     <w:rsid w:val="007604D2"/>
     <w:rsid w:val="0076256E"/>
+    <w:rsid w:val="00770377"/>
     <w:rsid w:val="00771572"/>
     <w:rsid w:val="00776D8F"/>
     <w:rsid w:val="00777FB6"/>
     <w:rsid w:val="007812FC"/>
     <w:rsid w:val="00782F5C"/>
     <w:rsid w:val="00785172"/>
     <w:rsid w:val="00796DD5"/>
     <w:rsid w:val="007A3207"/>
     <w:rsid w:val="007A4E9F"/>
     <w:rsid w:val="007B1338"/>
     <w:rsid w:val="007B226D"/>
     <w:rsid w:val="007B374C"/>
     <w:rsid w:val="007B7860"/>
     <w:rsid w:val="007C3C13"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C728D"/>
     <w:rsid w:val="007C7916"/>
     <w:rsid w:val="007D0977"/>
     <w:rsid w:val="007D12EF"/>
     <w:rsid w:val="007E1EFC"/>
     <w:rsid w:val="007E5BEF"/>
     <w:rsid w:val="007E7E25"/>
     <w:rsid w:val="007F0517"/>
     <w:rsid w:val="007F75A0"/>
     <w:rsid w:val="008031F5"/>
@@ -20811,120 +24221,124 @@
     <w:rsid w:val="009D4FDD"/>
     <w:rsid w:val="009E0A6F"/>
     <w:rsid w:val="009E1209"/>
     <w:rsid w:val="009F61FB"/>
     <w:rsid w:val="009F642D"/>
     <w:rsid w:val="00A00086"/>
     <w:rsid w:val="00A00300"/>
     <w:rsid w:val="00A0057C"/>
     <w:rsid w:val="00A00B76"/>
     <w:rsid w:val="00A00F1D"/>
     <w:rsid w:val="00A02663"/>
     <w:rsid w:val="00A05D5B"/>
     <w:rsid w:val="00A121E6"/>
     <w:rsid w:val="00A24099"/>
     <w:rsid w:val="00A245F2"/>
     <w:rsid w:val="00A249BB"/>
     <w:rsid w:val="00A27C0A"/>
     <w:rsid w:val="00A306D7"/>
     <w:rsid w:val="00A40838"/>
     <w:rsid w:val="00A41BE4"/>
     <w:rsid w:val="00A43E24"/>
     <w:rsid w:val="00A43EAC"/>
     <w:rsid w:val="00A45E44"/>
     <w:rsid w:val="00A57A75"/>
     <w:rsid w:val="00A57AF1"/>
+    <w:rsid w:val="00A57E6E"/>
     <w:rsid w:val="00A61BBC"/>
     <w:rsid w:val="00A67A2B"/>
     <w:rsid w:val="00A70A10"/>
     <w:rsid w:val="00A76BE6"/>
     <w:rsid w:val="00A827F9"/>
     <w:rsid w:val="00A8678A"/>
     <w:rsid w:val="00A93E80"/>
     <w:rsid w:val="00AA3ADE"/>
     <w:rsid w:val="00AB46B3"/>
     <w:rsid w:val="00AB6295"/>
     <w:rsid w:val="00AB6DAF"/>
     <w:rsid w:val="00AC12A9"/>
     <w:rsid w:val="00AC3733"/>
     <w:rsid w:val="00AC5BB6"/>
     <w:rsid w:val="00AD1060"/>
     <w:rsid w:val="00AD4E2A"/>
     <w:rsid w:val="00AD526D"/>
     <w:rsid w:val="00AD756F"/>
     <w:rsid w:val="00AF4211"/>
+    <w:rsid w:val="00AF4F19"/>
     <w:rsid w:val="00AF64E9"/>
     <w:rsid w:val="00AF739C"/>
     <w:rsid w:val="00B04C19"/>
     <w:rsid w:val="00B16E28"/>
     <w:rsid w:val="00B253D2"/>
     <w:rsid w:val="00B26D0C"/>
     <w:rsid w:val="00B4259D"/>
     <w:rsid w:val="00B5158F"/>
     <w:rsid w:val="00B5256F"/>
     <w:rsid w:val="00B56BB1"/>
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B6668B"/>
     <w:rsid w:val="00B72DAC"/>
     <w:rsid w:val="00B76B04"/>
     <w:rsid w:val="00B8203A"/>
     <w:rsid w:val="00B8325E"/>
     <w:rsid w:val="00B83928"/>
     <w:rsid w:val="00B84225"/>
     <w:rsid w:val="00B84AAA"/>
     <w:rsid w:val="00B8636A"/>
     <w:rsid w:val="00B86AF1"/>
     <w:rsid w:val="00BA16DC"/>
     <w:rsid w:val="00BA5A5C"/>
     <w:rsid w:val="00BB155B"/>
     <w:rsid w:val="00BB367D"/>
     <w:rsid w:val="00BB36ED"/>
     <w:rsid w:val="00BB5B5F"/>
     <w:rsid w:val="00BC06AB"/>
     <w:rsid w:val="00BC6961"/>
     <w:rsid w:val="00BC69F3"/>
     <w:rsid w:val="00BD11A4"/>
     <w:rsid w:val="00BD4D82"/>
     <w:rsid w:val="00BD66C6"/>
     <w:rsid w:val="00BE146E"/>
     <w:rsid w:val="00BE1B28"/>
     <w:rsid w:val="00BE5354"/>
     <w:rsid w:val="00BE5C46"/>
     <w:rsid w:val="00BF1AA9"/>
     <w:rsid w:val="00BF3AF2"/>
+    <w:rsid w:val="00BF4EEF"/>
     <w:rsid w:val="00BF6A47"/>
     <w:rsid w:val="00BF6FA6"/>
     <w:rsid w:val="00C00D05"/>
     <w:rsid w:val="00C00D1D"/>
     <w:rsid w:val="00C04F77"/>
     <w:rsid w:val="00C05BB4"/>
     <w:rsid w:val="00C05DD6"/>
     <w:rsid w:val="00C066FB"/>
     <w:rsid w:val="00C11AB4"/>
     <w:rsid w:val="00C13EF3"/>
     <w:rsid w:val="00C141C2"/>
     <w:rsid w:val="00C207FE"/>
+    <w:rsid w:val="00C22266"/>
     <w:rsid w:val="00C23749"/>
     <w:rsid w:val="00C23CAB"/>
     <w:rsid w:val="00C307DE"/>
     <w:rsid w:val="00C32045"/>
     <w:rsid w:val="00C3288A"/>
     <w:rsid w:val="00C32C41"/>
     <w:rsid w:val="00C33FB9"/>
     <w:rsid w:val="00C3577E"/>
     <w:rsid w:val="00C37DE5"/>
     <w:rsid w:val="00C44FB7"/>
     <w:rsid w:val="00C4518A"/>
     <w:rsid w:val="00C56DC8"/>
     <w:rsid w:val="00C6150A"/>
     <w:rsid w:val="00C65606"/>
     <w:rsid w:val="00C70C61"/>
     <w:rsid w:val="00C73511"/>
     <w:rsid w:val="00C74309"/>
     <w:rsid w:val="00C81131"/>
     <w:rsid w:val="00C81450"/>
     <w:rsid w:val="00C81E53"/>
     <w:rsid w:val="00C83AD6"/>
     <w:rsid w:val="00C876A5"/>
     <w:rsid w:val="00C960D7"/>
     <w:rsid w:val="00CA0E8B"/>
     <w:rsid w:val="00CA1B80"/>
@@ -20943,169 +24357,173 @@
     <w:rsid w:val="00D033B9"/>
     <w:rsid w:val="00D04ABC"/>
     <w:rsid w:val="00D04DF8"/>
     <w:rsid w:val="00D05398"/>
     <w:rsid w:val="00D060D6"/>
     <w:rsid w:val="00D10540"/>
     <w:rsid w:val="00D30B39"/>
     <w:rsid w:val="00D354E0"/>
     <w:rsid w:val="00D36CEE"/>
     <w:rsid w:val="00D36FA9"/>
     <w:rsid w:val="00D3758A"/>
     <w:rsid w:val="00D4068E"/>
     <w:rsid w:val="00D42520"/>
     <w:rsid w:val="00D4380B"/>
     <w:rsid w:val="00D453DA"/>
     <w:rsid w:val="00D662DE"/>
     <w:rsid w:val="00D70B98"/>
     <w:rsid w:val="00D74E4E"/>
     <w:rsid w:val="00D80C31"/>
     <w:rsid w:val="00D953D7"/>
     <w:rsid w:val="00D97D14"/>
     <w:rsid w:val="00DA01CE"/>
     <w:rsid w:val="00DA27D7"/>
     <w:rsid w:val="00DA2CF9"/>
     <w:rsid w:val="00DA74C4"/>
+    <w:rsid w:val="00DB2D84"/>
     <w:rsid w:val="00DB5D84"/>
     <w:rsid w:val="00DB5FE5"/>
     <w:rsid w:val="00DC4C55"/>
+    <w:rsid w:val="00DC53A8"/>
     <w:rsid w:val="00DD2749"/>
     <w:rsid w:val="00DF1685"/>
     <w:rsid w:val="00DF455D"/>
     <w:rsid w:val="00DF64F0"/>
     <w:rsid w:val="00DF7FC1"/>
     <w:rsid w:val="00E00405"/>
     <w:rsid w:val="00E1127E"/>
     <w:rsid w:val="00E128DF"/>
     <w:rsid w:val="00E1608E"/>
     <w:rsid w:val="00E16917"/>
     <w:rsid w:val="00E16D6C"/>
     <w:rsid w:val="00E17676"/>
     <w:rsid w:val="00E23438"/>
     <w:rsid w:val="00E25861"/>
     <w:rsid w:val="00E25CF6"/>
     <w:rsid w:val="00E35044"/>
     <w:rsid w:val="00E41D82"/>
     <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F7D"/>
     <w:rsid w:val="00E542E4"/>
     <w:rsid w:val="00E56AD9"/>
     <w:rsid w:val="00E71F6C"/>
     <w:rsid w:val="00E756C6"/>
     <w:rsid w:val="00E77BDF"/>
     <w:rsid w:val="00E81AFD"/>
     <w:rsid w:val="00E82217"/>
     <w:rsid w:val="00E84B85"/>
     <w:rsid w:val="00E92238"/>
     <w:rsid w:val="00E929F2"/>
     <w:rsid w:val="00EA1FB7"/>
     <w:rsid w:val="00EA6F47"/>
     <w:rsid w:val="00EA7174"/>
     <w:rsid w:val="00EB00B0"/>
     <w:rsid w:val="00EB38D4"/>
     <w:rsid w:val="00EB4190"/>
     <w:rsid w:val="00EB4DD4"/>
+    <w:rsid w:val="00EB59E4"/>
     <w:rsid w:val="00EB5DA1"/>
     <w:rsid w:val="00EB7E72"/>
     <w:rsid w:val="00EC4C8E"/>
     <w:rsid w:val="00EC5B9A"/>
     <w:rsid w:val="00ED09D0"/>
     <w:rsid w:val="00ED1554"/>
     <w:rsid w:val="00ED16BE"/>
     <w:rsid w:val="00ED3F77"/>
     <w:rsid w:val="00F009E9"/>
     <w:rsid w:val="00F009EA"/>
     <w:rsid w:val="00F04313"/>
     <w:rsid w:val="00F071C7"/>
     <w:rsid w:val="00F07C5E"/>
     <w:rsid w:val="00F1193F"/>
     <w:rsid w:val="00F16F6C"/>
     <w:rsid w:val="00F22AE6"/>
     <w:rsid w:val="00F24537"/>
     <w:rsid w:val="00F331A4"/>
     <w:rsid w:val="00F44202"/>
     <w:rsid w:val="00F44BCA"/>
     <w:rsid w:val="00F470A6"/>
     <w:rsid w:val="00F53B1A"/>
     <w:rsid w:val="00F575A2"/>
     <w:rsid w:val="00F7166E"/>
     <w:rsid w:val="00F83E7F"/>
     <w:rsid w:val="00F91E2B"/>
     <w:rsid w:val="00F93450"/>
     <w:rsid w:val="00F96E51"/>
     <w:rsid w:val="00FA07B7"/>
     <w:rsid w:val="00FA187D"/>
     <w:rsid w:val="00FA4841"/>
     <w:rsid w:val="00FA5A92"/>
     <w:rsid w:val="00FA61D8"/>
     <w:rsid w:val="00FA74A5"/>
     <w:rsid w:val="00FB019A"/>
     <w:rsid w:val="00FB0B3E"/>
     <w:rsid w:val="00FB2BE7"/>
     <w:rsid w:val="00FB312C"/>
     <w:rsid w:val="00FB5A78"/>
     <w:rsid w:val="00FC2326"/>
     <w:rsid w:val="00FD02A7"/>
     <w:rsid w:val="00FD63E6"/>
+    <w:rsid w:val="00FF0D06"/>
     <w:rsid w:val="00FF15E3"/>
     <w:rsid w:val="00FF2DB4"/>
     <w:rsid w:val="00FF41C8"/>
     <w:rsid w:val="00FF7996"/>
     <w:rsid w:val="2A7FCBF1"/>
     <w:rsid w:val="67635374"/>
     <w:rsid w:val="7DFD9A35"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-HN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31F908B3"/>
   <w15:docId w15:val="{DB799133-D13C-4F0C-92E3-75EBF7C2E7F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-HN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22017,51 +25435,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Referenciaintensa">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00C3288A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="73405611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="639069773">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -22707,51 +26125,51 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -23008,79 +26426,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{314C0248-3FAC-4C08-8D88-415B0A84BF0E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73B1E276-80F1-4EC1-938B-9865DE32EB9C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>6249</Characters>
+  <Pages>12</Pages>
+  <Words>1387</Words>
+  <Characters>7630</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7371</CharactersWithSpaces>
+  <CharactersWithSpaces>9000</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Edward Carranza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>