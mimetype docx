--- v1 (2025-12-23)
+++ v2 (2026-03-08)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="4624AF7E" w14:textId="47FC8D5D" w:rsidR="00E128DF" w:rsidRDefault="00E128DF" w:rsidP="00D02D03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FFC7A65" w14:textId="6F82ED4A" w:rsidR="00D02D03" w:rsidRDefault="00B8203A" w:rsidP="00371E28">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -107,4575 +107,4576 @@
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMACIÓN GENERAL DEL PROYECTO </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46980362" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5400" w:type="pct"/>
+        <w:tblW w:w="5573" w:type="pct"/>
         <w:tblInd w:w="-75" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2476"/>
-[...25 lines deleted...]
-        <w:gridCol w:w="895"/>
+        <w:gridCol w:w="2464"/>
+        <w:gridCol w:w="1837"/>
+        <w:gridCol w:w="328"/>
+        <w:gridCol w:w="752"/>
+        <w:gridCol w:w="620"/>
+        <w:gridCol w:w="353"/>
+        <w:gridCol w:w="109"/>
+        <w:gridCol w:w="233"/>
+        <w:gridCol w:w="493"/>
+        <w:gridCol w:w="741"/>
+        <w:gridCol w:w="412"/>
+        <w:gridCol w:w="176"/>
+        <w:gridCol w:w="252"/>
+        <w:gridCol w:w="474"/>
+        <w:gridCol w:w="449"/>
+        <w:gridCol w:w="201"/>
+        <w:gridCol w:w="56"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="573"/>
+        <w:gridCol w:w="447"/>
+        <w:gridCol w:w="616"/>
+        <w:gridCol w:w="76"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="352"/>
+        <w:gridCol w:w="879"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="0A2E26E8" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="0A2E26E8" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C6B20C" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre del Proyecto:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4054" w:type="pct"/>
-            <w:gridSpan w:val="26"/>
+            <w:tcW w:w="4084" w:type="pct"/>
+            <w:gridSpan w:val="24"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A96254" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="1299209F" w14:textId="77777777" w:rsidTr="003B5B2E">
-[...3 lines deleted...]
-            <w:vMerge w:val="restart"/>
+      <w:tr w:rsidR="00491600" w:rsidRPr="00A8013C" w14:paraId="24BB6147" w14:textId="77777777" w:rsidTr="00491600">
+        <w:trPr>
+          <w:trHeight w:val="907"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D9EBF9" w14:textId="4951F094" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00C3577E">
+          <w:p w14:paraId="0DA73A10" w14:textId="11E27DEB" w:rsidR="00491600" w:rsidRPr="00923187" w:rsidRDefault="00491600" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Unidad académica que propone</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="18358004" w14:textId="79A4C75D" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+              <w:t xml:space="preserve">Numero de registro </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4084" w:type="pct"/>
+            <w:gridSpan w:val="24"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="636B4177" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="00923187" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="02A32058" w14:textId="77777777" w:rsidTr="003B5B2E">
-[...325 lines deleted...]
-            <w:tcW w:w="946" w:type="pct"/>
+      <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="1299209F" w14:textId="77777777" w:rsidTr="00491600">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43EEA656" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
+          <w:p w14:paraId="32D9EBF9" w14:textId="4951F094" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00923187">
-[...89 lines deleted...]
-            <w:tcW w:w="903" w:type="pct"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Unidad académica que propone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00F07104" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
-[...63 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="18358004" w14:textId="79A4C75D" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Facultad / Centro Regional / Instituto Tecnológico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3E859F" w14:textId="01904F0E" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="142DFEC3" w14:textId="77777777" w:rsidTr="00BF4EEF">
-[...5 lines deleted...]
-            <w:tcW w:w="946" w:type="pct"/>
+      <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="02A32058" w14:textId="77777777" w:rsidTr="00491600">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C4AB67" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="002947C5" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
-[...56 lines deleted...]
-            <w:tcW w:w="903" w:type="pct"/>
+          <w:p w14:paraId="129D2A8F" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00B8203A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="pct"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...34 lines deleted...]
-                <w:lang w:val="es-ES_tradnl"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2415497B" w14:textId="6F0CC43E" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Escuela / Departamento / Instituto / Observatorio / Consultorio / Centro especializado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3276623A" w14:textId="783BAAD3" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="5565364A" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="1C3E2C5D" w14:textId="77777777" w:rsidTr="00491600">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0A4AF6" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00B8203A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7E8059" w14:textId="76BC0C7E" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carrera </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287A0B19" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17EA8D5F" w14:textId="5A9886D9" w:rsidR="002636D8" w:rsidRPr="00923187" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="296C4233" w14:textId="77777777" w:rsidTr="00491600">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D17E400" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00B8203A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5892AC1D" w14:textId="60132F3A" w:rsidR="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Programa de vinculación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="502F6313" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE1C5C1" w14:textId="47603072" w:rsidR="002636D8" w:rsidRPr="00923187" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B8203A" w:rsidRPr="00A8013C" w14:paraId="2C5AC9AB" w14:textId="77777777" w:rsidTr="00491600">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18389DC4" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRPr="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00B8203A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B1D013" w14:textId="70AF3894" w:rsidR="00B8203A" w:rsidRPr="00923187" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Línea de investigación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DF6C56" w14:textId="77777777" w:rsidR="00B8203A" w:rsidRDefault="00B8203A" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F092199" w14:textId="44F8ABB1" w:rsidR="002636D8" w:rsidRPr="00923187" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="77CD8DC5" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
-          <w:trHeight w:val="393"/>
+          <w:trHeight w:val="501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43933E61" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="007D1421" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
+          <w:p w14:paraId="43EEA656" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-            <w:tcW w:w="966" w:type="pct"/>
+            <w:r w:rsidRPr="00923187">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Modalidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1091" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02CCEA48" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="35701D24" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>Unidisciplinar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1193" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="291AB723" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-            <w:tcW w:w="903" w:type="pct"/>
+              <w:t>Multidisciplinar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1DEFD4" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
-[...5 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="00F07104" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="005933A1">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Población y condiciones de vida</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="6"/>
+              <w:t>Interdisciplinar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A86833B" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
-[...5 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="232C5BE1" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="005933A1">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Ambiente, biodiversidad y desarrollo</w:t>
+              <w:t>Transdisciplinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="3E59D203" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="142DFEC3" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26E09624" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
-[...14 lines deleted...]
-            <w:tcW w:w="966" w:type="pct"/>
+          <w:p w14:paraId="23C4AB67" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="002947C5" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1091" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10ECB414" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="4AF04EC8" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="63C5244D" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1193" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000B29A0" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...7 lines deleted...]
-            <w:tcW w:w="903" w:type="pct"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0E914A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="47487FDE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="52E88C43" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="435E4FF3" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="59AD3D82" w14:textId="77777777" w:rsidTr="003B5B2E">
-[...2 lines deleted...]
-            <w:tcW w:w="946" w:type="pct"/>
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="5565364A" w14:textId="77777777" w:rsidTr="00491600">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16DA979B" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
+          <w:p w14:paraId="43933E61" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="007D1421" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Alineamiento con e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>jes prioritarios de la UNAH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1421">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1091" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CCEA48" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005933A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005933A1">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>esarrollo económico y social</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1193" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4473DF" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005933A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Democracia y gobernabilidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1DEFD4" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005933A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Población y condiciones de vida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A86833B" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005933A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Ambiente, biodiversidad y desarrollo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="3E59D203" w14:textId="77777777" w:rsidTr="00491600">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E09624" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="005933A1" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1091" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10ECB414" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1193" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C5244D" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0E914A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E88C43" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00491600" w:rsidRPr="00A8013C" w14:paraId="59AD3D82" w14:textId="77777777" w:rsidTr="00491600">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DA979B" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="00923187" w:rsidRDefault="00491600" w:rsidP="00C3577E">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Categoría del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="pct"/>
+            <w:tcW w:w="684" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF6D8F8" w14:textId="31373746" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+          <w:p w14:paraId="5AF6D8F8" w14:textId="31373746" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>desarrollo loca</w:t>
             </w:r>
-            <w:r w:rsidR="00BF4EEF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>l y/o regional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="pct"/>
+            <w:tcW w:w="640" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AEE7CC2" w14:textId="371A2D79" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+          <w:p w14:paraId="4AEE7CC2" w14:textId="371A2D79" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Seguimiento a graduados</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A34F013" w14:textId="029FCDDD" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+          <w:p w14:paraId="3A34F013" w14:textId="029FCDDD" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>volunt</w:t>
             </w:r>
-            <w:r w:rsidR="00BF4EEF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">ariado </w:t>
             </w:r>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="pct"/>
+            <w:tcW w:w="503" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BECD180" w14:textId="30C83BE6" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+          <w:p w14:paraId="1BECD180" w14:textId="30C83BE6" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>cultura</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="541" w:type="pct"/>
+            <w:tcW w:w="524" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="672DE6E0" w14:textId="7B2EAB8B" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+          <w:p w14:paraId="672DE6E0" w14:textId="7B2EAB8B" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>i + d + i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="459" w:type="pct"/>
+            <w:tcW w:w="447" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66FF153C" w14:textId="556E9734" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+          <w:p w14:paraId="66FF153C" w14:textId="556E9734" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>comunicación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DE9448" w14:textId="5569E846" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
+          <w:p w14:paraId="0FEB872B" w14:textId="584E23BE" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>educación no formal</w:t>
-[...33 lines deleted...]
-              </w:rPr>
               <w:t>vínculos académicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="2603EA09" w14:textId="77777777" w:rsidTr="003B5B2E">
-[...2 lines deleted...]
-            <w:tcW w:w="946" w:type="pct"/>
+      <w:tr w:rsidR="00491600" w:rsidRPr="00A8013C" w14:paraId="2603EA09" w14:textId="77777777" w:rsidTr="00491600">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="661D899A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
+          <w:p w14:paraId="661D899A" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="00923187" w:rsidRDefault="00491600" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1634CFEF" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:tcW w:w="684" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1634CFEF" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0319C863" w14:textId="5394FFDD" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="0319C863" w14:textId="5394FFDD" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="pct"/>
+            <w:tcW w:w="640" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F293929" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="0F293929" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="489" w:type="pct"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3B82A068" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:tcW w:w="361" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B82A068" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="pct"/>
+            <w:tcW w:w="503" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D507D57" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="1D507D57" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="541" w:type="pct"/>
+            <w:tcW w:w="524" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33E537FD" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="33E537FD" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="459" w:type="pct"/>
+            <w:tcW w:w="447" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA1C663" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+          <w:p w14:paraId="7BA1C663" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0844D03C" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F54278" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="003B5B2E" w:rsidRDefault="00491600" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="5B35FB44" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="5B35FB44" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AE19654" w14:textId="6E79B7F7" w:rsidR="003B5B2E" w:rsidRPr="00BA2248" w:rsidRDefault="003B5B2E" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Plazo de ejecución</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="pct"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="2119" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6983E945" w14:textId="468DCFD0" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Inicio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="pct"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="1965" w:type="pct"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77B44E8A" w14:textId="5937BD77" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B5B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Finalización</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="6B6CB58D" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="6B6CB58D" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="345E6434" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="pct"/>
+            <w:tcW w:w="809" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628BC65B" w14:textId="43C312B2" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Día</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="pct"/>
-[...32 lines deleted...]
-            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcW w:w="655" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="274573AB" w14:textId="77506335" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="2E731C19" w14:textId="6771A0C9" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Año</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcW w:w="654" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1109AEAC" w14:textId="785F584E" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Día</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcW w:w="655" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B7EA9D1" w14:textId="6B9493AD" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="656" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2436F549" w14:textId="4C94A88C" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Año</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="2165F905" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="2165F905" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D78B6F1" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="003B5B2E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="pct"/>
+            <w:tcW w:w="809" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70556A79" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="pct"/>
-[...33 lines deleted...]
-            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcW w:w="655" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="33286208" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17E28CC9" w14:textId="7E12D2A8" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="693FB2FD" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcW w:w="654" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC2880C" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcW w:w="655" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00EA2308" w14:textId="77777777" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="656" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B0F34B6" w14:textId="5950157E" w:rsidR="003B5B2E" w:rsidRPr="00923187" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="10D65B0E" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="10D65B0E" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79D1E1CF" w14:textId="799E3B1C" w:rsidR="00BF4EEF" w:rsidRPr="00AA7650" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Beneficiarios directos</w:t>
             </w:r>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(indicar cantidades en números)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03D0BD03" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EFC479" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Hombres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
+            <w:tcW w:w="501" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51AB5401" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="pct"/>
+            <w:tcW w:w="526" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34C055E0" w14:textId="588C0374" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Rango de edad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcW w:w="631" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0675FF9F" w14:textId="75B6FF1E" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>0 – 10 años</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="463" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E51527C" w14:textId="7B22F09F" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="5B8EA126" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="5B8EA126" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44DFB70B" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="557DEC00" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
+            <w:tcW w:w="501" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AD38F05" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="pct"/>
+            <w:tcW w:w="526" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0122968D" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcW w:w="631" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F649A2" w14:textId="77B8B079" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>10 – 18 años</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="463" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51739E59" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="33F71405" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="33F71405" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E8283F" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="665CE0E3" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
+            <w:tcW w:w="501" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="142C42CD" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="pct"/>
+            <w:tcW w:w="526" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="010B8041" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcW w:w="631" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3143DF8F" w14:textId="2B2E7ECE" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>18 – 25 años</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="463" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13E42F4B" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="3918035C" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="3918035C" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A86ACF9" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BA6D774" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
+            <w:tcW w:w="501" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AA42E84" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="pct"/>
+            <w:tcW w:w="526" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="379972B1" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcW w:w="631" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14D1C9FE" w14:textId="24D9D29B" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>25 – 35 años</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="463" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F3ED902" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="4B52AE70" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="4B52AE70" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F67CF4D" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C88AD96" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
+            <w:tcW w:w="501" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="227853FF" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="pct"/>
+            <w:tcW w:w="526" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D3B24E4" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcW w:w="631" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61033510" w14:textId="6CF7F890" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>35 – 50 años</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="463" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="531798ED" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="4D016BF3" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="4D016BF3" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DFADF92" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C5FB88F" w14:textId="0A856C96" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
+            <w:tcW w:w="501" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F381B97" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="pct"/>
+            <w:tcW w:w="526" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0687614D" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcW w:w="631" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12AC7A9A" w14:textId="08F21551" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>50 – 65 años</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="463" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DE81F30" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="6B316557" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="6B316557" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30CBA5EA" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA8C512" w14:textId="066FCFD9" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
+            <w:tcW w:w="501" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="589D0CD1" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="pct"/>
+            <w:tcW w:w="526" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C01A07E" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcW w:w="631" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0576D134" w14:textId="62A7F559" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>65 – 80 años</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="463" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A4459AF" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="6C241AFB" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="00BF4EEF" w:rsidRPr="00A8013C" w14:paraId="6C241AFB" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48E4F447" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="127C35B7" w14:textId="07079B3C" w:rsidR="00BF4EEF" w:rsidRPr="00923187" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="518" w:type="pct"/>
+            <w:tcW w:w="501" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="422572DD" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="pct"/>
+            <w:tcW w:w="526" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31B469C5" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="651" w:type="pct"/>
+            <w:tcW w:w="631" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="714A6A1A" w14:textId="021DFF3C" w:rsidR="00BF4EEF" w:rsidRPr="00BF4EEF" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mayor 80 años</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="480" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="463" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED568D9" w14:textId="77777777" w:rsidR="00BF4EEF" w:rsidRPr="003B5B2E" w:rsidRDefault="00BF4EEF" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="17D7FDA7" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="17D7FDA7" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3761021A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F9A7038" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicar tipo de etnia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="691" w:type="pct"/>
+            <w:tcW w:w="671" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02CFE6D8" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indígena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="786" w:type="pct"/>
+            <w:tcW w:w="762" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CD79F6B" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00AA7650" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Afrodescendiente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="712" w:type="pct"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="688" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="770BB97E" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mestizo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00385A89" w14:paraId="42ACF552" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00385A89" w14:paraId="42ACF552" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="542AB247" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="050639FE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="331" w:type="pct"/>
+            <w:tcW w:w="322" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AEB83D6" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Hombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="360" w:type="pct"/>
+            <w:tcW w:w="349" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="182D9C49" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
+            <w:tcW w:w="356" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28D15372" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Hombres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="419" w:type="pct"/>
+            <w:tcW w:w="406" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="017AF55D" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="359" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6523A60F" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Hombres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="342" w:type="pct"/>
+            <w:tcW w:w="329" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23A66CE9" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00385A89" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="678490CC" w14:textId="77777777" w:rsidTr="00BF4EEF">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="678490CC" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2151" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2240" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="004C19FE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcW w:w="639" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="028DD887" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="331" w:type="pct"/>
+            <w:tcW w:w="322" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B86FD0" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="360" w:type="pct"/>
+            <w:tcW w:w="349" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CA64C54" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
+            <w:tcW w:w="356" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52CAFAEF" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00AA7650" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="419" w:type="pct"/>
+            <w:tcW w:w="406" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50097ED6" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00AA7650" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="359" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1753B3AF" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="342" w:type="pct"/>
+            <w:tcW w:w="329" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0120EF2F" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="06D2D624" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="06D2D624" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="27"/>
+            <w:gridSpan w:val="25"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63B3E130" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00137CF1" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00137CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Sit</w:t>
             </w:r>
             <w:r w:rsidRPr="00137CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>io de ejecución del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="72BBDC6D" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="72BBDC6D" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="616DE58A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Departamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1431" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="500BBD64" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcW w:w="1302" w:type="pct"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6D927F" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Aldea (incluye ciudad)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1351" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F9A04EE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="430EC780" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="430EC780" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C0423C1" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Municipio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1431" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35DC7B28" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcW w:w="1302" w:type="pct"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="666D716A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Caserío</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1351" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA4DF14" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="0B41AEBC" w14:textId="77777777" w:rsidTr="003B5B2E">
+      <w:tr w:rsidR="003B5B2E" w:rsidRPr="00A8013C" w14:paraId="0B41AEBC" w14:textId="77777777" w:rsidTr="00491600">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="pct"/>
+            <w:tcW w:w="916" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29084D0C" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Región</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1431" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E808D24" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcW w:w="1302" w:type="pct"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64B3785D" w14:textId="2189301E" w:rsidR="00D02D03" w:rsidRPr="003B5B2E" w:rsidRDefault="003B5B2E" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1393" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1351" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="541D8344" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00923187" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C905D1E" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="002636D8" w:rsidRDefault="00D02D03" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
@@ -5175,57 +5176,67 @@
               <w:t>(Agregar más líneas de ser necesario)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008875BA" w:rsidRPr="00A8013C" w14:paraId="2DD632A2" w14:textId="77777777" w:rsidTr="001B03DC">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66626F1C" w14:textId="19BC6B2A" w:rsidR="008875BA" w:rsidRPr="00A8013C" w:rsidRDefault="008875BA" w:rsidP="008875BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total de profesores(as) que participaron como integrantes principales del proyecto</w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de profesores(as) que participaron como integrantes principales del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2663" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AA9595D" w14:textId="7E7B9725" w:rsidR="008875BA" w:rsidRPr="00A8013C" w:rsidRDefault="008875BA" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B03DC" w:rsidRPr="00A8013C" w14:paraId="40D4571F" w14:textId="77777777" w:rsidTr="001B03DC">
         <w:trPr>
@@ -5237,50 +5248,51 @@
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57D23558" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="00A9511C" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>N°</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1186" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36555C0B" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="00A9511C" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -5647,51 +5659,50 @@
           <w:tcPr>
             <w:tcW w:w="173" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74CCF520" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="00A8013C" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1186" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E4BC1E" w14:textId="77777777" w:rsidR="002636D8" w:rsidRPr="002636D8" w:rsidRDefault="002636D8" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -11377,51 +11388,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="480AAEF4" w14:textId="77777777" w:rsidTr="009B4AF4">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AFE4786" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk54972533"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk54972533"/>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">(Sí </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">existe más de una contraparte añadir una tabla de información por cada una de </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ellas</w:t>
             </w:r>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11502,50 +11513,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0643A841" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A9511C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9511C">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Tipo de contraparte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="573" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C9A8779" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00CD352B" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -11915,51 +11927,50 @@
           <w:p w14:paraId="1CEC6145" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A9511C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9511C">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Nombre del contacto directo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="335C4B71" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
@@ -12436,51 +12447,51 @@
           <w:tcPr>
             <w:tcW w:w="3686" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3344BD50" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="64B39D1E" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00D02D03" w:rsidP="00D02D03"/>
     <w:p w14:paraId="599F675B" w14:textId="7936358B" w:rsidR="00D02D03" w:rsidRPr="00AD1060" w:rsidRDefault="009B4AF4" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1060">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13040,50 +13051,51 @@
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="583248FE" w14:textId="7B686403" w:rsidR="004249DA" w:rsidRDefault="00AD1060" w:rsidP="00FA07B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Detalle de las actividades realizadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C0B195A" w14:textId="6BE3D840" w:rsidR="004249DA" w:rsidRDefault="004249DA" w:rsidP="00FA07B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -14910,51 +14922,50 @@
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAD9683" w14:textId="6A40F24C" w:rsidR="004249DA" w:rsidRDefault="00AD1060" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Detalle de las actividades realizadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7415E6" w14:textId="77777777" w:rsidR="004249DA" w:rsidRDefault="004249DA" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -17189,60 +17200,51 @@
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1B03EE35" w14:textId="1FA951EF" w:rsidR="00FF0D06" w:rsidRPr="002F7CE2" w:rsidRDefault="00FF0D06" w:rsidP="00FF0D06">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F7CE2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Descripción de</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> los mecanismos aplicados para garantizar la sostenibilidad del proyecto</w:t>
+              <w:t>Descripción de los mecanismos aplicados para garantizar la sostenibilidad del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4AF4" w:rsidRPr="00A8013C" w14:paraId="0A8CC68F" w14:textId="77777777" w:rsidTr="00660120">
         <w:trPr>
           <w:trHeight w:val="1006"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BCEEC33" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C485245" w14:textId="77777777" w:rsidR="009B4AF4" w:rsidRDefault="009B4AF4" w:rsidP="00486E96">
@@ -17791,99 +17793,119 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Deberá de aplicarse un formulario de consulta a los beneficiados para que evalúen el proyecto) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="650E0283" w14:textId="77777777" w:rsidTr="00A245F2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0F46C654" w14:textId="23BCE893" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Total beneficiarios</w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> beneficiarios</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="293341E2" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2E734BE0" w14:textId="795F13AF" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total muestra de consultas realizadas</w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> muestra de consultas realizadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4536DECC" w14:textId="640E2FA5" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00486E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="1E5EBEC7" w14:textId="77777777" w:rsidTr="00A245F2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
@@ -17908,57 +17930,59 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Resultados de la encuesta </w:t>
             </w:r>
             <w:r w:rsidRPr="00A245F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">(expresar los datos en </w:t>
             </w:r>
             <w:r w:rsidR="002F7CE2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>porcentaje</w:t>
             </w:r>
             <w:r w:rsidRPr="00A245F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="002F7CE2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>% )</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="00016F96" w14:textId="77777777" w:rsidTr="00A245F2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2CB35264" w14:textId="33BCD1DD" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00A245F2">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19602,59 +19626,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A245F2" w:rsidRPr="00A8013C" w14:paraId="6B8EE39C" w14:textId="0C520713" w:rsidTr="00A245F2">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2265FF18" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="002E36A4" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002E36A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total aporte institucional</w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002E36A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aporte institucional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DF7EEBF" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRPr="002E36A4" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -20948,59 +20984,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="635AC227" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C5E6713" w14:textId="0AFF6CB2" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002E36A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Total aporte </w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002E36A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aporte </w:t>
             </w:r>
             <w:r w:rsidR="00AF4F19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>de la contrapartes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="754" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CA4EE64" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -21179,59 +21227,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00770377" w:rsidRPr="00A8013C" w14:paraId="5477DC67" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3413" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40E2A208" w14:textId="58B22648" w:rsidR="00770377" w:rsidRPr="002E36A4" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Total Ejecución </w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ejecución </w:t>
             </w:r>
             <w:r w:rsidR="00AF4F19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>de la contraparte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="754" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="516EEBD7" w14:textId="77777777" w:rsidR="00770377" w:rsidRPr="005B2439" w:rsidRDefault="00770377" w:rsidP="00FE04F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -21527,51 +21587,67 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Firma del profesor/a responsable del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="0E67C2D4" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Firma del Jefe/a de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t xml:space="preserve">Firma del </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A8013C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Jefe</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A8013C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/a de la Unidad Académica que lidera el proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E524038" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5260" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -21617,51 +21693,69 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2501" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2A35E2" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Decano(a) o Director(a) del Centro Regional</w:t>
+              <w:t xml:space="preserve">Decano(a) o </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A8013C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Director</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A8013C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(a) del Centro Regional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D02D03" w:rsidRPr="00A8013C" w14:paraId="006BA6D0" w14:textId="77777777" w:rsidTr="00AF4F19">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2499" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7BB6CC52" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -21748,51 +21842,67 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Firma del coordinador del Comité Local </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2501" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="6AE77BCE" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRPr="00A8013C" w:rsidRDefault="00D02D03" w:rsidP="00D02D03">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Firma y sello del Decano(a) o Director(a)</w:t>
+              <w:t xml:space="preserve">Firma y sello del Decano(a) o </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A8013C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Director</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A8013C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62FB24A7" w14:textId="77777777" w:rsidR="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00D02D03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10044658" w14:textId="7C3472D3" w:rsidR="00A245F2" w:rsidRPr="00A245F2" w:rsidRDefault="00A245F2" w:rsidP="00C3577E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -22145,76 +22255,76 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D02D03" w:rsidSect="002636D8">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1701" w:right="2268" w:bottom="1469" w:left="1440" w:header="737" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BBD39EC" w14:textId="77777777" w:rsidR="00C22266" w:rsidRDefault="00C22266" w:rsidP="007D0977">
+    <w:p w14:paraId="5494E4AD" w14:textId="77777777" w:rsidR="00EA2E65" w:rsidRDefault="00EA2E65" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="465D8ABA" w14:textId="77777777" w:rsidR="00C22266" w:rsidRDefault="00C22266" w:rsidP="007D0977">
+    <w:p w14:paraId="2D6E65FF" w14:textId="77777777" w:rsidR="00EA2E65" w:rsidRDefault="00EA2E65" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -22231,166 +22341,166 @@
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2104919784"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="2B9FF92D" w14:textId="7AB64D2D" w:rsidR="00660120" w:rsidRDefault="00660120">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4AEC8B0A" w14:textId="22AB95D6" w:rsidR="00D02D03" w:rsidRPr="00FA187D" w:rsidRDefault="00D02D03">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6432431D" w14:textId="77777777" w:rsidR="00C22266" w:rsidRDefault="00C22266" w:rsidP="007D0977">
+    <w:p w14:paraId="25A25C9F" w14:textId="77777777" w:rsidR="00EA2E65" w:rsidRDefault="00EA2E65" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44549B49" w14:textId="77777777" w:rsidR="00C22266" w:rsidRDefault="00C22266" w:rsidP="007D0977">
+    <w:p w14:paraId="71D6BC50" w14:textId="77777777" w:rsidR="00EA2E65" w:rsidRDefault="00EA2E65" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00DC53A8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00EA2E65">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="572FF793" w14:textId="3E901D70" w:rsidR="00D02D03" w:rsidRDefault="002636D8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33F4300A" wp14:editId="30341F10">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>8839200</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-410845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="244475" cy="1118870"/>
               <wp:effectExtent l="0" t="0" r="3175" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="3 Rectángulo"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -22424,51 +22534,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:rect w14:anchorId="2B3A9F31" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:696pt;margin-top:-32.35pt;width:19.25pt;height:88.1pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUmsQymwIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTdO2COkWQIsOA&#10;oi3aDj0rspQYkEWNUuJkf7Nv2Y+Vkh23a4sdhuWgiCL5SD6TPL/YNYZtFfoabMmLo5wzZSVUtV2V&#10;/PvD4tMZZz4IWwkDVpV8rzy/mH78cN66iRrBGkylkBGI9ZPWlXwdgptkmZdr1Qh/BE5ZUmrARgQS&#10;cZVVKFpCb0w2yvPPWQtYOQSpvKfXy07JpwlfayXDjdZeBWZKTrmFdGI6l/HMpudiskLh1rXs0xD/&#10;kEUjaktBB6hLEQTbYP0GqqklggcdjiQ0GWhdS5VqoGqK/FU192vhVKqFyPFuoMn/P1h5vb1FVlcl&#10;P+bMioY+0TG7I9p+/7KrjYFIUOv8hOzu3S32kqdrrHansYn/VAfbJVL3A6lqF5ikx9F4PD494UyS&#10;qiiKs7PTxHr27O3Qh68KGhYvJUeKnrgU2ysfKCKZHkxiMA+mrha1MUnA1XJukG0FfeDF5fw4P6D/&#10;YWZsNLYQ3TrE+JLFyrpa0i3sjYp2xt4pTaTE7FMmqR3VEEdIqWwoOtVaVKoLf5LTLxJGCQ8eSUqA&#10;EVlT/AG7B4it/ha7g+nto6tK3Tw4539LrHMePFJksGFwbmoL+B6Aoar6yJ39gaSOmsjSEqo9tQxC&#10;N0veyUVN3+1K+HArkIaHxowWQrihQxtoSw79jbM14M/33qM99TRpOWtpGEvuf2wEKs7MN0vd/qUY&#10;j+P0JmF8cjoiAV9qli81dtPMgdqhoNXjZLpG+2AOV43QPNLemMWopBJWUuySy4AHYR66JUGbR6rZ&#10;LJnRxDoRruy9kxE8shr78mH3KND1zRuo7a/hMLhi8qqHO9voaWG2CaDr1ODPvPZ807Snxuk3U1wn&#10;L+Vk9bw/p08AAAD//wMAUEsDBBQABgAIAAAAIQCb98tx4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcWjv9DSFOhUBcuCBaOHBz4yWJsNdR7LTh7dme4LajHc18U+4m78QJ&#10;h9gF0pDNFQikOtiOGg3vh+dZDiImQ9a4QKjhByPsquur0hQ2nOkNT/vUCA6hWBgNbUp9IWWsW/Qm&#10;zkOPxL+vMHiTWA6NtIM5c7h3cqHURnrTETe0psfHFuvv/eg12DqOT68fLy53oSb3afOD2katb2+m&#10;h3sQCaf0Z4YLPqNDxUzHMJKNwrFe3i14TNIw26y2IC6W1VKtQRz5yrI1yKqU/1dUvwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBUmsQymwIAAIcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCb98tx4AAAAA0BAAAPAAAAAAAAAAAAAAAAAPUEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28231471" wp14:editId="39C63352">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5668645</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-62230</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2287905" cy="1403985"/>
               <wp:effectExtent l="0" t="0" r="0" b="8890"/>
               <wp:wrapNone/>
               <wp:docPr id="307" name="Cuadro de texto 2"/>
@@ -22479,208 +22589,290 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2287905" cy="1403985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00D02D03" w:rsidP="00743BDC">
+                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00EA2E65" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:hyperlink r:id="rId1" w:history="1">
-[...12 lines deleted...]
-                          </w:hyperlink>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> HYPERLINK "mailto:vinculacion.sociedad@unah.edu.hn" </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidR="00D02D03" w:rsidRPr="00E128DF">
+                            <w:rPr>
+                              <w:rStyle w:val="Hipervnculo"/>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="none"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="Hipervnculo"/>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="none"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
                         </w:p>
                         <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00D02D03" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00E128DF">
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>Tel. 2216-7070  Ext. 110576</w:t>
+                            <w:t>Tel. 2216-</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r w:rsidRPr="00E128DF">
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>7070  Ext.</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="00E128DF">
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:446.35pt;margin-top:-4.9pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyQXVXDgIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShZduo6WrpUoS0&#10;XKSFD3Acp7GwPcZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbQStyEs5LMBWdz3JKhOHQSHOo6Lev+1cr&#10;SnxgpmEKjKjoWXh6u335YtPbUhTQgWqEIwhifNnbinYh2DLLPO+EZn4GVhh0tuA0C2i6Q9Y41iO6&#10;VlmR52+yHlxjHXDhPd7ej066TfhtK3j43LZeBKIqirWFtLu013HPthtWHhyzneRTGewfqtBMGkx6&#10;gbpngZGjk39BackdeGjDjIPOoG0lF6kH7Gae/9HNY8esSL0gOd5eaPL/D5Z/Oj3aL46E4S0MOMDU&#10;hLcPwL97YmDXMXMQd85B3wnWYOJ5pCzrrS+np5FqX/oIUvcfocEhs2OABDS0TkdWsE+C6DiA84V0&#10;MQTC8bIoVjfrfEkJR998kb9er5YpByufnlvnw3sBmsRDRR1ONcGz04MPsRxWPoXEbB6UbPZSqWS4&#10;Q71TjpwYKmCf1oT+W5gypK/oelksE7KB+D6JQ8uAClVSV3SVxzVqJtLxzjQpJDCpxjNWoszET6Rk&#10;JCcM9YCBkacamjMy5WBUIv4cPHTgflLSowor6n8cmROUqA8G2V7PF4so22QsljcFGu7aU197mOEI&#10;VdFAyXjchST1xIO9w6nsZeLruZKpVlRXonH6CVG+13aKev6v218AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNXL474AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWiepCm2aSVVR&#10;sWGBREGiSzd24oj4IdtNw98zXdHlaK7uPafaTmZgowqxdxYhn2fAlG2c7G2H8PX5OlsBi0lYKQZn&#10;FcKvirCt7+8qUUp3sR9qPKSOUYmNpUDQKfmS89hoZUScO68s/VoXjEh0ho7LIC5UbgZeZNkTN6K3&#10;tKCFVy9aNT+Hs0H4NrqX+/B+bOUw7t/a3dJPwSM+Pky7DbCkpvQfhis+oUNNTCd3tjKyAWG1Lp4p&#10;ijBbk8I1UCwXZHdCKPJ8Abyu+K1D/QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyQXVX&#10;DgIAAPcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDN&#10;XL474AAAAAsBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
+            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:446.35pt;margin-top:-4.9pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyO54EKAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmpMRE2gblIzHl8aBbemdkdOh/cTaQZhsefu7A&#10;K87MR0tsLybTaRJ5dqazq4ocfx7ZnEfACoJqeOTsYK5ifhiZB3dLW1nrzNdLJ8deSYuZxuO7SWI/&#10;93PWy+tePgEAAP//AwBQSwMEFAAGAAgAAAAhAM1cvjvgAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOxaJ6kKbZpJVVGxYYFEQaJLN3biiPgh203D3zNd0eVoru49p9pOZmCj&#10;CrF3FiGfZ8CUbZzsbYfw9fk6WwGLSVgpBmcVwq+KsK3v7ypRSnexH2o8pI5RiY2lQNAp+ZLz2Ghl&#10;RJw7ryz9WheMSHSGjssgLlRuBl5k2RM3ore0oIVXL1o1P4ezQfg2upf78H5s5TDu39rd0k/BIz4+&#10;TLsNsKSm9B+GKz6hQ01MJ3e2MrIBYbUunimKMFuTwjVQLBdkd0Io8nwBvK74rUP9BwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALI7ngQoAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM1cvjvgAAAACwEAAA8AAAAAAAAAAAAAAAAAggQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00D02D03" w:rsidP="00743BDC">
+                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00EA2E65" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:hyperlink r:id="rId2" w:history="1">
-[...12 lines deleted...]
-                    </w:hyperlink>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> HYPERLINK "mailto:vinculacion.sociedad@unah.edu.hn" </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidR="00D02D03" w:rsidRPr="00E128DF">
+                      <w:rPr>
+                        <w:rStyle w:val="Hipervnculo"/>
+                        <w:b/>
+                        <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:u w:val="none"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="Hipervnculo"/>
+                        <w:b/>
+                        <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:u w:val="none"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
                   </w:p>
                   <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="00D02D03" w:rsidRPr="00E128DF" w:rsidRDefault="00D02D03" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E128DF">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Tel. 2216-7070  Ext. 110576</w:t>
+                      <w:t>Tel. 2216-</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r w:rsidRPr="00E128DF">
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>7070  Ext.</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r w:rsidRPr="00E128DF">
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00D02D03">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="12C30320">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>180975</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-383350</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1757605202" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="1252855"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
@@ -22692,134 +22884,134 @@
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5E5E5E" wp14:editId="5E5B9F8A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>3752215</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="12646025" cy="4917953"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagen 2" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId4" cstate="print">
+                  <a:blip r:embed="rId2" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="12646025" cy="4917953"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00DC53A8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00D02D03" w:rsidRDefault="00EA2E65">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s2049" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AD77DF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="530E8F66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
@@ -23729,88 +23921,88 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1569077538">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1016153778">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="390155709">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1610240189">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="309790847">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1335960007">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1734893489">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1359509402">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="744884524">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="937368124">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -23981,50 +24173,51 @@
     <w:rsid w:val="003F0FD4"/>
     <w:rsid w:val="003F246F"/>
     <w:rsid w:val="003F78B4"/>
     <w:rsid w:val="004011F5"/>
     <w:rsid w:val="0040215A"/>
     <w:rsid w:val="00404126"/>
     <w:rsid w:val="004065F5"/>
     <w:rsid w:val="00414D49"/>
     <w:rsid w:val="0041579D"/>
     <w:rsid w:val="00423676"/>
     <w:rsid w:val="004249DA"/>
     <w:rsid w:val="00426CA9"/>
     <w:rsid w:val="0043289A"/>
     <w:rsid w:val="00432E85"/>
     <w:rsid w:val="004366F1"/>
     <w:rsid w:val="00436C5E"/>
     <w:rsid w:val="00436F5A"/>
     <w:rsid w:val="00437117"/>
     <w:rsid w:val="00437449"/>
     <w:rsid w:val="00442CC0"/>
     <w:rsid w:val="0045321C"/>
     <w:rsid w:val="00462675"/>
     <w:rsid w:val="00464E8E"/>
     <w:rsid w:val="00472FD3"/>
     <w:rsid w:val="00473BCD"/>
+    <w:rsid w:val="00491600"/>
     <w:rsid w:val="00493795"/>
     <w:rsid w:val="00496C1B"/>
     <w:rsid w:val="004B4968"/>
     <w:rsid w:val="004B5D65"/>
     <w:rsid w:val="004B6026"/>
     <w:rsid w:val="004C17E8"/>
     <w:rsid w:val="004C1D90"/>
     <w:rsid w:val="004C4517"/>
     <w:rsid w:val="004C6C0A"/>
     <w:rsid w:val="004D2FB4"/>
     <w:rsid w:val="004D4D81"/>
     <w:rsid w:val="004D6D7A"/>
     <w:rsid w:val="004E2F5D"/>
     <w:rsid w:val="004F1BCB"/>
     <w:rsid w:val="004F2ED9"/>
     <w:rsid w:val="00507FC9"/>
     <w:rsid w:val="0051038B"/>
     <w:rsid w:val="00520477"/>
     <w:rsid w:val="00523894"/>
     <w:rsid w:val="00531C99"/>
     <w:rsid w:val="005320AE"/>
     <w:rsid w:val="005336C9"/>
     <w:rsid w:val="00534039"/>
     <w:rsid w:val="0053583E"/>
     <w:rsid w:val="00541292"/>
@@ -24392,50 +24585,51 @@
     <w:rsid w:val="00E00405"/>
     <w:rsid w:val="00E1127E"/>
     <w:rsid w:val="00E128DF"/>
     <w:rsid w:val="00E1608E"/>
     <w:rsid w:val="00E16917"/>
     <w:rsid w:val="00E16D6C"/>
     <w:rsid w:val="00E17676"/>
     <w:rsid w:val="00E23438"/>
     <w:rsid w:val="00E25861"/>
     <w:rsid w:val="00E25CF6"/>
     <w:rsid w:val="00E35044"/>
     <w:rsid w:val="00E41D82"/>
     <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F7D"/>
     <w:rsid w:val="00E542E4"/>
     <w:rsid w:val="00E56AD9"/>
     <w:rsid w:val="00E71F6C"/>
     <w:rsid w:val="00E756C6"/>
     <w:rsid w:val="00E77BDF"/>
     <w:rsid w:val="00E81AFD"/>
     <w:rsid w:val="00E82217"/>
     <w:rsid w:val="00E84B85"/>
     <w:rsid w:val="00E92238"/>
     <w:rsid w:val="00E929F2"/>
     <w:rsid w:val="00EA1FB7"/>
+    <w:rsid w:val="00EA2E65"/>
     <w:rsid w:val="00EA6F47"/>
     <w:rsid w:val="00EA7174"/>
     <w:rsid w:val="00EB00B0"/>
     <w:rsid w:val="00EB38D4"/>
     <w:rsid w:val="00EB4190"/>
     <w:rsid w:val="00EB4DD4"/>
     <w:rsid w:val="00EB59E4"/>
     <w:rsid w:val="00EB5DA1"/>
     <w:rsid w:val="00EB7E72"/>
     <w:rsid w:val="00EC4C8E"/>
     <w:rsid w:val="00EC5B9A"/>
     <w:rsid w:val="00ED09D0"/>
     <w:rsid w:val="00ED1554"/>
     <w:rsid w:val="00ED16BE"/>
     <w:rsid w:val="00ED3F77"/>
     <w:rsid w:val="00F009E9"/>
     <w:rsid w:val="00F009EA"/>
     <w:rsid w:val="00F04313"/>
     <w:rsid w:val="00F071C7"/>
     <w:rsid w:val="00F07C5E"/>
     <w:rsid w:val="00F1193F"/>
     <w:rsid w:val="00F16F6C"/>
     <w:rsid w:val="00F22AE6"/>
     <w:rsid w:val="00F24537"/>
     <w:rsid w:val="00F331A4"/>
@@ -24479,67 +24673,67 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-HN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31F908B3"/>
   <w15:docId w15:val="{DB799133-D13C-4F0C-92E3-75EBF7C2E7F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-HN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -24871,51 +25065,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EB00B0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="es-HN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00854007"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -25435,51 +25628,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Referenciaintensa">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00C3288A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="73405611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="639069773">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -26125,51 +26318,51 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -26426,79 +26619,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73B1E276-80F1-4EC1-938B-9865DE32EB9C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4BA3F8-7B99-4ED6-B2F8-5A95A00BE46A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>1387</Words>
-  <Characters>7630</Characters>
+  <Characters>7631</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9000</CharactersWithSpaces>
+  <CharactersWithSpaces>9001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Edward Carranza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>