--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -3300,51 +3300,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C0F00" w:rsidRPr="00A8013C" w14:paraId="6A31F2A8" w14:textId="77777777" w:rsidTr="000C0F00">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55CE6628" w14:textId="2CF20F08" w:rsidR="000C0F00" w:rsidRPr="000C0F00" w:rsidRDefault="000C0F00" w:rsidP="000C0F00">
+          <w:p w14:paraId="55CE6628" w14:textId="219587FC" w:rsidR="000C0F00" w:rsidRPr="000C0F00" w:rsidRDefault="000C0F00" w:rsidP="000C0F00">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -3355,51 +3355,64 @@
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000C0F00">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>de ejecución del proyecto</w:t>
+              <w:t xml:space="preserve">de ejecución </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>de la práctica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C0F00" w:rsidRPr="00A8013C" w14:paraId="0C801133" w14:textId="77777777" w:rsidTr="00513F45">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1011" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AB11500" w14:textId="7663DFF4" w:rsidR="000C0F00" w:rsidRPr="000C0F00" w:rsidRDefault="000C0F00" w:rsidP="000C0F00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
@@ -9066,78 +9079,78 @@
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C261B1" w:rsidRPr="00A8013C" w14:paraId="265A31B5" w14:textId="77777777" w:rsidTr="00C261B1">
         <w:trPr>
           <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045849E2" w14:textId="77777777" w:rsidR="00C261B1" w:rsidRPr="00A9511C" w:rsidRDefault="00C261B1" w:rsidP="00BC64C8">
+          <w:p w14:paraId="045849E2" w14:textId="016CBCCC" w:rsidR="00C261B1" w:rsidRPr="00A9511C" w:rsidRDefault="00C261B1" w:rsidP="00BC64C8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9511C">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Cargo del contacto del proyecto</w:t>
+              <w:t xml:space="preserve">Cargo del contacto </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A1706C4" w14:textId="77777777" w:rsidR="00C261B1" w:rsidRPr="00A8013C" w:rsidRDefault="00C261B1" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -9906,96 +9919,123 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E826BD4" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00A8013C" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="410D084D" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="26205296" w14:textId="6B5CC05B" w:rsidR="003E4483" w:rsidRPr="00A8013C" w:rsidRDefault="004627C5" w:rsidP="00BC64C8">
+          <w:p w14:paraId="26205296" w14:textId="31DB0932" w:rsidR="003E4483" w:rsidRPr="00A8013C" w:rsidRDefault="004627C5" w:rsidP="00BC64C8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>DEFINICIÓN DEL PROBLEMA</w:t>
             </w:r>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E4483">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados del proyecto. La línea base debe representarse con datos y debe de describirse las causas del problema identificado</w:t>
+              <w:t xml:space="preserve">Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la práctica</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="003E4483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>La línea base debe representarse con datos y debe de describirse las causas del problema identificado</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="5C60515C" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="1673"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="2C045A93" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -10191,96 +10231,114 @@
           </w:p>
           <w:p w14:paraId="1C50B932" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00A8013C" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="7AC3EF6D" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9D11E2" w14:textId="27BB307D" w:rsidR="003E4483" w:rsidRPr="00A8013C" w:rsidRDefault="004627C5" w:rsidP="00BC64C8">
+          <w:p w14:paraId="4E9D11E2" w14:textId="2389D2D3" w:rsidR="003E4483" w:rsidRPr="00A8013C" w:rsidRDefault="004627C5" w:rsidP="00BC64C8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>OBJETIVOS ESPECÍFICO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E4483" w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en el proyecto)</w:t>
+              <w:t>(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la práctica</w:t>
+            </w:r>
+            <w:r w:rsidR="003E4483" w:rsidRPr="00A8013C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="7DBAE568" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="49C5311E" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CFA23CA" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
@@ -10352,124 +10410,204 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F864968" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00A8013C" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="4F7C816A" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="05FFC3B1" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00BC64C8">
+          <w:p w14:paraId="05FFC3B1" w14:textId="16A79338" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00BC64C8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>RESULTADOS DEL PROYECTO</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="400308FC" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00E32A8B" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
+              <w:t xml:space="preserve">RESULTADOS </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>DE LA PRACTICA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="400308FC" w14:textId="03FA8B93" w:rsidR="003E4483" w:rsidRPr="00E32A8B" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E32A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos del proyecto. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el proyecto, 2) los de mediano plazo: que son los efectos que alcanzará el proyecto y 3) los de largo plazo: resultados de impacto.</w:t>
+              <w:t xml:space="preserve">El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la práctica</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la práctica</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2) los de mediano plazo: que son los efectos que alcanzará </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>con</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la práctica</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>y 3) los de largo plazo: resultados de impacto.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="4C5C7266" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="767D9F7D" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="003E4483">
+          <w:p w14:paraId="767D9F7D" w14:textId="55E61893" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="003E4483">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resultados de corto plazo del proyecto. </w:t>
+              <w:t xml:space="preserve">Resultados de corto plazo </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la práctica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de plantearse resultados para cada objetivo específico. Son los productos que se lograrán a corto plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="507FB6BA" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="434" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="119D93CA" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10758,79 +10896,100 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="330503B7" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="5A227A88" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="7136B09D" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="000D1C53" w:rsidRDefault="003E4483" w:rsidP="003E4483">
+          <w:p w14:paraId="7136B09D" w14:textId="4DCA8BF0" w:rsidR="003E4483" w:rsidRPr="000D1C53" w:rsidRDefault="003E4483" w:rsidP="003E4483">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicadores de mediano plazo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Son los efectos que se esperan alcanzar del proyecto, es decir, la transformación esperada en la población beneficiada </w:t>
+              <w:t xml:space="preserve">Son los efectos que se esperan alcanzar </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>con</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la práctica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, es decir, la transformación esperada en la población beneficiada </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="28AC6A9B" w14:textId="77777777" w:rsidTr="00D04A83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2391" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="77C3AB37" w14:textId="57278292" w:rsidR="003E4483" w:rsidRPr="00E32A8B" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -10957,79 +11116,109 @@
           <w:tcPr>
             <w:tcW w:w="2609" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="09F45C0B" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00E32A8B" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="7AEE43F8" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEEBDA5" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="003E4483">
+          <w:p w14:paraId="6DEEBDA5" w14:textId="7946D265" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="003E4483">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Impacto que se desea generar en el proyecto (</w:t>
+              <w:t xml:space="preserve">Impacto que se desea generar en </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">la práctica </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="es-ES_tradnl"/>
-[...1 lines deleted...]
-              <w:t>Debe de expresar los indicadores de impacto del proyecto)</w:t>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Debe de expresar los indicadores de impacto </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la práctica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="001008BD" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2391" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="21B289FD" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12138,88 +12327,116 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="51314154" w14:textId="77777777" w:rsidR="004421D9" w:rsidRDefault="004421D9" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="7831248C" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="40EFA374" w14:textId="7B2C0F08" w:rsidR="003E4483" w:rsidRPr="00643191" w:rsidRDefault="004627C5" w:rsidP="004421D9">
+          <w:p w14:paraId="40EFA374" w14:textId="7CFC368B" w:rsidR="003E4483" w:rsidRPr="00643191" w:rsidRDefault="004627C5" w:rsidP="004421D9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVOS DE DESARROLLO SOSTENIBLE (ODS) A LOS QUE SE CONTRIBUYE: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">INDICAR </w:t>
             </w:r>
             <w:r w:rsidR="003E4483">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>el o los ODS a los que pretende contribuir el proyecto y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="445E7EBE" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="00DE74E7" w:rsidP="00E000FD">
+              <w:t xml:space="preserve">el o los ODS a los que pretende contribuir </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la práctica</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003E4483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445E7EBE" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="00761667" w:rsidP="00E000FD">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="003E4483" w:rsidRPr="002676AF">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="FFFF00"/>
                 </w:rPr>
                 <w:t>Objetivos y metas de desarrollo sostenible - Desarrollo Sostenible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="67373F8C" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
@@ -12368,108 +12585,148 @@
           <w:tcPr>
             <w:tcW w:w="2609" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4ED2F9AD" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00E32A8B" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="00E87026" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="2754F284" w14:textId="5ACBC990" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="004421D9">
+          <w:p w14:paraId="2754F284" w14:textId="368E1B3D" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="004421D9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004627C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">ALINEAMIENTO CON LO ESENCIAL DE LA REFORMA DE LA UNAH </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="_Hlk210633797"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de este proyecto, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en est</w:t>
+              <w:t>detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución d</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>práctica</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en est</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidR="0043718F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>a practica</w:t>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00A8013C" w14:paraId="053DB6A1" w14:textId="77777777" w:rsidTr="00DD12B4">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="033FFF4A" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15097,92 +15354,124 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4958"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD2232" w:rsidRPr="00A8013C" w14:paraId="3661066C" w14:textId="77777777" w:rsidTr="00175E62">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="1F383DD8" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="1F383DD8" w14:textId="5EE94BE2" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Coordinador del proyecto por la UNAH</w:t>
+              <w:t xml:space="preserve">Coordinador </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la práctica</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A8013C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>por la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2536" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA93B9E" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="4BA93B9E" w14:textId="06D68C6A" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Jefe de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t>Jefe de la Unidad Académica que lidera</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la práctica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD2232" w:rsidRPr="00A8013C" w14:paraId="3F1C5E97" w14:textId="77777777" w:rsidTr="00175E62">
         <w:trPr>
           <w:trHeight w:val="395"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="434037E6" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -15235,104 +15524,111 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2536" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5AB32B44" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD2232" w:rsidRPr="00A8013C" w14:paraId="667E4F39" w14:textId="77777777" w:rsidTr="00175E62">
         <w:trPr>
           <w:trHeight w:val="277"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="749B1ACC" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="749B1ACC" w14:textId="24AC11BB" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Firma del profesor/a responsable del proyecto</w:t>
+              <w:t xml:space="preserve">Firma del profesor/a responsable </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la práctica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2536" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5FFD1D" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="7D5FFD1D" w14:textId="7B669E7D" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Firma del </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Firma del Je</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Jefe</w:t>
-[...7 lines deleted...]
-              <w:t>/a de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t>fe/a de la Unidad Académica que lidera</w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la práctica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16B22A22" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00A8013C" w:rsidRDefault="00E61EF5" w:rsidP="00E61EF5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5228" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -15758,64 +16054,78 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64C840F3" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="717099FE" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="717099FE" w14:textId="4E663197" w:rsidR="00E61EF5" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Carta de solicitud del proyecto firmada por el representante legal de la contraparte</w:t>
+              <w:t xml:space="preserve">Carta de solicitud </w:t>
+            </w:r>
+            <w:r w:rsidR="00896617" w:rsidRPr="00896617">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>de la práctica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> firmada por el representante legal de la contraparte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1344" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D09ED0" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69693680" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
@@ -16124,61 +16434,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Los documentos 2 y 3  son obligatorios</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39570C5F" w14:textId="77777777" w:rsidR="00D20C3F" w:rsidRPr="00A32A89" w:rsidRDefault="00D20C3F" w:rsidP="00A32A89"/>
     <w:sectPr w:rsidR="00D20C3F" w:rsidRPr="00A32A89" w:rsidSect="007461AD">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2268" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09373E2D" w14:textId="77777777" w:rsidR="00DE74E7" w:rsidRDefault="00DE74E7" w:rsidP="007D0977">
+    <w:p w14:paraId="3F26803F" w14:textId="77777777" w:rsidR="00761667" w:rsidRDefault="00761667" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AEEADEA" w14:textId="77777777" w:rsidR="00DE74E7" w:rsidRDefault="00DE74E7" w:rsidP="007D0977">
+    <w:p w14:paraId="44344504" w14:textId="77777777" w:rsidR="00761667" w:rsidRDefault="00761667" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="697787DC" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="003E4483">
       <w:pPr>
         <w:pStyle w:val="Textonotaalfinal"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalfinal"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OE= Objetivo Específico. Indicar el número de objetivo específico al que corresponde el resultado</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
@@ -16314,57 +16624,57 @@
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:color w:val="003671"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="700E9726" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-85.05pt;margin-top:-13.85pt;width:613.05pt;height:27.95pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiDFRk/AEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxnCY1ohRduw4D&#10;ugvQ7QMUWY6FSaImKbGzrx8lp2mwvQ17EUhRPOQ5pNY3o9HkIH1QYBmdz0pKpBXQKrtj9Pu3hzcr&#10;SkLktuUarGT0KAO92bx+tR5cIyvoQbfSEwSxoRkco32MrimKIHppeJiBkxaDHXjDI7p+V7SeD4hu&#10;dFGV5VUxgG+dByFDwNv7KUg3Gb/rpIhfui7ISDSj2FvMp8/nNp3FZs2bneeuV+LUBv+HLgxXFoue&#10;oe555GTv1V9QRgkPAbo4E2AK6DolZOaAbOblH2yeeu5k5oLiBHeWKfw/WPH58OS+ehLHdzDiADOJ&#10;4B5B/AjEwl3P7U7eeg9DL3mLhedJsmJwoTmlJqlDExLIdvgELQ6Z7yNkoLHzJqmCPAmi4wCOZ9Hl&#10;GInAy+VydVWWGBIYe7uoV3WVS/DmOdv5ED9IMCQZjHocakbnh8cQUze8eX6Sill4UFrnwWpLBkav&#10;F9UiJ1xEjIq4d1oZRldYHevnhETyvW2zHbnSk40FtD2xTkQnynHcjkS1jOZ+kwhbaI8og4dpzfBb&#10;oNGD/0XJgCvGaPi5515Soj9alPJ6XtdpJ7NTL5YVOv4ysr2McCsQitFIyWTexbzHE+VblLxTWY2X&#10;Tk4t4+pkkU5rnnbz0s+vXj7j5jcAAAD//wMAUEsDBBQABgAIAAAAIQDtLrhv5AAAABEBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyHyEjctqQVW0fXdEJMXJkYfyRuWeO1FY1TNdlavj3e&#10;aVwsW35+fr9iM7lOnHEIrScNyVyBQKq8banW8PH+MluBCNGQNZ0n1PCLATbl7U1hcutHesPzPtaC&#10;TSjkRkMTY59LGaoGnQlz3yPx7ugHZyKPQy3tYEY2d51MlVpKZ1riD43p8bnB6md/cho+X4/fXw9q&#10;V2/doh/9pCS5R6n1/d20XXN5WoOIOMXrBVwYOD+UHOzgT2SD6DTMkkwlrOUuzTIQF4laLBnyoCFd&#10;pSDLQv4nKf8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYgxUZPwBAADUAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA7S64b+QAAAARAQAADwAA&#10;AAAAAAAAAAAAAABWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-85.05pt;margin-top:-13.85pt;width:613.05pt;height:27.95pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsqvS5EQIAAAAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJkjY14hRdug4D&#10;ugvQ7QMYWY6FSaImKbGzry8lp1mwvQ17ESiRPOQ5pFa3g9HsIH1QaGs+nZScSSuwUXZX8+/fHt4s&#10;OQsRbAMaraz5UQZ+u379atW7Ss6wQ91IzwjEhqp3Ne9idFVRBNFJA2GCTlpytugNRLr6XdF46And&#10;6GJWlldFj75xHoUMgV7vRydfZ/y2lSJ+adsgI9M1p95iPn0+t+ks1iuodh5cp8SpDfiHLgwoS0XP&#10;UPcQge29+gvKKOExYBsnAk2BbauEzByIzbT8g81TB05mLiROcGeZwv+DFZ8PXz1TTc1pUBYMjWiz&#10;h8YjaySLcojIZkmk3oWKYp8cRcfhHQ407Ew4uEcUPwKzuOnA7uSd99h3Ehpqcpoyi4vUESckkG3/&#10;CRuqBvuIGWhovUkKkiaM0GlYx/OAqA8m6PH6enlVluQS5Hu7mC/nubkCqpds50P8INGwZNTc0wJk&#10;dDg8hpi6geolJBWz+KC0zkugLetrfrOYLXLChceoSDuqlSGRqDrVzwmJ5HvbZDuC0qNNBbQ9sU5E&#10;R8px2A5Z5bOYW2yOJIPHcSXpC5HRof/FWU/rWPPwcw9ecqY/WpLyZjqfp/3Nl/niekYXf+nZXnrA&#10;CoKqeeRsNDcx7/xI+Y4kb1VWI81m7OTUMq1ZFun0JdIeX95z1O+Pu34GAAD//wMAUEsDBBQABgAI&#10;AAAAIQCpD5Jx3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSHuHyEjctqQVW0dp&#10;Ok0griDGhsQta7y2onGqJlvL2+Od4GbLn35/f7GZXCcuOITWk4ZkoUAgVd62VGvYf7zM1yBCNGRN&#10;5wk1/GCATTm7KUxu/UjveNnFWnAIhdxoaGLscylD1aAzYeF7JL6d/OBM5HWopR3MyOGuk6lSK+lM&#10;S/yhMT0+NVh9785Ow+H19PV5r97qZ7fsRz8pSe5Ban13O20fQUSc4h8MV31Wh5Kdjv5MNohOwzzJ&#10;VMIsT2mWgbgiarnifkcN6ToFWRbyf4nyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACyq&#10;9LkRAgAAAAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AKkPknHfAAAADAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="1ACACF5E" w14:textId="15544018" w:rsidR="002415AA" w:rsidRPr="003D5A19" w:rsidRDefault="002415AA" w:rsidP="006957EF">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:color w:val="003671"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D67C330" wp14:editId="30B7CE59">
           <wp:simplePos x="0" y="0"/>
@@ -16406,116 +16716,116 @@
                     <a:ext cx="5612130" cy="107950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1773B0D4" w14:textId="77777777" w:rsidR="00DE74E7" w:rsidRDefault="00DE74E7" w:rsidP="007D0977">
+    <w:p w14:paraId="10A23114" w14:textId="77777777" w:rsidR="00761667" w:rsidRDefault="00761667" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="374F7646" w14:textId="77777777" w:rsidR="00DE74E7" w:rsidRDefault="00DE74E7" w:rsidP="007D0977">
+    <w:p w14:paraId="23CB0B4C" w14:textId="77777777" w:rsidR="00761667" w:rsidRDefault="00761667" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00DE74E7">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00761667">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="00DE74E7">
+  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="00761667">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1068701906"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00EA1165">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wpg">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6A5124A6" wp14:editId="619CB201">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>center</wp:align>
                   </wp:positionH>
@@ -16712,105 +17022,105 @@
                                     </a:solidFill>
                                     <a:round/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </wpg:grpSp>
                       </wpg:wgp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
-            <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <mc:Fallback>
               <w:pict>
-                <v:group w14:anchorId="6A5124A6" id="Grupo 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:38.45pt;height:18.7pt;z-index:251673600;mso-top-percent:200;mso-position-horizontal:center;mso-position-horizontal-relative:right-margin-area;mso-position-vertical-relative:page;mso-top-percent:200" coordorigin="689,3255" coordsize="769,374" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxuY5vWgMAAN0KAAAOAAAAZHJzL2Uyb0RvYy54bWzUVttu1DAQfUfiHyy/09yz2ahpVXoTEtBK&#10;LR/gTZyLSOxge5stX8/YTrLdtohSShEv0djjmcycmTP2/uGma9ENFbLhLMPenosRZTkvGlZl+Mv1&#10;2bsEI6kIK0jLGc3wLZX48ODtm/2hT6nPa94WVCBwwmQ69BmulepTx5F5TTsi93hPGShLLjqiYCkq&#10;pxBkAO9d6/iuGzsDF0UveE6lhN0Tq8QHxn9Z0lxdlKWkCrUZhtiU+QrzXemvc7BP0kqQvm7yMQzy&#10;jCg60jD46ezqhCiC1qJ54KprcsElL9VezjuHl2WTU5MDZOO597I5F3zdm1yqdKj6GSaA9h5Oz3ab&#10;f745F/1Vfyls9CB+5PlXCbg4Q1+ld/V6XdnDaDV84gXUk6wVN4lvStFpF5AS2hh8b2d86UahHDbD&#10;JAm8CKMcVH6wCJcj/nkNRdJWcbLECJSBH0W2NHl9OhovYtBpSzDUOoek9p8mzjEuXXdoJLnFSv4Z&#10;Vlc16akpgdRYXArUFNDny0Xgh0EUQncz0gEO1zrH93yDFp4OTkcBxzWuSG1gH2wMTNLCixg/rgmr&#10;6JEQfKgpKSBOYwnZzKbWj9ROfoX3Frk4sMhNoG9xiw3cM24k7YVU55R3SAsZFsAWEyS5+SiVhXg6&#10;okvL+FnTtrBP0pbtbIBPvWNi1+HawNVmtRmxWPHiFrIQ3BIQBgYINRffMRqAfBmW39ZEUIzaDwyQ&#10;0EydBDEJq0kgLAfTDOdKYGQXx8pyet2LpqrBt0Wb8SPoz7IxyWhgbRxjpNAmOtCxqa24rfEy9JbL&#10;OF5MFTZkRAvflneXGZr3L8WcJInvcWCqpG78uwwg6UwcL4wCY+WFSWBC1MqJOvcN5xb4F9RJAjd0&#10;l4nrTcBe3JAWLUzX7vQ+Sf8WWR5D62cgz1g9oAtt26aXejiQ9CmMQQMMuCBy7RzgbVNoOmlrKarV&#10;cSsQAJHhJDzyj+Nxwsm7x+A2YIWhnx4Yp6OsSNNa+XEW/ib1ll4YzvQLo4UPC0vBUWNpOGomKqqX&#10;IOIrDO4oDn03CiN/t/nMhfJqzRfD3+Ee01Qdb7mp+TzNCn3HacEO4OlenQbxOKuf0Hw7vfPEFnvS&#10;XP9fOmo73cbHDLyhzLthfO/pR9rdtTm1fZUe/AAAAP//AwBQSwMEFAAGAAgAAAAhABzlhLffAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdVKXRNJtSFFEPRYxK6W2bnW6i&#10;2dmQ3abpv3f0opcHw+O9eV++GF0rBuxD40nBdJKAQKq8acgqeH97uLgBEaImo1tPqOCIARbF6Umu&#10;M+MP9IpDGa3gEgqZVlDH2GVShqpGp8PEd0js7XzvdOSzt9L0+sDlrpWXSTKTTjfEH2rd4V2N1Ve5&#10;dwpWaYVPL8vP0jw/HsOwWdmPcW2VOj8b7+csyzmIiGP8S8APA++Hgodt/Z5MEK0Cpom/yl46uwWx&#10;VXCVXoMscvkfoPgGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcbmOb1oDAADdCgAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHOWEt98AAAAIAQAA&#10;DwAAAAAAAAAAAAAAAAC0BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMAGAAAAAA==&#10;" o:allowincell="f">
+                <v:group w14:anchorId="6A5124A6" id="Grupo 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:38.45pt;height:18.7pt;z-index:251673600;mso-top-percent:200;mso-position-horizontal:center;mso-position-horizontal-relative:right-margin-area;mso-position-vertical-relative:page;mso-top-percent:200" coordorigin="689,3255" coordsize="769,374" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/BAExKwQAAPYOAAAOAAAAZHJzL2Uyb0RvYy54bWzcV9lu3DYUfS/QfyD0PtZGrbAc2LMYBdwm&#10;QNIP4EjUgkqiSmqscYP+ey9JSbM4AztJkyLVg0Bxubz38J7Dq+s3+6ZGj5SLirWJYV9ZBqJtyrKq&#10;LRLj9w+bRWgg0ZM2IzVraWI8UWG8ufn5p+uhi6nDSlZnlCMw0op46BKj7PsuNk2RlrQh4op1tIXB&#10;nPGG9PDJCzPjZADrTW06luWbA+NZx1lKhYDelR40bpT9PKdp/zbPBe1RnRjgW6/eXL238m3eXJO4&#10;4KQrq3R0g3yBFw2pWth0NrUiPUE7Xj0z1VQpZ4Ll/VXKGpPleZVSFQNEY1tn0dxztutULEU8FN0M&#10;E0B7htMXm01/e3zHUZUlRhg5boRtHBioJQ0c1T3fdQw5nsRo6IoYpt7z7n33jutAofnA0j8EDJvn&#10;4/K70JPRdviVZWCP7HqmMNrnvJEmIHq0V0fxNB8F3fcohU4chq7tGSiFIccNcDQeVVrCecpVfhgZ&#10;CAZdx1Mekjgt1+PiwIcxuRIWSu9NEus9lZ+jXzIoyDlxgFV8HazvS9JRdVpCYjXCakeB62DXw0AE&#10;jesHGeMd26PA1tCq6RJX1O+hH2ikYBIaXtSyZUnagt5yzoaSkgz8VCshmnmpjkZIIy/hfUDOd3X+&#10;T6AfcPMV3DNuJO646O8pa5BsJAYHYiknyeOD6DXE0xR5tC3bVHUN/SSu25MOsKl7YFNYKsfk9oor&#10;HyMrWofrEC+w468X2FqtFrebJV74GzvwVu5quVzZf8t9bRyXVZbRVm4z8dbGrzvAUUE042bmClZX&#10;mTQnXRK82C5rjh4J6MZGPWMiHU0zT91QeQaxnIVkO9i6c6LFxg+DBd5gbxEFVriw7Ogu8i0c4dXm&#10;NKSHqqVfHxIaEiPygL0qnIuxWep5HhuJm6oHZa6rBqRhnkRimYDrNlNH25Oq1u0jKKT7ByjguKeD&#10;VukqM1Tnar/f7sGKzOEty54gcTmDzAKRhusEGiXjfxloAGlODPHnjnBqoPqXFpJf6vjU4FNjOzVI&#10;m8LSxEh7biD9sey14u86XhUl2NYEa9ktSFJeqfw9+KHkTCmD9G7UMd080BqUMop8/0gsQapR4GhG&#10;fzuxDEP/TPYke6RiSq07Fj0piKNW2thz1Sobh65y8VgtzxfOrP8v1DJ0LWxFoWVPavkWKIgCJVQn&#10;cgcc/Ub6+Cm0LoE8Y/VMIWldV52Q9wGJXyOSkq++61kv8DXEt87S/xRfoVYYaXmJov9/4b2sNp8p&#10;MZGN8Swz2Asc+NBSM45ouRlHJsnp/w3B+Q41iedjx/Kw55ySTNVK341kPuwOJZqUpLGAm0hmS/bL&#10;8k02dG0xlYxTjTGWIa8g2dF9fXatX6bSZ5UsP+r9/rJezEXWa6/0H4Vkh4tN3fXq50qVLOOPoPx7&#10;O/5Wsw6/qzf/AAAA//8DAFBLAwQUAAYACAAAACEAqiUKot0AAAADAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPT0vDQBDF70K/wzIFb3bjHxpNsylFEPVQxNgivW2z4yaanQ3ZbZp+e0cvehl4vMd7v8mX&#10;o2vFgH1oPCm4nCUgkCpvGrIKNm8PF7cgQtRkdOsJFZwwwLKYnOU6M/5IrziU0QouoZBpBXWMXSZl&#10;qGp0Osx8h8Teh++djix7K02vj1zuWnmVJHPpdEO8UOsO72usvsqDU7BOK3x6WX2W5vnxFIbd2m7H&#10;d6vU+XRcLUBEHONfGH7wGR0KZtr7A5kgWgX8SPy97KXzOxB7BdfpDcgil//Zi28AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA/wQBMSsEAAD2DgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAqiUKot0AAAADAQAADwAAAAAAAAAAAAAAAACFBgAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI8HAAAAAA==&#10;" o:allowincell="f">
                   <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                     <v:stroke joinstyle="miter"/>
                     <v:path gradientshapeok="t" o:connecttype="rect"/>
                   </v:shapetype>
-                  <v:shape id="Text Box 71" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:689;top:3263;width:769;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1ve/g0AAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlfoOK1fqpSqb8tPSwIL4UYELh1AewMqaJCLrjbJbCH36+oDUy0iekT97pvPO1epCbag8G3jr&#10;JaCIc28rLgwcv79ex6BCRLZYeyYDNwownz0+TDG1/soZXQ6xUALhkKKBMsYm1TrkJTkMPd8QS3by&#10;rcMoY1to2+JV4K7W/SR51w4rlgslNrQqKT8ffpwBWmT+d38OG5ct16vNqWJ60Vtjnp+69URkMQEV&#10;qYv/G3fEzkqHz49BfzgYDeVzKSYG6NkfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0&#10;LFu/AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHW9&#10;7+DQAAAA6AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcA&#10;AAAEAwAAAAA=&#10;" filled="f" stroked="f">
+                  <v:shape id="Text Box 71" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:689;top:3263;width:769;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALbgzuywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlfoOK1fqpYJNgVKasiB+VNpLD6E8gJU1SUTWG2UXCDw9PiD1aM945vN03rlanagNlWcDr/0E&#10;FHHubcWFgd3fV28CKkRki7VnMnChAPPZ48MUU+vPnNFpGwslIRxSNFDG2KRah7wkh6HvG2LR9r51&#10;GGVsC21bPEu4q/UgScbaYcXSUGJDq5Lyw/boDNAi89ffQ9i4bLlebfYV04v+Nub5qVt8gorUxX/z&#10;/frHCv7H+3AwGr6NBFp+kgXo2Q0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALbgzuywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" stroked="f">
                     <v:textbox inset="0,0,0,0">
                       <w:txbxContent>
                         <w:p w14:paraId="45F7D137" w14:textId="77777777" w:rsidR="00EA1165" w:rsidRDefault="00EA1165">
                           <w:pPr>
                             <w:pStyle w:val="Encabezado"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r w:rsidR="00C07439" w:rsidRPr="00C07439">
                             <w:rPr>
                               <w:rStyle w:val="Nmerodepgina"/>
                               <w:b/>
                               <w:bCs/>
                               <w:noProof/>
                               <w:color w:val="3F3151" w:themeColor="accent4" w:themeShade="7F"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="es-MX"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rStyle w:val="Nmerodepgina"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="3F3151" w:themeColor="accent4" w:themeShade="7F"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
-                  <v:group id="Group 72" o:spid="_x0000_s1028" style="position:absolute;left:886;top:3255;width:374;height:374" coordorigin="1453,14832" coordsize="374,374" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDan2ljzwAAAOYAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhf4HsYXeatl9OLETJYT0QQ6hkAeU3hZrY5tYK2OptvPvq0Kgl4FhmG+Y+XI0jeipc7VlBUkU&#10;gyAurK65VHA8vD9MQTiPrLGxTAou5GC5uL2ZY67twDvq974UAcIuRwWV920upSsqMugi2xKH7GQ7&#10;gz7YrpS6wyHATSMf4ziVBmsOCxW2tK6oOO9/jIKPAYfVU/LWb8+n9eX78PL5tU1Iqfu78XUWZDUD&#10;4Wn0/40rYqMVZM9JlqXpBP5uhUsgF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2p9p&#10;Y88AAADmAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#10;AAMDAAAAAA==&#10;">
-[...1 lines deleted...]
-                    <v:oval id="Oval 74" o:spid="_x0000_s1030" style="position:absolute;left:1462;top:14835;width:101;height:101;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8Trz4zAAAAOcAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredGMwoURXUYvi1bQeentmn0kw+zZktzH9911B8DIwDPMNs1wPphE9da62rGA2jUAQ&#10;F1bXXCr4/tpPPkA4j6yxsUwK/sjBevU2WmKm7Z1P1Oe+FAHCLkMFlfdtJqUrKjLoprYlDtnVdgZ9&#10;sF0pdYf3ADeNjKMolQZrDgsVtrSrqLjlv0ZBfbCz836bn9xPn+7kprls7fmi1Ph9+FwE2SxAeBr8&#10;q/FEHLWCJJ3HUTJPYnj8Cp9Arv4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPE68+MwA&#10;AADnAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" fillcolor="#84a2c6" stroked="f"/>
+                  <v:group id="Group 72" o:spid="_x0000_s1028" style="position:absolute;left:886;top:3255;width:374;height:374" coordorigin="1453,14832" coordsize="374,374" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA80zrfygAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6iatRpO6ikgrHqRQFaS3R/aZBLNvQ3abxH/fLRR6HGbmG2a5HkwtOmpdZVlBPIlA&#10;EOdWV1woOJ/enxYgnEfWWFsmBXdysF6NHpaYadvzJ3VHX4gAYZehgtL7JpPS5SUZdBPbEAfvaluD&#10;Psi2kLrFPsBNLZ+jKJEGKw4LJTa0LSm/Hb+Ngl2P/eYlfusOt+v2/nWafVwOMSn1OB42ryA8Df4/&#10;/NfeawXpNE7TJJnD76PwBuTqBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADzTOt/KAAAA&#10;4QAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                    <v:oval id="Oval 73" o:spid="_x0000_s1029" style="position:absolute;left:1453;top:14832;width:374;height:374;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxMrW9yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;EIXvBf9DGKGXUhNt0e3WKFIQvHioevA4bKabxc1kSaKu/74RBI8z731v3syXvWvFhUJsPGsYjxQI&#10;4sqbhmsNh/36vQARE7LB1jNpuFGE5WLwMsfS+Cv/0mWXapFDOJaowabUlVLGypLDOPIdcdb+fHCY&#10;8hhqaQJec7hr5USpqXTYcL5gsaMfS9Vpd3a5xjH6eNxUZ5wdJvat6EO9DTOtX4f96htEoj49zQ96&#10;YzJXfKhP9VWoMdx/yguQi38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcTK1vckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="#84a2c6" strokeweight=".5pt"/>
+                    <v:oval id="Oval 74" o:spid="_x0000_s1030" style="position:absolute;left:1462;top:14835;width:101;height:101;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8p3iSyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPGFvmlpska5RVFC82tXD3p7N27Zs81KaWLv/3gjCHoeZ+YZZbQbTiJ46V1tWMJ9FIIgL&#10;q2suFVy+DtMlCOeRNTaWScEfOdisx6MVZto++Ex97ksRIOwyVFB532ZSuqIig25mW+Lg/djOoA+y&#10;K6Xu8BHgppFxFKXSYM1hocKW9hUVv/ndKKiPdn497PKz++7Tvdw2t5293pT6mAzbTxCeBv8ffrdP&#10;WkGSLuIoWSQxvC6FOyDXTwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8p3iSyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="#84a2c6" stroked="f"/>
                   </v:group>
                   <w10:wrap anchorx="margin" anchory="page"/>
                 </v:group>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="004E2F5D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28231471" wp14:editId="5E77A491">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4257675</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-106045</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2287905" cy="1403985"/>
@@ -16824,51 +17134,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2287905" cy="1403985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00555941" w:rsidP="00743BDC">
+                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00761667" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1" w:history="1">
                             <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
                               <w:rPr>
                                 <w:rStyle w:val="Hipervnculo"/>
                                 <w:b/>
                                 <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:u w:val="none"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
                             </w:r>
                           </w:hyperlink>
@@ -16891,105 +17201,79 @@
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDycRKiKgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmzBvJ5CXuNigfiTCPB/nScyOjQ/+Ls4Gk2/Dw&#10;cwdecWY+WiJ9MZlOk9azM51dVeT488jmPAJWEFTDI2cHcxXz+8h0uFtazlpn2l46ObZMksxsHp9P&#10;0vy5n7NeHvnyCQAA//8DAFBLAwQUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3Fq7pU1RyKaqqLhwQKIgwdGNnTgiXlu2m4a/xz3R42qfZt5U28kO&#10;bNQh9o4QFnMBTFPjVE8dwufHy+wRWEySlBwcaYRfHWFb395UslTuTO96PKSO5RCKpUQwKfmS89gY&#10;bWWcO68p/1oXrEz5DB1XQZ5zuB34UoiCW9lTbjDS62ejm5/DySJ8WdOrfXj7btUw7l/b3dpPwSPe&#10;3027J2BJT+kfhot+Voc6Ox3diVRkA0KxEeuMIswWxQbYhRAPIq85IizFagW8rvj1iPoPAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA8nESoioCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" stroked="f">
+            <v:shape w14:anchorId="28231471" id="Cuadro de texto 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDycRKiKgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmzBvJ5CXuNigfiTCPB/nScyOjQ/+Ls4Gk2/Dw&#10;cwdecWY+WiJ9MZlOk9azM51dVeT488jmPAJWEFTDI2cHcxXz+8h0uFtazlpn2l46ObZMksxsHp9P&#10;0vy5n7NeHvnyCQAA//8DAFBLAwQUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3Fq7pU1RyKaqqLhwQKIgwdGNnTgiXlu2m4a/xz3R42qfZt5U28kO&#10;bNQh9o4QFnMBTFPjVE8dwufHy+wRWEySlBwcaYRfHWFb395UslTuTO96PKSO5RCKpUQwKfmS89gY&#10;bWWcO68p/1oXrEz5DB1XQZ5zuB34UoiCW9lTbjDS62ejm5/DySJ8WdOrfXj7btUw7l/b3dpPwSPe&#10;3027J2BJT+kfhot+Voc6Ox3diVRkA0KxEeuMIswWxQbYhRAPIq85IizFagW8rvj1iPoPAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA8nESoioCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00555941" w:rsidP="00743BDC">
+                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00761667" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...34 lines deleted...]
-                    </w:r>
+                    <w:hyperlink r:id="rId2" w:history="1">
+                      <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
+                        <w:rPr>
+                          <w:rStyle w:val="Hipervnculo"/>
+                          <w:b/>
+                          <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="none"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                      </w:r>
+                    </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="004E2F5D" w:rsidRPr="00745B3B" w:rsidRDefault="004E2F5D" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00745B3B">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
@@ -17048,86 +17332,86 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:rect w14:anchorId="155027FF" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcTcSYfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZF2DOkWQIsOA&#10;oi3WDj0rspQYkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18480HYShiwquQH5fn17OOHq9ZN1Qg2YCqFjECsn7au5JsQ3DTLvNyoRvgzcMqSUAM2ItAR11mF&#10;oiX0xmSjPP+ctYCVQ5DKe7q96YR8lvC1VjLca+1VYKbkFFtIK6Z1FddsdiWmaxRuU8s+DPEPUTSi&#10;tuR0gLoRQbAt1m+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyIHO8Gmvz/g5V3u0f3gERD6/zU&#10;0zZmsdfYxD/Fx/aJrMNAltoHJulyNB6PLyacSRIVRXF5Pikim9nJ2qEPXxU0LG5KjvQYiSOxu/Wh&#10;Uz2qRGceTF0ta2PSAderhUG2E/Rwy5vFeZ7eitD/UDM2KluIZh1ivMlOuaRdOBgV9Yz9rjSrqxh9&#10;iiSVmRr8CCmVDUUn2ohKde4nOX19boNFyjQBRmRN/gfsHiCW8FvsLspeP5qqVKWDcf63wDrjwSJ5&#10;BhsG46a2gO8BGMqq99zpH0nqqIksraA6PCBD6HrEO7ms6d1uhQ8PAqkpqH2o0cM9LdpAW3Lod5xt&#10;AH+9dx/1qVZJyllLTVZy/3MrUHFmvlmq4stiPI5dmQ7jycWIDvhSsnopsdtmAVQOBY0UJ9M26gdz&#10;3GqE5pnmwTx6JZGwknyXXAY8Hhaha36aKFLN50mNOtGJcGsfnYzgkdVYl0/7Z4GuL95AZX8Hx4YU&#10;01c13OlGSwvzbQBdpwI/8drzTV2cCqefOHFMvDwnrdNcnP0GAAD//wMAUEsDBBQABgAIAAAAIQCc&#10;Jgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdE&#10;CwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4ccYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCE&#10;bXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/exHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPi&#10;Y4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZ&#10;iLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJxNxJh9AgAA&#10;XwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzf&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="4B96EAF8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1151158445" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1757605202" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="1252855"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
@@ -17139,94 +17423,94 @@
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5E5E5E" wp14:editId="5E4FF910">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>228600</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>3752215</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="12646025" cy="4917953"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2027368810" name="Imagen 2027368810" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3" cstate="print">
+                  <a:blip r:embed="rId4" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="12646025" cy="4917953"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00DE74E7">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00761667">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -22520,50 +22804,51 @@
     <w:rsid w:val="0070333C"/>
     <w:rsid w:val="007065D7"/>
     <w:rsid w:val="007123CC"/>
     <w:rsid w:val="00713CC3"/>
     <w:rsid w:val="00716978"/>
     <w:rsid w:val="00716AE8"/>
     <w:rsid w:val="00717C5B"/>
     <w:rsid w:val="0072069C"/>
     <w:rsid w:val="0072085F"/>
     <w:rsid w:val="00721F06"/>
     <w:rsid w:val="007232A7"/>
     <w:rsid w:val="00723E4F"/>
     <w:rsid w:val="00724246"/>
     <w:rsid w:val="00725AE0"/>
     <w:rsid w:val="00730FF1"/>
     <w:rsid w:val="00736EDF"/>
     <w:rsid w:val="00737C61"/>
     <w:rsid w:val="007415F5"/>
     <w:rsid w:val="00741928"/>
     <w:rsid w:val="00743BDC"/>
     <w:rsid w:val="00745B3B"/>
     <w:rsid w:val="007461AD"/>
     <w:rsid w:val="00746210"/>
     <w:rsid w:val="00757A2A"/>
     <w:rsid w:val="007604D2"/>
+    <w:rsid w:val="00761667"/>
     <w:rsid w:val="0076256E"/>
     <w:rsid w:val="0076496C"/>
     <w:rsid w:val="00772A31"/>
     <w:rsid w:val="00776D8F"/>
     <w:rsid w:val="00777FB6"/>
     <w:rsid w:val="00781257"/>
     <w:rsid w:val="007812FC"/>
     <w:rsid w:val="00782F5C"/>
     <w:rsid w:val="00783148"/>
     <w:rsid w:val="00785172"/>
     <w:rsid w:val="00796DD5"/>
     <w:rsid w:val="007A4E9F"/>
     <w:rsid w:val="007A531E"/>
     <w:rsid w:val="007B0986"/>
     <w:rsid w:val="007B226D"/>
     <w:rsid w:val="007B2905"/>
     <w:rsid w:val="007B374C"/>
     <w:rsid w:val="007B7480"/>
     <w:rsid w:val="007B7860"/>
     <w:rsid w:val="007C3C13"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C728D"/>
     <w:rsid w:val="007D0977"/>
     <w:rsid w:val="007E20A8"/>
     <w:rsid w:val="007E5BEF"/>
@@ -22577,50 +22862,51 @@
     <w:rsid w:val="0083426F"/>
     <w:rsid w:val="00840480"/>
     <w:rsid w:val="00841926"/>
     <w:rsid w:val="00842D50"/>
     <w:rsid w:val="008432DC"/>
     <w:rsid w:val="008457DE"/>
     <w:rsid w:val="008463FF"/>
     <w:rsid w:val="0085018E"/>
     <w:rsid w:val="00850F45"/>
     <w:rsid w:val="008548FB"/>
     <w:rsid w:val="00860165"/>
     <w:rsid w:val="008633CF"/>
     <w:rsid w:val="00863577"/>
     <w:rsid w:val="008710F4"/>
     <w:rsid w:val="008715FC"/>
     <w:rsid w:val="0087180E"/>
     <w:rsid w:val="00871A57"/>
     <w:rsid w:val="0087690D"/>
     <w:rsid w:val="00880063"/>
     <w:rsid w:val="00886D1E"/>
     <w:rsid w:val="00890004"/>
     <w:rsid w:val="00890D92"/>
     <w:rsid w:val="008914C4"/>
     <w:rsid w:val="00895A11"/>
     <w:rsid w:val="00895FCE"/>
+    <w:rsid w:val="00896617"/>
     <w:rsid w:val="008979B5"/>
     <w:rsid w:val="008A1B5B"/>
     <w:rsid w:val="008A2045"/>
     <w:rsid w:val="008A2D92"/>
     <w:rsid w:val="008B1069"/>
     <w:rsid w:val="008B2769"/>
     <w:rsid w:val="008B5DEE"/>
     <w:rsid w:val="008C046F"/>
     <w:rsid w:val="008C5EA4"/>
     <w:rsid w:val="008D493E"/>
     <w:rsid w:val="008D54A6"/>
     <w:rsid w:val="008D54C0"/>
     <w:rsid w:val="008D7F60"/>
     <w:rsid w:val="008E0599"/>
     <w:rsid w:val="008E082B"/>
     <w:rsid w:val="008E65E9"/>
     <w:rsid w:val="008F2869"/>
     <w:rsid w:val="008F7385"/>
     <w:rsid w:val="00903838"/>
     <w:rsid w:val="00920B67"/>
     <w:rsid w:val="0092274F"/>
     <w:rsid w:val="00931015"/>
     <w:rsid w:val="009313D4"/>
     <w:rsid w:val="00931612"/>
     <w:rsid w:val="00932E7A"/>
@@ -24863,51 +25149,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/sustainabledevelopment/es/objetivos-de-desarrollo-sostenible/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -25164,79 +25450,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7122E22C-F732-4241-BA66-1B925FE16625}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38693579-75BA-4308-860B-CE3E7BC17C73}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>7962</Characters>
+  <Pages>1</Pages>
+  <Words>1449</Words>
+  <Characters>7973</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9391</CharactersWithSpaces>
+  <CharactersWithSpaces>9404</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ONEYDA CLEOTILDE MENDOZA ZEPEDA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>