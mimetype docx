--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="721271BD" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00033884">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033884">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>FORM-DVUS-001</w:t>
       </w:r>
     </w:p>
@@ -4320,59 +4320,61 @@
       <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="72E2DED0" w14:textId="77777777" w:rsidTr="00FF6D9C">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="201" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BBD8EC6" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>N°</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="621B243C" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
@@ -5932,59 +5934,61 @@
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="2D3D6B1B" w14:textId="77777777" w:rsidTr="005B6D80">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="316" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DF107B4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>N°</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72C13684" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
@@ -13646,89 +13650,81 @@
             <w:tcW w:w="2537" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="010E3624" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRPr="00033884" w:rsidRDefault="00983C0F" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="4382D523" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="53D5935A" w14:textId="64971FDF" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="00B40B69" w:rsidP="002676AF">
+          <w:p w14:paraId="53D5935A" w14:textId="1AD0F4FC" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> de </w:t>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indicadores de </w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>mediano plazo</w:t>
             </w:r>
-            <w:r w:rsidR="002676AF" w:rsidRPr="00033884">
+            <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Son los efectos que se esperan alcanzar del proyecto, es decir, la transformación esperada en la población beneficiada</w:t>
             </w:r>
             <w:r w:rsidR="00D43824" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="2A7D9B34" w14:textId="77777777" w:rsidTr="004257A1">
@@ -13861,82 +13857,74 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2537" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6F516879" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="3ED78110" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB7F24F" w14:textId="79916FC6" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="0015732F" w:rsidP="00E32A8B">
+          <w:p w14:paraId="2FB7F24F" w14:textId="3F1EABD9" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Resultados de largo plazo. </w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>Impacto que se desea generar en el proyecto (</w:t>
             </w:r>
-            <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
+            <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de expresar los indicadores de impacto del proyecto)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="3AB4EC77" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3003F965" w14:textId="0D9D4565" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14116,63 +14104,63 @@
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>OBJETIVOS DE DESARROLLO SOSTENIBLE (ODS) A LOS QUE SE CONTRIBUYE</w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicar el o los ODS a los que pretende contribuir el proyecto y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F1F9E3E" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
+          <w:p w14:paraId="3F1F9E3E" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00487C71" w:rsidP="00E32A8B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="00033884">
+              <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="FFFF00"/>
                 </w:rPr>
                 <w:t>Objetivos y metas de desarrollo sostenible - Desarrollo Sostenible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="0060AB70" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3CF9EA6A" w14:textId="13F6125A" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -14423,50 +14411,52 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="14E224A8" w14:textId="77777777" w:rsidR="00033884" w:rsidRDefault="00033884" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6BD2441F" w14:textId="782DECCB" w:rsidR="00033884" w:rsidRPr="00033884" w:rsidRDefault="00033884" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="13D61997" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="2F315D54" w14:textId="6E236C4F" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00FF6D9C" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -15875,59 +15865,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="5155CAF6" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05F22DDD" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033884">
-[...7 lines deleted...]
-              <w:t>Total aporte institucional</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aporte institucional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36D62BA9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="61CBC553" w14:textId="77777777" w:rsidTr="004257A1">
@@ -16206,59 +16208,71 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="41D3684A" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A22B98E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033884">
-[...7 lines deleted...]
-              <w:t>Total del proyecto</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113538DE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27EB458E" w14:textId="1E6B6DA0" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FE57FA">
@@ -17973,51 +17987,67 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Firma del profesor/a responsable del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2496" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="4C21FA66" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Firma del Jefe/a de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t xml:space="preserve">Firma del </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Jefe</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/a de la Unidad Académica que lidera el proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04D7F9AD" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5915" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -18065,51 +18095,69 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2496" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B76E0C1" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Decano(a) o Director(a) del Centro Regional</w:t>
+              <w:t xml:space="preserve">Decano(a) o </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Director</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(a) del Centro Regional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="46A975C1" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="330"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2504" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="41E44135" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -18200,51 +18248,67 @@
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Firma del coordinador del Comité Local </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2496" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="0D90025C" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Firma y sello del Decano(a) o Director(a)</w:t>
+              <w:t xml:space="preserve">Firma y sello del Decano(a) o </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Director</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56B0D383" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58AF29D8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033884">
@@ -19644,92 +19708,92 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="177EC3A8" w14:textId="77777777" w:rsidR="00FA187D" w:rsidRPr="00033884" w:rsidRDefault="00FA187D" w:rsidP="005A712B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA187D" w:rsidRPr="00033884" w:rsidSect="00072778">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="2268" w:right="1467" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79A97828" w14:textId="77777777" w:rsidR="00EB7D6D" w:rsidRDefault="00EB7D6D" w:rsidP="007D0977">
+    <w:p w14:paraId="780321B8" w14:textId="77777777" w:rsidR="00487C71" w:rsidRDefault="00487C71" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D340A02" w14:textId="77777777" w:rsidR="00EB7D6D" w:rsidRDefault="00EB7D6D" w:rsidP="007D0977">
+    <w:p w14:paraId="24CF4C5F" w14:textId="77777777" w:rsidR="00487C71" w:rsidRDefault="00487C71" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="54D4E56E" w14:textId="436DBE97" w:rsidR="008D576A" w:rsidRDefault="008D576A">
       <w:pPr>
         <w:pStyle w:val="Textonotaalfinal"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalfinal"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OE= Objetivo Específico. Indicar el número de objetivo específico al que corresponde el resultado</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -19758,165 +19822,166 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-536199599"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="01FF3004" w14:textId="3019C823" w:rsidR="00983C0F" w:rsidRDefault="00983C0F">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4AEC8B0A" w14:textId="33D809DD" w:rsidR="00983C0F" w:rsidRPr="00FA187D" w:rsidRDefault="00983C0F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2074454C" w14:textId="77777777" w:rsidR="00EB7D6D" w:rsidRDefault="00EB7D6D" w:rsidP="007D0977">
+    <w:p w14:paraId="53B478E0" w14:textId="77777777" w:rsidR="00487C71" w:rsidRDefault="00487C71" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="573B7A36" w14:textId="77777777" w:rsidR="00EB7D6D" w:rsidRDefault="00EB7D6D" w:rsidP="007D0977">
+    <w:p w14:paraId="5F8DBF14" w14:textId="77777777" w:rsidR="00487C71" w:rsidRDefault="00487C71" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="00487C71">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s1026" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="572FF793" w14:textId="33122432" w:rsidR="00983C0F" w:rsidRDefault="00983C0F">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="74BE0118">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>180975</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-545465</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="793834761" name="Imagen 793834761" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -20071,51 +20136,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:rect w14:anchorId="18DD5BDA" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:516.75pt;margin-top:-34.6pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcTcSYfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZF2DOkWQIsOA&#10;oi3WDj0rspQYkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18480HYShiwquQH5fn17OOHq9ZN1Qg2YCqFjECsn7au5JsQ3DTLvNyoRvgzcMqSUAM2ItAR11mF&#10;oiX0xmSjPP+ctYCVQ5DKe7q96YR8lvC1VjLca+1VYKbkFFtIK6Z1FddsdiWmaxRuU8s+DPEPUTSi&#10;tuR0gLoRQbAt1m+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyIHO8Gmvz/g5V3u0f3gERD6/zU&#10;0zZmsdfYxD/Fx/aJrMNAltoHJulyNB6PLyacSRIVRXF5Pikim9nJ2qEPXxU0LG5KjvQYiSOxu/Wh&#10;Uz2qRGceTF0ta2PSAderhUG2E/Rwy5vFeZ7eitD/UDM2KluIZh1ivMlOuaRdOBgV9Yz9rjSrqxh9&#10;iiSVmRr8CCmVDUUn2ohKde4nOX19boNFyjQBRmRN/gfsHiCW8FvsLspeP5qqVKWDcf63wDrjwSJ5&#10;BhsG46a2gO8BGMqq99zpH0nqqIksraA6PCBD6HrEO7ms6d1uhQ8PAqkpqH2o0cM9LdpAW3Lod5xt&#10;AH+9dx/1qVZJyllLTVZy/3MrUHFmvlmq4stiPI5dmQ7jycWIDvhSsnopsdtmAVQOBY0UJ9M26gdz&#10;3GqE5pnmwTx6JZGwknyXXAY8Hhaha36aKFLN50mNOtGJcGsfnYzgkdVYl0/7Z4GuL95AZX8Hx4YU&#10;01c13OlGSwvzbQBdpwI/8drzTV2cCqefOHFMvDwnrdNcnP0GAAD//wMAUEsDBBQABgAIAAAAIQBe&#10;0U3x3gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI89T8MwEIZ3JP6DdUhsrd1UtGmIUyEQCwui&#10;haGbGx9JhH2OYqcN/54rC2z36h69H+V28k6ccIhdIA2LuQKBVAfbUaPhff88y0HEZMgaFwg1fGOE&#10;bXV9VZrChjO94WmXGsEmFAujoU2pL6SMdYvexHnokfj3GQZvEsuhkXYwZzb3TmZKraQ3HXFCa3p8&#10;bLH+2o1eg63j+PT68eJyF2pyB5vv1TpqfXszPdyDSDilPxgu9bk6VNzpGEayUTjWarm8Y1bDbLXJ&#10;QFwQtc543/H3WoCsSvl/RfUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnE3EmH0CAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtFN8d4A&#10;AAANAQAADwAAAAAAAAAAAAAAAADXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28231471" wp14:editId="5A035AFE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4238625</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-334645</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2287905" cy="1403985"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="307" name="Cuadro de texto 2"/>
@@ -20138,84 +20203,119 @@
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00983C0F" w:rsidRPr="00904D6D" w:rsidRDefault="00983C0F" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:hyperlink r:id="rId3" w:history="1">
-[...12 lines deleted...]
-                          </w:hyperlink>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00E95CD1">
+                            <w:rPr>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:instrText>HYPERLINK "mailto:vinculacion.sociedad@unah.edu.hn"</w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00904D6D">
+                            <w:rPr>
+                              <w:rStyle w:val="Hipervnculo"/>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:u w:val="none"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
                         </w:p>
                         <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="00983C0F" w:rsidRPr="00904D6D" w:rsidRDefault="00983C0F" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00904D6D">
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>Tel. 2216-7070  Ext. 110576</w:t>
+                            <w:t>Tel. 2216-</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r w:rsidRPr="00904D6D">
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>7070  Ext.</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="00904D6D">
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
@@ -20295,92 +20395,92 @@
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r w:rsidRPr="00904D6D">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="00487C71">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s2049" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="001D0960"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BB6ED06"/>
     <w:lvl w:ilvl="0" w:tplc="9FC01296">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -25081,208 +25181,208 @@
     <w:lvl w:ilvl="7" w:tplc="480A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="869105064">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="791704083">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="690570669">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="414716382">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1646617060">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="735975625">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="271253813">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1964144880">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1610508520">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2059090365">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1097597387">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="429282973">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="788282583">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1347639265">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="210652065">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2000227209">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="858006740">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="322051952">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="2010864994">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1875074435">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="311715303">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="459963135">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1675187456">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="2116319902">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="523131624">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="2135520176">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="895317911">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="598224461">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1288897493">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="2076315242">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="2007590451">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="677003836">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="704403468">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1539010231">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1483816117">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="2049259610">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1764110721">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1506824557">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="218791365">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="174924680">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1102384834">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1793329597">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="797264813">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1891258375">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="264073208">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1901817187">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="713190466">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="1896047232">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D0977"/>
     <w:rsid w:val="00001179"/>
     <w:rsid w:val="00004478"/>
     <w:rsid w:val="000146B3"/>
     <w:rsid w:val="00017EF9"/>
     <w:rsid w:val="000224A3"/>
@@ -25317,51 +25417,50 @@
     <w:rsid w:val="000D67B8"/>
     <w:rsid w:val="000D7333"/>
     <w:rsid w:val="000E170F"/>
     <w:rsid w:val="000E767B"/>
     <w:rsid w:val="000F08E1"/>
     <w:rsid w:val="000F2EBD"/>
     <w:rsid w:val="000F387E"/>
     <w:rsid w:val="00101D00"/>
     <w:rsid w:val="0010246B"/>
     <w:rsid w:val="001244D5"/>
     <w:rsid w:val="0012531F"/>
     <w:rsid w:val="001253E7"/>
     <w:rsid w:val="001275C9"/>
     <w:rsid w:val="001312AF"/>
     <w:rsid w:val="00133398"/>
     <w:rsid w:val="00133D11"/>
     <w:rsid w:val="001357B5"/>
     <w:rsid w:val="001364C6"/>
     <w:rsid w:val="001377E7"/>
     <w:rsid w:val="00144667"/>
     <w:rsid w:val="00144FA8"/>
     <w:rsid w:val="00147298"/>
     <w:rsid w:val="00147D9F"/>
     <w:rsid w:val="00150167"/>
     <w:rsid w:val="00154E89"/>
-    <w:rsid w:val="0015732F"/>
     <w:rsid w:val="001718E6"/>
     <w:rsid w:val="00172091"/>
     <w:rsid w:val="0017547E"/>
     <w:rsid w:val="001807CA"/>
     <w:rsid w:val="00185225"/>
     <w:rsid w:val="00186822"/>
     <w:rsid w:val="001877DB"/>
     <w:rsid w:val="0019152B"/>
     <w:rsid w:val="001A001C"/>
     <w:rsid w:val="001A19DA"/>
     <w:rsid w:val="001A22F8"/>
     <w:rsid w:val="001A4AEE"/>
     <w:rsid w:val="001A4D47"/>
     <w:rsid w:val="001A4E51"/>
     <w:rsid w:val="001A58AD"/>
     <w:rsid w:val="001A629B"/>
     <w:rsid w:val="001A6D4F"/>
     <w:rsid w:val="001B235A"/>
     <w:rsid w:val="001B5C1D"/>
     <w:rsid w:val="001B6563"/>
     <w:rsid w:val="001C0291"/>
     <w:rsid w:val="001C05A2"/>
     <w:rsid w:val="001C0FD2"/>
     <w:rsid w:val="001C26B8"/>
     <w:rsid w:val="001C707F"/>
@@ -25373,51 +25472,50 @@
     <w:rsid w:val="002000C1"/>
     <w:rsid w:val="00202060"/>
     <w:rsid w:val="00202324"/>
     <w:rsid w:val="00207340"/>
     <w:rsid w:val="00207A49"/>
     <w:rsid w:val="00215A89"/>
     <w:rsid w:val="00234A5E"/>
     <w:rsid w:val="002353A1"/>
     <w:rsid w:val="002367E1"/>
     <w:rsid w:val="002415AA"/>
     <w:rsid w:val="00246317"/>
     <w:rsid w:val="00253311"/>
     <w:rsid w:val="002555DD"/>
     <w:rsid w:val="00265C88"/>
     <w:rsid w:val="002676AF"/>
     <w:rsid w:val="00267D3F"/>
     <w:rsid w:val="00271141"/>
     <w:rsid w:val="0027278A"/>
     <w:rsid w:val="00277D76"/>
     <w:rsid w:val="00281742"/>
     <w:rsid w:val="00287DAE"/>
     <w:rsid w:val="0029360A"/>
     <w:rsid w:val="00294312"/>
     <w:rsid w:val="002A796B"/>
     <w:rsid w:val="002B0FAD"/>
-    <w:rsid w:val="002B48C8"/>
     <w:rsid w:val="002B4AC5"/>
     <w:rsid w:val="002B4FE6"/>
     <w:rsid w:val="002C08CA"/>
     <w:rsid w:val="002C15AC"/>
     <w:rsid w:val="002C38DF"/>
     <w:rsid w:val="002C4087"/>
     <w:rsid w:val="002C4955"/>
     <w:rsid w:val="002C5E3F"/>
     <w:rsid w:val="002D2ACB"/>
     <w:rsid w:val="002D2BD0"/>
     <w:rsid w:val="002E1224"/>
     <w:rsid w:val="002E1479"/>
     <w:rsid w:val="002E4CF2"/>
     <w:rsid w:val="002E5B74"/>
     <w:rsid w:val="002F4A03"/>
     <w:rsid w:val="00303419"/>
     <w:rsid w:val="00311191"/>
     <w:rsid w:val="00317916"/>
     <w:rsid w:val="00317B32"/>
     <w:rsid w:val="00321932"/>
     <w:rsid w:val="00325F07"/>
     <w:rsid w:val="003265A4"/>
     <w:rsid w:val="00330151"/>
     <w:rsid w:val="00331F09"/>
     <w:rsid w:val="00334B8F"/>
@@ -25724,85 +25822,83 @@
     <w:rsid w:val="00A67A2B"/>
     <w:rsid w:val="00A70A10"/>
     <w:rsid w:val="00A71996"/>
     <w:rsid w:val="00A76BE6"/>
     <w:rsid w:val="00A827F9"/>
     <w:rsid w:val="00A8678A"/>
     <w:rsid w:val="00A92A53"/>
     <w:rsid w:val="00A93E80"/>
     <w:rsid w:val="00AA2153"/>
     <w:rsid w:val="00AA3ADE"/>
     <w:rsid w:val="00AA5C2F"/>
     <w:rsid w:val="00AB46B3"/>
     <w:rsid w:val="00AB6295"/>
     <w:rsid w:val="00AB6DAF"/>
     <w:rsid w:val="00AC12A9"/>
     <w:rsid w:val="00AC3733"/>
     <w:rsid w:val="00AD4E2A"/>
     <w:rsid w:val="00AD756F"/>
     <w:rsid w:val="00AF4211"/>
     <w:rsid w:val="00AF64E9"/>
     <w:rsid w:val="00B04C19"/>
     <w:rsid w:val="00B16E28"/>
     <w:rsid w:val="00B253D2"/>
     <w:rsid w:val="00B26D0C"/>
     <w:rsid w:val="00B31D51"/>
-    <w:rsid w:val="00B40B69"/>
     <w:rsid w:val="00B4259D"/>
     <w:rsid w:val="00B44A32"/>
     <w:rsid w:val="00B5158F"/>
     <w:rsid w:val="00B5256F"/>
     <w:rsid w:val="00B52DDA"/>
     <w:rsid w:val="00B566A9"/>
     <w:rsid w:val="00B56BB1"/>
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B6668B"/>
     <w:rsid w:val="00B72DAC"/>
     <w:rsid w:val="00B7563A"/>
     <w:rsid w:val="00B76B04"/>
     <w:rsid w:val="00B8325E"/>
     <w:rsid w:val="00B84225"/>
     <w:rsid w:val="00B84AAA"/>
     <w:rsid w:val="00B8636A"/>
     <w:rsid w:val="00B86AF1"/>
     <w:rsid w:val="00BA16DC"/>
     <w:rsid w:val="00BA3493"/>
     <w:rsid w:val="00BB155B"/>
     <w:rsid w:val="00BB367D"/>
     <w:rsid w:val="00BB36ED"/>
     <w:rsid w:val="00BB5B5F"/>
     <w:rsid w:val="00BC06AB"/>
     <w:rsid w:val="00BC6961"/>
     <w:rsid w:val="00BC69F3"/>
     <w:rsid w:val="00BD11A4"/>
     <w:rsid w:val="00BD4D82"/>
     <w:rsid w:val="00BD66C6"/>
     <w:rsid w:val="00BE0E47"/>
     <w:rsid w:val="00BE146E"/>
     <w:rsid w:val="00BE5354"/>
     <w:rsid w:val="00BE5C46"/>
-    <w:rsid w:val="00BF0697"/>
     <w:rsid w:val="00BF1AA9"/>
     <w:rsid w:val="00BF6A47"/>
     <w:rsid w:val="00C00D05"/>
     <w:rsid w:val="00C00D1D"/>
     <w:rsid w:val="00C04F77"/>
     <w:rsid w:val="00C05BB4"/>
     <w:rsid w:val="00C05DD6"/>
     <w:rsid w:val="00C066FB"/>
     <w:rsid w:val="00C11AB4"/>
     <w:rsid w:val="00C13EF3"/>
     <w:rsid w:val="00C141C2"/>
     <w:rsid w:val="00C23749"/>
     <w:rsid w:val="00C23CAB"/>
     <w:rsid w:val="00C307DE"/>
     <w:rsid w:val="00C32045"/>
     <w:rsid w:val="00C32C41"/>
     <w:rsid w:val="00C33FB9"/>
     <w:rsid w:val="00C34294"/>
     <w:rsid w:val="00C44FB7"/>
     <w:rsid w:val="00C4518A"/>
     <w:rsid w:val="00C56DC8"/>
     <w:rsid w:val="00C6150A"/>
     <w:rsid w:val="00C65606"/>
     <w:rsid w:val="00C70C61"/>
     <w:rsid w:val="00C72CC3"/>
@@ -25883,51 +25979,50 @@
     <w:rsid w:val="00E32A8B"/>
     <w:rsid w:val="00E35044"/>
     <w:rsid w:val="00E41D82"/>
     <w:rsid w:val="00E45048"/>
     <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F7D"/>
     <w:rsid w:val="00E542E4"/>
     <w:rsid w:val="00E56AD9"/>
     <w:rsid w:val="00E71F6C"/>
     <w:rsid w:val="00E756C6"/>
     <w:rsid w:val="00E77BDF"/>
     <w:rsid w:val="00E81AFD"/>
     <w:rsid w:val="00E82217"/>
     <w:rsid w:val="00E84B85"/>
     <w:rsid w:val="00E929F2"/>
     <w:rsid w:val="00E95CD1"/>
     <w:rsid w:val="00EA1FB7"/>
     <w:rsid w:val="00EA39A9"/>
     <w:rsid w:val="00EA6F47"/>
     <w:rsid w:val="00EA7174"/>
     <w:rsid w:val="00EB00B0"/>
     <w:rsid w:val="00EB38D4"/>
     <w:rsid w:val="00EB4190"/>
     <w:rsid w:val="00EB4DD4"/>
     <w:rsid w:val="00EB5DA1"/>
-    <w:rsid w:val="00EB7D6D"/>
     <w:rsid w:val="00EB7E72"/>
     <w:rsid w:val="00EC4C8E"/>
     <w:rsid w:val="00EC5B9A"/>
     <w:rsid w:val="00ED09D0"/>
     <w:rsid w:val="00ED16BE"/>
     <w:rsid w:val="00ED3F77"/>
     <w:rsid w:val="00F009E9"/>
     <w:rsid w:val="00F009EA"/>
     <w:rsid w:val="00F04313"/>
     <w:rsid w:val="00F071C7"/>
     <w:rsid w:val="00F07C5E"/>
     <w:rsid w:val="00F1193F"/>
     <w:rsid w:val="00F119BD"/>
     <w:rsid w:val="00F146AE"/>
     <w:rsid w:val="00F16F6C"/>
     <w:rsid w:val="00F21A23"/>
     <w:rsid w:val="00F22AE6"/>
     <w:rsid w:val="00F24537"/>
     <w:rsid w:val="00F331A4"/>
     <w:rsid w:val="00F44202"/>
     <w:rsid w:val="00F44BCA"/>
     <w:rsid w:val="00F53B1A"/>
     <w:rsid w:val="00F575A2"/>
     <w:rsid w:val="00F7166E"/>
     <w:rsid w:val="00F742E3"/>
@@ -25949,80 +26044,80 @@
     <w:rsid w:val="00FD02A7"/>
     <w:rsid w:val="00FD63E6"/>
     <w:rsid w:val="00FE57FA"/>
     <w:rsid w:val="00FF15E3"/>
     <w:rsid w:val="00FF2DB4"/>
     <w:rsid w:val="00FF41C8"/>
     <w:rsid w:val="00FF6D9C"/>
     <w:rsid w:val="00FF7996"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-HN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31F908B3"/>
   <w15:docId w15:val="{DB799133-D13C-4F0C-92E3-75EBF7C2E7F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-HN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -26354,51 +26449,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EB00B0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="es-HN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -26686,51 +26780,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008D576A"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-HN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalfinal">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008D576A"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="73405611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="639069773">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -27363,51 +27457,51 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/sustainabledevelopment/es/objetivos-de-desarrollo-sostenible/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -27675,68 +27769,68 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD3B430D-7AB4-463B-BD2E-B541D3C42F1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>8135</Characters>
+  <Pages>1</Pages>
+  <Words>1475</Words>
+  <Characters>8113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9594</CharactersWithSpaces>
+  <CharactersWithSpaces>9569</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>T S E</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>