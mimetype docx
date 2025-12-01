--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -5150,79 +5150,107 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>(en el caso de que aplique)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B2905" w:rsidRPr="00C222F0" w14:paraId="74076251" w14:textId="77777777" w:rsidTr="004627C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2184" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="102D6CCE" w14:textId="369180E3" w:rsidR="007B2905" w:rsidRPr="00C222F0" w:rsidRDefault="007B2905" w:rsidP="0024747F">
+          <w:p w14:paraId="102D6CCE" w14:textId="4B502AF5" w:rsidR="007B2905" w:rsidRPr="00C222F0" w:rsidRDefault="007B2905" w:rsidP="0024747F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nombre del proyecto de </w:t>
+              <w:t xml:space="preserve">Nombre del </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>invest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
@@ -5258,79 +5286,107 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Código</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1794" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1A4649" w14:textId="3FBDF899" w:rsidR="007B2905" w:rsidRPr="00C222F0" w:rsidRDefault="007B2905" w:rsidP="0024747F">
+          <w:p w14:paraId="7D1A4649" w14:textId="005FD500" w:rsidR="007B2905" w:rsidRPr="00C222F0" w:rsidRDefault="007B2905" w:rsidP="0024747F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Responsable del proyecto </w:t>
+              <w:t xml:space="preserve">Responsable del </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>invest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
@@ -5673,51 +5729,50 @@
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C222F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">PARTICIPACIÓN </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk209771159"/>
       <w:r w:rsidR="00D67F18" w:rsidRPr="00C222F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>DE LA COMUNIDAD UNIVERSITARIA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6588CEB7" w14:textId="77777777" w:rsidR="004627C5" w:rsidRPr="00C222F0" w:rsidRDefault="004627C5" w:rsidP="004627C5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -10318,81 +10373,81 @@
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C261B1" w:rsidRPr="00C222F0" w14:paraId="265A31B5" w14:textId="77777777" w:rsidTr="00C261B1">
         <w:trPr>
           <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045849E2" w14:textId="599AB8F5" w:rsidR="00C261B1" w:rsidRPr="00C222F0" w:rsidRDefault="00C261B1" w:rsidP="007D4158">
+          <w:p w14:paraId="045849E2" w14:textId="55B8D1E8" w:rsidR="00C261B1" w:rsidRPr="00C222F0" w:rsidRDefault="00C261B1" w:rsidP="007D4158">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="356" w:hanging="284"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_Hlk209771554"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Cargo del contacto del proyecto</w:t>
+              <w:t xml:space="preserve">Cargo del contacto del </w:t>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A1706C4" w14:textId="77777777" w:rsidR="00C261B1" w:rsidRPr="00C222F0" w:rsidRDefault="00C261B1" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -11004,90 +11059,108 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1EA906EF" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="410D084D" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="26205296" w14:textId="6B5CC05B" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="004627C5" w:rsidP="007D4158">
+          <w:p w14:paraId="26205296" w14:textId="79F70AF1" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="004627C5" w:rsidP="007D4158">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="492" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="_Hlk209771757"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">DEFINICIÓN DEL PROBLEMA: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E4483" w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados del proyecto. La línea base debe representarse con datos y debe de describirse las causas del problema identificado</w:t>
+              <w:t xml:space="preserve">Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados del </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidR="003E4483" w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>. La línea base debe representarse con datos y debe de describirse las causas del problema identificado</w:t>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="5C60515C" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="1673"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="2C045A93" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
@@ -11199,80 +11272,98 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C50B932" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00AB1108">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="7AC3EF6D" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9D11E2" w14:textId="27BB307D" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="004627C5" w:rsidP="007D4158">
+          <w:p w14:paraId="4E9D11E2" w14:textId="19ED7360" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="004627C5" w:rsidP="007D4158">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVOS ESPECÍFICOS </w:t>
             </w:r>
             <w:r w:rsidR="003E4483" w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en el proyecto)</w:t>
+              <w:t xml:space="preserve">(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en el </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidR="003E4483" w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="7DBAE568" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="49C5311E" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CFA23CA" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
@@ -11344,124 +11435,192 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F864968" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="4F7C816A" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="05FFC3B1" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="007D4158">
+          <w:p w14:paraId="4BB553C3" w14:textId="7419E161" w:rsidR="00965EFF" w:rsidRDefault="003E4483" w:rsidP="00965EFF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C222F0">
-[...4 lines deleted...]
-              <w:t>El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos del proyecto. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el proyecto, 2) los de mediano plazo: que son los efectos que alcanzará el proyecto y 3) los de largo plazo: resultados de impacto.</w:t>
+            <w:r w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RESULTADOS DEL </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASESORAMIENTO-CONSULTORÍA </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="400308FC" w14:textId="7E690DAD" w:rsidR="003E4483" w:rsidRPr="00965EFF" w:rsidRDefault="003E4483" w:rsidP="00965EFF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos del </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2) los de mediano plazo: que son los efectos que alcanzará el </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y 3) los de largo plazo: resultados de impacto.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="4C5C7266" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="767D9F7D" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00B506D0">
+          <w:p w14:paraId="767D9F7D" w14:textId="09269745" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00B506D0">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resultados de corto plazo del proyecto. </w:t>
+              <w:t xml:space="preserve">Resultados de corto plazo del </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de plantearse resultados para cada objetivo específico. Son los productos que se lograrán a corto plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="507FB6BA" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="434" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="119D93CA" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -11799,58 +11958,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Son los efectos que se esperan alcanzar de</w:t>
             </w:r>
             <w:r w:rsidR="00C0532E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> la acción</w:t>
             </w:r>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>, es decir, la transformación esperada en la población beneficiada</w:t>
             </w:r>
             <w:r w:rsidR="00C0532E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...6 lines deleted...]
-              <w:t>Debe de plantear al menos 1 resultado. El resultado puede tener más de 1 indicador).</w:t>
+              <w:t>. Debe de plantear al menos 1 resultado. El resultado puede tener más de 1 indicador).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="28AC6A9B" w14:textId="77777777" w:rsidTr="00561474">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2391" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="77C3AB37" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -11967,72 +12119,102 @@
           <w:tcPr>
             <w:tcW w:w="2609" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="09F45C0B" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="7AEE43F8" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEEBDA5" w14:textId="22EF4F66" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00B506D0">
+          <w:p w14:paraId="6DEEBDA5" w14:textId="1E903FD5" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00B506D0">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Impacto que se desea generar en el proyecto (</w:t>
+              <w:t xml:space="preserve">Impacto que se desea generar en el </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF">
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de expresar los indicadores de impacto de</w:t>
             </w:r>
             <w:r w:rsidR="00C0532E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> la acción. Debe de plantear al menos 1 resultado. El resultado puede tener más de 1 indicador).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="001008BD" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2391" w:type="pct"/>
@@ -12208,52 +12390,50 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>DESCRIPCIÓN DE ACTIVIDADES DE</w:t>
             </w:r>
             <w:r w:rsidR="00C0532E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> LA ACCIÓN</w:t>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00561474" w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(Descripción de las principales actividades requeridas para el desarrollo de la acción. Incluir la presentación del informe final, sistematización de la acción, proceso de evaluación y la publicación o difusión de los resultados)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561474" w:rsidRPr="00C222F0" w14:paraId="23FDCCBD" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
@@ -12701,89 +12881,103 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="05204BD4" w14:textId="77777777" w:rsidR="00561474" w:rsidRPr="00C222F0" w:rsidRDefault="00561474" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="7831248C" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="40EFA374" w14:textId="7B2C0F08" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="004627C5" w:rsidP="007D4158">
+          <w:p w14:paraId="40EFA374" w14:textId="794F9879" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="004627C5" w:rsidP="007D4158">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="_Hlk209771886"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVOS DE DESARROLLO SOSTENIBLE (ODS) A LOS QUE SE CONTRIBUYE: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">INDICAR </w:t>
             </w:r>
             <w:r w:rsidR="003E4483" w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>el o los ODS a los que pretende contribuir el proyecto y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="445E7EBE" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="00E00887" w:rsidP="00E000FD">
+              <w:t xml:space="preserve">el o los ODS a los que pretende contribuir el </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidR="003E4483" w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445E7EBE" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="001C6942" w:rsidP="00E000FD">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="003E4483" w:rsidRPr="00C222F0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="FFFF00"/>
                 </w:rPr>
                 <w:t>Objetivos y metas de desarrollo sostenible - Desarrollo Sostenible</w:t>
               </w:r>
             </w:hyperlink>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="67373F8C" w14:textId="77777777" w:rsidTr="00561474">
@@ -12934,87 +13128,123 @@
           <w:tcPr>
             <w:tcW w:w="2609" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4ED2F9AD" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="00E87026" w14:textId="77777777" w:rsidTr="00561474">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="2754F284" w14:textId="7700B9A8" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="007D4158">
+          <w:p w14:paraId="2754F284" w14:textId="4FFDD6F3" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="007D4158">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004627C5" w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">ALINEAMIENTO CON LO ESENCIAL DE LA REFORMA DE LA UNAH </w:t>
             </w:r>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de este proyecto, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en este proyecto. </w:t>
+              <w:t xml:space="preserve">(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF">
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ste </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en este </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E4483" w:rsidRPr="00C222F0" w14:paraId="053DB6A1" w14:textId="77777777" w:rsidTr="00AB1108">
         <w:trPr>
           <w:trHeight w:val="1361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4931595A" w14:textId="77777777" w:rsidR="003E4483" w:rsidRPr="00C222F0" w:rsidRDefault="003E4483" w:rsidP="00E000FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -16828,92 +17058,116 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="4961"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD2232" w:rsidRPr="00C222F0" w14:paraId="3661066C" w14:textId="77777777" w:rsidTr="00AD2232">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2499" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="1F383DD8" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="1F383DD8" w14:textId="150D3972" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Coordinador del proyecto por la UNAH</w:t>
+              <w:t xml:space="preserve">Coordinador del </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> por la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2501" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA93B9E" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="4BA93B9E" w14:textId="5125550B" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Jefe de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t xml:space="preserve">Jefe de la Unidad Académica que lidera el </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD2232" w:rsidRPr="00C222F0" w14:paraId="3F1C5E97" w14:textId="77777777" w:rsidTr="00AD2232">
         <w:trPr>
           <w:trHeight w:val="395"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2499" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="434037E6" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -16966,104 +17220,118 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2501" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5AB32B44" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD2232" w:rsidRPr="00C222F0" w14:paraId="667E4F39" w14:textId="77777777" w:rsidTr="00AD2232">
         <w:trPr>
           <w:trHeight w:val="277"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2499" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="749B1ACC" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="749B1ACC" w14:textId="4C68D3E2" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Firma del profesor/a responsable del proyecto</w:t>
+              <w:t xml:space="preserve">Firma del profesor/a responsable del </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2501" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5FFD1D" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="7D5FFD1D" w14:textId="5F326AF8" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Firma del </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Jefe</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>/a de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t xml:space="preserve">/a de la Unidad Académica que lidera el </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16B22A22" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00E61EF5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5228" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -17489,64 +17757,78 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64C840F3" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="717099FE" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
+          <w:p w14:paraId="717099FE" w14:textId="5C528B48" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Carta de solicitud del proyecto firmada por el representante legal de la contraparte</w:t>
+              <w:t xml:space="preserve">Carta de solicitud del </w:t>
+            </w:r>
+            <w:r w:rsidR="00965EFF" w:rsidRPr="00965EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>asesoramiento-consultoría</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C222F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> firmada por el representante legal de la contraparte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1344" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D09ED0" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69693680" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
@@ -17654,67 +17936,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5885" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A04775F" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C222F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Oficio de remisión del Decano/</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Centro Regional</w:t>
+              <w:t>Oficio de remisión del Decano/Director Centro Regional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1344" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68643493" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6741ED07" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00FC5510">
             <w:pPr>
@@ -17831,169 +18097,147 @@
         <w:t>Nota:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6B9465" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00B506D0">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C222F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>El documento 1 / documento 2 (cualquiera de los dos) es obligatorio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6328A99A" w14:textId="77777777" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00B506D0">
+    <w:p w14:paraId="6328A99A" w14:textId="1B1837E4" w:rsidR="00E61EF5" w:rsidRPr="00C222F0" w:rsidRDefault="00E61EF5" w:rsidP="00B506D0">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C222F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Los documentos 2 y </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C222F0">
+      <w:r w:rsidR="00965EFF" w:rsidRPr="00C222F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
-        <w:t>3  son</w:t>
+        <w:t>3 son</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C222F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> obligatorios</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="39570C5F" w14:textId="77777777" w:rsidR="00D20C3F" w:rsidRPr="00C222F0" w:rsidRDefault="00D20C3F" w:rsidP="00A32A89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D20C3F" w:rsidRPr="00C222F0" w:rsidSect="007461AD">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2268" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B459356" w14:textId="77777777" w:rsidR="00E00887" w:rsidRDefault="00E00887" w:rsidP="007D0977">
+    <w:p w14:paraId="4CC48A12" w14:textId="77777777" w:rsidR="001C6942" w:rsidRDefault="001C6942" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21DCC4AB" w14:textId="77777777" w:rsidR="00E00887" w:rsidRDefault="00E00887" w:rsidP="007D0977">
+    <w:p w14:paraId="145F950D" w14:textId="77777777" w:rsidR="001C6942" w:rsidRDefault="001C6942" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="697787DC" w14:textId="77777777" w:rsidR="003E4483" w:rsidRDefault="003E4483" w:rsidP="003E4483">
       <w:pPr>
         <w:pStyle w:val="Textonotaalfinal"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalfinal"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> OE= Objetivo Específico. Indicar el número de objetivo específico al que corresponde el resultado</w:t>
+        <w:t xml:space="preserve"> OE= Objetivo Específico. In</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>dicar el número de objetivo específico al que corresponde el resultado</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
@@ -18194,116 +18438,116 @@
                     <a:ext cx="5612130" cy="107950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49CE6EF5" w14:textId="77777777" w:rsidR="00E00887" w:rsidRDefault="00E00887" w:rsidP="007D0977">
+    <w:p w14:paraId="55CB5C7B" w14:textId="77777777" w:rsidR="001C6942" w:rsidRDefault="001C6942" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45ECA637" w14:textId="77777777" w:rsidR="00E00887" w:rsidRDefault="00E00887" w:rsidP="007D0977">
+    <w:p w14:paraId="41C1BC71" w14:textId="77777777" w:rsidR="001C6942" w:rsidRDefault="001C6942" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00E00887">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="001C6942">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="00E00887">
+  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="001C6942">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1068701906"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00EA1165">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wpg">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6A5124A6" wp14:editId="619CB201">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>center</wp:align>
                   </wp:positionH>
@@ -18624,86 +18868,64 @@
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00E00887" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
-[...34 lines deleted...]
-                          </w:r>
+                          <w:hyperlink r:id="rId1" w:history="1">
+                            <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
+                              <w:rPr>
+                                <w:rStyle w:val="Hipervnculo"/>
+                                <w:b/>
+                                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="none"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                            </w:r>
+                          </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="004E2F5D" w:rsidRPr="00745B3B" w:rsidRDefault="004E2F5D" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00745B3B">
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
@@ -18716,86 +18938,64 @@
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="28231471" id="Cuadro de texto 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDycRKiKgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmzBvJ5CXuNigfiTCPB/nScyOjQ/+Ls4Gk2/Dw&#10;cwdecWY+WiJ9MZlOk9azM51dVeT488jmPAJWEFTDI2cHcxXz+8h0uFtazlpn2l46ObZMksxsHp9P&#10;0vy5n7NeHvnyCQAA//8DAFBLAwQUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3Fq7pU1RyKaqqLhwQKIgwdGNnTgiXlu2m4a/xz3R42qfZt5U28kO&#10;bNQh9o4QFnMBTFPjVE8dwufHy+wRWEySlBwcaYRfHWFb395UslTuTO96PKSO5RCKpUQwKfmS89gY&#10;bWWcO68p/1oXrEz5DB1XQZ5zuB34UoiCW9lTbjDS62ejm5/DySJ8WdOrfXj7btUw7l/b3dpPwSPe&#10;3027J2BJT+kfhot+Voc6Ox3diVRkA0KxEeuMIswWxQbYhRAPIq85IizFagW8rvj1iPoPAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA8nESoioCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00E00887" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...34 lines deleted...]
-                    </w:r>
+                    <w:hyperlink r:id="rId2" w:history="1">
+                      <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
+                        <w:rPr>
+                          <w:rStyle w:val="Hipervnculo"/>
+                          <w:b/>
+                          <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="none"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                      </w:r>
+                    </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="004E2F5D" w:rsidRPr="00745B3B" w:rsidRDefault="004E2F5D" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00745B3B">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
@@ -18854,86 +19054,86 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:rect w14:anchorId="155027FF" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcTcSYfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZF2DOkWQIsOA&#10;oi3WDj0rspQYkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18480HYShiwquQH5fn17OOHq9ZN1Qg2YCqFjECsn7au5JsQ3DTLvNyoRvgzcMqSUAM2ItAR11mF&#10;oiX0xmSjPP+ctYCVQ5DKe7q96YR8lvC1VjLca+1VYKbkFFtIK6Z1FddsdiWmaxRuU8s+DPEPUTSi&#10;tuR0gLoRQbAt1m+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyIHO8Gmvz/g5V3u0f3gERD6/zU&#10;0zZmsdfYxD/Fx/aJrMNAltoHJulyNB6PLyacSRIVRXF5Pikim9nJ2qEPXxU0LG5KjvQYiSOxu/Wh&#10;Uz2qRGceTF0ta2PSAderhUG2E/Rwy5vFeZ7eitD/UDM2KluIZh1ivMlOuaRdOBgV9Yz9rjSrqxh9&#10;iiSVmRr8CCmVDUUn2ohKde4nOX19boNFyjQBRmRN/gfsHiCW8FvsLspeP5qqVKWDcf63wDrjwSJ5&#10;BhsG46a2gO8BGMqq99zpH0nqqIksraA6PCBD6HrEO7ms6d1uhQ8PAqkpqH2o0cM9LdpAW3Lod5xt&#10;AH+9dx/1qVZJyllLTVZy/3MrUHFmvlmq4stiPI5dmQ7jycWIDvhSsnopsdtmAVQOBY0UJ9M26gdz&#10;3GqE5pnmwTx6JZGwknyXXAY8Hhaha36aKFLN50mNOtGJcGsfnYzgkdVYl0/7Z4GuL95AZX8Hx4YU&#10;01c13OlGSwvzbQBdpwI/8drzTV2cCqefOHFMvDwnrdNcnP0GAAD//wMAUEsDBBQABgAIAAAAIQCc&#10;Jgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdE&#10;CwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4ccYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCE&#10;bXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/exHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPi&#10;Y4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZ&#10;iLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJxNxJh9AgAA&#10;XwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzf&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="4B96EAF8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1151158445" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1757605202" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="1252855"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
@@ -18945,94 +19145,94 @@
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5E5E5E" wp14:editId="5E4FF910">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>228600</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>3752215</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="12646025" cy="4917953"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2027368810" name="Imagen 2027368810" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2" cstate="print">
+                  <a:blip r:embed="rId4" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="12646025" cy="4917953"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00E00887">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="001C6942">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -20350,50 +20550,51 @@
     <w:rsid w:val="001377E7"/>
     <w:rsid w:val="00144667"/>
     <w:rsid w:val="00144FA8"/>
     <w:rsid w:val="00147298"/>
     <w:rsid w:val="001718E6"/>
     <w:rsid w:val="00172091"/>
     <w:rsid w:val="00172FF6"/>
     <w:rsid w:val="0017547E"/>
     <w:rsid w:val="001807CA"/>
     <w:rsid w:val="00186822"/>
     <w:rsid w:val="001A001C"/>
     <w:rsid w:val="001A1543"/>
     <w:rsid w:val="001A4AEE"/>
     <w:rsid w:val="001A4D47"/>
     <w:rsid w:val="001A4E51"/>
     <w:rsid w:val="001A58AD"/>
     <w:rsid w:val="001A629B"/>
     <w:rsid w:val="001B0F75"/>
     <w:rsid w:val="001B235A"/>
     <w:rsid w:val="001B5C1D"/>
     <w:rsid w:val="001B6563"/>
     <w:rsid w:val="001B71D6"/>
     <w:rsid w:val="001C0291"/>
     <w:rsid w:val="001C0FD2"/>
     <w:rsid w:val="001C26B8"/>
+    <w:rsid w:val="001C6942"/>
     <w:rsid w:val="001D2709"/>
     <w:rsid w:val="001E1DD6"/>
     <w:rsid w:val="001E2ED0"/>
     <w:rsid w:val="001F0E27"/>
     <w:rsid w:val="002000C1"/>
     <w:rsid w:val="00202324"/>
     <w:rsid w:val="00207A49"/>
     <w:rsid w:val="00210F61"/>
     <w:rsid w:val="00215A89"/>
     <w:rsid w:val="00232A38"/>
     <w:rsid w:val="002353A1"/>
     <w:rsid w:val="00236709"/>
     <w:rsid w:val="002367E1"/>
     <w:rsid w:val="002415AA"/>
     <w:rsid w:val="00245EFD"/>
     <w:rsid w:val="00246317"/>
     <w:rsid w:val="0024747F"/>
     <w:rsid w:val="002501D6"/>
     <w:rsid w:val="00253311"/>
     <w:rsid w:val="002552E2"/>
     <w:rsid w:val="002555DD"/>
     <w:rsid w:val="002574EE"/>
     <w:rsid w:val="00265C88"/>
     <w:rsid w:val="00267D3F"/>
     <w:rsid w:val="00271141"/>
@@ -20665,50 +20866,51 @@
     <w:rsid w:val="008B5DEE"/>
     <w:rsid w:val="008D0F3F"/>
     <w:rsid w:val="008D493E"/>
     <w:rsid w:val="008D54A6"/>
     <w:rsid w:val="008D54C0"/>
     <w:rsid w:val="008D7F60"/>
     <w:rsid w:val="008E0599"/>
     <w:rsid w:val="008E082B"/>
     <w:rsid w:val="008E65E9"/>
     <w:rsid w:val="008F2869"/>
     <w:rsid w:val="008F7385"/>
     <w:rsid w:val="00903838"/>
     <w:rsid w:val="00920B67"/>
     <w:rsid w:val="0092274F"/>
     <w:rsid w:val="00931015"/>
     <w:rsid w:val="009313D4"/>
     <w:rsid w:val="00931612"/>
     <w:rsid w:val="00932E7A"/>
     <w:rsid w:val="00937725"/>
     <w:rsid w:val="00940B6A"/>
     <w:rsid w:val="00945E4E"/>
     <w:rsid w:val="00947716"/>
     <w:rsid w:val="00947945"/>
     <w:rsid w:val="0095213D"/>
     <w:rsid w:val="00957D05"/>
+    <w:rsid w:val="00965EFF"/>
     <w:rsid w:val="009672BE"/>
     <w:rsid w:val="009716D4"/>
     <w:rsid w:val="00971BFF"/>
     <w:rsid w:val="00973DB7"/>
     <w:rsid w:val="00975DB1"/>
     <w:rsid w:val="009768CF"/>
     <w:rsid w:val="00980877"/>
     <w:rsid w:val="00981034"/>
     <w:rsid w:val="009B64F4"/>
     <w:rsid w:val="009C0DEB"/>
     <w:rsid w:val="009C612C"/>
     <w:rsid w:val="009D3827"/>
     <w:rsid w:val="009D4FDD"/>
     <w:rsid w:val="009E0A6F"/>
     <w:rsid w:val="009E1209"/>
     <w:rsid w:val="009E1796"/>
     <w:rsid w:val="009F61FB"/>
     <w:rsid w:val="00A00086"/>
     <w:rsid w:val="00A00300"/>
     <w:rsid w:val="00A0057C"/>
     <w:rsid w:val="00A00B76"/>
     <w:rsid w:val="00A00F1D"/>
     <w:rsid w:val="00A02663"/>
     <w:rsid w:val="00A05D5B"/>
     <w:rsid w:val="00A12DAD"/>
@@ -22907,51 +23109,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.un.org/sustainabledevelopment/es/objetivos-de-desarrollo-sostenible/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -23208,79 +23410,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02B2A7C5-9B85-4C1D-BA35-D1B715AB8474}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44D9CFC6-56E4-4C3A-AAAF-5853F2127CD2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>7760</Characters>
+  <Pages>1</Pages>
+  <Words>1456</Words>
+  <Characters>8009</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
+  <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9152</CharactersWithSpaces>
+  <CharactersWithSpaces>9447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ONEYDA CLEOTILDE MENDOZA ZEPEDA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>