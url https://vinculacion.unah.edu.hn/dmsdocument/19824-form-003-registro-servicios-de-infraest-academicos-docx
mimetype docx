--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -6727,88 +6727,112 @@
           <w:tcPr>
             <w:tcW w:w="507" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185A2E1D" w14:textId="77777777" w:rsidR="00D3105D" w:rsidRDefault="00D3105D" w:rsidP="00AE2073">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06FC0BB8" w14:textId="5B241A22" w:rsidR="00D3105D" w:rsidRPr="00915881" w:rsidRDefault="00915881" w:rsidP="00D3105D">
+    <w:p w14:paraId="06FC0BB8" w14:textId="559B5713" w:rsidR="00D3105D" w:rsidRPr="00915881" w:rsidRDefault="00915881" w:rsidP="00D3105D">
       <w:pPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00915881">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Observación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">: En el informe final, se deberá detaller el nombre completo y número de cuenta de todos los estudiantes que participan, así como el número de horas de dedicación en el proyecto. </w:t>
+        <w:t xml:space="preserve">: En el informe final, se deberá detaller el nombre completo y número de cuenta de todos los estudiantes que participan, así como el número de horas de dedicación en el </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>servicio.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BFE9807" w14:textId="66194A61" w:rsidR="00A70165" w:rsidRDefault="00A70165" w:rsidP="00A70165">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1029B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -9591,87 +9615,111 @@
           <w:tcPr>
             <w:tcW w:w="509" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D3726B" w14:textId="77777777" w:rsidR="00A70165" w:rsidRDefault="00A70165" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E5A53B6" w14:textId="0528F899" w:rsidR="00D3105D" w:rsidRDefault="00D3105D"/>
-    <w:p w14:paraId="38D5A90A" w14:textId="49D75EC9" w:rsidR="00915881" w:rsidRPr="00915881" w:rsidRDefault="00915881" w:rsidP="00915881">
+    <w:p w14:paraId="38D5A90A" w14:textId="15ACDB90" w:rsidR="00915881" w:rsidRPr="00915881" w:rsidRDefault="00915881" w:rsidP="00915881">
       <w:pPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00915881">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Observación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">: En el informe final, se deberá detaller el nombre completo y número de cuenta de todos los voluntarios que participan, así como el número de horas de dedicación en el proyecto. </w:t>
+        <w:t xml:space="preserve">: En el informe final, se deberá detaller el nombre completo y número de cuenta de todos los voluntarios que participan, así como el número de horas de dedicación en el </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>servicio.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B71081E" w14:textId="49EB47E8" w:rsidR="00481FBC" w:rsidRDefault="00A1643A" w:rsidP="00481FBC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E04E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -9895,73 +9943,89 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7227F01B" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00A8013C" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="2F03C785" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="232DCC4F" w14:textId="67616ED5" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
+          <w:p w14:paraId="232DCC4F" w14:textId="7576A5CA" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Descripción de las participantes del proyecto </w:t>
+              <w:t xml:space="preserve">Descripción de las participantes del </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>servicio.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006720E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(Descripción breve de las unidades académicas participantes y su alineamiento con la estrategia de vinculación de la unidad)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="1DE95D2D" w14:textId="77777777" w:rsidTr="004F405C">
         <w:trPr>
           <w:trHeight w:val="1043"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3F0A0FF9" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
@@ -10073,202 +10137,286 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CA4970B" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00E278CF" w:rsidRDefault="00481FBC" w:rsidP="00E278CF">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="60D806C6" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="50A18E2C" w14:textId="77A14132" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
+          <w:p w14:paraId="50A18E2C" w14:textId="3A488D57" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Objetivos Específicos </w:t>
             </w:r>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en el proyecto)</w:t>
+              <w:t xml:space="preserve">(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en el </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006720E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="0FB779CB" w14:textId="77777777" w:rsidTr="004F405C">
         <w:trPr>
           <w:trHeight w:val="1000"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="19EC7EA8" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20C3B9B1" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00A8013C" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="7A24EB4A" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="0CC826F5" w14:textId="633BC98C" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
+          <w:p w14:paraId="0CC826F5" w14:textId="0E755A1B" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>RESULTADOS DEL PROYECTO</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="758B400B" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00E32A8B" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
+              <w:t xml:space="preserve">RESULTADOS DEL </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>SERVICIO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="758B400B" w14:textId="1A8234EA" w:rsidR="00481FBC" w:rsidRPr="00E32A8B" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E32A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos del proyecto. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el proyecto, 2) los de mediano plazo: que son los efectos que alcanzará el proyecto y 3) los de largo plazo: resultados de impacto.</w:t>
+              <w:t xml:space="preserve">El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos del </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2) los de mediano plazo: que son los efectos que alcanzará el </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y 3) los de largo plazo: resultados de impacto.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="0484F26E" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="75637B7A" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
+          <w:p w14:paraId="75637B7A" w14:textId="277487CD" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resultados de corto plazo del proyecto. </w:t>
+              <w:t xml:space="preserve">Resultados de corto plazo del </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de plantearse resultados para cada objetivo específico. Son los productos que se lograrán a corto plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="54CC6835" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7B552A38" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10547,79 +10695,93 @@
             <w:tcW w:w="2554" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="19BE33A4" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="458B4D93" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="30CD0D7D" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="000D1C53" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
+          <w:p w14:paraId="30CD0D7D" w14:textId="78FB5B36" w:rsidR="00481FBC" w:rsidRPr="000D1C53" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicadores de mediano plazo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Son los efectos que se esperan alcanzar del proyecto, es decir, la transformación esperada en la población beneficiada </w:t>
+              <w:t xml:space="preserve">Son los efectos que se esperan alcanzar del </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, es decir, la transformación esperada en la población beneficiada </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="6818F106" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2446" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0C2BE017" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00E32A8B" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -10743,79 +10905,109 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="568A16F2" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00E32A8B" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="7829157B" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="18F7DEBF" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
+          <w:p w14:paraId="18F7DEBF" w14:textId="389C2CFE" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Impacto que se desea generar en el proyecto (</w:t>
+              <w:t xml:space="preserve">Impacto que se desea generar en el </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="es-ES_tradnl"/>
-[...1 lines deleted...]
-              <w:t>Debe de expresar los indicadores de impacto del proyecto)</w:t>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Debe de expresar los indicadores de impacto del </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="176D6D60" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2446" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5B2A168E" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10944,83 +11136,97 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="093B10DC" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00D43824" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="7DDEBD29" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="0F66C5A6" w14:textId="10DE2936" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
+          <w:p w14:paraId="0F66C5A6" w14:textId="1E29398C" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk209785183"/>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVOS DE DESARROLLO SOSTENIBLE (ODS) A LOS QUE SE CONTRIBUYE: </w:t>
             </w:r>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Indicar el o los ODS a los que pretende contribuir el proyecto y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="74B92574" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00156698" w:rsidP="00FC5510">
+              <w:t xml:space="preserve">Indicar el o los ODS a los que pretende contribuir el </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006720E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74B92574" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00706C87" w:rsidP="00FC5510">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00481FBC" w:rsidRPr="002676AF">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="FFFF00"/>
                 </w:rPr>
                 <w:t>Objetivos y metas de desarrollo sostenible - Desarrollo Sostenible</w:t>
               </w:r>
             </w:hyperlink>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="5038AA10" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
@@ -11168,80 +11374,122 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3B3886A4" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00E32A8B" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="1990566B" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="389A7BE8" w14:textId="7335E7FC" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
+          <w:p w14:paraId="389A7BE8" w14:textId="70B7EA28" w:rsidR="00481FBC" w:rsidRPr="006720E9" w:rsidRDefault="00481FBC" w:rsidP="006720E9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">ALINEAMIENTO CON LO ESENCIAL DE LA REFORMA DE LA UNAH </w:t>
             </w:r>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de este proyecto, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en este proyecto. </w:t>
+              <w:t xml:space="preserve">(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de este </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006720E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en este </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>servicio.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006720E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006720E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="4F12CD62" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6E33CAC8" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53F73E03" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRPr="00753927" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
@@ -11282,50 +11530,52 @@
             </w:pPr>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>DESCRIPCIÓN BREVE DE LA LOGÍSTICA REQUERIDA PARA EL DESARROLLO DEL SERVICIO</w:t>
             </w:r>
             <w:r w:rsidR="00B9786D" w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B9786D" w:rsidRPr="006720E9">
               <w:rPr>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(breve explicación de los mecanismos que se aplicarán para su ejecución tales como: organización de citas, cobros (si aplica), convocatorias a reuniones, mecanismos de comunicación con los beneficiarios, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="4"/>
       </w:tr>
       <w:tr w:rsidR="00481FBC" w:rsidRPr="00A8013C" w14:paraId="5ABD87B4" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="59B1760F" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="080AF0A0" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15055,71 +15305,87 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5057"/>
         <w:gridCol w:w="2108"/>
         <w:gridCol w:w="3363"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A1643A" w:rsidRPr="00A8013C" w14:paraId="5874F4A2" w14:textId="77777777" w:rsidTr="00FC5510">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="039DD159" w14:textId="034D11A3" w:rsidR="00A1643A" w:rsidRPr="006720E9" w:rsidRDefault="00A1643A" w:rsidP="006720E9">
+          <w:p w14:paraId="039DD159" w14:textId="3E41639F" w:rsidR="00A1643A" w:rsidRPr="006720E9" w:rsidRDefault="00A1643A" w:rsidP="006720E9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Descripción de actividades del proyecto </w:t>
+              <w:t>Descripción de actividades del</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> servicio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006720E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006720E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(Descripción de las principales actividades requeridas para el desarrollo de la acción. Incluir la presentación del informe final, sistematización de la acción, proceso de evaluación y la publicación o difusión de los resultados)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A1643A" w:rsidRPr="00A8013C" w14:paraId="55582992" w14:textId="77777777" w:rsidTr="00FC5510">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16167,82 +16433,104 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E5E570B" w14:textId="043E2EFF" w:rsidR="001E09C0" w:rsidRDefault="001E09C0" w:rsidP="00945E4E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DED3854" w14:textId="77777777" w:rsidR="001E09C0" w:rsidRDefault="001E09C0" w:rsidP="00945E4E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="7D48D356" w14:textId="149CB0EE" w:rsidR="00945E4E" w:rsidRPr="006720E9" w:rsidRDefault="00945E4E" w:rsidP="006720E9">
+    <w:p w14:paraId="7D48D356" w14:textId="154E5F8C" w:rsidR="00945E4E" w:rsidRPr="006720E9" w:rsidRDefault="00945E4E" w:rsidP="006720E9">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006720E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>INFORMACIÓN DE REGISTRO DEL PROYECTO (Uso Exclusivo de la Dirección)</w:t>
+        <w:t xml:space="preserve">INFORMACIÓN DE REGISTRO DEL </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SERVICIO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006720E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Uso Exclusivo de la Dirección)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1596"/>
         <w:gridCol w:w="3128"/>
         <w:gridCol w:w="1511"/>
         <w:gridCol w:w="4250"/>
       </w:tblGrid>
       <w:tr w:rsidR="00945E4E" w:rsidRPr="002501D6" w14:paraId="38D43863" w14:textId="77777777" w:rsidTr="00481FBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6DE09575" w14:textId="77777777" w:rsidR="00945E4E" w:rsidRPr="002501D6" w:rsidRDefault="00945E4E" w:rsidP="00E000FD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
@@ -16981,61 +17269,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65897150" w14:textId="77777777" w:rsidR="00945E4E" w:rsidRPr="00A32A89" w:rsidRDefault="00945E4E" w:rsidP="00A32A89"/>
     <w:sectPr w:rsidR="00945E4E" w:rsidRPr="00A32A89" w:rsidSect="00851EBF">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2268" w:right="851" w:bottom="1440" w:left="851" w:header="737" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77DA21FE" w14:textId="77777777" w:rsidR="00156698" w:rsidRDefault="00156698" w:rsidP="007D0977">
+    <w:p w14:paraId="4A069F89" w14:textId="77777777" w:rsidR="00706C87" w:rsidRDefault="00706C87" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5522ADB0" w14:textId="77777777" w:rsidR="00156698" w:rsidRDefault="00156698" w:rsidP="007D0977">
+    <w:p w14:paraId="0F8DB758" w14:textId="77777777" w:rsidR="00706C87" w:rsidRDefault="00706C87" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="63B0890E" w14:textId="77777777" w:rsidR="00481FBC" w:rsidRDefault="00481FBC" w:rsidP="00481FBC">
       <w:pPr>
         <w:pStyle w:val="Textonotaalfinal"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalfinal"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OE= Objetivo Específico. Indicar el número de objetivo específico al que corresponde el resultado</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
@@ -17270,75 +17558,75 @@
                     <a:ext cx="5612130" cy="107950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27CEF463" w14:textId="77777777" w:rsidR="00156698" w:rsidRDefault="00156698" w:rsidP="007D0977">
+    <w:p w14:paraId="424FA231" w14:textId="77777777" w:rsidR="00706C87" w:rsidRDefault="00706C87" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="247A5E2E" w14:textId="77777777" w:rsidR="00156698" w:rsidRDefault="00156698" w:rsidP="007D0977">
+    <w:p w14:paraId="2A6B5E0B" w14:textId="77777777" w:rsidR="00706C87" w:rsidRDefault="00706C87" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00156698">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00706C87">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -17387,51 +17675,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2287905" cy="1403985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00156698" w:rsidP="00743BDC">
+                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00706C87" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1" w:history="1">
                             <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
                               <w:rPr>
                                 <w:rStyle w:val="Hipervnculo"/>
                                 <w:b/>
                                 <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:u w:val="none"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
                             </w:r>
                           </w:hyperlink>
@@ -17461,51 +17749,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:362.35pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyO54EKAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmpMRE2gblIzHl8aBbemdkdOh/cTaQZhsefu7A&#10;K87MR0tsLybTaRJ5dqazq4ocfx7ZnEfACoJqeOTsYK5ifhiZB3dLW1nrzNdLJ8deSYuZxuO7SWI/&#10;93PWy+tePgEAAP//AwBQSwMEFAAGAAgAAAAhAE595tbhAAAADAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tqwzAQRfeF/oOYQHeJFOM8cC2H0NBNF4UmhXapWLJlIo2EpDju31dZtbsZ5nDn3Ho3WUNG&#10;FeLgkMNywYAobJ0csOfweXqdb4HEJFAK41Bx+FERds3jQy0q6W74ocZj6kkOwVgJDjolX1EaW62s&#10;iAvnFeZb54IVKa+hpzKIWw63hhaMrakVA+YPWnj1olV7OV4thy+rB3kI79+dNOPhrduv/BQ850+z&#10;af8MJKkp/cFw18/q0GSns7uijMRw2BTlJqMc5st1Hu4E265yvTOHgpUl0Kam/0s0vwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCyO54EKAIAACUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBOfebW4QAAAAwBAAAPAAAAAAAAAAAAAAAAAIIEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00156698" w:rsidP="00743BDC">
+                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00706C87" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId2" w:history="1">
                       <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
                         <w:rPr>
                           <w:rStyle w:val="Hipervnculo"/>
                           <w:b/>
                           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:u w:val="none"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
                       </w:r>
                     </w:hyperlink>
@@ -17589,51 +17877,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
             <v:rect w14:anchorId="18F0F8E1" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:544.65pt;margin-top:-28.65pt;width:19.25pt;height:88.1pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWyAIQfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21n6doFdYogRYYB&#10;RVesHXpWZCk2IIsapcTJfv0o2XG6tthhWA6KKJKPH37k1fW+NWyn0DdgS16c5ZwpK6Fq7KbkPx5X&#10;Hy4580HYShiwquQH5fn1/P27q87N1ARqMJVCRiDWzzpX8joEN8syL2vVCn8GTllSasBWBBJxk1Uo&#10;OkJvTTbJ809ZB1g5BKm8p9ebXsnnCV9rJcM3rb0KzJSccgvpxHSu45nNr8Rsg8LVjRzSEP+QRSsa&#10;S0FHqBsRBNti8wqqbSSCBx3OJLQZaN1IlWqgaor8RTUPtXAq1ULN8W5sk/9/sPJu9+DukdrQOT/z&#10;dI1V7DW28Z/yY/vUrMPYLLUPTNLjZDqdXpxzJklVFMXl5UXqZnbydujDFwUti5eSI32M1COxu/WB&#10;IpLp0SQG82CaatUYkwTcrJcG2U7Qh1vdLD/mR/Q/zIyNxhaiW48YX7JTLekWDkZFO2O/K82aKmaf&#10;Mkk0U2McIaWyoehVtahUH/48p19kCiU8eiQpAUZkTfFH7AEgUvg1dg8z2EdXlVg6Oud/S6x3Hj1S&#10;ZLBhdG4bC/gWgKGqhsi9/bFJfWtil9ZQHe6RIfQz4p1cNfTdboUP9wJpKGh8aNDDNzq0ga7kMNw4&#10;qwF/vfUe7YmrpOWsoyEruf+5Fag4M18tsfhzMZ3GqUzC9PxiQgI+16yfa+y2XQLRoaCV4mS6Rvtg&#10;jleN0D7RPljEqKQSVlLsksuAR2EZ+uGnjSLVYpHMaBKdCLf2wckIHrsaefm4fxLoBvIGov0dHAdS&#10;zF5wuLeNnhYW2wC6SQQ/9XXoN01xIs6wceKaeC4nq9NenP8GAAD//wMAUEsDBBQABgAIAAAAIQBr&#10;Ucgb4QAAABIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8Qdrkbi1dosgbhqnQlRcuCBa&#10;OHBzbZNE2OsodtrwezYnuKxmtLOzM9VuCp6d3ZC6iApWSwHMoYm2w0bB+/F5IYGlrNFqH9Ep+HEJ&#10;dvX1VaVLGy/45s6H3DAywVRqBW3Ofcl5Mq0LOi1j75B2X3EIOhMdGm4HfSHz4PlaiAcedIf0odW9&#10;e2qd+T6MQYE1ady/frx46aNB/2nlURRJqdubab+l8bgFlt2U/y5g7kD5oaZgpziiTcwTF3JzR1oF&#10;i/uCwCxZrQvqdJqR3ACvK/6/Sv0LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1sgCEH0C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAa1HI&#10;G+EAAAASAQAADwAAAAAAAAAAAAAAAADXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="5BA21AB6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-534974</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1151158445" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -18020,51 +18308,51 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00156698">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00706C87">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -23206,50 +23494,51 @@
     <w:rsid w:val="006814DB"/>
     <w:rsid w:val="00682815"/>
     <w:rsid w:val="00682CBA"/>
     <w:rsid w:val="006830C2"/>
     <w:rsid w:val="00685524"/>
     <w:rsid w:val="00686C08"/>
     <w:rsid w:val="006957EF"/>
     <w:rsid w:val="006965F7"/>
     <w:rsid w:val="006B144A"/>
     <w:rsid w:val="006B26BA"/>
     <w:rsid w:val="006B6894"/>
     <w:rsid w:val="006B7634"/>
     <w:rsid w:val="006B7799"/>
     <w:rsid w:val="006C0DE8"/>
     <w:rsid w:val="006C726E"/>
     <w:rsid w:val="006D6070"/>
     <w:rsid w:val="006E1122"/>
     <w:rsid w:val="006E11CC"/>
     <w:rsid w:val="006E3109"/>
     <w:rsid w:val="006E67C5"/>
     <w:rsid w:val="006E7720"/>
     <w:rsid w:val="006F047B"/>
     <w:rsid w:val="006F362A"/>
     <w:rsid w:val="0070333C"/>
     <w:rsid w:val="007065D7"/>
+    <w:rsid w:val="00706C87"/>
     <w:rsid w:val="00713CC3"/>
     <w:rsid w:val="00716978"/>
     <w:rsid w:val="00716AE8"/>
     <w:rsid w:val="00717C5B"/>
     <w:rsid w:val="0072069C"/>
     <w:rsid w:val="0072085F"/>
     <w:rsid w:val="00721F06"/>
     <w:rsid w:val="007232A7"/>
     <w:rsid w:val="00723E4F"/>
     <w:rsid w:val="00724246"/>
     <w:rsid w:val="00725AE0"/>
     <w:rsid w:val="00730FF1"/>
     <w:rsid w:val="00736EDF"/>
     <w:rsid w:val="00737C61"/>
     <w:rsid w:val="007415F5"/>
     <w:rsid w:val="00741928"/>
     <w:rsid w:val="00743BDC"/>
     <w:rsid w:val="00745B3B"/>
     <w:rsid w:val="007461AD"/>
     <w:rsid w:val="00746210"/>
     <w:rsid w:val="00757A2A"/>
     <w:rsid w:val="007604D2"/>
     <w:rsid w:val="0076256E"/>
     <w:rsid w:val="00772A31"/>
     <w:rsid w:val="00776D8F"/>
@@ -23364,50 +23653,51 @@
     <w:rsid w:val="00A24099"/>
     <w:rsid w:val="00A249BB"/>
     <w:rsid w:val="00A306D7"/>
     <w:rsid w:val="00A32A89"/>
     <w:rsid w:val="00A3409E"/>
     <w:rsid w:val="00A40838"/>
     <w:rsid w:val="00A41BE4"/>
     <w:rsid w:val="00A43E24"/>
     <w:rsid w:val="00A45E44"/>
     <w:rsid w:val="00A54F52"/>
     <w:rsid w:val="00A57A75"/>
     <w:rsid w:val="00A57CE0"/>
     <w:rsid w:val="00A67A2B"/>
     <w:rsid w:val="00A70165"/>
     <w:rsid w:val="00A76BE6"/>
     <w:rsid w:val="00A7729A"/>
     <w:rsid w:val="00A806AA"/>
     <w:rsid w:val="00A827F9"/>
     <w:rsid w:val="00A8678A"/>
     <w:rsid w:val="00A86C88"/>
     <w:rsid w:val="00A934EC"/>
     <w:rsid w:val="00A93E80"/>
     <w:rsid w:val="00A95689"/>
     <w:rsid w:val="00A97FC0"/>
     <w:rsid w:val="00AA3ADE"/>
+    <w:rsid w:val="00AB0E4E"/>
     <w:rsid w:val="00AB1A4D"/>
     <w:rsid w:val="00AB46B3"/>
     <w:rsid w:val="00AB6DAF"/>
     <w:rsid w:val="00AC1916"/>
     <w:rsid w:val="00AC3733"/>
     <w:rsid w:val="00AD4E2A"/>
     <w:rsid w:val="00AD756F"/>
     <w:rsid w:val="00AE1F2C"/>
     <w:rsid w:val="00AE79FB"/>
     <w:rsid w:val="00AF64E9"/>
     <w:rsid w:val="00B04C19"/>
     <w:rsid w:val="00B16E28"/>
     <w:rsid w:val="00B253D2"/>
     <w:rsid w:val="00B26D0C"/>
     <w:rsid w:val="00B34A6E"/>
     <w:rsid w:val="00B4259D"/>
     <w:rsid w:val="00B50D6E"/>
     <w:rsid w:val="00B5158F"/>
     <w:rsid w:val="00B5256F"/>
     <w:rsid w:val="00B56BB1"/>
     <w:rsid w:val="00B62B0A"/>
     <w:rsid w:val="00B64FE7"/>
     <w:rsid w:val="00B6668B"/>
     <w:rsid w:val="00B72DAC"/>
     <w:rsid w:val="00B76B04"/>
@@ -25837,79 +26127,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FCA46BF-8820-4C29-9F71-E562A855EF6F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285F681F-AF36-461B-BB72-F02832274774}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1279</Words>
-  <Characters>7035</Characters>
+  <Characters>7037</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8298</CharactersWithSpaces>
+  <CharactersWithSpaces>8300</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ONEYDA CLEOTILDE MENDOZA ZEPEDA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>