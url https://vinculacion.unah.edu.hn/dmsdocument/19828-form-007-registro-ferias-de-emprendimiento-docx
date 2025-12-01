--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="18B2854F" w14:textId="4EE6C6E1" w:rsidR="00625C20" w:rsidRDefault="00625C20" w:rsidP="00625C20">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>FORM-DVUS-00</w:t>
       </w:r>
       <w:r w:rsidR="006F5F4B">
@@ -535,60 +535,58 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> disciplinaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12E63622" w14:textId="77777777" w:rsidR="00625C20" w:rsidRPr="00733B07" w:rsidRDefault="00625C20" w:rsidP="00625C20">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Unidisciplinar</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78A07007" w14:textId="623F4E9F" w:rsidR="00625C20" w:rsidRPr="00733B07" w:rsidRDefault="00625C20" w:rsidP="00625C20">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -5318,76 +5316,89 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Práctica profesional o servicio social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0650A447" w14:textId="6BDCB98B" w:rsidR="00324DFE" w:rsidRPr="00733B07" w:rsidRDefault="00324DFE" w:rsidP="002B4DE3">
+          <w:p w14:paraId="0650A447" w14:textId="303C315D" w:rsidR="00324DFE" w:rsidRPr="00733B07" w:rsidRDefault="00AD3836" w:rsidP="002B4DE3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00733B07">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cumplimiento de horas del Artículo 140 Normas Académicas </w:t>
+              <w:t>Voluntariado</w:t>
+            </w:r>
+            <w:r w:rsidR="00324DFE" w:rsidRPr="00733B07">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00324DFE" w:rsidRPr="00733B07" w14:paraId="27F92599" w14:textId="77777777" w:rsidTr="00EF078C">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18C5FA3D" w14:textId="77777777" w:rsidR="00324DFE" w:rsidRPr="00733B07" w:rsidRDefault="00324DFE" w:rsidP="002B4DE3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
@@ -9523,127 +9534,192 @@
           </w:tcPr>
           <w:p w14:paraId="520E8553" w14:textId="77777777" w:rsidR="003D6529" w:rsidRPr="00733B07" w:rsidRDefault="003D6529" w:rsidP="00792F84">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6529" w:rsidRPr="00733B07" w14:paraId="71990FA4" w14:textId="77777777" w:rsidTr="006F5F4B">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="5ECCCB1D" w14:textId="567F7C18" w:rsidR="003D6529" w:rsidRPr="003D6529" w:rsidRDefault="003D6529" w:rsidP="00B1453A">
+          <w:p w14:paraId="5ECCCB1D" w14:textId="7C271AA0" w:rsidR="003D6529" w:rsidRPr="003D6529" w:rsidRDefault="003D6529" w:rsidP="00B1453A">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D6529">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Resultados </w:t>
             </w:r>
             <w:r w:rsidR="006F5F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="006F5F4B" w:rsidRPr="00E32A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos del proyecto. </w:t>
+              <w:t xml:space="preserve">El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83" w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la feria</w:t>
             </w:r>
             <w:r w:rsidR="006F5F4B" w:rsidRPr="00E32A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:t xml:space="preserve">. Hay </w:t>
+            </w:r>
+            <w:r w:rsidR="006F5F4B" w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el proyecto, 2) los de mediano plazo: que son los efectos que alcanzará el proyecto y 3) los de largo plazo: resultados de impacto.</w:t>
+              <w:t>tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83" w:rsidRPr="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la feria </w:t>
+            </w:r>
+            <w:r w:rsidR="006F5F4B" w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>2) los de mediano plazo: que son los efectos que alcanzará</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83" w:rsidRPr="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la feria </w:t>
+            </w:r>
+            <w:r w:rsidR="006F5F4B" w:rsidRPr="00E32A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>y 3) los de largo plazo: resultados de impacto.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F5F4B" w:rsidRPr="00733B07" w14:paraId="69FFE8F7" w14:textId="77777777" w:rsidTr="006F5F4B">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="41C6282C" w14:textId="3245C05F" w:rsidR="006F5F4B" w:rsidRPr="003D6529" w:rsidRDefault="006F5F4B" w:rsidP="00792F84">
+          <w:p w14:paraId="41C6282C" w14:textId="27AA7B9D" w:rsidR="006F5F4B" w:rsidRPr="003D6529" w:rsidRDefault="006F5F4B" w:rsidP="00792F84">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Resultados de corto plazo del proyecto. </w:t>
+              <w:t xml:space="preserve">Resultados de corto plazo </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83" w:rsidRPr="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la feria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de plantearse resultados para cada objetivo específico. Son los productos que se lograrán a corto plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F5F4B" w:rsidRPr="00733B07" w14:paraId="31514423" w14:textId="77777777" w:rsidTr="006F5F4B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4C61745A" w14:textId="27F1E53F" w:rsidR="006F5F4B" w:rsidRPr="00733B07" w:rsidRDefault="006F5F4B" w:rsidP="00792F84">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
@@ -9950,76 +10026,97 @@
           </w:tcPr>
           <w:p w14:paraId="00165D39" w14:textId="77777777" w:rsidR="006F5F4B" w:rsidRPr="006F5F4B" w:rsidRDefault="006F5F4B" w:rsidP="00792F84">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F5F4B" w:rsidRPr="00733B07" w14:paraId="1EB26A09" w14:textId="77777777" w:rsidTr="006F5F4B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6CA2E7" w14:textId="2EF814B5" w:rsidR="006F5F4B" w:rsidRPr="006F5F4B" w:rsidRDefault="006F5F4B" w:rsidP="00792F84">
+          <w:p w14:paraId="6C6CA2E7" w14:textId="3B20E778" w:rsidR="006F5F4B" w:rsidRPr="006F5F4B" w:rsidRDefault="006F5F4B" w:rsidP="00792F84">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicadores de mediano plazo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Son los efectos que se esperan alcanzar del proyecto, es decir, la transformación esperada en la población beneficiada</w:t>
+              <w:t xml:space="preserve">Son los efectos que se esperan alcanzar </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>con</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83" w:rsidRPr="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la feria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, es decir, la transformación esperada en la población beneficiada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4AAF" w:rsidRPr="00733B07" w14:paraId="47A5B709" w14:textId="77777777" w:rsidTr="006F5F4B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2650" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="55001358" w14:textId="56199F74" w:rsidR="005E4AAF" w:rsidRPr="006F5F4B" w:rsidRDefault="005E4AAF" w:rsidP="005E4AAF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
@@ -10221,76 +10318,114 @@
           </w:tcPr>
           <w:p w14:paraId="0E7CD839" w14:textId="77777777" w:rsidR="005E4AAF" w:rsidRPr="006F5F4B" w:rsidRDefault="005E4AAF" w:rsidP="005E4AAF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4AAF" w:rsidRPr="00733B07" w14:paraId="1E276BE5" w14:textId="77777777" w:rsidTr="005E4AAF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="5557A37A" w14:textId="760F8526" w:rsidR="005E4AAF" w:rsidRPr="005E4AAF" w:rsidRDefault="005E4AAF" w:rsidP="005E4AAF">
+          <w:p w14:paraId="5557A37A" w14:textId="60D17737" w:rsidR="005E4AAF" w:rsidRPr="005E4AAF" w:rsidRDefault="005E4AAF" w:rsidP="005E4AAF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Impacto que se desea generar en el proyecto (</w:t>
+              <w:t xml:space="preserve">Impacto que se desea generar </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>con</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83" w:rsidRPr="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la feria </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="es-ES_tradnl"/>
-[...1 lines deleted...]
-              <w:t>Debe de expresar los indicadores de impacto del proyecto)</w:t>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Debe de expresar los indicadores de impacto </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la feria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4AAF" w:rsidRPr="00733B07" w14:paraId="2588D57F" w14:textId="77777777" w:rsidTr="005E4AAF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2650" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="75C1111B" w14:textId="79D6FADA" w:rsidR="005E4AAF" w:rsidRPr="006F5F4B" w:rsidRDefault="005E4AAF" w:rsidP="005E4AAF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
@@ -11872,67 +12007,57 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6529" w:rsidRPr="00731C3E" w14:paraId="7F2C706A" w14:textId="77777777" w:rsidTr="00731C3E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4243" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="448989E3" w14:textId="77777777" w:rsidR="003D6529" w:rsidRPr="00731C3E" w:rsidRDefault="003D6529" w:rsidP="002174E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00731C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> aporte institucional</w:t>
+              <w:t>Total aporte institucional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="757" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B7B95BD" w14:textId="77777777" w:rsidR="003D6529" w:rsidRPr="00731C3E" w:rsidRDefault="003D6529" w:rsidP="002174E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6529" w:rsidRPr="00731C3E" w14:paraId="3E4A075A" w14:textId="77777777" w:rsidTr="00731C3E">
         <w:trPr>
           <w:cantSplit/>
@@ -12095,67 +12220,57 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6529" w:rsidRPr="00731C3E" w14:paraId="75ECF4B8" w14:textId="77777777" w:rsidTr="00731C3E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4243" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DC0F967" w14:textId="1F680AA3" w:rsidR="003D6529" w:rsidRPr="00731C3E" w:rsidRDefault="003D6529" w:rsidP="002174E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00731C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> de</w:t>
+              <w:t>Total de</w:t>
             </w:r>
             <w:r w:rsidR="00E549B8" w:rsidRPr="00731C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> la Feria de Emprendimiento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="757" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2CD4CF" w14:textId="77777777" w:rsidR="003D6529" w:rsidRPr="00731C3E" w:rsidRDefault="003D6529" w:rsidP="002174E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -12917,71 +13032,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="4D9C86DC" w14:textId="4E395965" w:rsidR="0077092C" w:rsidRPr="00733B07" w:rsidRDefault="00243945" w:rsidP="00243945">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Firma y sello del </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">/a </w:t>
+              <w:t xml:space="preserve">Firma y sello del Jefe/a </w:t>
             </w:r>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Departamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4423456C" w14:textId="77777777" w:rsidR="0077092C" w:rsidRPr="00733B07" w:rsidRDefault="0077092C" w:rsidP="0077092C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -13038,69 +13133,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46C83144" w14:textId="4B8CD3DB" w:rsidR="0077092C" w:rsidRPr="00733B07" w:rsidRDefault="00243945" w:rsidP="00792F84">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Decano(a) o </w:t>
-[...17 lines deleted...]
-              <w:t>(a) del Campus Universitario</w:t>
+              <w:t>Decano(a) o Director(a) del Campus Universitario</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0077092C" w:rsidRPr="00733B07" w14:paraId="30693B91" w14:textId="77777777" w:rsidTr="00B753CD">
         <w:trPr>
           <w:trHeight w:val="330"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4D5A7587" w14:textId="77777777" w:rsidR="0077092C" w:rsidRPr="00733B07" w:rsidRDefault="0077092C" w:rsidP="00792F84">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -13199,71 +13276,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="404164A6" w14:textId="28CA602A" w:rsidR="00243945" w:rsidRPr="00733B07" w:rsidRDefault="00243945" w:rsidP="00243945">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Firma y sello del Decano(a) o </w:t>
-[...19 lines deleted...]
-              <w:t>(a)</w:t>
+              <w:t>Firma y sello del Decano(a) o Director(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="08D88ADC" w14:textId="10559804" w:rsidR="009162A8" w:rsidRDefault="009162A8" w:rsidP="00243945">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C531500" w14:textId="77777777" w:rsidR="006F5F4B" w:rsidRPr="00993A12" w:rsidRDefault="006F5F4B" w:rsidP="006F5F4B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -14025,97 +14082,95 @@
         </w:rPr>
         <w:t>úmero</w:t>
       </w:r>
       <w:r w:rsidRPr="00731C3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> de ediciones consecutivas de la feria realizadas (sostenibilidad institucional).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D8B6E2F" w14:textId="09E04457" w:rsidR="00864FE2" w:rsidRDefault="006F5F4B" w:rsidP="00243945">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00731C3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>Porcentaje de aliados externos que repiten participación en cada edición.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:sectPr w:rsidR="00864FE2" w:rsidSect="00A76702">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1985" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78DFDA1B" w14:textId="77777777" w:rsidR="008B66F4" w:rsidRDefault="008B66F4" w:rsidP="007D0977">
+    <w:p w14:paraId="5E1A3CC3" w14:textId="77777777" w:rsidR="00410473" w:rsidRDefault="00410473" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48E33476" w14:textId="77777777" w:rsidR="008B66F4" w:rsidRDefault="008B66F4" w:rsidP="007D0977">
+    <w:p w14:paraId="3DDDE0ED" w14:textId="77777777" w:rsidR="00410473" w:rsidRDefault="00410473" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -14139,80 +14194,78 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25EF75B3" w14:textId="77777777" w:rsidR="004977DD" w:rsidRDefault="004977DD">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-967892670"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="34341158" w14:textId="140C1DF3" w:rsidR="001C0575" w:rsidRDefault="001C0575" w:rsidP="001C0575">
             <w:pPr>
               <w:pStyle w:val="Piedepgina"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Página </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -14346,96 +14399,96 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="107950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34FFE34F" w14:textId="77777777" w:rsidR="004977DD" w:rsidRDefault="004977DD">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DF0BCAB" w14:textId="77777777" w:rsidR="008B66F4" w:rsidRDefault="008B66F4" w:rsidP="007D0977">
+    <w:p w14:paraId="58EA539C" w14:textId="77777777" w:rsidR="00410473" w:rsidRDefault="00410473" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16BF064F" w14:textId="77777777" w:rsidR="008B66F4" w:rsidRDefault="008B66F4" w:rsidP="007D0977">
+    <w:p w14:paraId="135B9972" w14:textId="77777777" w:rsidR="00410473" w:rsidRDefault="00410473" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1178F109" w14:textId="2C1BE242" w:rsidR="00F331A4" w:rsidRDefault="00F331A4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="572FF793" w14:textId="44C3D4AB" w:rsidR="002415AA" w:rsidRDefault="001C0575">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r w:rsidRPr="00EC39EE">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5E5E5E" wp14:editId="3176049E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>146050</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>2431415</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="12646025" cy="4917953"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2035053004" name="Imagen 2035053004" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -14523,228 +14576,158 @@
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00297EAE" w:rsidRDefault="00BE5354" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
-[...25 lines deleted...]
-                          </w:r>
+                          <w:hyperlink r:id="rId2" w:history="1">
+                            <w:r w:rsidRPr="00297EAE">
+                              <w:rPr>
+                                <w:rStyle w:val="Hipervnculo"/>
+                                <w:b/>
+                                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="none"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                            </w:r>
+                          </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="004E2F5D" w:rsidRPr="00297EAE" w:rsidRDefault="004E2F5D" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00297EAE">
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>Tel. 2216-</w:t>
-[...21 lines deleted...]
-                            <w:t xml:space="preserve"> 110576</w:t>
+                            <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyO54EKAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmpMRE2gblIzHl8aBbemdkdOh/cTaQZhsefu7A&#10;K87MR0tsLybTaRJ5dqazq4ocfx7ZnEfACoJqeOTsYK5ifhiZB3dLW1nrzNdLJ8deSYuZxuO7SWI/&#10;93PWy+tePgEAAP//AwBQSwMEFAAGAAgAAAAhAJ0wWOzgAAAADAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNxau6VNUcimqqi4cECiIMHRjZ04Il5btpuGv8c90eNqn2beVNvJDmzU&#10;IfaOEBZzAUxT41RPHcLnx8vsEVhMkpQcHGmEXx1hW9/eVLJU7kzvejykjuUQiqVEMCn5kvPYGG1l&#10;nDuvKf9aF6xM+QwdV0Gec7gd+FKIglvZU24w0utno5ufw8kifFnTq314+27VMO5f293aT8Ej3t9N&#10;uydgSU/pH4aLflaHOjsd3YlUZANCsRHrjCLMFsUG2IUQDyKvOSIsxWoFvK749Yj6DwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALI7ngQoAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ0wWOzgAAAADAEAAA8AAAAAAAAAAAAAAAAAggQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyQXVXDgIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShZduo6WrpUoS0&#10;XKSFD3Acp7GwPcZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbQStyEs5LMBWdz3JKhOHQSHOo6Lev+1cr&#10;SnxgpmEKjKjoWXh6u335YtPbUhTQgWqEIwhifNnbinYh2DLLPO+EZn4GVhh0tuA0C2i6Q9Y41iO6&#10;VlmR52+yHlxjHXDhPd7ej066TfhtK3j43LZeBKIqirWFtLu013HPthtWHhyzneRTGewfqtBMGkx6&#10;gbpngZGjk39BackdeGjDjIPOoG0lF6kH7Gae/9HNY8esSL0gOd5eaPL/D5Z/Oj3aL46E4S0MOMDU&#10;hLcPwL97YmDXMXMQd85B3wnWYOJ5pCzrrS+np5FqX/oIUvcfocEhs2OABDS0TkdWsE+C6DiA84V0&#10;MQTC8bIoVjfrfEkJR998kb9er5YpByufnlvnw3sBmsRDRR1ONcGz04MPsRxWPoXEbB6UbPZSqWS4&#10;Q71TjpwYKmCf1oT+W5gypK/oelksE7KB+D6JQ8uAClVSV3SVxzVqJtLxzjQpJDCpxjNWoszET6Rk&#10;JCcM9YCBkacamjMy5WBUIv4cPHTgflLSowor6n8cmROUqA8G2V7PF4so22QsljcFGu7aU197mOEI&#10;VdFAyXjchST1xIO9w6nsZeLruZKpVlRXonH6CVG+13aKev6v218AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdMFjs4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrulTVHIpqqo&#10;uHBAoiDB0Y2dOCJeW7abhr/HPdHjap9m3lTbyQ5s1CH2jhAWcwFMU+NUTx3C58fL7BFYTJKUHBxp&#10;hF8dYVvf3lSyVO5M73o8pI7lEIqlRDAp+ZLz2BhtZZw7ryn/WhesTPkMHVdBnnO4HfhSiIJb2VNu&#10;MNLrZ6Obn8PJInxZ06t9ePtu1TDuX9vd2k/BI97fTbsnYElP6R+Gi35Whzo7Hd2JVGQDQrER64wi&#10;zBbFBtiFEA8irzkiLMVqBbyu+PWI+g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyQXVX&#10;DgIAAPcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCd&#10;MFjs4AAAAAwBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00297EAE" w:rsidRDefault="00BE5354" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...25 lines deleted...]
-                    </w:r>
+                    <w:hyperlink r:id="rId3" w:history="1">
+                      <w:r w:rsidRPr="00297EAE">
+                        <w:rPr>
+                          <w:rStyle w:val="Hipervnculo"/>
+                          <w:b/>
+                          <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="none"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                      </w:r>
+                    </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="004E2F5D" w:rsidRPr="00297EAE" w:rsidRDefault="004E2F5D" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00297EAE">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Tel. 2216-</w:t>
-[...21 lines deleted...]
-                      <w:t xml:space="preserve"> 110576</w:t>
+                      <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33F4300A" wp14:editId="34EE5EF4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6572250</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-363855</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="244475" cy="1119351"/>
@@ -14783,127 +14766,127 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="7B81C408" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeHwK6mwIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7bzs65BnSJIkWFA&#10;0RZth54VWYoNyKImKXGyt9mz7MVKSY7btcUOw3JQRJH8SH4meX6xbxXZCesa0CUtTnJKhOZQNXpT&#10;0u8Pq09fKHGe6Yop0KKkB+Hoxfzjh/POzMQIalCVsARBtJt1pqS192aWZY7XomXuBIzQqJRgW+ZR&#10;tJussqxD9FZlozz/nHVgK2OBC+fw9TIp6TziSym4v5HSCU9USTE3H08bz3U4s/k5m20sM3XD+zTY&#10;P2TRskZj0AHqknlGtrZ5A9U23IID6U84tBlI2XARa8BqivxVNfc1MyLWguQ4M9Dk/h8sv97dWtJU&#10;JR1TolmLn2hM7pC237/0ZqsgENQZN0O7e3Nre8nhNVS7l7YN/1gH2UdSDwOpYu8Jx8fRZDI5nVLC&#10;UVUUxdl4WgTQ7NnbWOe/CmhJuJTUYvTIJdtdOZ9MjyYhmAPVVKtGqSjYzXqpLNkx/MCry+U4j98U&#10;0f8wUzoYawhuCTG8ZKGyVEu8+YMSwU7pOyGRlJB9zCS2oxjiMM6F9kVS1awSKfw0x19f2+ARK42A&#10;AVli/AG7Bwit/hY7ZdnbB1cRu3lwzv+WWHIePGJk0H5wbhsN9j0AhVX1kZP9kaRETWBpDdUBW8ZC&#10;miVn+KrB73bFnL9lFocHxwwXgr/BQyroSgr9jZIa7M/33oM99jRqKelwGEvqfmyZFZSobxq7/ayY&#10;TML0RmEyPR2hYF9q1i81etsuAduhwNVjeLwGe6+OV2mhfcS9sQhRUcU0x9gl5d4ehaVPSwI3DxeL&#10;RTTDiTXMX+l7wwN4YDX05cP+kVnTN6/Htr+G4+Cy2aseTrbBU8Ni60E2scGfee35xmmPjdNvprBO&#10;XsrR6nl/zp8AAAD//wMAUEsDBBQABgAIAAAAIQCcJgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdECwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4c&#10;cYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCEbXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/e&#10;xHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPiY4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur&#10;5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZiLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAB4fArqbAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzfAAAADQEAAA8AAAAAAAAAAAAAAAAA9QQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="3DD43E2E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1413977721" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1757605202" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId4">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="1252855"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DE8D45A" w14:textId="75828B03" w:rsidR="00F331A4" w:rsidRDefault="00F331A4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="001D0960"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BB6ED06"/>
     <w:lvl w:ilvl="0" w:tplc="9FC01296">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -19938,206 +19921,205 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1542401138">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1168398178">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="610891494">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1398935196">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1045448198">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1850635288">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1756782396">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="506601027">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="417410889">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="308558447">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1665007730">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1640576156">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="571081131">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="634213112">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1495562968">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="690112592">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="341974569">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1763795896">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1339963470">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="858397951">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1303390581">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1639067953">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1945459179">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1901598153">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1027830486">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="35128946">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1293369529">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1811631513">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1717730684">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="2084793033">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1526627893">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="298728508">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="713382644">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="907225054">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="593519497">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1310207536">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1019358459">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="646519029">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1781759402">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="613824553">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1273241862">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1610435233">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="563684575">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="1819103925">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1748454613">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="747574528">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="2102481959">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="1476601518">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D0977"/>
     <w:rsid w:val="000146B3"/>
     <w:rsid w:val="00017EF9"/>
     <w:rsid w:val="00034E16"/>
     <w:rsid w:val="00034EFF"/>
     <w:rsid w:val="00034F74"/>
     <w:rsid w:val="00037C42"/>
@@ -20257,50 +20239,51 @@
     <w:rsid w:val="00353EB9"/>
     <w:rsid w:val="00354368"/>
     <w:rsid w:val="003574CC"/>
     <w:rsid w:val="003608E1"/>
     <w:rsid w:val="003626FA"/>
     <w:rsid w:val="00372421"/>
     <w:rsid w:val="003772A8"/>
     <w:rsid w:val="003816BE"/>
     <w:rsid w:val="00382328"/>
     <w:rsid w:val="003A4A5E"/>
     <w:rsid w:val="003B6783"/>
     <w:rsid w:val="003C4FB0"/>
     <w:rsid w:val="003C6281"/>
     <w:rsid w:val="003D5A19"/>
     <w:rsid w:val="003D6529"/>
     <w:rsid w:val="003D76D3"/>
     <w:rsid w:val="003E0E0A"/>
     <w:rsid w:val="003E2278"/>
     <w:rsid w:val="003E301C"/>
     <w:rsid w:val="003E7ADD"/>
     <w:rsid w:val="003E7E49"/>
     <w:rsid w:val="003F0FD4"/>
     <w:rsid w:val="003F246F"/>
     <w:rsid w:val="004011F5"/>
     <w:rsid w:val="004065F5"/>
+    <w:rsid w:val="00410473"/>
     <w:rsid w:val="00414D49"/>
     <w:rsid w:val="00423676"/>
     <w:rsid w:val="00426CA9"/>
     <w:rsid w:val="0043289A"/>
     <w:rsid w:val="004366F1"/>
     <w:rsid w:val="00436C5E"/>
     <w:rsid w:val="00436F5A"/>
     <w:rsid w:val="00437449"/>
     <w:rsid w:val="00442CC0"/>
     <w:rsid w:val="004507FF"/>
     <w:rsid w:val="00452190"/>
     <w:rsid w:val="00455165"/>
     <w:rsid w:val="00462675"/>
     <w:rsid w:val="00464E8E"/>
     <w:rsid w:val="00472FD3"/>
     <w:rsid w:val="00493795"/>
     <w:rsid w:val="00496C1B"/>
     <w:rsid w:val="004977DD"/>
     <w:rsid w:val="004B4968"/>
     <w:rsid w:val="004B5D65"/>
     <w:rsid w:val="004B6026"/>
     <w:rsid w:val="004C17E8"/>
     <w:rsid w:val="004C4517"/>
     <w:rsid w:val="004C6C0A"/>
     <w:rsid w:val="004D71D2"/>
@@ -20372,50 +20355,51 @@
     <w:rsid w:val="006B7634"/>
     <w:rsid w:val="006C0DE8"/>
     <w:rsid w:val="006D6070"/>
     <w:rsid w:val="006D63BC"/>
     <w:rsid w:val="006E1122"/>
     <w:rsid w:val="006E11CC"/>
     <w:rsid w:val="006F047B"/>
     <w:rsid w:val="006F362A"/>
     <w:rsid w:val="006F3CF6"/>
     <w:rsid w:val="006F3DD9"/>
     <w:rsid w:val="006F5F4B"/>
     <w:rsid w:val="0070333C"/>
     <w:rsid w:val="007065D7"/>
     <w:rsid w:val="007113F8"/>
     <w:rsid w:val="00713CC3"/>
     <w:rsid w:val="00714A60"/>
     <w:rsid w:val="00716978"/>
     <w:rsid w:val="00717C5B"/>
     <w:rsid w:val="0072069C"/>
     <w:rsid w:val="0072085F"/>
     <w:rsid w:val="00721F06"/>
     <w:rsid w:val="007232A7"/>
     <w:rsid w:val="00723E4F"/>
     <w:rsid w:val="00724FA0"/>
     <w:rsid w:val="00725AE0"/>
+    <w:rsid w:val="007279E6"/>
     <w:rsid w:val="00730FF1"/>
     <w:rsid w:val="00731C3E"/>
     <w:rsid w:val="00733B07"/>
     <w:rsid w:val="007415F5"/>
     <w:rsid w:val="00741928"/>
     <w:rsid w:val="00743BDC"/>
     <w:rsid w:val="007461AD"/>
     <w:rsid w:val="007604D2"/>
     <w:rsid w:val="0076256E"/>
     <w:rsid w:val="0076496C"/>
     <w:rsid w:val="0077092C"/>
     <w:rsid w:val="00771428"/>
     <w:rsid w:val="00776D8F"/>
     <w:rsid w:val="00777FB6"/>
     <w:rsid w:val="00780228"/>
     <w:rsid w:val="007812FC"/>
     <w:rsid w:val="00782F5C"/>
     <w:rsid w:val="00785172"/>
     <w:rsid w:val="00796DD5"/>
     <w:rsid w:val="007A4E9F"/>
     <w:rsid w:val="007B226D"/>
     <w:rsid w:val="007B374C"/>
     <w:rsid w:val="007B7860"/>
     <w:rsid w:val="007C3C13"/>
     <w:rsid w:val="007C465C"/>
@@ -20511,50 +20495,51 @@
     <w:rsid w:val="00A02663"/>
     <w:rsid w:val="00A05D5B"/>
     <w:rsid w:val="00A24099"/>
     <w:rsid w:val="00A249BB"/>
     <w:rsid w:val="00A255BB"/>
     <w:rsid w:val="00A306D7"/>
     <w:rsid w:val="00A40838"/>
     <w:rsid w:val="00A41BE4"/>
     <w:rsid w:val="00A43E24"/>
     <w:rsid w:val="00A45E44"/>
     <w:rsid w:val="00A573C0"/>
     <w:rsid w:val="00A57A75"/>
     <w:rsid w:val="00A674A3"/>
     <w:rsid w:val="00A67A2B"/>
     <w:rsid w:val="00A76457"/>
     <w:rsid w:val="00A76702"/>
     <w:rsid w:val="00A76BE6"/>
     <w:rsid w:val="00A827F9"/>
     <w:rsid w:val="00A8678A"/>
     <w:rsid w:val="00A93E80"/>
     <w:rsid w:val="00AA3ADE"/>
     <w:rsid w:val="00AB46B3"/>
     <w:rsid w:val="00AB5EBC"/>
     <w:rsid w:val="00AB6DAF"/>
     <w:rsid w:val="00AC3733"/>
+    <w:rsid w:val="00AD3836"/>
     <w:rsid w:val="00AD4E2A"/>
     <w:rsid w:val="00AD756F"/>
     <w:rsid w:val="00AF64E9"/>
     <w:rsid w:val="00B04C19"/>
     <w:rsid w:val="00B1453A"/>
     <w:rsid w:val="00B16E28"/>
     <w:rsid w:val="00B253D2"/>
     <w:rsid w:val="00B26D0C"/>
     <w:rsid w:val="00B4259D"/>
     <w:rsid w:val="00B5158F"/>
     <w:rsid w:val="00B5256F"/>
     <w:rsid w:val="00B56BB1"/>
     <w:rsid w:val="00B6668B"/>
     <w:rsid w:val="00B72DAC"/>
     <w:rsid w:val="00B753CD"/>
     <w:rsid w:val="00B76B04"/>
     <w:rsid w:val="00B84225"/>
     <w:rsid w:val="00B84AAA"/>
     <w:rsid w:val="00B8636A"/>
     <w:rsid w:val="00B86AF1"/>
     <w:rsid w:val="00BA7CA6"/>
     <w:rsid w:val="00BB155B"/>
     <w:rsid w:val="00BB1615"/>
     <w:rsid w:val="00BB367D"/>
     <w:rsid w:val="00BB36ED"/>
@@ -20622,169 +20607,172 @@
     <w:rsid w:val="00D354E0"/>
     <w:rsid w:val="00D36CEE"/>
     <w:rsid w:val="00D36FA9"/>
     <w:rsid w:val="00D3758A"/>
     <w:rsid w:val="00D4068E"/>
     <w:rsid w:val="00D42520"/>
     <w:rsid w:val="00D4380B"/>
     <w:rsid w:val="00D449AD"/>
     <w:rsid w:val="00D453DA"/>
     <w:rsid w:val="00D662DE"/>
     <w:rsid w:val="00D70B98"/>
     <w:rsid w:val="00D74E4E"/>
     <w:rsid w:val="00D76B67"/>
     <w:rsid w:val="00D80C31"/>
     <w:rsid w:val="00D91D81"/>
     <w:rsid w:val="00D953D7"/>
     <w:rsid w:val="00DA01CE"/>
     <w:rsid w:val="00DA27D7"/>
     <w:rsid w:val="00DA2CF9"/>
     <w:rsid w:val="00DA74C4"/>
     <w:rsid w:val="00DB5FE5"/>
     <w:rsid w:val="00DB7C4E"/>
     <w:rsid w:val="00DC7946"/>
     <w:rsid w:val="00DD4375"/>
     <w:rsid w:val="00DD7447"/>
+    <w:rsid w:val="00DE5D58"/>
     <w:rsid w:val="00DF1685"/>
     <w:rsid w:val="00DF64F0"/>
     <w:rsid w:val="00DF7FC1"/>
     <w:rsid w:val="00E01B4B"/>
     <w:rsid w:val="00E1127E"/>
     <w:rsid w:val="00E124D1"/>
     <w:rsid w:val="00E1608E"/>
     <w:rsid w:val="00E16917"/>
     <w:rsid w:val="00E17676"/>
     <w:rsid w:val="00E23438"/>
     <w:rsid w:val="00E25CF6"/>
     <w:rsid w:val="00E35044"/>
     <w:rsid w:val="00E419B4"/>
     <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F7D"/>
     <w:rsid w:val="00E542E4"/>
     <w:rsid w:val="00E549B8"/>
     <w:rsid w:val="00E56AD9"/>
     <w:rsid w:val="00E77BDF"/>
     <w:rsid w:val="00E808E8"/>
     <w:rsid w:val="00E81AFD"/>
     <w:rsid w:val="00E82217"/>
     <w:rsid w:val="00E84B85"/>
     <w:rsid w:val="00E92C74"/>
     <w:rsid w:val="00EA1FB7"/>
     <w:rsid w:val="00EA3D15"/>
     <w:rsid w:val="00EA6D4A"/>
     <w:rsid w:val="00EA6F47"/>
     <w:rsid w:val="00EA7174"/>
     <w:rsid w:val="00EB00B0"/>
     <w:rsid w:val="00EB4DD4"/>
     <w:rsid w:val="00EB5DA1"/>
     <w:rsid w:val="00EB7E72"/>
     <w:rsid w:val="00EC4C8E"/>
     <w:rsid w:val="00EC5B9A"/>
     <w:rsid w:val="00ED09D0"/>
     <w:rsid w:val="00ED16BE"/>
+    <w:rsid w:val="00ED4952"/>
     <w:rsid w:val="00ED58F6"/>
     <w:rsid w:val="00EF078C"/>
     <w:rsid w:val="00F009E9"/>
     <w:rsid w:val="00F04313"/>
     <w:rsid w:val="00F071C7"/>
     <w:rsid w:val="00F1193F"/>
     <w:rsid w:val="00F16F6C"/>
     <w:rsid w:val="00F24537"/>
     <w:rsid w:val="00F331A4"/>
     <w:rsid w:val="00F347A0"/>
     <w:rsid w:val="00F44BCA"/>
     <w:rsid w:val="00F53B1A"/>
     <w:rsid w:val="00F6633B"/>
     <w:rsid w:val="00F7166E"/>
+    <w:rsid w:val="00F71F83"/>
     <w:rsid w:val="00F85D1A"/>
     <w:rsid w:val="00F93450"/>
     <w:rsid w:val="00F96E51"/>
     <w:rsid w:val="00FA1E7F"/>
     <w:rsid w:val="00FA4841"/>
     <w:rsid w:val="00FA533A"/>
     <w:rsid w:val="00FA5A92"/>
     <w:rsid w:val="00FA61D8"/>
     <w:rsid w:val="00FA74A5"/>
     <w:rsid w:val="00FB019A"/>
     <w:rsid w:val="00FB0B3E"/>
     <w:rsid w:val="00FB2BE7"/>
     <w:rsid w:val="00FB2F82"/>
     <w:rsid w:val="00FB312C"/>
     <w:rsid w:val="00FB5375"/>
     <w:rsid w:val="00FD02A7"/>
     <w:rsid w:val="00FD63E6"/>
     <w:rsid w:val="00FF15E3"/>
     <w:rsid w:val="00FF2DB4"/>
     <w:rsid w:val="00FF41C8"/>
     <w:rsid w:val="00FF7996"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-HN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31F908B3"/>
   <w15:docId w15:val="{DB799133-D13C-4F0C-92E3-75EBF7C2E7F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-HN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21116,50 +21104,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00733B07"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="es-HN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002E7836"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
@@ -21434,51 +21423,51 @@
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="es-HN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Referenciaintensa">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="0077092C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="622423" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="73405611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="639069773">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -22085,51 +22074,51 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22382,79 +22371,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F500D45-30BE-4593-A93E-C08D9F1BA748}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E74E8503-465F-4832-8D14-C3CBC306056A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7226</Characters>
+  <Pages>6</Pages>
+  <Words>1305</Words>
+  <Characters>7178</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8522</CharactersWithSpaces>
+  <CharactersWithSpaces>8467</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>T S E</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>