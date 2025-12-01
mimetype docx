--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -5468,51 +5468,50 @@
       </w:tr>
       <w:tr w:rsidR="00733B07" w:rsidRPr="00733B07" w14:paraId="6F41C738" w14:textId="77777777" w:rsidTr="009E353B">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56DACCDC" w14:textId="77777777" w:rsidR="00733B07" w:rsidRPr="00733B07" w:rsidRDefault="00733B07" w:rsidP="00733B07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk210636523"/>
-            <w:bookmarkStart w:id="2" w:name="_GoBack" w:colFirst="2" w:colLast="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22F1E825" w14:textId="77777777" w:rsidR="00733B07" w:rsidRPr="00733B07" w:rsidRDefault="00733B07" w:rsidP="00733B07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -5621,51 +5620,50 @@
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Asistentes técnicos laboratorios / Instructores</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
       <w:tr w:rsidR="00733B07" w:rsidRPr="00733B07" w14:paraId="755E2505" w14:textId="77777777" w:rsidTr="009E353B">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4984AC8C" w14:textId="77777777" w:rsidR="00733B07" w:rsidRPr="00733B07" w:rsidRDefault="00733B07" w:rsidP="00733B07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -7392,82 +7390,82 @@
             </w:r>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Breve descripción de la necesidad de realizar el seguimiento a graduados y su importancia para la mejora institucional</w:t>
             </w:r>
             <w:r w:rsidR="0077092C" w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="008C31BB" w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="_Hlk179896423"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk179896423"/>
             <w:r w:rsidR="00084883" w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Escriba entre </w:t>
             </w:r>
             <w:r w:rsidR="008C31BB" w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">150 </w:t>
             </w:r>
             <w:r w:rsidR="00084883" w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidR="008C31BB" w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 250 palabras</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0077092C" w:rsidRPr="00733B07" w14:paraId="5D5C8D8A" w14:textId="77777777" w:rsidTr="0097354F">
         <w:trPr>
           <w:trHeight w:val="1171"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="622916CC" w14:textId="4C6D19E3" w:rsidR="0077092C" w:rsidRPr="00733B07" w:rsidRDefault="0077092C" w:rsidP="00792F84">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0077092C" w:rsidRPr="00733B07" w14:paraId="6EAE5A57" w14:textId="77777777" w:rsidTr="0097354F">
         <w:trPr>
@@ -9245,88 +9243,63 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E4E98BA" w14:textId="39EB22F8" w:rsidR="00D15742" w:rsidRPr="00733B07" w:rsidRDefault="00D15742" w:rsidP="00D15742">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B8F1384" w14:textId="77777777" w:rsidR="00E3723E" w:rsidRDefault="00E3723E" w:rsidP="00E3723E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="6BC13E3C" w14:textId="77777777" w:rsidR="00E3723E" w:rsidRPr="00996718" w:rsidRDefault="00E3723E" w:rsidP="00996718">
+      <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...24 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="3C3B1163" w14:textId="77777777" w:rsidR="00E3723E" w:rsidRDefault="00E3723E" w:rsidP="00E3723E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2262C846" w14:textId="4049D577" w:rsidR="003D6529" w:rsidRDefault="003D6529" w:rsidP="008A5F96">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
@@ -12130,61 +12103,61 @@
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Satisfacción con los graduados de la UNAH</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00864FE2" w:rsidRPr="00864FE2" w:rsidSect="00A76702">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1985" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E080D73" w14:textId="77777777" w:rsidR="00845E20" w:rsidRDefault="00845E20" w:rsidP="007D0977">
+    <w:p w14:paraId="567547D4" w14:textId="77777777" w:rsidR="002A2C67" w:rsidRDefault="002A2C67" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C9E5E8E" w14:textId="77777777" w:rsidR="00845E20" w:rsidRDefault="00845E20" w:rsidP="007D0977">
+    <w:p w14:paraId="095413E0" w14:textId="77777777" w:rsidR="002A2C67" w:rsidRDefault="002A2C67" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -12440,75 +12413,75 @@
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="34FFE34F" w14:textId="77777777" w:rsidR="004977DD" w:rsidRDefault="004977DD">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FB2CB2D" w14:textId="77777777" w:rsidR="00845E20" w:rsidRDefault="00845E20" w:rsidP="007D0977">
+    <w:p w14:paraId="1B363DE2" w14:textId="77777777" w:rsidR="002A2C67" w:rsidRDefault="002A2C67" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F3C9E0D" w14:textId="77777777" w:rsidR="00845E20" w:rsidRDefault="00845E20" w:rsidP="007D0977">
+    <w:p w14:paraId="52603859" w14:textId="77777777" w:rsidR="002A2C67" w:rsidRDefault="002A2C67" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00845E20">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="002A2C67">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -12896,51 +12869,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:rect w14:anchorId="7B81C408" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeHwK6mwIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7bzs65BnSJIkWFA&#10;0RZth54VWYoNyKImKXGyt9mz7MVKSY7btcUOw3JQRJH8SH4meX6xbxXZCesa0CUtTnJKhOZQNXpT&#10;0u8Pq09fKHGe6Yop0KKkB+Hoxfzjh/POzMQIalCVsARBtJt1pqS192aWZY7XomXuBIzQqJRgW+ZR&#10;tJussqxD9FZlozz/nHVgK2OBC+fw9TIp6TziSym4v5HSCU9USTE3H08bz3U4s/k5m20sM3XD+zTY&#10;P2TRskZj0AHqknlGtrZ5A9U23IID6U84tBlI2XARa8BqivxVNfc1MyLWguQ4M9Dk/h8sv97dWtJU&#10;JR1TolmLn2hM7pC237/0ZqsgENQZN0O7e3Nre8nhNVS7l7YN/1gH2UdSDwOpYu8Jx8fRZDI5nVLC&#10;UVUUxdl4WgTQ7NnbWOe/CmhJuJTUYvTIJdtdOZ9MjyYhmAPVVKtGqSjYzXqpLNkx/MCry+U4j98U&#10;0f8wUzoYawhuCTG8ZKGyVEu8+YMSwU7pOyGRlJB9zCS2oxjiMM6F9kVS1awSKfw0x19f2+ARK42A&#10;AVli/AG7Bwit/hY7ZdnbB1cRu3lwzv+WWHIePGJk0H5wbhsN9j0AhVX1kZP9kaRETWBpDdUBW8ZC&#10;miVn+KrB73bFnL9lFocHxwwXgr/BQyroSgr9jZIa7M/33oM99jRqKelwGEvqfmyZFZSobxq7/ayY&#10;TML0RmEyPR2hYF9q1i81etsuAduhwNVjeLwGe6+OV2mhfcS9sQhRUcU0x9gl5d4ehaVPSwI3DxeL&#10;RTTDiTXMX+l7wwN4YDX05cP+kVnTN6/Htr+G4+Cy2aseTrbBU8Ni60E2scGfee35xmmPjdNvprBO&#10;XsrR6nl/zp8AAAD//wMAUEsDBBQABgAIAAAAIQCcJgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdECwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4c&#10;cYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCEbXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/e&#10;xHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPiY4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur&#10;5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZiLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAB4fArqbAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzfAAAADQEAAA8AAAAAAAAAAAAAAAAA9QQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="3DD43E2E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1413977721" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -12963,51 +12936,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="1252855"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00845E20">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="002A2C67">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -16652,50 +16625,51 @@
     <w:rsid w:val="001E1DD6"/>
     <w:rsid w:val="001F0E27"/>
     <w:rsid w:val="002000C1"/>
     <w:rsid w:val="00202324"/>
     <w:rsid w:val="00207A49"/>
     <w:rsid w:val="00215A89"/>
     <w:rsid w:val="002353A1"/>
     <w:rsid w:val="002367E1"/>
     <w:rsid w:val="002415AA"/>
     <w:rsid w:val="00243945"/>
     <w:rsid w:val="00246317"/>
     <w:rsid w:val="00253311"/>
     <w:rsid w:val="002555DD"/>
     <w:rsid w:val="00265C88"/>
     <w:rsid w:val="00267D3F"/>
     <w:rsid w:val="00271141"/>
     <w:rsid w:val="0027278A"/>
     <w:rsid w:val="00272A20"/>
     <w:rsid w:val="00273489"/>
     <w:rsid w:val="00287242"/>
     <w:rsid w:val="00287DAE"/>
     <w:rsid w:val="00292B58"/>
     <w:rsid w:val="0029360A"/>
     <w:rsid w:val="00294312"/>
     <w:rsid w:val="00297EAE"/>
+    <w:rsid w:val="002A2C67"/>
     <w:rsid w:val="002B0FAD"/>
     <w:rsid w:val="002B4DE3"/>
     <w:rsid w:val="002C08CA"/>
     <w:rsid w:val="002C38DF"/>
     <w:rsid w:val="002C4087"/>
     <w:rsid w:val="002C4955"/>
     <w:rsid w:val="002D2BD0"/>
     <w:rsid w:val="002E1224"/>
     <w:rsid w:val="002E1479"/>
     <w:rsid w:val="002E4CF2"/>
     <w:rsid w:val="002E5B74"/>
     <w:rsid w:val="002E7836"/>
     <w:rsid w:val="002F4A03"/>
     <w:rsid w:val="00303419"/>
     <w:rsid w:val="00311191"/>
     <w:rsid w:val="00317916"/>
     <w:rsid w:val="00317B32"/>
     <w:rsid w:val="00324315"/>
     <w:rsid w:val="00324DFE"/>
     <w:rsid w:val="00325F07"/>
     <w:rsid w:val="003265A4"/>
     <w:rsid w:val="00330151"/>
     <w:rsid w:val="00331F09"/>
     <w:rsid w:val="003437CF"/>
     <w:rsid w:val="003440CE"/>
@@ -16911,50 +16885,51 @@
     <w:rsid w:val="008E0599"/>
     <w:rsid w:val="008E0D6C"/>
     <w:rsid w:val="008E13F3"/>
     <w:rsid w:val="008E65E9"/>
     <w:rsid w:val="008F07A3"/>
     <w:rsid w:val="008F2869"/>
     <w:rsid w:val="008F502B"/>
     <w:rsid w:val="00903838"/>
     <w:rsid w:val="009162A8"/>
     <w:rsid w:val="00920B67"/>
     <w:rsid w:val="0092274F"/>
     <w:rsid w:val="00931015"/>
     <w:rsid w:val="009313D4"/>
     <w:rsid w:val="00932E7A"/>
     <w:rsid w:val="00937725"/>
     <w:rsid w:val="00940B6A"/>
     <w:rsid w:val="00947945"/>
     <w:rsid w:val="0095213D"/>
     <w:rsid w:val="00957D05"/>
     <w:rsid w:val="009672BE"/>
     <w:rsid w:val="009716D4"/>
     <w:rsid w:val="0097354F"/>
     <w:rsid w:val="009807A1"/>
     <w:rsid w:val="00980877"/>
     <w:rsid w:val="00981034"/>
+    <w:rsid w:val="00996718"/>
     <w:rsid w:val="009A76AD"/>
     <w:rsid w:val="009B64F4"/>
     <w:rsid w:val="009C0C0D"/>
     <w:rsid w:val="009C0DEB"/>
     <w:rsid w:val="009D3827"/>
     <w:rsid w:val="009D4FDD"/>
     <w:rsid w:val="009E0A6F"/>
     <w:rsid w:val="009E1209"/>
     <w:rsid w:val="009E353B"/>
     <w:rsid w:val="009F61FB"/>
     <w:rsid w:val="00A00086"/>
     <w:rsid w:val="00A00300"/>
     <w:rsid w:val="00A0057C"/>
     <w:rsid w:val="00A00B76"/>
     <w:rsid w:val="00A00F1D"/>
     <w:rsid w:val="00A02663"/>
     <w:rsid w:val="00A05D5B"/>
     <w:rsid w:val="00A24099"/>
     <w:rsid w:val="00A249BB"/>
     <w:rsid w:val="00A255BB"/>
     <w:rsid w:val="00A306D7"/>
     <w:rsid w:val="00A40838"/>
     <w:rsid w:val="00A41BE4"/>
     <w:rsid w:val="00A43E24"/>
     <w:rsid w:val="00A45E44"/>
@@ -18833,79 +18808,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B292A103-7E51-4A9C-A80D-8FE76D72ED3E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12CE30C3-E5F6-4349-AEB7-7DF95EA2F62E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
+  <Pages>1</Pages>
   <Words>924</Words>
-  <Characters>5084</Characters>
+  <Characters>5082</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5997</CharactersWithSpaces>
+  <CharactersWithSpaces>5995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>T S E</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>