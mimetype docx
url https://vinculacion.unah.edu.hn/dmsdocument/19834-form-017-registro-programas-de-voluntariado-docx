--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -76,51 +76,51 @@
                           <a:off x="0" y="0"/>
                           <a:ext cx="635000" cy="635000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                         <a:prstTxWarp prst="textPlain">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
               <v:shapetype w14:anchorId="0D798E5C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="WordArt 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:50pt;height:50pt;z-index:251659264;visibility:hidden;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6e2XkpQEAAEEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X+x0WDEYcYpuxXbp&#10;F9AUPSuyFBuzRI1UYuffl5KddOhuwy6EJFKP7/FxdTW6XhwMUge+lstFKYXxGprO72r5vPnx6asU&#10;FJVvVA/e1PJoSF6tP35YDaEyF9BC3xgUDOKpGkIt2xhDVRSkW+MULSAYz0kL6FTkK+6KBtXA6K4v&#10;LsryshgAm4CgDRG/3kxJuc741hodH6wlE0VfS+YWc8QctykW65WqdqhC2+mZhvoHFk51npueoW5U&#10;VGKP3V9QrtMIBDYuNLgCrO20yRpYzbJ8p+apVcFkLTwcCucx0f+D1feHp/CIIo7fYGQDswgKt6B/&#10;Ec+mGAJVc02aKVWUqrfDHTTsptpHyD9Giy7JZ0GCYXjSx/N0zRiF5sfLz1/KkjOaU/M5dVDV6XNA&#10;ij8NOJEOtUQ2L4Orwy3FqfRUMjNLZCZaW2iOTGxgJ2tJv/cKjRR+774DG7+UwiK4F16Va2TkSWXC&#10;2owvCsPcMDLTx/7k5LuuU2XS6OGaZdsuU0ojmXrPlNinLGreqbQIf95z1dvmr18BAAD//wMAUEsD&#10;BBQABgAIAAAAIQCpoXml1wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/RSsNAEHwX/IdjBd/s&#10;XX0IbZpLKRHfLGLtB1xzaxLM7YXspY1/71YEfRl2GGZ2ptjOoVdnHLmLZGG5MKCQ6ug7aiwc358f&#10;VqA4OfKuj4QWvpBhW97eFC738UJveD6kRkkIce4stCkNudZctxgcL+KAJNpHHINLQsdG+9FdJDz0&#10;+tGYTAfXkXxo3YBVi/XnYQoW9q/9+phVmlK2NhPzflU1L2zt/d38tBHYbUAlnNOfA64bpD+UUuwU&#10;J/KseguyJv3gVTNG6On30GWh/08ovwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC6e2Xk&#10;pQEAAEEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCp&#10;oXml1wAAAAoBAAAPAAAAAAAAAAAAAAAAAP8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D11D2A4" w14:textId="059B1829" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00C929BD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3034,82 +3034,92 @@
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0025194B" w14:paraId="2617B3E4" w14:textId="77777777" w:rsidTr="009856C9">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26730872" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="009E2490">
+          <w:p w14:paraId="26730872" w14:textId="4A44EA34" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="009E2490">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077185F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sitio de ejecución del proyecto</w:t>
+              <w:t>Sitio de ejecución del pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0025194B" w14:paraId="646B063B" w14:textId="77777777" w:rsidTr="009856C9">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="765CE753" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -3701,73 +3711,91 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="1084"/>
         <w:gridCol w:w="1338"/>
         <w:gridCol w:w="1353"/>
         <w:gridCol w:w="620"/>
         <w:gridCol w:w="1681"/>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="1982"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C929BD" w14:paraId="0FEA6A78" w14:textId="77777777" w:rsidTr="009856C9">
         <w:trPr>
           <w:trHeight w:val="189"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48918435" w14:textId="6C1C4202" w:rsidR="00C929BD" w:rsidRPr="005E7DF6" w:rsidRDefault="00C929BD" w:rsidP="005E7DF6">
+          <w:p w14:paraId="48918435" w14:textId="1F52946B" w:rsidR="00C929BD" w:rsidRPr="005E7DF6" w:rsidRDefault="00C929BD" w:rsidP="005E7DF6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Coordinador/a del Proyecto:</w:t>
+              <w:t>Coordinador/a del Pr</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ograma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E7DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3311" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1189B38F" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRPr="0070719F" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -10016,96 +10044,120 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="264F3C65" w14:textId="77777777" w:rsidR="002A08BC" w:rsidRDefault="002A08BC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C8CBC84" w14:textId="1A0D5B5F" w:rsidR="00214DDC" w:rsidRPr="00DB084E" w:rsidRDefault="00214DDC" w:rsidP="009E2490">
+    <w:p w14:paraId="2C8CBC84" w14:textId="70D51701" w:rsidR="00214DDC" w:rsidRPr="00DB084E" w:rsidRDefault="00214DDC" w:rsidP="009E2490">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A08BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>INFORMACIÓN</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB084E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DE LA ENTIDAD CONTRAPARTE DEL PROYECTO </w:t>
+        <w:t xml:space="preserve"> DE LA ENTIDAD CONTRAPARTE DEL PRO</w:t>
+      </w:r>
+      <w:r w:rsidR="00160877">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GRAMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB084E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5163" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="1012"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="769"/>
@@ -10775,78 +10827,78 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00214DDC" w:rsidRPr="00A8013C" w14:paraId="2D0DA7CA" w14:textId="77777777" w:rsidTr="005E7DF6">
         <w:trPr>
           <w:trHeight w:val="560"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21D1F435" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="005E7DF6" w:rsidRDefault="00214DDC" w:rsidP="005E7DF6">
+          <w:p w14:paraId="21D1F435" w14:textId="7EBFE71F" w:rsidR="00214DDC" w:rsidRPr="005E7DF6" w:rsidRDefault="00214DDC" w:rsidP="005E7DF6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7DF6">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Cargo del contacto del proyecto</w:t>
+              <w:t xml:space="preserve">Cargo del contacto </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1583" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E9251CD" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00A8013C" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -11185,52 +11237,63 @@
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7DF6">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:t xml:space="preserve">Breve descripción de los </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E7DF6">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Breve descripción de los compromisos asumidos por la contraparte</w:t>
+              <w:t>compromisos asumidos por la contraparte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08C39150" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00A8013C" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -11313,97 +11376,133 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="996"/>
         <w:gridCol w:w="3822"/>
         <w:gridCol w:w="286"/>
         <w:gridCol w:w="4818"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="59FA64C1" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="018B59A3" w14:textId="68BAC5D2" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="018B59A3" w14:textId="3899FB27" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>DESCRIPCIÓN DEL PRO</w:t>
             </w:r>
             <w:r w:rsidR="00C06DEE" w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>GRAMA</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Explicar brevemente en qué consiste el proyecto, los antecedentes que dieron su origen y la importancia que tiene para los objetivos estratégicos de la UNAH. Este proyecto es de </w:t>
+              <w:t>(Explicar brevemente en qué consiste el pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, los antecedentes que dieron su origen y la importancia que tiene para los objetivos estratégicos de la UNAH. Este pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> es de </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>carácter )</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="73AC6B14" w14:textId="77777777" w:rsidTr="001254D7">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="75F83633" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
@@ -11429,80 +11528,98 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="164BC40A" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="0047225E" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="3EC91A24" w14:textId="77777777" w:rsidTr="0070719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="3894C7FD" w14:textId="17ECA5D9" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="3894C7FD" w14:textId="7ACDEE50" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">DESCRIPCIÓN DE LAS PARTICIPANTES </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Descripción breve de las unidades académicas participantes y su alineamiento con la estrategia de vinculación de la unidad. También se realizará una breve descripción de las contrapartes participantes, a qué se dedican y cómo se alinea el proyecto a los planes </w:t>
+              <w:t xml:space="preserve">(Descripción breve de las unidades académicas participantes y su alineamiento con la estrategia de vinculación de la unidad. También se realizará una breve descripción de las contrapartes participantes, a qué se dedican y cómo se alinea el </w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">programa </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a los planes </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>estratégicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="3E977085" w14:textId="77777777" w:rsidTr="001254D7">
         <w:trPr>
           <w:trHeight w:val="1585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="43FC99C4" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11542,84 +11659,93 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73CDF0AF" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="570B9F26" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="52C47D66" w14:textId="73D1E026" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="52C47D66" w14:textId="304C7F85" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk210649800"/>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">DEFINICIÓN DEL PROBLEMA. </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados del proyecto</w:t>
+              <w:t>Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados del pro</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="64A2DD7C" w14:textId="77777777" w:rsidTr="001254D7">
         <w:trPr>
           <w:trHeight w:val="1757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="73E560A0" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41B8C293" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
@@ -11647,97 +11773,115 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07D87BBE" w14:textId="77777777" w:rsidR="00C06DEE" w:rsidRDefault="00C06DEE" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="680D632F" w14:textId="77777777" w:rsidR="00C06DEE" w:rsidRPr="00A8013C" w:rsidRDefault="00C06DEE" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="476BA94E" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="5717CEF6" w14:textId="20474966" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="5717CEF6" w14:textId="1129F48F" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVO GENERAL </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(El objetivo debe estar basado en la población participante del proyecto)</w:t>
+              <w:t>(El objetivo debe estar basado en la población participante del pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00C50482">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="23AE6558" w14:textId="77777777" w:rsidTr="001254D7">
         <w:trPr>
           <w:trHeight w:val="1276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="084AEB6F" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11753,200 +11897,292 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7510E1AB" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00E278CF" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="6BFD5C57" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="74729CFC" w14:textId="7DB8C562" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="74729CFC" w14:textId="310AE8AF" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVOS ESPECÍFICOS </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en el proyecto)</w:t>
+              <w:t>(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en el pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="367C25C8" w14:textId="77777777" w:rsidTr="001254D7">
         <w:trPr>
           <w:trHeight w:val="1198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="71CC6BEA" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4A54E904" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="350DB190" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAA7314" w14:textId="1C538584" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="5BAA7314" w14:textId="7BF35D8E" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:t>RESULTADOS DEL PRO</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>GRAMA</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA126D" w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>RESULTADOS DEL PROYECTO</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>Sirven para evaluar en qué medida y calidad se lograron los objetivos del p</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">rograma. </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos del proyecto. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el proyecto, 2) los de mediano plazo: que son los efectos que alcanzará el proyecto y 3) los de largo plazo: resultados de impacto.</w:t>
+              <w:t>Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2) los de mediano plazo: que son los efectos que alcanzará el </w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>programa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y 3) los de largo plazo: resultados de impacto.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="65F69198" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="6961BF58" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="009E2490">
+          <w:p w14:paraId="6961BF58" w14:textId="5387BA3B" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="009E2490">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resultados de corto plazo del proyecto. </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Resultados de corto plazo del pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de plantearse resultados para cada objetivo específico. Son los productos que se lograrán a corto plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="24277EDF" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3F3C735F" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -12230,79 +12466,93 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="47024B6E" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="0AF765E9" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="35AEB8E1" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="000D1C53" w:rsidRDefault="00BD65B4" w:rsidP="009E2490">
+          <w:p w14:paraId="35AEB8E1" w14:textId="498948AF" w:rsidR="00BD65B4" w:rsidRPr="000D1C53" w:rsidRDefault="00BD65B4" w:rsidP="009E2490">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicadores de mediano plazo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Son los efectos que se esperan alcanzar del proyecto, es decir, la transformación esperada en la población beneficiada </w:t>
+              <w:t>Son los efectos que se esperan alcanzar del pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, es decir, la transformación esperada en la población beneficiada </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="2ADE918F" w14:textId="77777777" w:rsidTr="0070719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2428" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="500D4AC6" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00E32A8B" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -12430,79 +12680,119 @@
           <w:tcPr>
             <w:tcW w:w="2572" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="19455167" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00E32A8B" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="0478781D" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="13E99EA9" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="009E2490">
+          <w:p w14:paraId="13E99EA9" w14:textId="52AFD103" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="009E2490">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Impacto que se desea generar en el proyecto (</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Impacto que se desea generar en el </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Debe de expresar los indicadores de impacto del proyecto)</w:t>
+              <w:t>pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Debe de expresar los indicadores de impacto del pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="2019925F" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2428" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1CA4A54A" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12635,83 +12925,97 @@
           <w:tcPr>
             <w:tcW w:w="2572" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0F1DA1D7" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00D43824" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="6652F439" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="048D95C0" w14:textId="6C6C9995" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="048D95C0" w14:textId="41E7C4AB" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk210649878"/>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVOS DE DESARROLLO SOSTENIBLE (ODS) A LOS QUE SE CONTRIBUYE: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Indicar el o los ODS a los que pretende contribuir el proyecto y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="46B69A86" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00DC2F22" w:rsidP="00BD65B4">
+              <w:t>Indicar el o los ODS a los que pretende contribuir el p</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>rograma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B69A86" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00CB78EE" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00BD65B4" w:rsidRPr="002676AF">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="FFFF00"/>
                 </w:rPr>
                 <w:t>Objetivos y metas de desarrollo sostenible - Desarrollo Sostenible</w:t>
               </w:r>
             </w:hyperlink>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="4238EB87" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
@@ -12863,80 +13167,112 @@
           <w:tcPr>
             <w:tcW w:w="2572" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="44312004" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00E32A8B" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="03D899EF" w14:textId="77777777" w:rsidTr="0070719F">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="1C33A1F3" w14:textId="24FC325C" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="1C33A1F3" w14:textId="5DD537AD" w:rsidR="00BD65B4" w:rsidRPr="00FB1AE1" w:rsidRDefault="00BD65B4" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">ALINEAMIENTO CON LO ESENCIAL DE LA REFORMA DE LA UNAH </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de este proyecto, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en este proyecto. </w:t>
+              <w:t>(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de este pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en este pr</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>ograma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="171A9724" w14:textId="77777777" w:rsidTr="001254D7">
         <w:trPr>
           <w:trHeight w:val="1245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="27961136" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="431EFE9D" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00753927" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
@@ -14769,69 +15105,89 @@
           <w:p w14:paraId="1F7AD3CB" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C929BD" w14:paraId="406AD761" w14:textId="77777777" w:rsidTr="007A4025">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8041" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D26768" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="32D26768" w14:textId="479B6B96" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Total del proyecto</w:t>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del pr</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ograma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CD5C81D" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5CFE6E35" w14:textId="77777777" w:rsidR="00DC4E0D" w:rsidRDefault="00DC4E0D" w:rsidP="009E2490">
       <w:pPr>
@@ -15316,149 +15672,189 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7911B5DA" w14:textId="77777777" w:rsidR="00DC4E0D" w:rsidRDefault="00DC4E0D" w:rsidP="00FC5510">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="565DE6BF" w14:textId="11BC090B" w:rsidR="00DC4E0D" w:rsidRPr="000071F8" w:rsidRDefault="00C929BD" w:rsidP="009E2490">
+    <w:p w14:paraId="565DE6BF" w14:textId="7547A259" w:rsidR="00DC4E0D" w:rsidRPr="000071F8" w:rsidRDefault="00C929BD" w:rsidP="009E2490">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00035C0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CRONOGRAMA DE LAS ACTIVIDADES DEL PROYECTO</w:t>
+        <w:t>CRONOGRAMA DE LAS ACTIVIDADES DEL PRO</w:t>
+      </w:r>
+      <w:r w:rsidR="00160877">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GRAMA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C929BD" w14:paraId="75EC2B9E" w14:textId="77777777" w:rsidTr="007A4025">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="284B9051" w14:textId="5071F8E4" w:rsidR="00C929BD" w:rsidRPr="00FB1AE1" w:rsidRDefault="00C929BD" w:rsidP="00FB1AE1">
+          <w:p w14:paraId="284B9051" w14:textId="6C592C60" w:rsidR="00C929BD" w:rsidRPr="00FB1AE1" w:rsidRDefault="00C929BD" w:rsidP="00FB1AE1">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Descripción de actividades del proyecto </w:t>
+              <w:t>Descripción de actividades del pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>grama</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB1AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t>(Descripción de todas las actividades enmarcadas en el proyecto, las cuales pueden ser, entre otras, la negociación inicial, la organización de los equipos de trabajo, la planificación, el desarrollo de actividades de capacitación y fortalecimiento, presentación de informe intermedio o parciales, presentación del informe final, proceso de evaluación, proceso de sistematización, publicación de artículo, otras acciones de divulgación)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>(Descripción de todas las actividades enmarcadas en el pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>grama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>, las cuales pueden ser, entre otras, la negociación inicial, la organización de los equipos de trabajo, la planificación, el desarrollo de actividades de capacitación y fortalecimiento, presentación de informe intermedio o parciales, presentación del informe final, proceso de evaluación, proceso de sistematización, publicación de artículo, otras acciones de divulgación)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C929BD" w14:paraId="71A4B26E" w14:textId="77777777" w:rsidTr="007A4025">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00525572" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -15898,88 +16294,109 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3246"/>
         <w:gridCol w:w="3412"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C929BD" w14:paraId="02F4DC15" w14:textId="77777777" w:rsidTr="00035C0B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3246" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="5D157C2D" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="5D157C2D" w14:textId="6EF51E37" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Coordinador del proyecto por la UNAH</w:t>
+              <w:t>Coordinador del pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">grama </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>por la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="1C49A743" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="1C49A743" w14:textId="789FD0FF" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Jefe de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t>Jefe de la Unidad Académica que lidera el pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>grama</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="50A271CE" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Representante de la contraparte</w:t>
             </w:r>
           </w:p>
@@ -16080,84 +16497,110 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D540742" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C929BD" w14:paraId="702B062E" w14:textId="77777777" w:rsidTr="00035C0B">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3246" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF14572" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="6EF14572" w14:textId="548EE9DE" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Firma del profesor/a responsable del proyecto</w:t>
+              <w:t>Firma del profesor/a responsable del pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>grama</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="39020BB8" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="39020BB8" w14:textId="6BF6367F" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Firma del Jefe/a de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t xml:space="preserve">Firma del </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Jefe</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/a de la Unidad Académica que lidera el </w:t>
+            </w:r>
+            <w:r w:rsidR="00160877">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>programa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="1E885B80" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Firma de la o el representante de la contraparte y sello </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -16734,61 +17177,61 @@
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39570C5F" w14:textId="77777777" w:rsidR="00D20C3F" w:rsidRPr="00C929BD" w:rsidRDefault="00D20C3F" w:rsidP="00C929BD"/>
     <w:sectPr w:rsidR="00D20C3F" w:rsidRPr="00C929BD" w:rsidSect="007461AD">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2268" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="049480B3" w14:textId="77777777" w:rsidR="00DC2F22" w:rsidRDefault="00DC2F22" w:rsidP="007D0977">
+    <w:p w14:paraId="4B4E0BBF" w14:textId="77777777" w:rsidR="00CB78EE" w:rsidRDefault="00CB78EE" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1307E290" w14:textId="77777777" w:rsidR="00DC2F22" w:rsidRDefault="00DC2F22" w:rsidP="007D0977">
+    <w:p w14:paraId="14D856DE" w14:textId="77777777" w:rsidR="00CB78EE" w:rsidRDefault="00CB78EE" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -16986,150 +17429,150 @@
                     <a:ext cx="5612130" cy="107950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69CE394D" w14:textId="77777777" w:rsidR="00DC2F22" w:rsidRDefault="00DC2F22" w:rsidP="007D0977">
+    <w:p w14:paraId="21AEDFE4" w14:textId="77777777" w:rsidR="00CB78EE" w:rsidRDefault="00CB78EE" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6DFE5B1C" w14:textId="77777777" w:rsidR="00DC2F22" w:rsidRDefault="00DC2F22" w:rsidP="007D0977">
+    <w:p w14:paraId="62F9C5D8" w14:textId="77777777" w:rsidR="00CB78EE" w:rsidRDefault="00CB78EE" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0B0B4B96" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00C929BD">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Incluir el costo que representa la producción, edición y publicación/difusión. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00DC2F22">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00CB78EE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="00DC2F22">
+  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="00CB78EE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1068701906"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00EA1165">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wpg">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6A5124A6" wp14:editId="619CB201">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>center</wp:align>
                   </wp:positionH>
@@ -17438,51 +17881,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2287905" cy="1403985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00DC2F22" w:rsidP="00743BDC">
+                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00CB78EE" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1" w:history="1">
                             <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
                               <w:rPr>
                                 <w:rStyle w:val="Hipervnculo"/>
                                 <w:b/>
                                 <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:u w:val="none"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
                             </w:r>
                           </w:hyperlink>
@@ -17508,51 +17951,51 @@
                             <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="28231471" id="Cuadro de texto 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDycRKiKgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmzBvJ5CXuNigfiTCPB/nScyOjQ/+Ls4Gk2/Dw&#10;cwdecWY+WiJ9MZlOk9azM51dVeT488jmPAJWEFTDI2cHcxXz+8h0uFtazlpn2l46ObZMksxsHp9P&#10;0vy5n7NeHvnyCQAA//8DAFBLAwQUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3Fq7pU1RyKaqqLhwQKIgwdGNnTgiXlu2m4a/xz3R42qfZt5U28kO&#10;bNQh9o4QFnMBTFPjVE8dwufHy+wRWEySlBwcaYRfHWFb395UslTuTO96PKSO5RCKpUQwKfmS89gY&#10;bWWcO68p/1oXrEz5DB1XQZ5zuB34UoiCW9lTbjDS62ejm5/DySJ8WdOrfXj7btUw7l/b3dpPwSPe&#10;3027J2BJT+kfhot+Voc6Ox3diVRkA0KxEeuMIswWxQbYhRAPIq85IizFagW8rvj1iPoPAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA8nESoioCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00DC2F22" w:rsidP="00743BDC">
+                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00CB78EE" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId2" w:history="1">
                       <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
                         <w:rPr>
                           <w:rStyle w:val="Hipervnculo"/>
                           <w:b/>
                           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:u w:val="none"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
                       </w:r>
                     </w:hyperlink>
@@ -17636,51 +18079,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
             <v:rect w14:anchorId="155027FF" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcTcSYfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZF2DOkWQIsOA&#10;oi3WDj0rspQYkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18480HYShiwquQH5fn17OOHq9ZN1Qg2YCqFjECsn7au5JsQ3DTLvNyoRvgzcMqSUAM2ItAR11mF&#10;oiX0xmSjPP+ctYCVQ5DKe7q96YR8lvC1VjLca+1VYKbkFFtIK6Z1FddsdiWmaxRuU8s+DPEPUTSi&#10;tuR0gLoRQbAt1m+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyIHO8Gmvz/g5V3u0f3gERD6/zU&#10;0zZmsdfYxD/Fx/aJrMNAltoHJulyNB6PLyacSRIVRXF5Pikim9nJ2qEPXxU0LG5KjvQYiSOxu/Wh&#10;Uz2qRGceTF0ta2PSAderhUG2E/Rwy5vFeZ7eitD/UDM2KluIZh1ivMlOuaRdOBgV9Yz9rjSrqxh9&#10;iiSVmRr8CCmVDUUn2ohKde4nOX19boNFyjQBRmRN/gfsHiCW8FvsLspeP5qqVKWDcf63wDrjwSJ5&#10;BhsG46a2gO8BGMqq99zpH0nqqIksraA6PCBD6HrEO7ms6d1uhQ8PAqkpqH2o0cM9LdpAW3Lod5xt&#10;AH+9dx/1qVZJyllLTVZy/3MrUHFmvlmq4stiPI5dmQ7jycWIDvhSsnopsdtmAVQOBY0UJ9M26gdz&#10;3GqE5pnmwTx6JZGwknyXXAY8Hhaha36aKFLN50mNOtGJcGsfnYzgkdVYl0/7Z4GuL95AZX8Hx4YU&#10;01c13OlGSwvzbQBdpwI/8drzTV2cCqefOHFMvDwnrdNcnP0GAAD//wMAUEsDBBQABgAIAAAAIQCc&#10;Jgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdE&#10;CwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4ccYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCE&#10;bXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/exHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPi&#10;Y4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZ&#10;iLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJxNxJh9AgAA&#10;XwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzf&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="4B96EAF8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1151158445" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -17770,51 +18213,51 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00DC2F22">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00CB78EE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -18895,50 +19338,51 @@
     <w:rsid w:val="000A0968"/>
     <w:rsid w:val="000A1343"/>
     <w:rsid w:val="000A1BDE"/>
     <w:rsid w:val="000A5887"/>
     <w:rsid w:val="000A5FE8"/>
     <w:rsid w:val="000B0C3F"/>
     <w:rsid w:val="000C3D26"/>
     <w:rsid w:val="000C565F"/>
     <w:rsid w:val="000C7436"/>
     <w:rsid w:val="000E170F"/>
     <w:rsid w:val="000E6565"/>
     <w:rsid w:val="000F08E1"/>
     <w:rsid w:val="000F387E"/>
     <w:rsid w:val="0010246B"/>
     <w:rsid w:val="001253E7"/>
     <w:rsid w:val="001254D7"/>
     <w:rsid w:val="001275C9"/>
     <w:rsid w:val="001312AF"/>
     <w:rsid w:val="00133398"/>
     <w:rsid w:val="00133D11"/>
     <w:rsid w:val="001357B5"/>
     <w:rsid w:val="001377E7"/>
     <w:rsid w:val="00144667"/>
     <w:rsid w:val="00144FA8"/>
     <w:rsid w:val="00147298"/>
+    <w:rsid w:val="00160877"/>
     <w:rsid w:val="00161BA7"/>
     <w:rsid w:val="001718E6"/>
     <w:rsid w:val="00172091"/>
     <w:rsid w:val="00172FF6"/>
     <w:rsid w:val="0017547E"/>
     <w:rsid w:val="001807CA"/>
     <w:rsid w:val="00186822"/>
     <w:rsid w:val="001A001C"/>
     <w:rsid w:val="001A1543"/>
     <w:rsid w:val="001A4AEE"/>
     <w:rsid w:val="001A4D47"/>
     <w:rsid w:val="001A4E51"/>
     <w:rsid w:val="001A58AD"/>
     <w:rsid w:val="001A629B"/>
     <w:rsid w:val="001B0F75"/>
     <w:rsid w:val="001B235A"/>
     <w:rsid w:val="001B5C1D"/>
     <w:rsid w:val="001B6563"/>
     <w:rsid w:val="001B71D6"/>
     <w:rsid w:val="001C0291"/>
     <w:rsid w:val="001C0FD2"/>
     <w:rsid w:val="001C26B8"/>
     <w:rsid w:val="001D2709"/>
     <w:rsid w:val="001E1DD6"/>
     <w:rsid w:val="001E2ED0"/>
@@ -19369,69 +19813,71 @@
     <w:rsid w:val="00BE200C"/>
     <w:rsid w:val="00BE5354"/>
     <w:rsid w:val="00BE5C46"/>
     <w:rsid w:val="00BF1AA9"/>
     <w:rsid w:val="00BF6A47"/>
     <w:rsid w:val="00C00D1D"/>
     <w:rsid w:val="00C04F77"/>
     <w:rsid w:val="00C05BB4"/>
     <w:rsid w:val="00C05DD6"/>
     <w:rsid w:val="00C066FB"/>
     <w:rsid w:val="00C06DEE"/>
     <w:rsid w:val="00C07439"/>
     <w:rsid w:val="00C1100F"/>
     <w:rsid w:val="00C1121F"/>
     <w:rsid w:val="00C11AB4"/>
     <w:rsid w:val="00C13EF3"/>
     <w:rsid w:val="00C23749"/>
     <w:rsid w:val="00C23CAB"/>
     <w:rsid w:val="00C261B1"/>
     <w:rsid w:val="00C307DE"/>
     <w:rsid w:val="00C32045"/>
     <w:rsid w:val="00C32C41"/>
     <w:rsid w:val="00C33FB9"/>
     <w:rsid w:val="00C44FB7"/>
     <w:rsid w:val="00C4518A"/>
+    <w:rsid w:val="00C50482"/>
     <w:rsid w:val="00C65606"/>
     <w:rsid w:val="00C70C61"/>
     <w:rsid w:val="00C72CC3"/>
     <w:rsid w:val="00C73511"/>
     <w:rsid w:val="00C74309"/>
     <w:rsid w:val="00C81131"/>
     <w:rsid w:val="00C81450"/>
     <w:rsid w:val="00C81E53"/>
     <w:rsid w:val="00C83AD6"/>
     <w:rsid w:val="00C876A5"/>
     <w:rsid w:val="00C908EE"/>
     <w:rsid w:val="00C929BD"/>
     <w:rsid w:val="00CA0E8B"/>
     <w:rsid w:val="00CA1B80"/>
     <w:rsid w:val="00CA22AA"/>
     <w:rsid w:val="00CA347E"/>
     <w:rsid w:val="00CA46AB"/>
     <w:rsid w:val="00CA6F9A"/>
     <w:rsid w:val="00CB6B8F"/>
+    <w:rsid w:val="00CB78EE"/>
     <w:rsid w:val="00CB792B"/>
     <w:rsid w:val="00CC09A7"/>
     <w:rsid w:val="00CC18D0"/>
     <w:rsid w:val="00CC1B4F"/>
     <w:rsid w:val="00CC210C"/>
     <w:rsid w:val="00CC286B"/>
     <w:rsid w:val="00CC4A8D"/>
     <w:rsid w:val="00CD197E"/>
     <w:rsid w:val="00CE09A6"/>
     <w:rsid w:val="00CE2F87"/>
     <w:rsid w:val="00CE5668"/>
     <w:rsid w:val="00CE6944"/>
     <w:rsid w:val="00CF7252"/>
     <w:rsid w:val="00D033B9"/>
     <w:rsid w:val="00D04DF8"/>
     <w:rsid w:val="00D05398"/>
     <w:rsid w:val="00D10540"/>
     <w:rsid w:val="00D20C3F"/>
     <w:rsid w:val="00D24973"/>
     <w:rsid w:val="00D2620C"/>
     <w:rsid w:val="00D30B39"/>
     <w:rsid w:val="00D354E0"/>
     <w:rsid w:val="00D36CEE"/>
     <w:rsid w:val="00D36FA9"/>
     <w:rsid w:val="00D37525"/>
@@ -21802,79 +22248,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{068AC615-3EC4-4B42-9E8E-C887FFD01CCA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC554AAB-0FC2-4AFF-8D71-39B3EA6C03B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1414</Words>
-  <Characters>7779</Characters>
+  <Words>1412</Words>
+  <Characters>7768</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9175</CharactersWithSpaces>
+  <CharactersWithSpaces>9162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ONEYDA CLEOTILDE MENDOZA ZEPEDA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>