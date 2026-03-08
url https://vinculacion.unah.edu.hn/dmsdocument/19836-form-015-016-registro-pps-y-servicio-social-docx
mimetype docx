--- v0 (2025-10-14)
+++ v1 (2026-03-08)
@@ -76,51 +76,51 @@
                           <a:off x="0" y="0"/>
                           <a:ext cx="635000" cy="635000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                         <a:prstTxWarp prst="textPlain">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
               <v:shapetype w14:anchorId="0D798E5C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="WordArt 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:50pt;height:50pt;z-index:251659264;visibility:hidden;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6e2XkpQEAAEEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X+x0WDEYcYpuxXbp&#10;F9AUPSuyFBuzRI1UYuffl5KddOhuwy6EJFKP7/FxdTW6XhwMUge+lstFKYXxGprO72r5vPnx6asU&#10;FJVvVA/e1PJoSF6tP35YDaEyF9BC3xgUDOKpGkIt2xhDVRSkW+MULSAYz0kL6FTkK+6KBtXA6K4v&#10;LsryshgAm4CgDRG/3kxJuc741hodH6wlE0VfS+YWc8QctykW65WqdqhC2+mZhvoHFk51npueoW5U&#10;VGKP3V9QrtMIBDYuNLgCrO20yRpYzbJ8p+apVcFkLTwcCucx0f+D1feHp/CIIo7fYGQDswgKt6B/&#10;Ec+mGAJVc02aKVWUqrfDHTTsptpHyD9Giy7JZ0GCYXjSx/N0zRiF5sfLz1/KkjOaU/M5dVDV6XNA&#10;ij8NOJEOtUQ2L4Orwy3FqfRUMjNLZCZaW2iOTGxgJ2tJv/cKjRR+774DG7+UwiK4F16Va2TkSWXC&#10;2owvCsPcMDLTx/7k5LuuU2XS6OGaZdsuU0ojmXrPlNinLGreqbQIf95z1dvmr18BAAD//wMAUEsD&#10;BBQABgAIAAAAIQCpoXml1wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/RSsNAEHwX/IdjBd/s&#10;XX0IbZpLKRHfLGLtB1xzaxLM7YXspY1/71YEfRl2GGZ2ptjOoVdnHLmLZGG5MKCQ6ug7aiwc358f&#10;VqA4OfKuj4QWvpBhW97eFC738UJveD6kRkkIce4stCkNudZctxgcL+KAJNpHHINLQsdG+9FdJDz0&#10;+tGYTAfXkXxo3YBVi/XnYQoW9q/9+phVmlK2NhPzflU1L2zt/d38tBHYbUAlnNOfA64bpD+UUuwU&#10;J/KseguyJv3gVTNG6On30GWh/08ovwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC6e2Xk&#10;pQEAAEEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCp&#10;oXml1wAAAAoBAAAPAAAAAAAAAAAAAAAAAP8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D11D2A4" w14:textId="58C822CE" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00C929BD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -210,5607 +210,5467 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>O SERVICIO SOCIAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDA1651" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00EE6A65">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01D5877A" w14:textId="29EE2D1C" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="002B70AF">
-[...62 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5D98E3CD" w14:textId="77777777" w:rsidR="00D84C10" w:rsidRPr="00D84C10" w:rsidRDefault="00D84C10" w:rsidP="00D84C10">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2174"/>
-        <w:gridCol w:w="1229"/>
+        <w:gridCol w:w="414"/>
+        <w:gridCol w:w="815"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="679"/>
+        <w:gridCol w:w="220"/>
+        <w:gridCol w:w="381"/>
+        <w:gridCol w:w="249"/>
+        <w:gridCol w:w="301"/>
+        <w:gridCol w:w="125"/>
+        <w:gridCol w:w="235"/>
+        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="377"/>
+        <w:gridCol w:w="16"/>
+        <w:gridCol w:w="356"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="220"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="385"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C929BD" w14:paraId="0F5E285C" w14:textId="77777777" w:rsidTr="002B0FBE">
+      <w:tr w:rsidR="001F09D7" w:rsidRPr="001F09D7" w14:paraId="62FD8924" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="680"/>
+          <w:trHeight w:val="1104"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B576653" w14:textId="57BE3D52" w:rsidR="001F09D7" w:rsidRPr="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F09D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INFORMACIÓN </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GENERAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w:rsidRPr="001F09D7" w14:paraId="0F5E285C" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="1104"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7A9679" w14:textId="3AD77E48" w:rsidR="001F09D7" w:rsidRPr="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F09D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Facultad /Centro Universitario Regional/Instituto Tecnológico </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08786F9A" w14:textId="77777777" w:rsidR="001F09D7" w:rsidRPr="001C4536" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w:rsidRPr="001F09D7" w14:paraId="758F78BD" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E965797" w14:textId="360FCCF7" w:rsidR="001F09D7" w:rsidRPr="00CB5279" w:rsidRDefault="001F09D7" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carrera </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32334FF7" w14:textId="77777777" w:rsidR="001F09D7" w:rsidRPr="001C4536" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w:rsidRPr="001F09D7" w14:paraId="107509D8" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="501"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F1B336" w14:textId="7D68A593" w:rsidR="001F09D7" w:rsidRPr="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F09D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DATOS DEL ESTUDIANTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5279" w14:paraId="4D0443A7" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="087B3446" w14:textId="3C1E97F6" w:rsidR="00CB5279" w:rsidRPr="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Número de Cuenta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79910F48" w14:textId="77777777" w:rsidR="00CB5279" w:rsidRPr="001C4536" w:rsidRDefault="00CB5279" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w14:paraId="70124472" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D99D38" w14:textId="453FC38E" w:rsidR="001F09D7" w:rsidRPr="00CB5279" w:rsidRDefault="001F09D7" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nombre completo (exactamente como aparece en la tarjeta de identidad)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539757DB" w14:textId="77777777" w:rsidR="001F09D7" w:rsidRPr="001C4536" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w14:paraId="1891DDDA" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFCF260" w14:textId="61B64CD1" w:rsidR="001F09D7" w:rsidRPr="00CB5279" w:rsidRDefault="001F09D7" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Número de celular</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B14431" w14:textId="77777777" w:rsidR="001F09D7" w:rsidRPr="001C4536" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w14:paraId="075BA737" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2185CB" w14:textId="23610F89" w:rsidR="001F09D7" w:rsidRPr="00CB5279" w:rsidRDefault="001F09D7" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Correo electrónico institucional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5F415E" w14:textId="77777777" w:rsidR="001F09D7" w:rsidRPr="001C4536" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w14:paraId="17871064" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0235EBA4" w14:textId="1AFECD66" w:rsidR="001F09D7" w:rsidRPr="00CB5279" w:rsidRDefault="001F09D7" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Correo electrónico personal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17183A73" w14:textId="576D5381" w:rsidR="001F09D7" w:rsidRPr="001C4536" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w14:paraId="5E046CD7" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9215" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="432DD022" w14:textId="06776837" w:rsidR="001F09D7" w:rsidRPr="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>INFORMACIÓN DE LA PRACTICA PROFESIONAL / SERVICIO SOCIAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F968F4D" w14:textId="77777777" w:rsidR="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="0051744B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F09D7" w14:paraId="6860E36C" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA707DC" w14:textId="6D0EDDB6" w:rsidR="001F09D7" w:rsidRPr="00CB5279" w:rsidRDefault="001F09D7" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tipo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E57BA3" w14:textId="3EBFA6FA" w:rsidR="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="0051744B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Práctica Profesional Supervisada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="661" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC4C14E" w14:textId="77777777" w:rsidR="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="0051744B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2638A3CF" w14:textId="3D2A8A4C" w:rsidR="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="0051744B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Servicio Social</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F0F7D7" w14:textId="77777777" w:rsidR="001F09D7" w:rsidRDefault="001F09D7" w:rsidP="0051744B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0025194B" w14:paraId="1B1D0545" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBCC913" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRPr="0077185F" w:rsidRDefault="00C929BD" w:rsidP="002B70AF">
+          <w:p w14:paraId="7D0EA4BB" w14:textId="5F7BB010" w:rsidR="0025194B" w:rsidRPr="0077185F" w:rsidRDefault="0025194B" w:rsidP="001F09D7">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077185F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fecha de ejecución</w:t>
+            </w:r>
+            <w:r w:rsidR="00F61CCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la PPS</w:t>
+            </w:r>
+            <w:r w:rsidR="005A42FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / servicio social</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3639" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46A24D5B" w14:textId="3C759C2E" w:rsidR="0025194B" w:rsidRPr="00CB5279" w:rsidRDefault="0025194B" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fecha de inicio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B760EA8" w14:textId="4721BA8D" w:rsidR="0025194B" w:rsidRPr="00CB5279" w:rsidRDefault="0025194B" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fecha de finalización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0025194B" w14:paraId="64F4E2B3" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E01C1F3" w14:textId="77777777" w:rsidR="0025194B" w:rsidRPr="0077185F" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="247A7E0A" w14:textId="135118FA" w:rsidR="0025194B" w:rsidRPr="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Día</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A421BBB" w14:textId="74901430" w:rsidR="0025194B" w:rsidRPr="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="252E7D19" w14:textId="7430A7FF" w:rsidR="0025194B" w:rsidRPr="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Año</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0381E959" w14:textId="2A332C3D" w:rsidR="0025194B" w:rsidRPr="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Día</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="661" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E1B6D4" w14:textId="7E3AE294" w:rsidR="0025194B" w:rsidRPr="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="532F9F08" w14:textId="6199F347" w:rsidR="0025194B" w:rsidRPr="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Año</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0025194B" w14:paraId="73E22085" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7AD568" w14:textId="77777777" w:rsidR="0025194B" w:rsidRPr="0077185F" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B3A4C4" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1277E5B8" w14:textId="77777777" w:rsidR="001C4536" w:rsidRDefault="001C4536" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C59F3EA" w14:textId="71EFAAC9" w:rsidR="001C4536" w:rsidRDefault="001C4536" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41EF1885" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8C8F38" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="075F1636" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="661" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E3D84D" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2599" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70EDF523" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5279" w14:paraId="567E59C1" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A822E9" w14:textId="0343D64A" w:rsidR="00CB5279" w:rsidRPr="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Tipo de instrumento que formaliza la PPS / SS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47500A41" w14:textId="4C4832FF" w:rsidR="00CB5279" w:rsidRPr="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Carta formal de solicitud a la unidad académica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A62FA3" w14:textId="1037E937" w:rsidR="00CB5279" w:rsidRPr="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5279" w14:paraId="52A52BDE" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31DB2C4F" w14:textId="008379A0" w:rsidR="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0077185F">
-[...10 lines deleted...]
-          <w:p w14:paraId="3E7A9679" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRPr="0077185F" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="403FB036" w14:textId="076CBB73" w:rsidR="00CB5279" w:rsidRPr="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Carta de intenciones con la UNAH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6657D577" w14:textId="45938B13" w:rsidR="00CB5279" w:rsidRPr="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5279" w14:paraId="5ACACA4C" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B50D263" w14:textId="77777777" w:rsidR="00CB5279" w:rsidRPr="00B54DE5" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A3F11C" w14:textId="6584CCE0" w:rsidR="00CB5279" w:rsidRPr="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C4536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Convenio marco con la UNAH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A65B482" w14:textId="77777777" w:rsidR="00CB5279" w:rsidRPr="00CB5279" w:rsidRDefault="00CB5279" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C929BD" w14:paraId="7D25CF80" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="77B69D6C" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="414"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3F1ADA" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="7004B4CC" w14:textId="28A50E96" w:rsidR="00B15C57" w:rsidRPr="00CB5279" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:after="0"/>
-[...52 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Territorio de ejecución</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F98F7BB" w14:textId="006A748C" w:rsidR="00B15C57" w:rsidRPr="00CB5279" w:rsidRDefault="00B15C57" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A64CA6E" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C929BD" w14:paraId="758F78BD" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="7380357F" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="415"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E965797" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
-[...92 lines deleted...]
-          <w:p w14:paraId="07A4E7ED" w14:textId="26AD7720" w:rsidR="002543C0" w:rsidRPr="0077185F" w:rsidRDefault="002543C0" w:rsidP="002B70AF">
+          <w:p w14:paraId="07A55C6D" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="002B70AF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...59 lines deleted...]
-          <w:p w14:paraId="6DCC9CC8" w14:textId="03F0132F" w:rsidR="002543C0" w:rsidRDefault="002543C0" w:rsidP="00FC5510">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD76BC8" w14:textId="52533382" w:rsidR="00B15C57" w:rsidRPr="00CB5279" w:rsidRDefault="00B15C57" w:rsidP="00CB5279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB5279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Internacional </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4EBB9B" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="0025194B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3243D" w14:paraId="70124472" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="02A4C62E" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="393"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08D99D38" w14:textId="77777777" w:rsidR="00A3243D" w:rsidRPr="0077185F" w:rsidRDefault="00A3243D" w:rsidP="00FC5510">
-[...63 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="75E8E4F7" w14:textId="2BF25697" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15C57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DATOS TERRITORIALES DE LA PPS/SS DE TIPO NACIONAL</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3243D" w14:paraId="1891DDDA" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="48109BD4" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="393"/>
-[...236 lines deleted...]
-          <w:trHeight w:val="393"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9B6C2B" w14:textId="6A8EEE6D" w:rsidR="0051744B" w:rsidRPr="0077185F" w:rsidRDefault="0051744B" w:rsidP="002B70AF">
-            <w:pPr>
+          <w:p w14:paraId="604D1C0E" w14:textId="3FE1AFC6" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15C57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Departamento</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...87 lines deleted...]
-          <w:p w14:paraId="30F520CE" w14:textId="64EC1145" w:rsidR="0051744B" w:rsidRDefault="0051744B" w:rsidP="0051744B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> donde realizará la PPS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E02C4F" w14:textId="15DC6094" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025194B" w14:paraId="1B1D0545" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="38810CD8" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0EA4BB" w14:textId="5F7BB010" w:rsidR="0025194B" w:rsidRPr="0077185F" w:rsidRDefault="0025194B" w:rsidP="002B70AF">
+          <w:p w14:paraId="5475EEEE" w14:textId="74FA436C" w:rsidR="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0077185F">
-[...38 lines deleted...]
-          <w:p w14:paraId="46A24D5B" w14:textId="43F48AE3" w:rsidR="0025194B" w:rsidRPr="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Municipio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> donde realizará la PPS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25DA0867" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...44 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025194B" w14:paraId="64F4E2B3" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="0DFA4D32" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
-            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E01C1F3" w14:textId="77777777" w:rsidR="0025194B" w:rsidRPr="0077185F" w:rsidRDefault="0025194B" w:rsidP="0025194B">
-[...372 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="20863640" w14:textId="7D35E237" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Horas de PPS</w:t>
-[...30 lines deleted...]
-          <w:p w14:paraId="3F1BFD45" w14:textId="2FB8CCF5" w:rsidR="00CF54D5" w:rsidRPr="00CF54D5" w:rsidRDefault="00CF54D5" w:rsidP="0025194B">
+              <w:t>Aldea (incluye ciudad)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5BACA0" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...135 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF54D5" w14:paraId="08A2971D" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="391235ED" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
-            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="617F813D" w14:textId="77777777" w:rsidR="00CF54D5" w:rsidRPr="0077185F" w:rsidRDefault="00CF54D5" w:rsidP="0025194B">
-[...464 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="41FCF31C" w14:textId="06139DEA" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:t>Caserío</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="521CE1E0" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="0025194B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15C57" w14:paraId="357C122F" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="437D7460" w14:textId="19E3C35C" w:rsidR="00D43B30" w:rsidRPr="00D43B30" w:rsidRDefault="00D43B30" w:rsidP="0025194B">
-[...91 lines deleted...]
-              <w:t>Híbrida (presencial + teletrabajo)</w:t>
+          <w:p w14:paraId="00C58B42" w14:textId="069C3E8A" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15C57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ALCANCE DE LA PPS/SERVICIO SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43B30" w14:paraId="2AEC18C8" w14:textId="77777777" w:rsidTr="005A42FB">
+      <w:tr w:rsidR="00B15C57" w14:paraId="5AFDA7CB" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="510"/>
-[...91 lines deleted...]
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="600E30B8" w14:textId="5B8531D2" w:rsidR="003513D7" w:rsidRPr="00C95AFC" w:rsidRDefault="003513D7" w:rsidP="00C95AFC">
+          <w:p w14:paraId="2FC4421E" w14:textId="6CA926C2" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C95AFC">
-[...57 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00B15C57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descripción del tipo de PPS </w:t>
+            </w:r>
+            <w:r w:rsidR="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1BFD45" w14:textId="442872C6" w:rsidR="00B15C57" w:rsidRPr="004E0D1D" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>De acuerdo al plan de estudios de la carrera, en esta sección describirá si la práctica es intermedia, profesionalizante u otra. En el caso de la Carrera de Arquitectura, indicará si es la PPS de diseño, construcción u otro tipo). Si se realizan dos modalidades en la misma práctica, se describirán ambas. En el caso de servicio social solamente describirán SERVICIO SOCIAL </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD00933" w14:textId="799A12F5" w:rsidR="00B15C57" w:rsidRPr="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15C57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Descripción de las Horas del tipo de PPS/SS</w:t>
+            </w:r>
+            <w:r w:rsidR="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="004E0D1D" w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="004E0D1D" w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Se detalla el total de las horas en número entero</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003513D7" w14:paraId="2CC23A11" w14:textId="77777777" w:rsidTr="003513D7">
+      <w:tr w:rsidR="00B15C57" w14:paraId="08A2971D" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="927"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14EF2093" w14:textId="77777777" w:rsidR="003513D7" w:rsidRDefault="003513D7" w:rsidP="0025194B">
+          <w:p w14:paraId="617F813D" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRPr="0077185F" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2583" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="34C159D5" w14:textId="5669D220" w:rsidR="003513D7" w:rsidRDefault="003513D7" w:rsidP="003513D7">
+            <w:tcW w:w="4773" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B0067E" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF5ED6F" w14:textId="77777777" w:rsidR="00B15C57" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Resumen de las responsabilidades y tareas que realizará</w:t>
-[...18 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025194B" w14:paraId="2617B3E4" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="004E0D1D" w14:paraId="0A1FA25B" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="228"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9923" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="2174" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26730872" w14:textId="33D14B48" w:rsidR="0025194B" w:rsidRDefault="00350BD7" w:rsidP="002B70AF">
+          <w:p w14:paraId="5C51E9AE" w14:textId="5A7512F7" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nombre del departamento o área en el que se realizará la PPS/SS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Ejemplo: Departamento de Contabilidad, Gerencia de Recursos Humanos, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="623E4666" w14:textId="77777777" w:rsidR="004E0D1D" w:rsidRPr="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025194B" w14:paraId="646B063B" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="004E0D1D" w14:paraId="72B85834" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...84 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2134F732" w14:textId="570B4F74" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Resumen de las responsabilidades y tareas que realizará</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7749" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E90E1ED" w14:textId="77777777" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FBBABDC" w14:textId="77777777" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61B599CF" w14:textId="77777777" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D8B7656" w14:textId="77777777" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CF4CE3F" w14:textId="77777777" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EB10CE7" w14:textId="77777777" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48CE3836" w14:textId="77777777" w:rsidR="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="797E05FB" w14:textId="0948CC31" w:rsidR="004E0D1D" w:rsidRPr="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025194B" w14:paraId="55FF4EE9" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="2DDE112E" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60768BED" w14:textId="05234BAB" w:rsidR="00B15C57" w:rsidRPr="0077185F" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Modalidad de ejecución</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2583" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="437D7460" w14:textId="19E3C35C" w:rsidR="00B15C57" w:rsidRPr="00D43B30" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D43B30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2583" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE6680F" w14:textId="43DB539C" w:rsidR="00B15C57" w:rsidRPr="00D43B30" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100% virtual (teletrabajo)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2583" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F1B5F4" w14:textId="3B800865" w:rsidR="00B15C57" w:rsidRPr="00D43B30" w:rsidRDefault="00B15C57" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Híbrida (presencial + teletrabajo)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003343F9" w14:paraId="2AEC18C8" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:trPr>
+          <w:trHeight w:val="646"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D012C6A" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="0077185F" w:rsidRDefault="003343F9" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2583" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="163EC90A" w14:textId="77777777" w:rsidR="003343F9" w:rsidRDefault="003343F9" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2583" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B33FFB" w14:textId="77777777" w:rsidR="003343F9" w:rsidRDefault="003343F9" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
-[...6 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="2583" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51119774" w14:textId="58497C9F" w:rsidR="003343F9" w:rsidRDefault="003343F9" w:rsidP="00B15C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...26 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025194B" w14:paraId="7A8630E3" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00B15C57" w14:paraId="2617B3E4" w14:textId="77777777" w:rsidTr="001C4536">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2174" w:type="dxa"/>
-[...85 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F692079" w14:textId="6639C83F" w:rsidR="004E0D1D" w:rsidRPr="004E0D1D" w:rsidRDefault="004E0D1D" w:rsidP="004E0D1D">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>INFORMACIÓN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DE LA INSTITUCIÓN / ORGANIZACIÓN DONDE SE REALIZA LA PPS – SERVICIO SOCIAL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26730872" w14:textId="362E0B02" w:rsidR="00B15C57" w:rsidRPr="004E0D1D" w:rsidRDefault="00B15C57" w:rsidP="004E0D1D">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...149 lines deleted...]
-      <w:tr w:rsidR="00B54DE5" w:rsidRPr="00B54DE5" w14:paraId="115B623F" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="005219E4" w:rsidRPr="00B54DE5" w14:paraId="115B623F" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-            <w:vAlign w:val="center"/>
-[...2 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="63C821FB" w14:textId="739C7FA5" w:rsidR="005219E4" w:rsidRPr="005219E4" w:rsidRDefault="005219E4" w:rsidP="005219E4">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk54972533"/>
-            <w:r>
+            <w:r w:rsidRPr="005219E4">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Datos de la institución / organización</w:t>
-[...10 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>Nombre completo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005219E4">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B54DE5">
+              <w:t xml:space="preserve"> de la institución / organización</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005219E4">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nombre completo: </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FC84713" w14:textId="3F3123A8" w:rsidR="00B54DE5" w:rsidRPr="00B54DE5" w:rsidRDefault="00B54DE5" w:rsidP="00B54DE5">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A238594" w14:textId="1E3BE9B6" w:rsidR="005219E4" w:rsidRPr="005219E4" w:rsidRDefault="005219E4" w:rsidP="005219E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC84713" w14:textId="3F3123A8" w:rsidR="005219E4" w:rsidRPr="00B54DE5" w:rsidRDefault="005219E4" w:rsidP="005219E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54DE5" w:rsidRPr="00B54DE5" w14:paraId="3D7A5C1D" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="005219E4" w:rsidRPr="00B54DE5" w14:paraId="3D7A5C1D" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-            <w:vAlign w:val="center"/>
-[...2 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="3834ED4E" w14:textId="51C3AD14" w:rsidR="005219E4" w:rsidRPr="005219E4" w:rsidRDefault="005219E4" w:rsidP="005219E4">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">Breve descripción de los compromisos asumidos por la institución / organización. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005219E4">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dirección de la sede principal: </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E549238" w14:textId="057F21EC" w:rsidR="004978C5" w:rsidRPr="004978C5" w:rsidRDefault="004978C5" w:rsidP="00B54DE5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20801FE7" w14:textId="77777777" w:rsidR="005219E4" w:rsidRPr="005219E4" w:rsidRDefault="005219E4" w:rsidP="005219E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E549238" w14:textId="057F21EC" w:rsidR="005219E4" w:rsidRPr="004978C5" w:rsidRDefault="005219E4" w:rsidP="005219E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5F40" w:rsidRPr="00B54DE5" w14:paraId="5CF19112" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="5CF19112" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-            <w:vAlign w:val="center"/>
-[...2 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="47D1F85D" w14:textId="3A243BC5" w:rsidR="003343F9" w:rsidRPr="005219E4" w:rsidRDefault="003343F9" w:rsidP="005219E4">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="005219E4">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="14AF939C" w14:textId="52B9784E" w:rsidR="00BE5F40" w:rsidRPr="00BE5F40" w:rsidRDefault="00BE5F40" w:rsidP="00B54DE5">
+              <w:t>Dirección exacta de la sede principal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D31DCD4" w14:textId="06239730" w:rsidR="003343F9" w:rsidRPr="00BE5F40" w:rsidRDefault="003343F9" w:rsidP="005219E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-            <w:pPr>
+      </w:tr>
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="3A4325E8" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6A1595" w14:textId="0CC7877B" w:rsidR="003343F9" w:rsidRPr="003343F9" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003343F9">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>País:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5D31DCD4" w14:textId="06239730" w:rsidR="00BE5F40" w:rsidRPr="00BE5F40" w:rsidRDefault="00BE5F40" w:rsidP="00B54DE5">
+              <w:t>Nombre completo del representante legal:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D8E597F" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="005219E4" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+          </w:tcPr>
+          <w:p w14:paraId="090C5C72" w14:textId="1CF07EDB" w:rsidR="003343F9" w:rsidRPr="004978C5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004978C5" w:rsidRPr="00B54DE5" w14:paraId="3A4325E8" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="66DFB94B" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-            <w:vAlign w:val="center"/>
-[...2 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="292F5E60" w14:textId="490CF2E8" w:rsidR="003343F9" w:rsidRPr="003343F9" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="003343F9">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Número de teléfono:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B7AE78F" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="005219E4" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Nombre completo del representante legal:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="090C5C72" w14:textId="1CF07EDB" w:rsidR="004978C5" w:rsidRPr="004978C5" w:rsidRDefault="004978C5" w:rsidP="00B54DE5">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+          </w:tcPr>
+          <w:p w14:paraId="45123749" w14:textId="2351F906" w:rsidR="003343F9" w:rsidRPr="004978C5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004978C5" w:rsidRPr="00B54DE5" w14:paraId="66DFB94B" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="7359197C" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-            <w:vAlign w:val="center"/>
-[...2 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="6F391EC4" w14:textId="38FFA411" w:rsidR="003343F9" w:rsidRPr="003343F9" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-          <w:p w14:paraId="3DA93070" w14:textId="7294378A" w:rsidR="004978C5" w:rsidRDefault="004978C5" w:rsidP="00B54DE5">
+            <w:r w:rsidRPr="003343F9">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Correo electrónico </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">del departamento de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003343F9">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>recursos humanos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5B227C" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="003343F9" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CC72B3" w14:textId="77777777" w:rsidR="003343F9" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="63ECFCF8" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="462"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D4C328" w14:textId="1173BB86" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Número de teléfono:</w:t>
-[...27 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B54DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Tipo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...100 lines deleted...]
-            <w:tcW w:w="639" w:type="pct"/>
+              <w:t xml:space="preserve"> de institución / organización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="724FBF2D" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="724FBF2D" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Gobierno Nacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="pct"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="786625E5" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="786625E5" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Gobierno Municipal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C8A879" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="01C8A879" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>ONG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="pct"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09F3DB30" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="09F3DB30" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Sociedad civil organizada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="571" w:type="pct"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2C80E0" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="6B2C80E0" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Sector Privado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="704" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25590A4D" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="25590A4D" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Internacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D54FE7" w:rsidRPr="00B54DE5" w14:paraId="40CD504C" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="40CD504C" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="462"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15B19D7F" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="15B19D7F" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="pct"/>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59F3DE16" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="59F3DE16" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="pct"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9BE0BC" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="7B9BE0BC" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="260977F9" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="260977F9" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="644" w:type="pct"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="544C3FAE" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="544C3FAE" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="571" w:type="pct"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C33E735" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="0C33E735" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="704" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E398C6F" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+          <w:p w14:paraId="3E398C6F" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w14:paraId="6B279583" w14:textId="77777777" w:rsidTr="001B17C9">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="6B279583" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="462"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="413EB0DB" w14:textId="725AB179" w:rsidR="003343F9" w:rsidRPr="003343F9" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B17C9">
+            <w:r w:rsidRPr="003343F9">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Sector al que pertenece la institución / organización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3100" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF18528" w14:textId="5B623336" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="3AF18528" w14:textId="5B623336" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Agricultura, alimentación y silvicultura</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="729" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8E3189" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="5E8E3189" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3094" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="100F4517" w14:textId="4DF97A14" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="100F4517" w14:textId="4DF97A14" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Energía y minería</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="358" w:type="pct"/>
+            <w:tcW w:w="412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44C2403F" w14:textId="34A50D07" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="44C2403F" w14:textId="34A50D07" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w14:paraId="537FC6C4" w14:textId="77777777" w:rsidTr="001B17C9">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="537FC6C4" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="462"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24A6EF5C" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A6EF5C" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3100" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33395811" w14:textId="29DB1708" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="33395811" w14:textId="29DB1708" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Producción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="729" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39F44E21" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="39F44E21" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3094" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C662C8A" w14:textId="469C19BC" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="6C662C8A" w14:textId="469C19BC" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Sectores de servicios privados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="358" w:type="pct"/>
+            <w:tcW w:w="412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C7A132" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="26C7A132" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w14:paraId="5E09E1FB" w14:textId="77777777" w:rsidTr="001B17C9">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="5E09E1FB" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="462"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6AB14F99" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB14F99" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3100" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F47825D" w14:textId="625DE238" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="2F47825D" w14:textId="625DE238" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Infraestructura, construcción y sectores relacionados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="729" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65610532" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="65610532" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3094" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56114014" w14:textId="72520E98" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="56114014" w14:textId="72520E98" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Educación e investigación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="358" w:type="pct"/>
+            <w:tcW w:w="412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED43533" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="6ED43533" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w14:paraId="6BA0A2A5" w14:textId="77777777" w:rsidTr="001B17C9">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="6BA0A2A5" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="462"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="122D5E39" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="122D5E39" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3100" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="260CC0C4" w14:textId="1D169E6F" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00ED3BA6" w:rsidP="00FC5510">
+          <w:p w14:paraId="260CC0C4" w14:textId="1D169E6F" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Servicios y función públicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="729" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="524BD500" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="524BD500" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3094" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42374AE0" w14:textId="57F75C2D" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="42374AE0" w14:textId="57F75C2D" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Transporte, transporte marítimo y aéreo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="358" w:type="pct"/>
+            <w:tcW w:w="412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="298EF02C" w14:textId="259D7E8D" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+          <w:p w14:paraId="298EF02C" w14:textId="259D7E8D" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F7E99" w:rsidRPr="00B54DE5" w14:paraId="0CCFFAB7" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="003343F9" w14:paraId="666D3AA2" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="700"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="687EE03C" w14:textId="2D30066E" w:rsidR="003343F9" w:rsidRPr="003343F9" w:rsidRDefault="003343F9" w:rsidP="003343F9">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003343F9">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>INFORMACION DEL JEFE DIRECTO DE LA PPS/SS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="0CCFFAB7" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8E4283" w14:textId="5ADFF238" w:rsidR="008F7E99" w:rsidRPr="00B54DE5" w:rsidRDefault="008F7E99" w:rsidP="002B70AF">
+          <w:p w14:paraId="1F8E4283" w14:textId="2AADA521" w:rsidR="003343F9" w:rsidRPr="00EA72D7" w:rsidRDefault="00EA72D7" w:rsidP="003343F9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA72D7">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B54DE5">
+              <w:t xml:space="preserve">Nombre completo del contacto directo (Jefe directo de la PPS / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA72D7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>servicio social)</w:t>
+            </w:r>
+            <w:r w:rsidR="003343F9" w:rsidRPr="00EA72D7">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Datos del contacto directo</w:t>
-[...115 lines deleted...]
-          <w:p w14:paraId="78B9D93D" w14:textId="6E629BC2" w:rsidR="008F7E99" w:rsidRPr="00B54DE5" w:rsidRDefault="008F7E99" w:rsidP="008F7E99">
+              <w:t>de la PPS / servicio social)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B9D93D" w14:textId="551963C6" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B54DE5">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA72D7" w:rsidRPr="00B54DE5" w14:paraId="11472F1A" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE7A6FD" w14:textId="77777777" w:rsidR="00EA72D7" w:rsidRPr="00B54DE5" w:rsidRDefault="00EA72D7" w:rsidP="003343F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FDF907" w14:textId="560CA596" w:rsidR="00EA72D7" w:rsidRPr="00B54DE5" w:rsidRDefault="00EA72D7" w:rsidP="003343F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...40 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B54DE5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Correo electrónico: </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F7E99" w:rsidRPr="00B54DE5" w14:paraId="2D0DA7CA" w14:textId="77777777" w:rsidTr="001B17C9">
+      <w:tr w:rsidR="00EA72D7" w:rsidRPr="00B54DE5" w14:paraId="1F6E519F" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="560"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="001B17C9">
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B10BB90" w14:textId="0C53EE46" w:rsidR="00EA72D7" w:rsidRPr="00EA72D7" w:rsidRDefault="00EA72D7" w:rsidP="00EA72D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001B17C9">
+            </w:pPr>
+            <w:r w:rsidRPr="00EA72D7">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
-                <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">del </w:t>
-[...37 lines deleted...]
-          <w:p w14:paraId="502EC378" w14:textId="77777777" w:rsidR="008F7E99" w:rsidRPr="00B54DE5" w:rsidRDefault="008F7E99" w:rsidP="00FC5510">
+              <w:t>Número de celular del contacto directo (Jefe directo de la PPS / servicio social)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF84B52" w14:textId="77777777" w:rsidR="00EA72D7" w:rsidRPr="00B54DE5" w:rsidRDefault="00EA72D7" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w14:paraId="6B674A98" w14:textId="77777777" w:rsidTr="001B17C9">
+      <w:tr w:rsidR="00EA72D7" w:rsidRPr="00B54DE5" w14:paraId="5992629F" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="560"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
-[...48 lines deleted...]
-          <w:p w14:paraId="3881ECD4" w14:textId="77777777" w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w:rsidRDefault="00F57ACF" w:rsidP="00FC5510">
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2BC928" w14:textId="7B863F2B" w:rsidR="00EA72D7" w:rsidRPr="00EA72D7" w:rsidRDefault="00EA72D7" w:rsidP="00EA72D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA72D7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Correo Electrónico del contacto directo (Jefe directo de la PPS / servicio social)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D0E949" w14:textId="77777777" w:rsidR="00EA72D7" w:rsidRPr="00B54DE5" w:rsidRDefault="00EA72D7" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57ACF" w:rsidRPr="00B54DE5" w14:paraId="659A5175" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="2D0DA7CA" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="560"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FEAB803" w14:textId="1B9083A1" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="002B70AF">
-            <w:pPr>
+          <w:p w14:paraId="21D1F435" w14:textId="5169F06D" w:rsidR="003343F9" w:rsidRPr="00EA72D7" w:rsidRDefault="003343F9" w:rsidP="00EA72D7">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...61 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B54DE5">
+            <w:r w:rsidRPr="00EA72D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Cargo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA72D7">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Carta formal de solicitud a la unidad académica</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA72D7">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...88 lines deleted...]
-          <w:p w14:paraId="1B9D6985" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+              <w:t>del jefe directo de la PPS / servicio social</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="502EC378" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...46 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5F40" w:rsidRPr="00B54DE5" w14:paraId="51AA5D2A" w14:textId="77777777" w:rsidTr="0099501F">
+      <w:tr w:rsidR="003343F9" w:rsidRPr="00B54DE5" w14:paraId="6B674A98" w14:textId="77777777" w:rsidTr="001C4536">
+        <w:tblPrEx>
+          <w:jc w:val="center"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="560"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="pct"/>
+            <w:tcW w:w="2588" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC20EEE" w14:textId="7A77957E" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="002B70AF">
-            <w:pPr>
+          <w:p w14:paraId="02438279" w14:textId="54EC9D8E" w:rsidR="003343F9" w:rsidRPr="00EA72D7" w:rsidRDefault="003343F9" w:rsidP="00EA72D7">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rStyle w:val="Referenciaintensa"/>
-[...43 lines deleted...]
-          <w:p w14:paraId="08C39150" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00B54DE5" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA72D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grado académico del jefe directo de la PPS / SS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7335" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3881ECD4" w14:textId="77777777" w:rsidR="003343F9" w:rsidRPr="00B54DE5" w:rsidRDefault="003343F9" w:rsidP="003343F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="07F49C0C" w14:textId="77777777" w:rsidR="004978C5" w:rsidRDefault="004978C5" w:rsidP="004978C5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EA571DE" w14:textId="3166BFEC" w:rsidR="000E4A56" w:rsidRDefault="00C86A68" w:rsidP="002B70AF">
+    <w:p w14:paraId="0EA571DE" w14:textId="3166BFEC" w:rsidR="000E4A56" w:rsidRDefault="00C86A68" w:rsidP="004E0D1D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5844,565 +5704,610 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1935"/>
-        <w:gridCol w:w="3311"/>
-        <w:gridCol w:w="4677"/>
+        <w:gridCol w:w="7988"/>
       </w:tblGrid>
       <w:tr w:rsidR="008E67E6" w14:paraId="55BBB30C" w14:textId="77777777" w:rsidTr="00951985">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0E159B" w14:textId="1876D3FA" w:rsidR="008E67E6" w:rsidRPr="001B17C9" w:rsidRDefault="008E67E6" w:rsidP="001B17C9">
+          <w:p w14:paraId="7C0E159B" w14:textId="62309DF4" w:rsidR="008E67E6" w:rsidRPr="00E848AC" w:rsidRDefault="00E848AC" w:rsidP="00B15C57">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...9 lines deleted...]
-              <w:t>Supervisor/a de la PPS:</w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nombre Completo del Supervisor/a de la PPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7988" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...6 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="720F7300" w14:textId="537F9936" w:rsidR="008E67E6" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E67E6" w14:paraId="319B9E85" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00E36542" w14:paraId="319B9E85" w14:textId="77777777" w:rsidTr="00265B67">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
-            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B762905" w14:textId="77777777" w:rsidR="008E67E6" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
-[...64 lines deleted...]
-          <w:p w14:paraId="39BD636A" w14:textId="5B26174D" w:rsidR="008E67E6" w:rsidRPr="00C86A68" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
+          <w:p w14:paraId="7B762905" w14:textId="3EA62592" w:rsidR="00E36542" w:rsidRPr="00E848AC" w:rsidRDefault="00E848AC" w:rsidP="00E848AC">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>No. de empleado/a del Supervisor/a de la PPS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BD636A" w14:textId="5B26174D" w:rsidR="00E36542" w:rsidRPr="00C86A68" w:rsidRDefault="00E36542" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E67E6" w14:paraId="3639D2C7" w14:textId="77777777" w:rsidTr="002158FC">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
-            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD0AA5B" w14:textId="77777777" w:rsidR="008E67E6" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="1CD0AA5B" w14:textId="17DDFCFC" w:rsidR="008E67E6" w:rsidRPr="00E848AC" w:rsidRDefault="00E848AC" w:rsidP="00E848AC">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Número de celular del Supervisor/a de la PPS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28614251" w14:textId="728E295C" w:rsidR="008E67E6" w:rsidRPr="00C86A68" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36542" w14:paraId="6B2D7C6E" w14:textId="77777777" w:rsidTr="002E3A53">
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1935" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6357DC5B" w14:textId="0254EE28" w:rsidR="00E36542" w:rsidRPr="00E848AC" w:rsidRDefault="00E848AC" w:rsidP="00E848AC">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:after="0"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Correo Electrónico del Supervisor/a de la PPS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7988" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="28614251" w14:textId="728E295C" w:rsidR="008E67E6" w:rsidRPr="00C86A68" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
+          </w:tcPr>
+          <w:p w14:paraId="123DE2AB" w14:textId="77777777" w:rsidR="00E36542" w:rsidRPr="00C86A68" w:rsidRDefault="00E36542" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E67E6" w14:paraId="6B2D7C6E" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00E36542" w14:paraId="2930DDE2" w14:textId="77777777" w:rsidTr="006F688C">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
-            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6357DC5B" w14:textId="77777777" w:rsidR="008E67E6" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="40538FB9" w14:textId="5F4D071F" w:rsidR="00E36542" w:rsidRPr="00E848AC" w:rsidRDefault="00E848AC" w:rsidP="00E848AC">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:after="0"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="3C4A8786" w14:textId="4709AEC2" w:rsidR="008E67E6" w:rsidRPr="00C86A68" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Categoría del Supervisor/a de la PPS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2BAA4B" w14:textId="276986B5" w:rsidR="00E36542" w:rsidRPr="008E67E6" w:rsidRDefault="00E36542" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E67E6" w14:paraId="2930DDE2" w14:textId="77777777" w:rsidTr="00C86A68">
+      <w:tr w:rsidR="00E36542" w14:paraId="0D0AB2EF" w14:textId="77777777" w:rsidTr="007045AF">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
-            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40538FB9" w14:textId="77777777" w:rsidR="008E67E6" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w14:paraId="52B93390" w14:textId="74BC94D1" w:rsidR="00E36542" w:rsidRPr="00E848AC" w:rsidRDefault="00E848AC" w:rsidP="00E848AC">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Departamento al que pertenece el Supervisor/a de la PPS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3533A2" w14:textId="77777777" w:rsidR="00E36542" w:rsidRDefault="00E36542" w:rsidP="00FC5510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36542" w14:paraId="68DFB7C2" w14:textId="77777777" w:rsidTr="00231E4B">
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1935" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58607E6C" w14:textId="2F1D0F31" w:rsidR="00E36542" w:rsidRPr="00E848AC" w:rsidRDefault="00E848AC" w:rsidP="00E848AC">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jornada Laboral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66871FE6" w14:textId="77777777" w:rsidR="00E36542" w:rsidRDefault="00E36542" w:rsidP="00FC5510">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="1D5AE2AD" w14:textId="77777777" w:rsidR="008E67E6" w:rsidRDefault="008E67E6" w:rsidP="00FC5510">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36542" w14:paraId="37795866" w14:textId="77777777" w:rsidTr="00A910B9">
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1935" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="605F6D36" w14:textId="77777777" w:rsidR="00E848AC" w:rsidRPr="00E848AC" w:rsidRDefault="00E848AC" w:rsidP="00E848AC">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E848AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ubicación del cubículo en la UNAH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="233E2E53" w14:textId="01A61CE0" w:rsidR="00E36542" w:rsidRPr="00E848AC" w:rsidRDefault="00E36542" w:rsidP="00E848AC">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F5DF04" w14:textId="77777777" w:rsidR="00E36542" w:rsidRDefault="00E36542" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...49 lines deleted...]
-            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="323BEE98" w14:textId="77777777" w:rsidR="000E4A56" w:rsidRDefault="000E4A56" w:rsidP="000E4A56"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="70891C92" w14:textId="77777777" w:rsidR="00873758" w:rsidRDefault="00873758" w:rsidP="000E4A56"/>
     <w:p w14:paraId="1944E5B2" w14:textId="77777777" w:rsidR="00873758" w:rsidRDefault="00873758" w:rsidP="000E4A56"/>
-    <w:p w14:paraId="195105AA" w14:textId="7FE8126F" w:rsidR="00035C0B" w:rsidRDefault="00C929BD" w:rsidP="002B70AF">
+    <w:p w14:paraId="195105AA" w14:textId="7FE8126F" w:rsidR="00035C0B" w:rsidRDefault="00C929BD" w:rsidP="004E0D1D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00035C0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>FIRMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33152E9E" w14:textId="77777777" w:rsidR="00577D1B" w:rsidRPr="00AA126D" w:rsidRDefault="00577D1B" w:rsidP="00577D1B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9918" w:type="dxa"/>
+        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3246"/>
+        <w:gridCol w:w="3535"/>
         <w:gridCol w:w="3412"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C929BD" w14:paraId="02F4DC15" w14:textId="77777777" w:rsidTr="00035C0B">
+      <w:tr w:rsidR="00C929BD" w14:paraId="02F4DC15" w14:textId="77777777" w:rsidTr="00E848AC">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3246" w:type="dxa"/>
+            <w:tcW w:w="3535" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="5D157C2D" w14:textId="7B287604" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Coordinador</w:t>
             </w:r>
             <w:r w:rsidR="00BE5F40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>(a) de la carrera</w:t>
             </w:r>
@@ -6447,57 +6352,57 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Estudiante que realiza la PPS</w:t>
             </w:r>
             <w:r w:rsidR="005A42FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> / SS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C929BD" w14:paraId="0B1FF395" w14:textId="77777777" w:rsidTr="00BE5F40">
+      <w:tr w:rsidR="00C929BD" w14:paraId="0B1FF395" w14:textId="77777777" w:rsidTr="00E848AC">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3246" w:type="dxa"/>
+            <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79FE3E8A" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nombre:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06ABC8DB" w14:textId="77777777" w:rsidR="00BE5F40" w:rsidRPr="00BE5F40" w:rsidRDefault="00BE5F40" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -6545,103 +6450,103 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nombre:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="031D039B" w14:textId="77777777" w:rsidR="00BE5F40" w:rsidRPr="00BE5F40" w:rsidRDefault="00BE5F40" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C929BD" w14:paraId="4BA75EEB" w14:textId="77777777" w:rsidTr="00035C0B">
+      <w:tr w:rsidR="00C929BD" w14:paraId="4BA75EEB" w14:textId="77777777" w:rsidTr="00E848AC">
         <w:trPr>
           <w:trHeight w:val="1114"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3246" w:type="dxa"/>
+            <w:tcW w:w="3535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63D05663" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A8F0F8A" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D540742" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C929BD" w14:paraId="702B062E" w14:textId="77777777" w:rsidTr="00035C0B">
+      <w:tr w:rsidR="00C929BD" w14:paraId="702B062E" w14:textId="77777777" w:rsidTr="00E848AC">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3246" w:type="dxa"/>
+            <w:tcW w:w="3535" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="6EF14572" w14:textId="6A014955" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Firma del</w:t>
             </w:r>
             <w:r w:rsidR="00BE5F40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">(a) coordinador(a) de la carrera </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6753,55 +6658,55 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ADA7E38" w14:textId="77777777" w:rsidR="005A42FB" w:rsidRDefault="005A42FB" w:rsidP="00BE5F40">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36033F3E" w14:textId="5E544B26" w:rsidR="00C929BD" w:rsidRDefault="00035C0B" w:rsidP="002B70AF">
+    <w:p w14:paraId="36033F3E" w14:textId="5E544B26" w:rsidR="00C929BD" w:rsidRDefault="00035C0B" w:rsidP="004E0D1D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00035C0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7107,355 +7012,240 @@
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39570C5F" w14:textId="77777777" w:rsidR="00D20C3F" w:rsidRPr="00C929BD" w:rsidRDefault="00D20C3F" w:rsidP="00C929BD"/>
     <w:sectPr w:rsidR="00D20C3F" w:rsidRPr="00C929BD" w:rsidSect="007461AD">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2268" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06F5F56D" w14:textId="77777777" w:rsidR="009521F0" w:rsidRDefault="009521F0" w:rsidP="007D0977">
+    <w:p w14:paraId="4E284CC4" w14:textId="77777777" w:rsidR="00F023D4" w:rsidRDefault="00F023D4" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C54E80D" w14:textId="77777777" w:rsidR="009521F0" w:rsidRDefault="009521F0" w:rsidP="007D0977">
+    <w:p w14:paraId="0DC64DC0" w14:textId="77777777" w:rsidR="00F023D4" w:rsidRDefault="00F023D4" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="4AEC8B0A" w14:textId="77777777" w:rsidR="002415AA" w:rsidRDefault="002415AA">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="88970595"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="697EFEF1" w14:textId="59FBA94A" w:rsidR="00120419" w:rsidRDefault="00120419">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="4AEC8B0A" w14:textId="2F584C97" w:rsidR="002415AA" w:rsidRDefault="002415AA">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
-    <w:r>
-[...155 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="385DBE6A" w14:textId="77777777" w:rsidR="009521F0" w:rsidRDefault="009521F0" w:rsidP="007D0977">
+    <w:p w14:paraId="373526BE" w14:textId="77777777" w:rsidR="00F023D4" w:rsidRDefault="00F023D4" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E1C86FD" w14:textId="77777777" w:rsidR="009521F0" w:rsidRDefault="009521F0" w:rsidP="007D0977">
+    <w:p w14:paraId="0A877713" w14:textId="77777777" w:rsidR="00F023D4" w:rsidRDefault="00F023D4" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="009521F0">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00F023D4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="009521F0">
+  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="00F023D4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1068701906"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00EA1165">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wpg">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6A5124A6" wp14:editId="619CB201">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>center</wp:align>
                   </wp:positionH>
@@ -7652,51 +7442,51 @@
                                     </a:solidFill>
                                     <a:round/>
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </wpg:grpSp>
                       </wpg:wgp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
-            <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+            <mc:Fallback>
               <w:pict>
                 <v:group w14:anchorId="6A5124A6" id="Grupo 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:38.45pt;height:18.7pt;z-index:251673600;mso-top-percent:200;mso-position-horizontal:center;mso-position-horizontal-relative:right-margin-area;mso-position-vertical-relative:page;mso-top-percent:200" coordorigin="689,3255" coordsize="769,374" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/BAExKwQAAPYOAAAOAAAAZHJzL2Uyb0RvYy54bWzcV9lu3DYUfS/QfyD0PtZGrbAc2LMYBdwm&#10;QNIP4EjUgkqiSmqscYP+ey9JSbM4AztJkyLVg0Bxubz38J7Dq+s3+6ZGj5SLirWJYV9ZBqJtyrKq&#10;LRLj9w+bRWgg0ZM2IzVraWI8UWG8ufn5p+uhi6nDSlZnlCMw0op46BKj7PsuNk2RlrQh4op1tIXB&#10;nPGG9PDJCzPjZADrTW06luWbA+NZx1lKhYDelR40bpT9PKdp/zbPBe1RnRjgW6/eXL238m3eXJO4&#10;4KQrq3R0g3yBFw2pWth0NrUiPUE7Xj0z1VQpZ4Ll/VXKGpPleZVSFQNEY1tn0dxztutULEU8FN0M&#10;E0B7htMXm01/e3zHUZUlRhg5boRtHBioJQ0c1T3fdQw5nsRo6IoYpt7z7n33jutAofnA0j8EDJvn&#10;4/K70JPRdviVZWCP7HqmMNrnvJEmIHq0V0fxNB8F3fcohU4chq7tGSiFIccNcDQeVVrCecpVfhgZ&#10;CAZdx1Mekjgt1+PiwIcxuRIWSu9NEus9lZ+jXzIoyDlxgFV8HazvS9JRdVpCYjXCakeB62DXw0AE&#10;jesHGeMd26PA1tCq6RJX1O+hH2ikYBIaXtSyZUnagt5yzoaSkgz8VCshmnmpjkZIIy/hfUDOd3X+&#10;T6AfcPMV3DNuJO646O8pa5BsJAYHYiknyeOD6DXE0xR5tC3bVHUN/SSu25MOsKl7YFNYKsfk9oor&#10;HyMrWofrEC+w468X2FqtFrebJV74GzvwVu5quVzZf8t9bRyXVZbRVm4z8dbGrzvAUUE042bmClZX&#10;mTQnXRK82C5rjh4J6MZGPWMiHU0zT91QeQaxnIVkO9i6c6LFxg+DBd5gbxEFVriw7Ogu8i0c4dXm&#10;NKSHqqVfHxIaEiPygL0qnIuxWep5HhuJm6oHZa6rBqRhnkRimYDrNlNH25Oq1u0jKKT7ByjguKeD&#10;VukqM1Tnar/f7sGKzOEty54gcTmDzAKRhusEGiXjfxloAGlODPHnjnBqoPqXFpJf6vjU4FNjOzVI&#10;m8LSxEh7biD9sey14u86XhUl2NYEa9ktSFJeqfw9+KHkTCmD9G7UMd080BqUMop8/0gsQapR4GhG&#10;fzuxDEP/TPYke6RiSq07Fj0piKNW2thz1Sobh65y8VgtzxfOrP8v1DJ0LWxFoWVPavkWKIgCJVQn&#10;cgcc/Ub6+Cm0LoE8Y/VMIWldV52Q9wGJXyOSkq++61kv8DXEt87S/xRfoVYYaXmJov9/4b2sNp8p&#10;MZGN8Swz2Asc+NBSM45ouRlHJsnp/w3B+Q41iedjx/Kw55ySTNVK341kPuwOJZqUpLGAm0hmS/bL&#10;8k02dG0xlYxTjTGWIa8g2dF9fXatX6bSZ5UsP+r9/rJezEXWa6/0H4Vkh4tN3fXq50qVLOOPoPx7&#10;O/5Wsw6/qzf/AAAA//8DAFBLAwQUAAYACAAAACEAqiUKot0AAAADAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPT0vDQBDF70K/wzIFb3bjHxpNsylFEPVQxNgivW2z4yaanQ3ZbZp+e0cvehl4vMd7v8mX&#10;o2vFgH1oPCm4nCUgkCpvGrIKNm8PF7cgQtRkdOsJFZwwwLKYnOU6M/5IrziU0QouoZBpBXWMXSZl&#10;qGp0Osx8h8Teh++djix7K02vj1zuWnmVJHPpdEO8UOsO72usvsqDU7BOK3x6WX2W5vnxFIbd2m7H&#10;d6vU+XRcLUBEHONfGH7wGR0KZtr7A5kgWgX8SPy97KXzOxB7BdfpDcgil//Zi28AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA/wQBMSsEAAD2DgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAqiUKot0AAAADAQAADwAAAAAAAAAAAAAAAACFBgAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI8HAAAAAA==&#10;" o:allowincell="f">
                   <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                     <v:stroke joinstyle="miter"/>
                     <v:path gradientshapeok="t" o:connecttype="rect"/>
                   </v:shapetype>
                   <v:shape id="Text Box 71" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:689;top:3263;width:769;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALbgzuywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlfoOK1fqpYJNgVKasiB+VNpLD6E8gJU1SUTWG2UXCDw9PiD1aM945vN03rlanagNlWcDr/0E&#10;FHHubcWFgd3fV28CKkRki7VnMnChAPPZ48MUU+vPnNFpGwslIRxSNFDG2KRah7wkh6HvG2LR9r51&#10;GGVsC21bPEu4q/UgScbaYcXSUGJDq5Lyw/boDNAi89ffQ9i4bLlebfYV04v+Nub5qVt8gorUxX/z&#10;/frHCv7H+3AwGr6NBFp+kgXo2Q0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALbgzuywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" stroked="f">
                     <v:textbox inset="0,0,0,0">
                       <w:txbxContent>
                         <w:p w14:paraId="45F7D137" w14:textId="77777777" w:rsidR="00EA1165" w:rsidRDefault="00EA1165">
                           <w:pPr>
                             <w:pStyle w:val="Encabezado"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r w:rsidR="00C07439" w:rsidRPr="00C07439">
                             <w:rPr>
@@ -7764,51 +7554,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2287905" cy="1403985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="009521F0" w:rsidP="00743BDC">
+                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00F023D4" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1" w:history="1">
                             <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
                               <w:rPr>
                                 <w:rStyle w:val="Hipervnculo"/>
                                 <w:b/>
                                 <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:u w:val="none"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
                             </w:r>
                           </w:hyperlink>
@@ -7829,98 +7619,81 @@
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXCReOEAIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShZduo6WrpUoS0&#10;XKSFD3Bsp7FwPMZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbodPkJJ1XYCo6n+WUSMNBKHOo6Lev+1cr&#10;SnxgRjANRlb0LD293b58seltKQtoQQvpCIIYX/a2om0Itswyz1vZMT8DKw06G3AdC2i6QyYc6xG9&#10;01mR52+yHpywDrj0Hm/vRyfdJvymkTx8bhovA9EVxdpC2l3a67hn2w0rD47ZVvGpDPYPVXRMGUx6&#10;gbpngZGjU39BdYo78NCEGYcug6ZRXKYesJt5/kc3jy2zMvWC5Hh7ocn/P1j+6fRovzgShrcw4ABT&#10;E94+AP/uiYFdy8xB3jkHfSuZwMTzSFnWW19OTyPVvvQRpO4/gsAhs2OABDQ0rousYJ8E0XEA5wvp&#10;cgiE42VRrG7W+ZISjr75In+9Xi1TDlY+PbfOh/cSOhIPFXU41QTPTg8+xHJY+RQSs3nQSuyV1slw&#10;h3qnHTkxVMA+rQn9tzBtSF/R9bJYJmQD8X0SR6cCKlSrrqKrPK5RM5GOd0akkMCUHs9YiTYTP5GS&#10;kZww1ANRYiIv0lWDOCNhDkZB4gfCQwvuJyU9irGi/seROUmJ/mCQ9PV8sYjqTcZieVOg4a499bWH&#10;GY5QFQ2UjMddSIpPdNg7HM5eJdqeK5lKRpElNqcPEVV8baeo52+7/QUAAP//AwBQSwMEFAAGAAgA&#10;AAAhALu52Z/lAAAAEQEAAA8AAABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQm+JlDRxiuN1&#10;CDW99BBoWmiPiiVbpvpDUhz37auc0svCsjOz81W7yWgyyhAHZxEWcwZE2taJwfYInx+vs2cgMXEr&#10;uHZWIvzKCLv6/q7ipXAX+y7HY+pJDrGx5AgqJV9SGlslDY9z56XNt84Fw1NeQ09F4JccbjRdMlZQ&#10;wwebPyju5YuS7c/xbBC+jBpEEw7fndBj89bt134KHvHxYWq2eey3QJKc0s0BV4bcH+pc7OTOVkSi&#10;EYoNW2cpwmxRbIBcFeyJZaQTwpKtVkDriv4nqf8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA1wkXjhACAAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAu7nZn+UAAAARAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" stroked="f">
+            <v:shape w14:anchorId="28231471" id="Cuadro de texto 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDycRKiKgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmzBvJ5CXuNigfiTCPB/nScyOjQ/+Ls4Gk2/Dw&#10;cwdecWY+WiJ9MZlOk9azM51dVeT488jmPAJWEFTDI2cHcxXz+8h0uFtazlpn2l46ObZMksxsHp9P&#10;0vy5n7NeHvnyCQAA//8DAFBLAwQUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3Fq7pU1RyKaqqLhwQKIgwdGNnTgiXlu2m4a/xz3R42qfZt5U28kO&#10;bNQh9o4QFnMBTFPjVE8dwufHy+wRWEySlBwcaYRfHWFb395UslTuTO96PKSO5RCKpUQwKfmS89gY&#10;bWWcO68p/1oXrEz5DB1XQZ5zuB34UoiCW9lTbjDS62ejm5/DySJ8WdOrfXj7btUw7l/b3dpPwSPe&#10;3027J2BJT+kfhot+Voc6Ox3diVRkA0KxEeuMIswWxQbYhRAPIq85IizFagW8rvj1iPoPAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA8nESoioCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00BE5354" w:rsidP="00743BDC">
+                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00F023D4" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...25 lines deleted...]
-                    </w:r>
+                    <w:hyperlink r:id="rId2" w:history="1">
+                      <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
+                        <w:rPr>
+                          <w:rStyle w:val="Hipervnculo"/>
+                          <w:b/>
+                          <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="none"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                      </w:r>
+                    </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="6B7C0CF6" w14:textId="34AD30B3" w:rsidR="004E2F5D" w:rsidRPr="00745B3B" w:rsidRDefault="004E2F5D" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00745B3B">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Tel. 2216-7070  Ext. 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
@@ -7979,86 +7752,86 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
             <v:rect w14:anchorId="155027FF" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcTcSYfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZF2DOkWQIsOA&#10;oi3WDj0rspQYkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18480HYShiwquQH5fn17OOHq9ZN1Qg2YCqFjECsn7au5JsQ3DTLvNyoRvgzcMqSUAM2ItAR11mF&#10;oiX0xmSjPP+ctYCVQ5DKe7q96YR8lvC1VjLca+1VYKbkFFtIK6Z1FddsdiWmaxRuU8s+DPEPUTSi&#10;tuR0gLoRQbAt1m+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyIHO8Gmvz/g5V3u0f3gERD6/zU&#10;0zZmsdfYxD/Fx/aJrMNAltoHJulyNB6PLyacSRIVRXF5Pikim9nJ2qEPXxU0LG5KjvQYiSOxu/Wh&#10;Uz2qRGceTF0ta2PSAderhUG2E/Rwy5vFeZ7eitD/UDM2KluIZh1ivMlOuaRdOBgV9Yz9rjSrqxh9&#10;iiSVmRr8CCmVDUUn2ohKde4nOX19boNFyjQBRmRN/gfsHiCW8FvsLspeP5qqVKWDcf63wDrjwSJ5&#10;BhsG46a2gO8BGMqq99zpH0nqqIksraA6PCBD6HrEO7ms6d1uhQ8PAqkpqH2o0cM9LdpAW3Lod5xt&#10;AH+9dx/1qVZJyllLTVZy/3MrUHFmvlmq4stiPI5dmQ7jycWIDvhSsnopsdtmAVQOBY0UJ9M26gdz&#10;3GqE5pnmwTx6JZGwknyXXAY8Hhaha36aKFLN50mNOtGJcGsfnYzgkdVYl0/7Z4GuL95AZX8Hx4YU&#10;01c13OlGSwvzbQBdpwI/8drzTV2cCqefOHFMvDwnrdNcnP0GAAD//wMAUEsDBBQABgAIAAAAIQCc&#10;Jgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdE&#10;CwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4ccYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCE&#10;bXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/exHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPi&#10;Y4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZ&#10;iLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJxNxJh9AgAA&#10;XwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzf&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="4B96EAF8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1151158445" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1757605202" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="1252855"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
@@ -8070,135 +7843,224 @@
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5E5E5E" wp14:editId="5E4FF910">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>228600</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>3752215</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="12646025" cy="4917953"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2027368810" name="Imagen 2027368810" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3" cstate="print">
+                  <a:blip r:embed="rId4" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="12646025" cy="4917953"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="009521F0">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00F023D4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s2049" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1108146F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4E82A14"/>
+    <w:lvl w:ilvl="0" w:tplc="3CCA7A22">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15505382"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="761EF79E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="FFFFFF"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8247,51 +8109,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34974C34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FA6A3874"/>
+    <w:lvl w:ilvl="0" w:tplc="36A4A784">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E2246D8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="041877E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="3.1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
@@ -8369,51 +8320,140 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51C36895"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF98F012"/>
+    <w:lvl w:ilvl="0" w:tplc="0C5EC158">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CF33193"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F9666142"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
@@ -8460,66 +8500,167 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7813434F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0AFCA684"/>
+    <w:lvl w:ilvl="0" w:tplc="480A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -8540,87 +8681,90 @@
     <w:rsid w:val="000532A1"/>
     <w:rsid w:val="00057A28"/>
     <w:rsid w:val="0006078A"/>
     <w:rsid w:val="00065F11"/>
     <w:rsid w:val="00067315"/>
     <w:rsid w:val="000723C3"/>
     <w:rsid w:val="00080DFA"/>
     <w:rsid w:val="00084EBB"/>
     <w:rsid w:val="00091E80"/>
     <w:rsid w:val="0009331F"/>
     <w:rsid w:val="000948E5"/>
     <w:rsid w:val="000A0968"/>
     <w:rsid w:val="000A1343"/>
     <w:rsid w:val="000A1BDE"/>
     <w:rsid w:val="000A5887"/>
     <w:rsid w:val="000A5FE8"/>
     <w:rsid w:val="000B0C3F"/>
     <w:rsid w:val="000C3D26"/>
     <w:rsid w:val="000C565F"/>
     <w:rsid w:val="000C7436"/>
     <w:rsid w:val="000E170F"/>
     <w:rsid w:val="000E4A56"/>
     <w:rsid w:val="000F08E1"/>
     <w:rsid w:val="000F387E"/>
     <w:rsid w:val="0010246B"/>
+    <w:rsid w:val="00120419"/>
     <w:rsid w:val="001253E7"/>
     <w:rsid w:val="001275C9"/>
     <w:rsid w:val="001312AF"/>
     <w:rsid w:val="00133398"/>
     <w:rsid w:val="00133D11"/>
     <w:rsid w:val="00135552"/>
     <w:rsid w:val="001357B5"/>
     <w:rsid w:val="001377E7"/>
     <w:rsid w:val="00144667"/>
     <w:rsid w:val="00144FA8"/>
     <w:rsid w:val="00147298"/>
     <w:rsid w:val="001476FE"/>
     <w:rsid w:val="001718E6"/>
     <w:rsid w:val="00172091"/>
     <w:rsid w:val="00172FF6"/>
     <w:rsid w:val="0017547E"/>
     <w:rsid w:val="001807CA"/>
     <w:rsid w:val="00186822"/>
     <w:rsid w:val="001A001C"/>
     <w:rsid w:val="001A1543"/>
     <w:rsid w:val="001A4AEE"/>
     <w:rsid w:val="001A4D47"/>
     <w:rsid w:val="001A4E51"/>
     <w:rsid w:val="001A58AD"/>
     <w:rsid w:val="001A629B"/>
     <w:rsid w:val="001B0F75"/>
     <w:rsid w:val="001B17C9"/>
     <w:rsid w:val="001B235A"/>
     <w:rsid w:val="001B5C1D"/>
     <w:rsid w:val="001B6563"/>
     <w:rsid w:val="001B71D6"/>
     <w:rsid w:val="001C0291"/>
     <w:rsid w:val="001C0FD2"/>
     <w:rsid w:val="001C26B8"/>
+    <w:rsid w:val="001C4536"/>
     <w:rsid w:val="001D2709"/>
     <w:rsid w:val="001E1DD6"/>
     <w:rsid w:val="001E2ED0"/>
+    <w:rsid w:val="001F09D7"/>
     <w:rsid w:val="001F0E27"/>
     <w:rsid w:val="002000C1"/>
     <w:rsid w:val="00202324"/>
     <w:rsid w:val="00207A49"/>
     <w:rsid w:val="00210F61"/>
     <w:rsid w:val="00214DDC"/>
     <w:rsid w:val="00215A89"/>
     <w:rsid w:val="00232A38"/>
     <w:rsid w:val="002353A1"/>
     <w:rsid w:val="00236709"/>
     <w:rsid w:val="002367E1"/>
     <w:rsid w:val="00240F67"/>
     <w:rsid w:val="002415AA"/>
     <w:rsid w:val="00245EFD"/>
     <w:rsid w:val="00246317"/>
     <w:rsid w:val="0024747F"/>
     <w:rsid w:val="002501D6"/>
     <w:rsid w:val="0025194B"/>
     <w:rsid w:val="00253311"/>
     <w:rsid w:val="002543C0"/>
     <w:rsid w:val="002552E2"/>
     <w:rsid w:val="002555DD"/>
     <w:rsid w:val="002574EE"/>
     <w:rsid w:val="00265C88"/>
     <w:rsid w:val="00267D3F"/>
@@ -8637,50 +8781,51 @@
     <w:rsid w:val="002C08CA"/>
     <w:rsid w:val="002C38DF"/>
     <w:rsid w:val="002C4087"/>
     <w:rsid w:val="002C4955"/>
     <w:rsid w:val="002C7500"/>
     <w:rsid w:val="002D2BD0"/>
     <w:rsid w:val="002E1224"/>
     <w:rsid w:val="002E1479"/>
     <w:rsid w:val="002E4CF2"/>
     <w:rsid w:val="002E5B74"/>
     <w:rsid w:val="002F1B96"/>
     <w:rsid w:val="002F4A03"/>
     <w:rsid w:val="002F7A41"/>
     <w:rsid w:val="00303419"/>
     <w:rsid w:val="0030399F"/>
     <w:rsid w:val="00303B30"/>
     <w:rsid w:val="00311191"/>
     <w:rsid w:val="00317916"/>
     <w:rsid w:val="00317B32"/>
     <w:rsid w:val="0032354F"/>
     <w:rsid w:val="003259EA"/>
     <w:rsid w:val="00325F07"/>
     <w:rsid w:val="003265A4"/>
     <w:rsid w:val="00330151"/>
     <w:rsid w:val="00331F09"/>
+    <w:rsid w:val="003343F9"/>
     <w:rsid w:val="0033644D"/>
     <w:rsid w:val="003440CE"/>
     <w:rsid w:val="003468F0"/>
     <w:rsid w:val="00350BD7"/>
     <w:rsid w:val="003513D7"/>
     <w:rsid w:val="00352B92"/>
     <w:rsid w:val="00353EB9"/>
     <w:rsid w:val="00354368"/>
     <w:rsid w:val="003608E1"/>
     <w:rsid w:val="003626FA"/>
     <w:rsid w:val="00364360"/>
     <w:rsid w:val="00372421"/>
     <w:rsid w:val="0037442C"/>
     <w:rsid w:val="003772A8"/>
     <w:rsid w:val="00377DA4"/>
     <w:rsid w:val="00382328"/>
     <w:rsid w:val="003847B4"/>
     <w:rsid w:val="00386204"/>
     <w:rsid w:val="003864FF"/>
     <w:rsid w:val="003B6783"/>
     <w:rsid w:val="003C4FB0"/>
     <w:rsid w:val="003C6281"/>
     <w:rsid w:val="003C669D"/>
     <w:rsid w:val="003D5A19"/>
     <w:rsid w:val="003D76D3"/>
@@ -8705,58 +8850,60 @@
     <w:rsid w:val="00433EE7"/>
     <w:rsid w:val="00436065"/>
     <w:rsid w:val="004366F1"/>
     <w:rsid w:val="00436C5E"/>
     <w:rsid w:val="00436F5A"/>
     <w:rsid w:val="00437449"/>
     <w:rsid w:val="00442CC0"/>
     <w:rsid w:val="00462675"/>
     <w:rsid w:val="004627C5"/>
     <w:rsid w:val="00464E8E"/>
     <w:rsid w:val="00467291"/>
     <w:rsid w:val="00472FD3"/>
     <w:rsid w:val="00485915"/>
     <w:rsid w:val="00485F62"/>
     <w:rsid w:val="0049320A"/>
     <w:rsid w:val="00493795"/>
     <w:rsid w:val="00496C1B"/>
     <w:rsid w:val="004978C5"/>
     <w:rsid w:val="004B0645"/>
     <w:rsid w:val="004B4968"/>
     <w:rsid w:val="004B5D65"/>
     <w:rsid w:val="004B6026"/>
     <w:rsid w:val="004C17E8"/>
     <w:rsid w:val="004C4517"/>
     <w:rsid w:val="004C6C0A"/>
+    <w:rsid w:val="004E0D1D"/>
     <w:rsid w:val="004E2878"/>
     <w:rsid w:val="004E2F5D"/>
     <w:rsid w:val="004F5D3C"/>
     <w:rsid w:val="004F6A0A"/>
     <w:rsid w:val="00500B4F"/>
     <w:rsid w:val="00505BE7"/>
     <w:rsid w:val="00507FC9"/>
     <w:rsid w:val="0051744B"/>
+    <w:rsid w:val="005219E4"/>
     <w:rsid w:val="00523894"/>
     <w:rsid w:val="00531C99"/>
     <w:rsid w:val="005336C9"/>
     <w:rsid w:val="00534039"/>
     <w:rsid w:val="0053583E"/>
     <w:rsid w:val="0054048E"/>
     <w:rsid w:val="0054068E"/>
     <w:rsid w:val="00541292"/>
     <w:rsid w:val="00541C1B"/>
     <w:rsid w:val="00543DD9"/>
     <w:rsid w:val="005473E1"/>
     <w:rsid w:val="005511DA"/>
     <w:rsid w:val="00553ACA"/>
     <w:rsid w:val="00554E1A"/>
     <w:rsid w:val="00556DC2"/>
     <w:rsid w:val="00561474"/>
     <w:rsid w:val="005615C3"/>
     <w:rsid w:val="00564247"/>
     <w:rsid w:val="005642C5"/>
     <w:rsid w:val="00566068"/>
     <w:rsid w:val="00566787"/>
     <w:rsid w:val="00567DFB"/>
     <w:rsid w:val="00575D4C"/>
     <w:rsid w:val="00577D1B"/>
     <w:rsid w:val="00583ED7"/>
@@ -8846,50 +8993,51 @@
     <w:rsid w:val="00737C61"/>
     <w:rsid w:val="007415F5"/>
     <w:rsid w:val="00741928"/>
     <w:rsid w:val="00743BDC"/>
     <w:rsid w:val="00745B3B"/>
     <w:rsid w:val="007461AD"/>
     <w:rsid w:val="00746210"/>
     <w:rsid w:val="00757A2A"/>
     <w:rsid w:val="007604D2"/>
     <w:rsid w:val="0076256E"/>
     <w:rsid w:val="0076496C"/>
     <w:rsid w:val="0077185F"/>
     <w:rsid w:val="00772A31"/>
     <w:rsid w:val="007741C5"/>
     <w:rsid w:val="00776D8F"/>
     <w:rsid w:val="00777FB6"/>
     <w:rsid w:val="00781257"/>
     <w:rsid w:val="007812FC"/>
     <w:rsid w:val="00782F5C"/>
     <w:rsid w:val="00785172"/>
     <w:rsid w:val="00796DD5"/>
     <w:rsid w:val="007A4E9F"/>
     <w:rsid w:val="007A531E"/>
     <w:rsid w:val="007B0986"/>
     <w:rsid w:val="007B226D"/>
+    <w:rsid w:val="007B229A"/>
     <w:rsid w:val="007B2905"/>
     <w:rsid w:val="007B374C"/>
     <w:rsid w:val="007B7480"/>
     <w:rsid w:val="007B7860"/>
     <w:rsid w:val="007C3C13"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C728D"/>
     <w:rsid w:val="007D0977"/>
     <w:rsid w:val="007E20A8"/>
     <w:rsid w:val="007E5BEF"/>
     <w:rsid w:val="007E5E17"/>
     <w:rsid w:val="007E7E25"/>
     <w:rsid w:val="007F0517"/>
     <w:rsid w:val="007F4280"/>
     <w:rsid w:val="007F4D3E"/>
     <w:rsid w:val="00824D70"/>
     <w:rsid w:val="0082613A"/>
     <w:rsid w:val="00830EB7"/>
     <w:rsid w:val="0083426F"/>
     <w:rsid w:val="00840480"/>
     <w:rsid w:val="00841926"/>
     <w:rsid w:val="00842D50"/>
     <w:rsid w:val="008432DC"/>
     <w:rsid w:val="008457DE"/>
     <w:rsid w:val="008463FF"/>
@@ -8995,50 +9143,51 @@
     <w:rsid w:val="00A806AA"/>
     <w:rsid w:val="00A827F9"/>
     <w:rsid w:val="00A83F6A"/>
     <w:rsid w:val="00A8678A"/>
     <w:rsid w:val="00A86C88"/>
     <w:rsid w:val="00A934EC"/>
     <w:rsid w:val="00A93E80"/>
     <w:rsid w:val="00A94314"/>
     <w:rsid w:val="00A95689"/>
     <w:rsid w:val="00A97FC0"/>
     <w:rsid w:val="00AA126D"/>
     <w:rsid w:val="00AA3ADE"/>
     <w:rsid w:val="00AB1A4D"/>
     <w:rsid w:val="00AB46B3"/>
     <w:rsid w:val="00AB6DAF"/>
     <w:rsid w:val="00AC1916"/>
     <w:rsid w:val="00AC3733"/>
     <w:rsid w:val="00AD2232"/>
     <w:rsid w:val="00AD4E2A"/>
     <w:rsid w:val="00AD756F"/>
     <w:rsid w:val="00AE1F2C"/>
     <w:rsid w:val="00AE79FB"/>
     <w:rsid w:val="00AF64E9"/>
     <w:rsid w:val="00B007CF"/>
     <w:rsid w:val="00B04C19"/>
+    <w:rsid w:val="00B15C57"/>
     <w:rsid w:val="00B16E28"/>
     <w:rsid w:val="00B253D2"/>
     <w:rsid w:val="00B26D0C"/>
     <w:rsid w:val="00B34A6E"/>
     <w:rsid w:val="00B4259D"/>
     <w:rsid w:val="00B5158F"/>
     <w:rsid w:val="00B5256F"/>
     <w:rsid w:val="00B54DE5"/>
     <w:rsid w:val="00B56BB1"/>
     <w:rsid w:val="00B62B0A"/>
     <w:rsid w:val="00B64FE7"/>
     <w:rsid w:val="00B6668B"/>
     <w:rsid w:val="00B72DAC"/>
     <w:rsid w:val="00B76B04"/>
     <w:rsid w:val="00B774DA"/>
     <w:rsid w:val="00B84225"/>
     <w:rsid w:val="00B84AAA"/>
     <w:rsid w:val="00B8636A"/>
     <w:rsid w:val="00B86AF1"/>
     <w:rsid w:val="00B9016E"/>
     <w:rsid w:val="00BB155B"/>
     <w:rsid w:val="00BB367D"/>
     <w:rsid w:val="00BB36ED"/>
     <w:rsid w:val="00BC5BB7"/>
     <w:rsid w:val="00BC69F3"/>
@@ -9069,50 +9218,51 @@
     <w:rsid w:val="00C32045"/>
     <w:rsid w:val="00C32C41"/>
     <w:rsid w:val="00C33FB9"/>
     <w:rsid w:val="00C44FB7"/>
     <w:rsid w:val="00C4518A"/>
     <w:rsid w:val="00C65606"/>
     <w:rsid w:val="00C70C61"/>
     <w:rsid w:val="00C72CC3"/>
     <w:rsid w:val="00C73511"/>
     <w:rsid w:val="00C74309"/>
     <w:rsid w:val="00C81131"/>
     <w:rsid w:val="00C81450"/>
     <w:rsid w:val="00C81E53"/>
     <w:rsid w:val="00C83AD6"/>
     <w:rsid w:val="00C86A68"/>
     <w:rsid w:val="00C876A5"/>
     <w:rsid w:val="00C908EE"/>
     <w:rsid w:val="00C929BD"/>
     <w:rsid w:val="00C95AFC"/>
     <w:rsid w:val="00CA0E8B"/>
     <w:rsid w:val="00CA1B80"/>
     <w:rsid w:val="00CA22AA"/>
     <w:rsid w:val="00CA347E"/>
     <w:rsid w:val="00CA46AB"/>
     <w:rsid w:val="00CA6F9A"/>
+    <w:rsid w:val="00CB5279"/>
     <w:rsid w:val="00CB6B8F"/>
     <w:rsid w:val="00CC09A7"/>
     <w:rsid w:val="00CC18D0"/>
     <w:rsid w:val="00CC1B4F"/>
     <w:rsid w:val="00CC210C"/>
     <w:rsid w:val="00CC286B"/>
     <w:rsid w:val="00CC4A8D"/>
     <w:rsid w:val="00CD2672"/>
     <w:rsid w:val="00CE09A6"/>
     <w:rsid w:val="00CE2F87"/>
     <w:rsid w:val="00CE5668"/>
     <w:rsid w:val="00CF54D5"/>
     <w:rsid w:val="00CF7252"/>
     <w:rsid w:val="00D033B9"/>
     <w:rsid w:val="00D04DF8"/>
     <w:rsid w:val="00D05398"/>
     <w:rsid w:val="00D10540"/>
     <w:rsid w:val="00D20C3F"/>
     <w:rsid w:val="00D24973"/>
     <w:rsid w:val="00D2620C"/>
     <w:rsid w:val="00D30B39"/>
     <w:rsid w:val="00D354E0"/>
     <w:rsid w:val="00D36CEE"/>
     <w:rsid w:val="00D36FA9"/>
     <w:rsid w:val="00D37525"/>
@@ -9134,85 +9284,89 @@
     <w:rsid w:val="00D92D40"/>
     <w:rsid w:val="00D953D7"/>
     <w:rsid w:val="00D96C58"/>
     <w:rsid w:val="00DA01CE"/>
     <w:rsid w:val="00DA27D7"/>
     <w:rsid w:val="00DA2CF9"/>
     <w:rsid w:val="00DA50A7"/>
     <w:rsid w:val="00DA74C4"/>
     <w:rsid w:val="00DB5FE5"/>
     <w:rsid w:val="00DC4E0D"/>
     <w:rsid w:val="00DD12B4"/>
     <w:rsid w:val="00DD7C73"/>
     <w:rsid w:val="00DF1685"/>
     <w:rsid w:val="00DF64F0"/>
     <w:rsid w:val="00DF7FC1"/>
     <w:rsid w:val="00E1127E"/>
     <w:rsid w:val="00E149A0"/>
     <w:rsid w:val="00E1608E"/>
     <w:rsid w:val="00E16917"/>
     <w:rsid w:val="00E17676"/>
     <w:rsid w:val="00E23438"/>
     <w:rsid w:val="00E25CF6"/>
     <w:rsid w:val="00E3161D"/>
     <w:rsid w:val="00E35044"/>
     <w:rsid w:val="00E35419"/>
+    <w:rsid w:val="00E36542"/>
     <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F7D"/>
     <w:rsid w:val="00E542E4"/>
     <w:rsid w:val="00E55066"/>
     <w:rsid w:val="00E554D5"/>
     <w:rsid w:val="00E56AD9"/>
     <w:rsid w:val="00E61EF5"/>
     <w:rsid w:val="00E67611"/>
     <w:rsid w:val="00E75246"/>
     <w:rsid w:val="00E77BDF"/>
     <w:rsid w:val="00E81AFD"/>
     <w:rsid w:val="00E82217"/>
     <w:rsid w:val="00E8297E"/>
+    <w:rsid w:val="00E848AC"/>
     <w:rsid w:val="00E84B85"/>
     <w:rsid w:val="00E84FFC"/>
     <w:rsid w:val="00E92259"/>
     <w:rsid w:val="00EA1165"/>
     <w:rsid w:val="00EA1FB7"/>
     <w:rsid w:val="00EA6F47"/>
     <w:rsid w:val="00EA7174"/>
+    <w:rsid w:val="00EA72D7"/>
     <w:rsid w:val="00EB00B0"/>
     <w:rsid w:val="00EB4DD4"/>
     <w:rsid w:val="00EB5DA1"/>
     <w:rsid w:val="00EB73A5"/>
     <w:rsid w:val="00EB7E72"/>
     <w:rsid w:val="00EC3743"/>
     <w:rsid w:val="00EC4C8E"/>
     <w:rsid w:val="00EC5B9A"/>
     <w:rsid w:val="00ED09D0"/>
     <w:rsid w:val="00ED16BE"/>
     <w:rsid w:val="00ED3BA6"/>
     <w:rsid w:val="00EE6A65"/>
     <w:rsid w:val="00EF4304"/>
     <w:rsid w:val="00EF477F"/>
     <w:rsid w:val="00F009E9"/>
+    <w:rsid w:val="00F023D4"/>
     <w:rsid w:val="00F04313"/>
     <w:rsid w:val="00F071C7"/>
     <w:rsid w:val="00F1193F"/>
     <w:rsid w:val="00F16F6C"/>
     <w:rsid w:val="00F23743"/>
     <w:rsid w:val="00F24537"/>
     <w:rsid w:val="00F32591"/>
     <w:rsid w:val="00F331A4"/>
     <w:rsid w:val="00F34408"/>
     <w:rsid w:val="00F40631"/>
     <w:rsid w:val="00F44BCA"/>
     <w:rsid w:val="00F52DC9"/>
     <w:rsid w:val="00F53B1A"/>
     <w:rsid w:val="00F5418F"/>
     <w:rsid w:val="00F57ACF"/>
     <w:rsid w:val="00F616EE"/>
     <w:rsid w:val="00F61CCE"/>
     <w:rsid w:val="00F7166E"/>
     <w:rsid w:val="00F84BE7"/>
     <w:rsid w:val="00F92F45"/>
     <w:rsid w:val="00F93450"/>
     <w:rsid w:val="00F96E51"/>
     <w:rsid w:val="00FA4841"/>
     <w:rsid w:val="00FA5A92"/>
     <w:rsid w:val="00FA61D8"/>
@@ -10526,50 +10680,55 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00781257"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="k3ksmc">
     <w:name w:val="k3ksmc"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00781257"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="uv3um">
     <w:name w:val="uv3um"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00781257"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="text-format-content">
+    <w:name w:val="text-format-content"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="00E848AC"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="73405611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="639069773">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -10836,50 +10995,104 @@
     <w:div w:id="337120335">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="345980572">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="378938732">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="963316086">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="395209395">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1794014896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="506486836">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="522015202">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11152,84 +11365,107 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2074347405">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1487893183">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1806041447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1796943113">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11486,79 +11722,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68AA4179-539C-4B7B-8483-6FC4115C95AA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BD8467F-B26B-4D48-A569-23D03E15920D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2917</Characters>
+  <Pages>5</Pages>
+  <Words>615</Words>
+  <Characters>3388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3441</CharactersWithSpaces>
+  <CharactersWithSpaces>3996</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ONEYDA CLEOTILDE MENDOZA ZEPEDA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>