--- v0 (2025-10-14)
+++ v1 (2026-03-28)
@@ -1,143 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="721271BD" w14:textId="540154BE" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+    <w:p w14:paraId="721271BD" w14:textId="540154BE" w:rsidR="002676AF" w:rsidRPr="00F20FC6" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F20FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>FORM-DVUS-0</w:t>
       </w:r>
-      <w:r w:rsidR="00D33A49">
+      <w:r w:rsidR="00D33A49" w:rsidRPr="00F20FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0093653B">
+      <w:r w:rsidR="0093653B" w:rsidRPr="00F20FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A24BB5" w14:textId="7374F3F6" w:rsidR="002676AF" w:rsidRPr="00A8013C" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+    <w:p w14:paraId="48A24BB5" w14:textId="5CF256C7" w:rsidR="002676AF" w:rsidRPr="00F20FC6" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A8013C">
+      <w:r w:rsidRPr="00F20FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMULARIO DE REGISTRO DE </w:t>
       </w:r>
-      <w:r w:rsidR="00D33A49">
+      <w:r w:rsidR="00D33A49" w:rsidRPr="00F20FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>PROYECTOS DE I + D + i</w:t>
       </w:r>
+      <w:r w:rsidR="00FA35A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / INVESTIGACIÓN APLICADA</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="153F35E6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00D77F4F" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+    <w:p w14:paraId="153F35E6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00F20FC6" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3503758C" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00D77F4F" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77F4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -162,351 +174,350 @@
           <w:iCs/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5701" w:type="pct"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2478"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="121"/>
+        <w:gridCol w:w="2470"/>
+        <w:gridCol w:w="1305"/>
+        <w:gridCol w:w="710"/>
         <w:gridCol w:w="166"/>
-        <w:gridCol w:w="678"/>
-        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="225"/>
+        <w:gridCol w:w="174"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="17"/>
+        <w:gridCol w:w="882"/>
+        <w:gridCol w:w="508"/>
+        <w:gridCol w:w="162"/>
+        <w:gridCol w:w="833"/>
+        <w:gridCol w:w="230"/>
         <w:gridCol w:w="132"/>
         <w:gridCol w:w="24"/>
-        <w:gridCol w:w="368"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="844"/>
+        <w:gridCol w:w="366"/>
+        <w:gridCol w:w="321"/>
+        <w:gridCol w:w="87"/>
+        <w:gridCol w:w="429"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="538"/>
+        <w:gridCol w:w="151"/>
+        <w:gridCol w:w="829"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006721AD" w:rsidRPr="00A8013C" w14:paraId="239160A2" w14:textId="77777777" w:rsidTr="00D33A49">
+      <w:tr w:rsidR="006721AD" w:rsidRPr="00A8013C" w14:paraId="239160A2" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19C7DC6A" w14:textId="263F053B" w:rsidR="006721AD" w:rsidRPr="00923187" w:rsidRDefault="006721AD" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006721AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha de solicitud de registro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="pct"/>
+            <w:tcW w:w="1219" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="292B4154" w14:textId="65548A19" w:rsidR="006721AD" w:rsidRPr="003E5876" w:rsidRDefault="006721AD" w:rsidP="006721AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E5876">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Año</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1255" w:type="pct"/>
-[...28 lines deleted...]
-            <w:tcW w:w="1336" w:type="pct"/>
+            <w:tcW w:w="1311" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="7B75EC9C" w14:textId="0BB88796" w:rsidR="006721AD" w:rsidRPr="003E5876" w:rsidRDefault="006721AD" w:rsidP="006721AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E5876">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1308" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="235F8C2D" w14:textId="4CA0C275" w:rsidR="006721AD" w:rsidRPr="003E5876" w:rsidRDefault="006721AD" w:rsidP="006721AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E5876">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Día</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006721AD" w:rsidRPr="00A8013C" w14:paraId="777D6D78" w14:textId="77777777" w:rsidTr="00D33A49">
+      <w:tr w:rsidR="006721AD" w:rsidRPr="00A8013C" w14:paraId="777D6D78" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="528"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D93C155" w14:textId="77777777" w:rsidR="006721AD" w:rsidRPr="006721AD" w:rsidRDefault="006721AD" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1243" w:type="pct"/>
+            <w:tcW w:w="1219" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D681DD1" w14:textId="77777777" w:rsidR="006721AD" w:rsidRDefault="006721AD" w:rsidP="003E5876">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1255" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1311" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E4CBFDA" w14:textId="77777777" w:rsidR="006721AD" w:rsidRDefault="006721AD" w:rsidP="003E5876">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1336" w:type="pct"/>
+            <w:tcW w:w="1308" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="786C8D80" w14:textId="7E87DE4D" w:rsidR="006721AD" w:rsidRDefault="006721AD" w:rsidP="003E5876">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="5761912A" w14:textId="77777777" w:rsidTr="003E5876">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="5761912A" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="732CCF44" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre del Proyecto:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3834" w:type="pct"/>
-            <w:gridSpan w:val="23"/>
+            <w:tcW w:w="3838" w:type="pct"/>
+            <w:gridSpan w:val="22"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19186183" w14:textId="6D5D2573" w:rsidR="002676AF" w:rsidRPr="00D43824" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="1DB787DE" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="1DB787DE" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="550AE966" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -521,144 +532,144 @@
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Académica(as)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1253" w:type="pct"/>
+            <w:tcW w:w="1227" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DA19B80" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005850C5" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005850C5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Facultad /Centro Universitario Regional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">/Instituto Tecnológico </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2581" w:type="pct"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="2611" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BD74D26" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="35AA2946" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="35AA2946" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E41A0E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1253" w:type="pct"/>
+            <w:tcW w:w="1227" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC84CB9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005850C5" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="5DC84CB9" w14:textId="419C5916" w:rsidR="002676AF" w:rsidRPr="005850C5" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005850C5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Escuela, D</w:t>
             </w:r>
             <w:r w:rsidRPr="005850C5">
@@ -668,260 +679,279 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">epartamento Académico, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Técnicos Universitarios, </w:t>
             </w:r>
             <w:r w:rsidRPr="005850C5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Instituto de Investigación, Observatorio, Consultorio</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="16"/>
+              <w:t xml:space="preserve">Instituto de Investigación, </w:t>
+            </w:r>
+            <w:r w:rsidR="00846F35">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00846F35">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>rupo de investigación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2611" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6834338A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="3E5B8F45" w14:textId="77777777" w:rsidTr="003E5876">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="3E5B8F45" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4843BB34" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1253" w:type="pct"/>
+            <w:tcW w:w="1227" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69718651" w14:textId="4FE665C2" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002676AF">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Carrera</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2581" w:type="pct"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="2611" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="433AB5C1" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="26580181" w14:textId="77777777" w:rsidTr="003E5876">
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="26580181" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BFE2ABC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1253" w:type="pct"/>
+            <w:tcW w:w="1227" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40BA5300" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005850C5" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005850C5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Programa al que pertenece </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2581" w:type="pct"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="2611" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="470F05A2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="6D905A0F" w14:textId="77777777" w:rsidTr="003E5876">
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="6D905A0F" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="193E69B0" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1253" w:type="pct"/>
+            <w:tcW w:w="1227" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A6944C8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005850C5" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005850C5">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -944,377 +974,377 @@
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> de investigación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> de la unidad académica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2581" w:type="pct"/>
-            <w:gridSpan w:val="16"/>
+            <w:tcW w:w="2611" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="038056D8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="6F2BA319" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="6F2BA319" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55DBD720" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Modalidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="818" w:type="pct"/>
+            <w:tcW w:w="948" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DD8D332" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Unidisciplinar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1009" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="322B0692" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Multidisciplinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="937" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A7EDF9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Interdisciplinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="944" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4061489E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Transdisciplinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="4C546C63" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="4C546C63" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="781CDDC8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="002947C5" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="818" w:type="pct"/>
+            <w:tcW w:w="948" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06752A7C" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1009" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EB8F04" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="937" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02DA8099" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="944" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13840F87" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="5ECB90C7" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="5ECB90C7" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DCEE13D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="007D1421" w:rsidRDefault="002676AF" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -1322,2396 +1352,2551 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Alineamiento con e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>jes prioritarios de la UNAH</w:t>
             </w:r>
             <w:r w:rsidRPr="007D1421">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="818" w:type="pct"/>
+            <w:tcW w:w="948" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64A3C1BE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005933A1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005933A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="005933A1">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>esarrollo económico y social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1009" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="794C7508" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005933A1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005933A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Democracia y gobernabilidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="937" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05329A0A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005933A1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005933A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Población y condiciones de vida</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="944" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="014C14EE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005933A1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005933A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ambiente, biodiversidad y desarrollo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="1F89ACC5" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="1F89ACC5" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427E037A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="005933A1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="818" w:type="pct"/>
+            <w:tcW w:w="948" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="775834CF" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1009" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DEEF312" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="937" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22EFB569" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="944" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="610F35A4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1DD7" w:rsidRPr="00A8013C" w14:paraId="4C9AA5DA" w14:textId="77777777" w:rsidTr="004F1DD7">
-[...3 lines deleted...]
-            <w:vMerge w:val="restart"/>
+      <w:tr w:rsidR="00846F35" w:rsidRPr="00A8013C" w14:paraId="77919F2A" w14:textId="77777777" w:rsidTr="00846F35">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4284CE2A" w14:textId="698D470B" w:rsidR="004F1DD7" w:rsidRPr="005933A1" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
+          <w:p w14:paraId="57A082B9" w14:textId="43AA9FB2" w:rsidR="00846F35" w:rsidRPr="005933A1" w:rsidRDefault="00846F35" w:rsidP="00846F35">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Registro de la investigación en la DICIHT</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="18"/>
+              <w:t>Tipo de proyecto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF59C49" w14:textId="079D139D" w:rsidR="00846F35" w:rsidRDefault="00846F35" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00846F35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Proyecto I + D + i</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1009" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C799216" w14:textId="77777777" w:rsidR="00846F35" w:rsidRDefault="00846F35" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="937" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE60952" w14:textId="462D2747" w:rsidR="00846F35" w:rsidRDefault="00846F35" w:rsidP="00846F35">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00846F35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Investigación aplicada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="944" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="273A02FE" w14:textId="2A4A5041" w:rsidR="00846F35" w:rsidRDefault="00846F35" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F1DD7" w:rsidRPr="00A8013C" w14:paraId="4C9AA5DA" w14:textId="77777777" w:rsidTr="00846F35">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="546E702B" w14:textId="3382801F" w:rsidR="004F1DD7" w:rsidRPr="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
-[...284 lines deleted...]
-          <w:p w14:paraId="11E56CBA" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00BA2248" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+          <w:p w14:paraId="4284CE2A" w14:textId="698D470B" w:rsidR="004F1DD7" w:rsidRPr="005933A1" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA2248">
-[...14 lines deleted...]
-            <w:gridSpan w:val="9"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Registro de la investigación en la DICIHT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="pct"/>
+            <w:gridSpan w:val="16"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB57356" w14:textId="572321B0" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
-[...8 lines deleted...]
-                <w:iCs w:val="0"/>
+          <w:p w14:paraId="546E702B" w14:textId="3382801F" w:rsidR="004F1DD7" w:rsidRPr="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-ES_tradnl"/>
-[...8 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F1DD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Fecha de in</w:t>
-[...7 lines deleted...]
-                <w:iCs w:val="0"/>
+              <w:t>Registro del proyecto en la DICIHT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD1F5EB" w14:textId="21566F79" w:rsidR="004F1DD7" w:rsidRPr="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>i</w:t>
-[...7 lines deleted...]
-                <w:iCs w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004F1DD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>cio</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="14"/>
+              <w:t>Si</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4811C137" w14:textId="4BA2CF45" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
-[...8 lines deleted...]
-                <w:iCs w:val="0"/>
+          <w:p w14:paraId="75DD79E8" w14:textId="596DFD16" w:rsidR="004F1DD7" w:rsidRPr="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:iCs w:val="0"/>
+            <w:r w:rsidRPr="004F1DD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Fecha de finalización</w:t>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="1E842820" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="004F1DD7" w:rsidRPr="00A8013C" w14:paraId="79666AF4" w14:textId="77777777" w:rsidTr="00846F35">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACFCF1B" w14:textId="77777777" w:rsidR="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="pct"/>
+            <w:gridSpan w:val="16"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AACB5C7" w14:textId="77777777" w:rsidR="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC68BED" w14:textId="77777777" w:rsidR="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5149058A" w14:textId="0FFD121E" w:rsidR="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F1DD7" w:rsidRPr="00A8013C" w14:paraId="7C8FE911" w14:textId="77777777" w:rsidTr="00846F35">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4375B121" w14:textId="77777777" w:rsidR="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="004F1DD7">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1957" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF13AD0" w14:textId="2CE48DDD" w:rsidR="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F1DD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Número de registro en la DICIHT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1881" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1519098B" w14:textId="2B6139C0" w:rsidR="004F1DD7" w:rsidRDefault="004F1DD7" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="6C2E2B73" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
-[...442 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75DBE9BC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+          <w:p w14:paraId="11E56CBA" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00BA2248" w:rsidRDefault="002676AF" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00923187">
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00BA2248">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Fecha de ejecución</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1881" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB57356" w14:textId="572321B0" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Fecha de in</w:t>
+            </w:r>
+            <w:r w:rsidR="004F1DD7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>cio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1958" w:type="pct"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4811C137" w14:textId="4BA2CF45" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Fecha de finalización</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="5EE710E6" w14:textId="77777777" w:rsidTr="00C52394">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="1E842820" w14:textId="77777777" w:rsidTr="00846F35">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DF8131" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="606C256B" w14:textId="371EE7BD" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Día</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE45403" w14:textId="559697A0" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="667" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6577BE45" w14:textId="0A4F6480" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Año</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCB4C56" w14:textId="1DCAC159" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Día</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3C4EF7" w14:textId="2CEBCD75" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="714" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13AE3DC3" w14:textId="75A32DE7" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Año</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="4235964B" w14:textId="77777777" w:rsidTr="00846F35">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1162" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1B8609" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="002676AF" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F1B6A1" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="715ABDC6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18F7EA2D" w14:textId="1024DDB9" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="667" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DF6FD9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="638" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD2DE2F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33A2586A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="714" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76269BD8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="2DFE68B7" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2188" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DBE9BC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923187">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Beneficiarios directos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923187">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (número aproximado)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A2CA02" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="502C7A2E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923187">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Hombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="pct"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55580D2D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00A8013C" w14:paraId="5EE710E6" w14:textId="77777777" w:rsidTr="00846F35">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14040781" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="pct"/>
+            <w:tcW w:w="616" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A09D3A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2159" w:type="pct"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="2197" w:type="pct"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21BCB135" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="30AFD700" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="30AFD700" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2188" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40F5CC48" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="pct"/>
+            <w:tcW w:w="616" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30AAB3A2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicar tipo de etnia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="707" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FBA20A6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indígena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="pct"/>
+            <w:tcW w:w="746" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42834F21" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Afrodescendiente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="750" w:type="pct"/>
+            <w:tcW w:w="743" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427F8220" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mestizo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00385A89" w14:paraId="4C4966AB" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00385A89" w14:paraId="4C4966AB" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2188" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64D7D884" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="pct"/>
+            <w:tcW w:w="616" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="479A1EAA" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcW w:w="315" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E972A02" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00385A89" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00385A89">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Hombre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08338F28" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00385A89" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00385A89">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mujeres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D07B1E5" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00385A89" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00385A89">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Hombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B407927" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00385A89" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00385A89">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mujeres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="352" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E972A02" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00385A89" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="2374BAA4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00385A89" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Hombre</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="319" w:type="pct"/>
+              <w:t>Hombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08338F28" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00385A89" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="5028E797" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00385A89" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385A89">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...151 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="1AA60EC6" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="1AA60EC6" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2188" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36F48DA8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="pct"/>
+            <w:tcW w:w="616" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EEB3035" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcW w:w="315" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA55AB6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0595E2D2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="622B3893" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="394" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2658A3" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00AA7650" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="352" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA55AB6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="6D233B01" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="319" w:type="pct"/>
-[...92 lines deleted...]
-            <w:tcW w:w="397" w:type="pct"/>
+            <w:tcW w:w="391" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B9B94BD" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="3B4EDD13" w14:textId="77777777" w:rsidTr="00D33A49">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="24"/>
+            <w:gridSpan w:val="23"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F917BFF" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00137CF1" w:rsidRDefault="002676AF" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00137CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Sit</w:t>
             </w:r>
             <w:r w:rsidRPr="00137CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>io de ejecución del proyecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="7BDA9B9A" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="7BDA9B9A" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B83EA0F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Departamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1151" w:type="pct"/>
+            <w:tcW w:w="1132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EB71837" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0128DCDC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Aldea (incluye ciudad)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="pct"/>
+            <w:tcW w:w="1381" w:type="pct"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17ADA689" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="538AEBDA" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="538AEBDA" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C905361" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Municipio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1151" w:type="pct"/>
+            <w:tcW w:w="1132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17DB65D1" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56DDB188" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00923187">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Caserío</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="pct"/>
+            <w:tcW w:w="1381" w:type="pct"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11F08780" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="08EF04DB" w14:textId="77777777" w:rsidTr="004F1DD7">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="08EF04DB" w14:textId="77777777" w:rsidTr="00846F35">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1166" w:type="pct"/>
+            <w:tcW w:w="1162" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1386E66F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Región</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1151" w:type="pct"/>
+            <w:tcW w:w="1132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3942FACE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="599C7971" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="pct"/>
+            <w:tcW w:w="1381" w:type="pct"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62EBBE43" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00923187" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DB7F6A4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00DB084E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
@@ -6411,51 +6596,50 @@
           </w:tcPr>
           <w:p w14:paraId="52654601" w14:textId="75C29947" w:rsidR="002676AF" w:rsidRPr="00254A16" w:rsidRDefault="004629B6" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00254A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Docentes</w:t>
             </w:r>
             <w:r w:rsidR="002676AF" w:rsidRPr="00254A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> internacional</w:t>
             </w:r>
             <w:r w:rsidRPr="00254A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>es participantes en el proyecto</w:t>
             </w:r>
             <w:r w:rsidR="002676AF" w:rsidRPr="00254A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9612,50 +9796,51 @@
           <w:tcPr>
             <w:tcW w:w="322" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CD85CB7" w14:textId="77777777" w:rsidR="00E10CF2" w:rsidRPr="00A8013C" w:rsidRDefault="00E10CF2" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33699E2A" w14:textId="77777777" w:rsidR="00E10CF2" w:rsidRPr="002C421D" w:rsidRDefault="00E10CF2" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -9742,51 +9927,50 @@
           <w:tcPr>
             <w:tcW w:w="322" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B8BF4EB" w14:textId="77777777" w:rsidR="00E10CF2" w:rsidRPr="00A8013C" w:rsidRDefault="00E10CF2" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="033FB118" w14:textId="77777777" w:rsidR="00E10CF2" w:rsidRPr="002C421D" w:rsidRDefault="00E10CF2" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -15529,53 +15713,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1306" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55F94516" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00A8013C" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="19EC2B3D" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="19EC2B3D" w14:textId="77777777" w:rsidTr="00EA247C">
         <w:trPr>
-          <w:trHeight w:val="560"/>
+          <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1266" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="597DF78F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -15746,53 +15930,53 @@
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> del proyecto: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Explicar brevemente en qué consiste el proyecto, los antecedentes que dieron su origen y la importancia que tiene para los objetivos estratégicos de la UNAH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="1F3B0388" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="1F3B0388" w14:textId="77777777" w:rsidTr="00EA247C">
         <w:trPr>
-          <w:trHeight w:val="1776"/>
+          <w:trHeight w:val="2268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="40E77411" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7719A3BC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2DAB49CD" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="0047225E" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
@@ -15860,146 +16044,218 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(Descripción breve de las unidades académicas participantes y su alineamiento con la estrategia de vinculación de la unidad. También se realizará una breve descripción de las contrapartes participantes, a qué se dedican y cómo se alinea el proyecto a los planes estratégicos</w:t>
             </w:r>
             <w:r w:rsidR="00DB084E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> de la entidad contraparte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="69C1B404" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="69C1B404" w14:textId="77777777" w:rsidTr="00EA247C">
         <w:trPr>
-          <w:trHeight w:val="1776"/>
+          <w:trHeight w:val="2268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2CC87AA2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22156D99" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B1A4AC5" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C29337D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63A91CC6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00A8013C" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="48876D0F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37A5B729" w14:textId="77777777" w:rsidR="00EA247C" w:rsidRDefault="00EA247C" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="511B3F96" w14:textId="77777777" w:rsidR="00EA247C" w:rsidRDefault="00EA247C" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02994631" w14:textId="77777777" w:rsidR="00EA247C" w:rsidRDefault="00EA247C" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5926DD89" w14:textId="77777777" w:rsidR="00EA247C" w:rsidRDefault="00EA247C" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D73DE8F" w14:textId="77777777" w:rsidR="00EA247C" w:rsidRDefault="00EA247C" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CC2B0C7" w14:textId="77777777" w:rsidR="00EA247C" w:rsidRDefault="00EA247C" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63A91CC6" w14:textId="77777777" w:rsidR="00EA247C" w:rsidRPr="00A8013C" w:rsidRDefault="00EA247C" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00A8013C" w14:paraId="4662FA45" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="4723E05C" w14:textId="7B06D319" w:rsidR="002676AF" w:rsidRPr="00A8013C" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF6D9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Definición</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> del problema</w:t>
             </w:r>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8013C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17013,93 +17269,93 @@
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="2FB7F24F" w14:textId="3F1EABD9" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Impacto que se desea generar en el proyecto (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de expresar los indicadores de impacto del proyecto)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00A8013C" w14:paraId="3AB4EC77" w14:textId="77777777" w:rsidTr="002C421D">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3003F965" w14:textId="0D9D4565" w:rsidR="00E32A8B" w:rsidRPr="002C421D" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C421D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Descripción del </w:t>
             </w:r>
             <w:r w:rsidR="00FE57FA" w:rsidRPr="002C421D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>resultado de largo plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2537" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="662BD5C6" w14:textId="398C29C6" w:rsidR="00E32A8B" w:rsidRPr="002C421D" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17284,63 +17540,63 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>OBJETIVOS DE DESARROLLO SOSTENIBLE (ODS) A LOS QUE SE CONTRIBUYE</w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicar el o los ODS a los que pretende contribuir el proyecto y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F1F9E3E" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRDefault="000262FD" w:rsidP="00E32A8B">
+          <w:p w14:paraId="3F1F9E3E" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00E32A8B" w:rsidRPr="002676AF">
+              <w:r w:rsidRPr="002676AF">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="FFFF00"/>
                 </w:rPr>
                 <w:t>Objetivos y metas de desarrollo sostenible - Desarrollo Sostenible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00A8013C" w14:paraId="0060AB70" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3CF9EA6A" w14:textId="13F6125A" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17556,53 +17812,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">ALINEAMIENTO CON LO ESENCIAL DE LA REFORMA DE LA UNAH </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de este proyecto</w:t>
             </w:r>
             <w:r w:rsidR="00FE57FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en este proyecto. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E32A8B" w:rsidRPr="00A8013C" w14:paraId="7C8C58A3" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="00E32A8B" w:rsidRPr="00A8013C" w14:paraId="7C8C58A3" w14:textId="77777777" w:rsidTr="00AF2558">
         <w:trPr>
-          <w:trHeight w:val="274"/>
+          <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6E6E2A49" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="135927D7" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
@@ -17821,78 +18077,109 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="038D1CEC" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="579B46CD" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7603C0E9" w14:textId="4FAF694F" w:rsidR="002C421D" w:rsidRDefault="002676AF" w:rsidP="002C421D">
+    <w:p w14:paraId="7D757840" w14:textId="77777777" w:rsidR="00AF2558" w:rsidRDefault="00AF2558" w:rsidP="00AF2558">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EDF6A06" w14:textId="77777777" w:rsidR="00AF2558" w:rsidRDefault="00AF2558" w:rsidP="00AF2558">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7603C0E9" w14:textId="560E4B8E" w:rsidR="002C421D" w:rsidRDefault="002676AF" w:rsidP="002C421D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE57FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DETALLE DEL PRESUPUESTO </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8737ED" w14:textId="77777777" w:rsidR="002C421D" w:rsidRPr="00D77F4F" w:rsidRDefault="002C421D" w:rsidP="002C421D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5930" w:type="pct"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -18123,51 +18410,50 @@
             <w:tcW w:w="2231" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D519016" w14:textId="77777777" w:rsidR="00F23521" w:rsidRPr="005B2439" w:rsidRDefault="00F23521" w:rsidP="00F23521">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D117AC7" w14:textId="77777777" w:rsidR="00F23521" w:rsidRPr="005B2439" w:rsidRDefault="00F23521" w:rsidP="00F23521">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20497,50 +20783,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3264242F" w14:textId="26BB9C7D" w:rsidR="002C421D" w:rsidRPr="00D57C56" w:rsidRDefault="002C421D" w:rsidP="00D57C56">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D57C56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>APORTE</w:t>
             </w:r>
             <w:r w:rsidRPr="00D57C56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> EN ESPECIE DE LA UNAH</w:t>
             </w:r>
             <w:r w:rsidRPr="00D57C56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D57C56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -21501,52 +21788,50 @@
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38051C25" w14:textId="52844F4F" w:rsidR="00546257" w:rsidRPr="00D57C56" w:rsidRDefault="00FF6D9C" w:rsidP="00D57C56">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00D57C56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">DESCRIPCIÓN DE ACTIVIDADES DEL PROYECTO </w:t>
             </w:r>
             <w:r w:rsidR="00546257" w:rsidRPr="00D57C56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(Descripción de todas las actividades enmarcadas en el proyecto, las cuales pueden ser, entre otras, la negociación inicial, la organización de los equipos de trabajo, la planificación, el desarrollo de actividades de capacitación y fortalecimiento, presentación de informe intermedio o parciales, presentación del informe final, proceso de evaluación, proceso de sistematización, publicación de artículo, otras acciones de divulgación)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00546257" w:rsidRPr="00A8013C" w14:paraId="19721930" w14:textId="6C1EEF1C" w:rsidTr="002C421D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373"/>
         </w:trPr>
@@ -23879,274 +24164,273 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="177EC3A8" w14:textId="77777777" w:rsidR="00FA187D" w:rsidRPr="005A712B" w:rsidRDefault="00FA187D" w:rsidP="005A712B"/>
     <w:sectPr w:rsidR="00FA187D" w:rsidRPr="005A712B" w:rsidSect="00072778">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="2268" w:right="1467" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AC25216" w14:textId="77777777" w:rsidR="000262FD" w:rsidRDefault="000262FD" w:rsidP="007D0977">
+    <w:p w14:paraId="0165835E" w14:textId="77777777" w:rsidR="00B209B0" w:rsidRDefault="00B209B0" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5113FCF7" w14:textId="77777777" w:rsidR="000262FD" w:rsidRDefault="000262FD" w:rsidP="007D0977">
+    <w:p w14:paraId="3288A9AC" w14:textId="77777777" w:rsidR="00B209B0" w:rsidRDefault="00B209B0" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="54D4E56E" w14:textId="436DBE97" w:rsidR="008D576A" w:rsidRDefault="008D576A">
       <w:pPr>
         <w:pStyle w:val="Textonotaalfinal"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalfinal"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OE= Objetivo Específico. Indicar el número de objetivo específico al que corresponde el resultado</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-536199599"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="01FF3004" w14:textId="3019C823" w:rsidR="00983C0F" w:rsidRDefault="00983C0F">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4AEC8B0A" w14:textId="33D809DD" w:rsidR="00983C0F" w:rsidRPr="00FA187D" w:rsidRDefault="00983C0F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E6FBAEC" w14:textId="77777777" w:rsidR="000262FD" w:rsidRDefault="000262FD" w:rsidP="007D0977">
+    <w:p w14:paraId="4EDB923E" w14:textId="77777777" w:rsidR="00B209B0" w:rsidRDefault="00B209B0" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D8DEA8B" w14:textId="77777777" w:rsidR="000262FD" w:rsidRDefault="000262FD" w:rsidP="007D0977">
+    <w:p w14:paraId="30E3BDFB" w14:textId="77777777" w:rsidR="00B209B0" w:rsidRDefault="00B209B0" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="000262FD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="02F86CB6">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s1026" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="572FF793" w14:textId="33122432" w:rsidR="00983C0F" w:rsidRDefault="00983C0F">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="74BE0118">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>180975</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-545465</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="793834761" name="Imagen 793834761" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -24301,51 +24585,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="18DD5BDA" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:516.75pt;margin-top:-34.6pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcTcSYfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZF2DOkWQIsOA&#10;oi3WDj0rspQYkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18480HYShiwquQH5fn17OOHq9ZN1Qg2YCqFjECsn7au5JsQ3DTLvNyoRvgzcMqSUAM2ItAR11mF&#10;oiX0xmSjPP+ctYCVQ5DKe7q96YR8lvC1VjLca+1VYKbkFFtIK6Z1FddsdiWmaxRuU8s+DPEPUTSi&#10;tuR0gLoRQbAt1m+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyIHO8Gmvz/g5V3u0f3gERD6/zU&#10;0zZmsdfYxD/Fx/aJrMNAltoHJulyNB6PLyacSRIVRXF5Pikim9nJ2qEPXxU0LG5KjvQYiSOxu/Wh&#10;Uz2qRGceTF0ta2PSAderhUG2E/Rwy5vFeZ7eitD/UDM2KluIZh1ivMlOuaRdOBgV9Yz9rjSrqxh9&#10;iiSVmRr8CCmVDUUn2ohKde4nOX19boNFyjQBRmRN/gfsHiCW8FvsLspeP5qqVKWDcf63wDrjwSJ5&#10;BhsG46a2gO8BGMqq99zpH0nqqIksraA6PCBD6HrEO7ms6d1uhQ8PAqkpqH2o0cM9LdpAW3Lod5xt&#10;AH+9dx/1qVZJyllLTVZy/3MrUHFmvlmq4stiPI5dmQ7jycWIDvhSsnopsdtmAVQOBY0UJ9M26gdz&#10;3GqE5pnmwTx6JZGwknyXXAY8Hhaha36aKFLN50mNOtGJcGsfnYzgkdVYl0/7Z4GuL95AZX8Hx4YU&#10;01c13OlGSwvzbQBdpwI/8drzTV2cCqefOHFMvDwnrdNcnP0GAAD//wMAUEsDBBQABgAIAAAAIQBe&#10;0U3x3gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI89T8MwEIZ3JP6DdUhsrd1UtGmIUyEQCwui&#10;haGbGx9JhH2OYqcN/54rC2z36h69H+V28k6ccIhdIA2LuQKBVAfbUaPhff88y0HEZMgaFwg1fGOE&#10;bXV9VZrChjO94WmXGsEmFAujoU2pL6SMdYvexHnokfj3GQZvEsuhkXYwZzb3TmZKraQ3HXFCa3p8&#10;bLH+2o1eg63j+PT68eJyF2pyB5vv1TpqfXszPdyDSDilPxgu9bk6VNzpGEayUTjWarm8Y1bDbLXJ&#10;QFwQtc543/H3WoCsSvl/RfUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnE3EmH0CAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtFN8d4A&#10;AAANAQAADwAAAAAAAAAAAAAAAADXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28231471" wp14:editId="5A035AFE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4238625</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-334645</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2287905" cy="1403985"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="307" name="Cuadro de texto 2"/>
@@ -24456,57 +24740,57 @@
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:333.75pt;margin-top:-26.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyQXVXDgIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShZduo6WrpUoS0&#10;XKSFD3Acp7GwPcZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbQStyEs5LMBWdz3JKhOHQSHOo6Lev+1cr&#10;SnxgpmEKjKjoWXh6u335YtPbUhTQgWqEIwhifNnbinYh2DLLPO+EZn4GVhh0tuA0C2i6Q9Y41iO6&#10;VlmR52+yHlxjHXDhPd7ej066TfhtK3j43LZeBKIqirWFtLu013HPthtWHhyzneRTGewfqtBMGkx6&#10;gbpngZGjk39BackdeGjDjIPOoG0lF6kH7Gae/9HNY8esSL0gOd5eaPL/D5Z/Oj3aL46E4S0MOMDU&#10;hLcPwL97YmDXMXMQd85B3wnWYOJ5pCzrrS+np5FqX/oIUvcfocEhs2OABDS0TkdWsE+C6DiA84V0&#10;MQTC8bIoVjfrfEkJR998kb9er5YpByufnlvnw3sBmsRDRR1ONcGz04MPsRxWPoXEbB6UbPZSqWS4&#10;Q71TjpwYKmCf1oT+W5gypK/oelksE7KB+D6JQ8uAClVSV3SVxzVqJtLxzjQpJDCpxjNWoszET6Rk&#10;JCcM9YCBkacamjMy5WBUIv4cPHTgflLSowor6n8cmROUqA8G2V7PF4so22QsljcFGu7aU197mOEI&#10;VdFAyXjchST1xIO9w6nsZeLruZKpVlRXonH6CVG+13aKev6v218AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeBDVD5AAAABEBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyHyEjctnQVbaeu6TRR&#10;ceGAxECCY9akTbX8U5J15dvjneBi2fLz8/s1+8VoMssQJ2cZbNYZEGl7JyY7Mvj8eFltgcTEreDa&#10;WcngR0bYt/d3Da+Fu9p3OR/TSNDExpozUCn5mtLYK2l4XDsvLe4GFwxPOIaRisCvaG40zbOspIZP&#10;Fj8o7uWzkv35eDEMvoyaRBfevgeh5+51OBR+CZ6xx4el22E57IAkuaS/C7gxYH5oMdjJXayIRDMo&#10;y6pAKYNVkVdAboosrxDphF25fQLaNvQ/SfsLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;skF1Vw4CAAD3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAXgQ1Q+QAAAARAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" stroked="f">
+            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:333.75pt;margin-top:-26.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyQXVXDgIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06ShZduo6WrpUoS0&#10;XKSFD3Acp7GwPcZ2m5SvZ+xkuwXeEH6wPJ7xmZkzx5vbQStyEs5LMBWdz3JKhOHQSHOo6Lev+1cr&#10;SnxgpmEKjKjoWXh6u335YtPbUhTQgWqEIwhifNnbinYh2DLLPO+EZn4GVhh0tuA0C2i6Q9Y41iO6&#10;VlmR52+yHlxjHXDhPd7ej066TfhtK3j43LZeBKIqirWFtLu013HPthtWHhyzneRTGewfqtBMGkx6&#10;gbpngZGjk39BackdeGjDjIPOoG0lF6kH7Gae/9HNY8esSL0gOd5eaPL/D5Z/Oj3aL46E4S0MOMDU&#10;hLcPwL97YmDXMXMQd85B3wnWYOJ5pCzrrS+np5FqX/oIUvcfocEhs2OABDS0TkdWsE+C6DiA84V0&#10;MQTC8bIoVjfrfEkJR998kb9er5YpByufnlvnw3sBmsRDRR1ONcGz04MPsRxWPoXEbB6UbPZSqWS4&#10;Q71TjpwYKmCf1oT+W5gypK/oelksE7KB+D6JQ8uAClVSV3SVxzVqJtLxzjQpJDCpxjNWoszET6Rk&#10;JCcM9YCBkacamjMy5WBUIv4cPHTgflLSowor6n8cmROUqA8G2V7PF4so22QsljcFGu7aU197mOEI&#10;VdFAyXjchST1xIO9w6nsZeLruZKpVlRXonH6CVG+13aKev6v218AAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4jbQw4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW0pF26k0nSYm&#10;LhyQ2JDgmDVpU5E4VZJ15e3xTnCz5U+/v7/ZLs6yWYc4ehTwsM6Aaey8GnEQ8HF8WW2AxSRRSetR&#10;C/jREbbt7U0ja+Uv+K7nQxoYhWCspQCT0lRzHjujnYxrP2mkW++Dk4nWMHAV5IXCneV5lpXcyRHp&#10;g5GTfja6+z6cnYBPZ0a1D29fvbLz/rXfFdMSJiHu75bdE7Ckl/QHw1Wf1KElp5M/o4rMCijLqiBU&#10;wKrIK2BXIssranOiqdw8Am8b/r9E+wsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyQXVX&#10;DgIAAPcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB4&#10;jbQw4AAAAAwBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00983C0F" w:rsidRPr="00904D6D" w:rsidRDefault="00983C0F" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="00E95CD1">
                       <w:rPr>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:instrText>HYPERLINK "mailto:vinculacion.sociedad@unah.edu.hn"</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
@@ -24560,92 +24844,92 @@
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
                     <w:r w:rsidRPr="00904D6D">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="000262FD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="6EF89CFF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s2049" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="001D0960"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BB6ED06"/>
     <w:lvl w:ilvl="0" w:tplc="9FC01296">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1410" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -29441,242 +29725,244 @@
     <w:lvl w:ilvl="7" w:tplc="480A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="514618927">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1621759036">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1704478103">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="973363260">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="967784406">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="786704631">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="270090163">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="728455522">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="49379457">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1865509030">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1142455610">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1020279722">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="843671022">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1749229388">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1027219517">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="615647646">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1446146853">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1954632276">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1307667386">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="723456597">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="622884569">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1870490801">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="558980283">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1749497854">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="162865754">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1648124033">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="27486622">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1686663352">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1185824328">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="2036149955">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1503617159">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="994261225">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="384916188">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1375155587">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1489706895">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="569390017">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1873377172">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1439636907">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1399327263">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1072697885">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="355615880">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="2040541490">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1990133593">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="276302268">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1199784447">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="398794960">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="275790373">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="1608003925">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="49">
+  <w:num w:numId="49" w16cid:durableId="1667899212">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D0977"/>
     <w:rsid w:val="00001179"/>
     <w:rsid w:val="00004478"/>
+    <w:rsid w:val="00013EE8"/>
     <w:rsid w:val="000146B3"/>
     <w:rsid w:val="00017EF9"/>
     <w:rsid w:val="000224A3"/>
     <w:rsid w:val="000262FD"/>
     <w:rsid w:val="00027734"/>
     <w:rsid w:val="000329BE"/>
     <w:rsid w:val="00034E16"/>
     <w:rsid w:val="00034EFF"/>
     <w:rsid w:val="000368F2"/>
+    <w:rsid w:val="000376C0"/>
     <w:rsid w:val="00037C42"/>
     <w:rsid w:val="000422B3"/>
     <w:rsid w:val="000436C7"/>
     <w:rsid w:val="00043882"/>
     <w:rsid w:val="000532A1"/>
     <w:rsid w:val="00057A28"/>
     <w:rsid w:val="0006078A"/>
     <w:rsid w:val="00065F11"/>
     <w:rsid w:val="000723C3"/>
     <w:rsid w:val="00072778"/>
     <w:rsid w:val="00084EBB"/>
     <w:rsid w:val="00092038"/>
     <w:rsid w:val="000925D8"/>
     <w:rsid w:val="000948E5"/>
     <w:rsid w:val="00097470"/>
     <w:rsid w:val="000A0968"/>
     <w:rsid w:val="000A1343"/>
     <w:rsid w:val="000C3687"/>
     <w:rsid w:val="000C4A78"/>
     <w:rsid w:val="000C565F"/>
     <w:rsid w:val="000C7436"/>
     <w:rsid w:val="000D67B8"/>
     <w:rsid w:val="000D7333"/>
     <w:rsid w:val="000E170F"/>
     <w:rsid w:val="000E767B"/>
@@ -29959,61 +30245,63 @@
     <w:rsid w:val="00743BDC"/>
     <w:rsid w:val="007461AD"/>
     <w:rsid w:val="007604D2"/>
     <w:rsid w:val="0076256E"/>
     <w:rsid w:val="0076496C"/>
     <w:rsid w:val="00771427"/>
     <w:rsid w:val="00776D8F"/>
     <w:rsid w:val="00777FB6"/>
     <w:rsid w:val="007812FC"/>
     <w:rsid w:val="00782F5C"/>
     <w:rsid w:val="00785172"/>
     <w:rsid w:val="00796DD5"/>
     <w:rsid w:val="007A4E9F"/>
     <w:rsid w:val="007B226D"/>
     <w:rsid w:val="007B374C"/>
     <w:rsid w:val="007B653C"/>
     <w:rsid w:val="007B7860"/>
     <w:rsid w:val="007C3C13"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C728D"/>
     <w:rsid w:val="007D0977"/>
     <w:rsid w:val="007E1EFC"/>
     <w:rsid w:val="007E5BEF"/>
     <w:rsid w:val="007E7E25"/>
     <w:rsid w:val="007F0517"/>
+    <w:rsid w:val="007F3316"/>
     <w:rsid w:val="007F75A0"/>
     <w:rsid w:val="008031F5"/>
     <w:rsid w:val="008238D5"/>
     <w:rsid w:val="0082613A"/>
     <w:rsid w:val="00830EB7"/>
     <w:rsid w:val="0083426F"/>
     <w:rsid w:val="00840480"/>
     <w:rsid w:val="00841926"/>
     <w:rsid w:val="00842D50"/>
     <w:rsid w:val="008432DC"/>
     <w:rsid w:val="008463FF"/>
+    <w:rsid w:val="00846F35"/>
     <w:rsid w:val="0085018E"/>
     <w:rsid w:val="00860165"/>
     <w:rsid w:val="00862747"/>
     <w:rsid w:val="008633CF"/>
     <w:rsid w:val="008710F4"/>
     <w:rsid w:val="008715FC"/>
     <w:rsid w:val="0087180E"/>
     <w:rsid w:val="00871848"/>
     <w:rsid w:val="00871A57"/>
     <w:rsid w:val="0087690D"/>
     <w:rsid w:val="00880063"/>
     <w:rsid w:val="0088456A"/>
     <w:rsid w:val="00886D1E"/>
     <w:rsid w:val="00890004"/>
     <w:rsid w:val="00890D92"/>
     <w:rsid w:val="008914C4"/>
     <w:rsid w:val="00895A11"/>
     <w:rsid w:val="00895FCE"/>
     <w:rsid w:val="008979B5"/>
     <w:rsid w:val="008A2045"/>
     <w:rsid w:val="008A2D92"/>
     <w:rsid w:val="008A64ED"/>
     <w:rsid w:val="008B1069"/>
     <w:rsid w:val="008B157D"/>
     <w:rsid w:val="008B2769"/>
@@ -30054,83 +30342,86 @@
     <w:rsid w:val="00994CF8"/>
     <w:rsid w:val="009A4036"/>
     <w:rsid w:val="009A7FE1"/>
     <w:rsid w:val="009B6083"/>
     <w:rsid w:val="009B64F4"/>
     <w:rsid w:val="009C0DEB"/>
     <w:rsid w:val="009C4702"/>
     <w:rsid w:val="009C6870"/>
     <w:rsid w:val="009D3827"/>
     <w:rsid w:val="009D4FDD"/>
     <w:rsid w:val="009E0A6F"/>
     <w:rsid w:val="009E1209"/>
     <w:rsid w:val="009E38FA"/>
     <w:rsid w:val="009F1030"/>
     <w:rsid w:val="009F61FB"/>
     <w:rsid w:val="009F642D"/>
     <w:rsid w:val="00A00086"/>
     <w:rsid w:val="00A00300"/>
     <w:rsid w:val="00A0057C"/>
     <w:rsid w:val="00A00B76"/>
     <w:rsid w:val="00A00F1D"/>
     <w:rsid w:val="00A02663"/>
     <w:rsid w:val="00A05D5B"/>
     <w:rsid w:val="00A061CF"/>
     <w:rsid w:val="00A121E6"/>
+    <w:rsid w:val="00A16A68"/>
     <w:rsid w:val="00A24099"/>
     <w:rsid w:val="00A249BB"/>
     <w:rsid w:val="00A27C0A"/>
     <w:rsid w:val="00A306D7"/>
     <w:rsid w:val="00A40838"/>
     <w:rsid w:val="00A41BE4"/>
     <w:rsid w:val="00A43E24"/>
     <w:rsid w:val="00A43EAC"/>
     <w:rsid w:val="00A45E44"/>
     <w:rsid w:val="00A57A75"/>
     <w:rsid w:val="00A57AF1"/>
     <w:rsid w:val="00A61BBC"/>
     <w:rsid w:val="00A67A2B"/>
     <w:rsid w:val="00A70A10"/>
     <w:rsid w:val="00A71996"/>
     <w:rsid w:val="00A76BE6"/>
     <w:rsid w:val="00A827F9"/>
     <w:rsid w:val="00A8678A"/>
     <w:rsid w:val="00A92A53"/>
     <w:rsid w:val="00A93E80"/>
     <w:rsid w:val="00AA3ADE"/>
     <w:rsid w:val="00AA5C2F"/>
     <w:rsid w:val="00AB46B3"/>
     <w:rsid w:val="00AB6295"/>
     <w:rsid w:val="00AB6DAF"/>
     <w:rsid w:val="00AC12A9"/>
     <w:rsid w:val="00AC3733"/>
     <w:rsid w:val="00AD4E2A"/>
     <w:rsid w:val="00AD756F"/>
+    <w:rsid w:val="00AF2558"/>
     <w:rsid w:val="00AF4211"/>
     <w:rsid w:val="00AF64E9"/>
     <w:rsid w:val="00B04C19"/>
     <w:rsid w:val="00B16E28"/>
+    <w:rsid w:val="00B209B0"/>
     <w:rsid w:val="00B253D2"/>
     <w:rsid w:val="00B26D0C"/>
     <w:rsid w:val="00B31D51"/>
     <w:rsid w:val="00B4259D"/>
     <w:rsid w:val="00B44A32"/>
     <w:rsid w:val="00B5158F"/>
     <w:rsid w:val="00B5256F"/>
     <w:rsid w:val="00B52DDA"/>
     <w:rsid w:val="00B566A9"/>
     <w:rsid w:val="00B56BB1"/>
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B6668B"/>
     <w:rsid w:val="00B72DAC"/>
     <w:rsid w:val="00B7563A"/>
     <w:rsid w:val="00B76B04"/>
     <w:rsid w:val="00B8325E"/>
     <w:rsid w:val="00B84225"/>
     <w:rsid w:val="00B84AAA"/>
     <w:rsid w:val="00B8636A"/>
     <w:rsid w:val="00B86AF1"/>
     <w:rsid w:val="00BA16DC"/>
     <w:rsid w:val="00BA3493"/>
     <w:rsid w:val="00BB155B"/>
     <w:rsid w:val="00BB367D"/>
     <w:rsid w:val="00BB36ED"/>
@@ -30243,154 +30534,157 @@
     <w:rsid w:val="00E1127E"/>
     <w:rsid w:val="00E1608E"/>
     <w:rsid w:val="00E16917"/>
     <w:rsid w:val="00E16D6C"/>
     <w:rsid w:val="00E17676"/>
     <w:rsid w:val="00E23438"/>
     <w:rsid w:val="00E25CF6"/>
     <w:rsid w:val="00E32A8B"/>
     <w:rsid w:val="00E35044"/>
     <w:rsid w:val="00E41D82"/>
     <w:rsid w:val="00E45048"/>
     <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F7D"/>
     <w:rsid w:val="00E542E4"/>
     <w:rsid w:val="00E56AD9"/>
     <w:rsid w:val="00E71F6C"/>
     <w:rsid w:val="00E756C6"/>
     <w:rsid w:val="00E77BDF"/>
     <w:rsid w:val="00E81AFD"/>
     <w:rsid w:val="00E82217"/>
     <w:rsid w:val="00E84B85"/>
     <w:rsid w:val="00E929F2"/>
     <w:rsid w:val="00E94982"/>
     <w:rsid w:val="00E95CD1"/>
     <w:rsid w:val="00EA1FB7"/>
+    <w:rsid w:val="00EA247C"/>
     <w:rsid w:val="00EA39A9"/>
     <w:rsid w:val="00EA6F47"/>
     <w:rsid w:val="00EA7174"/>
     <w:rsid w:val="00EB00B0"/>
     <w:rsid w:val="00EB38D4"/>
     <w:rsid w:val="00EB4190"/>
     <w:rsid w:val="00EB4DD4"/>
     <w:rsid w:val="00EB5DA1"/>
     <w:rsid w:val="00EB7E72"/>
     <w:rsid w:val="00EC4C8E"/>
     <w:rsid w:val="00EC5B9A"/>
     <w:rsid w:val="00ED09D0"/>
     <w:rsid w:val="00ED16BE"/>
     <w:rsid w:val="00ED3F77"/>
     <w:rsid w:val="00F009E9"/>
     <w:rsid w:val="00F009EA"/>
     <w:rsid w:val="00F04313"/>
     <w:rsid w:val="00F071C7"/>
     <w:rsid w:val="00F07C5E"/>
     <w:rsid w:val="00F1193F"/>
     <w:rsid w:val="00F119BD"/>
     <w:rsid w:val="00F146AE"/>
     <w:rsid w:val="00F16F6C"/>
+    <w:rsid w:val="00F20FC6"/>
     <w:rsid w:val="00F22AE6"/>
     <w:rsid w:val="00F23521"/>
     <w:rsid w:val="00F24537"/>
     <w:rsid w:val="00F331A4"/>
     <w:rsid w:val="00F44202"/>
     <w:rsid w:val="00F44BCA"/>
     <w:rsid w:val="00F53B1A"/>
     <w:rsid w:val="00F575A2"/>
     <w:rsid w:val="00F7166E"/>
     <w:rsid w:val="00F742E3"/>
     <w:rsid w:val="00F83E7F"/>
     <w:rsid w:val="00F915E2"/>
     <w:rsid w:val="00F93450"/>
     <w:rsid w:val="00F96E51"/>
     <w:rsid w:val="00FA187D"/>
+    <w:rsid w:val="00FA35A8"/>
     <w:rsid w:val="00FA4841"/>
     <w:rsid w:val="00FA5A92"/>
     <w:rsid w:val="00FA61D8"/>
     <w:rsid w:val="00FA74A5"/>
     <w:rsid w:val="00FA76E6"/>
     <w:rsid w:val="00FB019A"/>
     <w:rsid w:val="00FB0B3E"/>
     <w:rsid w:val="00FB2BE7"/>
     <w:rsid w:val="00FB312C"/>
     <w:rsid w:val="00FB5A78"/>
     <w:rsid w:val="00FC2326"/>
     <w:rsid w:val="00FD02A7"/>
     <w:rsid w:val="00FD63E6"/>
     <w:rsid w:val="00FE57FA"/>
     <w:rsid w:val="00FF15E3"/>
     <w:rsid w:val="00FF2DB4"/>
     <w:rsid w:val="00FF41C8"/>
     <w:rsid w:val="00FF6D9C"/>
     <w:rsid w:val="00FF7996"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-HN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31F908B3"/>
   <w15:docId w15:val="{DB799133-D13C-4F0C-92E3-75EBF7C2E7F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-HN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -30722,50 +31016,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EB00B0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="es-HN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -31053,51 +31348,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008D576A"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-HN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalfinal">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008D576A"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="73405611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="639069773">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -32043,67 +32338,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80EA9A0D-105F-40E6-8ED5-CE4C8CA5247E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1562</Words>
-  <Characters>8591</Characters>
+  <Words>1538</Words>
+  <Characters>8707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>1088</Lines>
+  <Paragraphs>365</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10133</CharactersWithSpaces>
+  <CharactersWithSpaces>9880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>T S E</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>