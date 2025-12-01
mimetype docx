--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -8253,51 +8253,51 @@
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00552A75" w:rsidRPr="00733B07" w14:paraId="4E026B70" w14:textId="77777777" w:rsidTr="00446FD0">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC6C863" w14:textId="155A52BC" w:rsidR="00552A75" w:rsidRPr="00D221B2" w:rsidRDefault="00552A75" w:rsidP="00D221B2">
+          <w:p w14:paraId="7DC6C863" w14:textId="7F928AF8" w:rsidR="00552A75" w:rsidRPr="00D221B2" w:rsidRDefault="00552A75" w:rsidP="00D221B2">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk210723498"/>
             <w:r w:rsidRPr="00D221B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicadores</w:t>
             </w:r>
@@ -8313,51 +8313,69 @@
             <w:r w:rsidR="00443C3F" w:rsidRPr="00D221B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> del encuentro</w:t>
             </w:r>
             <w:r w:rsidRPr="00D221B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D221B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Son los efectos que se esperan alcanzar del proyecto, es decir, la transformación esperada</w:t>
+              <w:t xml:space="preserve"> Son los efectos que se esperan alcanzar </w:t>
+            </w:r>
+            <w:r w:rsidR="00797206">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>con el encuentro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D221B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, es decir, la transformación esperada</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00552A75" w:rsidRPr="00733B07" w14:paraId="2F7278CE" w14:textId="77777777" w:rsidTr="00D221B2">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="453" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4DE080A0" w14:textId="2C4BB949" w:rsidR="00552A75" w:rsidRPr="00552A75" w:rsidRDefault="00552A75" w:rsidP="00552A75">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -10552,52 +10570,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A2CD2C9" w14:textId="07A69868" w:rsidR="00CB3173" w:rsidRPr="00733B07" w:rsidRDefault="00CB3173" w:rsidP="00D221B2">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="276"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Descripción de actividades de</w:t>
             </w:r>
             <w:r w:rsidR="00922157">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> la Feria de Inserción Laboral</w:t>
             </w:r>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00733B07">
@@ -11182,84 +11198,78 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4958"/>
         <w:gridCol w:w="4824"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF0928" w:rsidRPr="00733B07" w14:paraId="0CC14095" w14:textId="77777777" w:rsidTr="00C45BC0">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2534" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5244737C" w14:textId="21D59E18" w:rsidR="00AF0928" w:rsidRPr="00733B07" w:rsidRDefault="00AF0928" w:rsidP="00DC3EE5">
+          <w:p w14:paraId="5244737C" w14:textId="35E589DA" w:rsidR="00AF0928" w:rsidRPr="00733B07" w:rsidRDefault="00AF0928" w:rsidP="00DC3EE5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Coordinador de</w:t>
-[...16 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Coordinador </w:t>
+            </w:r>
+            <w:r w:rsidR="00797206">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>del encuentro</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00733B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> por la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2466" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="270F306B" w14:textId="77777777" w:rsidR="00AF0928" w:rsidRPr="00733B07" w:rsidRDefault="00AF0928" w:rsidP="00DC3EE5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
@@ -11749,61 +11759,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF0928" w:rsidRPr="00AF0928" w:rsidSect="00A76702">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1985" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EE5070D" w14:textId="77777777" w:rsidR="004D5684" w:rsidRDefault="004D5684" w:rsidP="007D0977">
+    <w:p w14:paraId="37987E4F" w14:textId="77777777" w:rsidR="0057043A" w:rsidRDefault="0057043A" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64858CF0" w14:textId="77777777" w:rsidR="004D5684" w:rsidRDefault="004D5684" w:rsidP="007D0977">
+    <w:p w14:paraId="5AEEDE52" w14:textId="77777777" w:rsidR="0057043A" w:rsidRDefault="0057043A" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -12059,61 +12069,61 @@
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="34FFE34F" w14:textId="77777777" w:rsidR="004977DD" w:rsidRDefault="004977DD">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51C1F724" w14:textId="77777777" w:rsidR="004D5684" w:rsidRDefault="004D5684" w:rsidP="007D0977">
+    <w:p w14:paraId="50699799" w14:textId="77777777" w:rsidR="0057043A" w:rsidRDefault="0057043A" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="558A8872" w14:textId="77777777" w:rsidR="004D5684" w:rsidRDefault="004D5684" w:rsidP="007D0977">
+    <w:p w14:paraId="092DE235" w14:textId="77777777" w:rsidR="0057043A" w:rsidRDefault="0057043A" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="1178F109" w14:textId="36CDC7E5" w:rsidR="00F331A4" w:rsidRDefault="00F331A4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="572FF793" w14:textId="0F7A6D6B" w:rsidR="002415AA" w:rsidRDefault="001C0575">
     <w:pPr>
@@ -12484,51 +12494,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:rect w14:anchorId="7B81C408" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeHwK6mwIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7bzs65BnSJIkWFA&#10;0RZth54VWYoNyKImKXGyt9mz7MVKSY7btcUOw3JQRJH8SH4meX6xbxXZCesa0CUtTnJKhOZQNXpT&#10;0u8Pq09fKHGe6Yop0KKkB+Hoxfzjh/POzMQIalCVsARBtJt1pqS192aWZY7XomXuBIzQqJRgW+ZR&#10;tJussqxD9FZlozz/nHVgK2OBC+fw9TIp6TziSym4v5HSCU9USTE3H08bz3U4s/k5m20sM3XD+zTY&#10;P2TRskZj0AHqknlGtrZ5A9U23IID6U84tBlI2XARa8BqivxVNfc1MyLWguQ4M9Dk/h8sv97dWtJU&#10;JR1TolmLn2hM7pC237/0ZqsgENQZN0O7e3Nre8nhNVS7l7YN/1gH2UdSDwOpYu8Jx8fRZDI5nVLC&#10;UVUUxdl4WgTQ7NnbWOe/CmhJuJTUYvTIJdtdOZ9MjyYhmAPVVKtGqSjYzXqpLNkx/MCry+U4j98U&#10;0f8wUzoYawhuCTG8ZKGyVEu8+YMSwU7pOyGRlJB9zCS2oxjiMM6F9kVS1awSKfw0x19f2+ARK42A&#10;AVli/AG7Bwit/hY7ZdnbB1cRu3lwzv+WWHIePGJk0H5wbhsN9j0AhVX1kZP9kaRETWBpDdUBW8ZC&#10;miVn+KrB73bFnL9lFocHxwwXgr/BQyroSgr9jZIa7M/33oM99jRqKelwGEvqfmyZFZSobxq7/ayY&#10;TML0RmEyPR2hYF9q1i81etsuAduhwNVjeLwGe6+OV2mhfcS9sQhRUcU0x9gl5d4ehaVPSwI3DxeL&#10;RTTDiTXMX+l7wwN4YDX05cP+kVnTN6/Htr+G4+Cy2aseTrbBU8Ni60E2scGfee35xmmPjdNvprBO&#10;XsrR6nl/zp8AAAD//wMAUEsDBBQABgAIAAAAIQCcJgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdECwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4c&#10;cYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCEbXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/e&#10;xHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPiY4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur&#10;5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZiLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAB4fArqbAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzfAAAADQEAAA8AAAAAAAAAAAAAAAAA9QQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="3DD43E2E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1413977721" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -17802,50 +17812,51 @@
     <w:rsid w:val="004C4517"/>
     <w:rsid w:val="004C6C0A"/>
     <w:rsid w:val="004D5684"/>
     <w:rsid w:val="004E2F5D"/>
     <w:rsid w:val="00507FC9"/>
     <w:rsid w:val="00512E8E"/>
     <w:rsid w:val="00523894"/>
     <w:rsid w:val="00531C99"/>
     <w:rsid w:val="0053325F"/>
     <w:rsid w:val="005336C9"/>
     <w:rsid w:val="00534039"/>
     <w:rsid w:val="0053583E"/>
     <w:rsid w:val="00541292"/>
     <w:rsid w:val="00543DD9"/>
     <w:rsid w:val="005473E1"/>
     <w:rsid w:val="005511DA"/>
     <w:rsid w:val="00552A75"/>
     <w:rsid w:val="00553ACA"/>
     <w:rsid w:val="00554E1A"/>
     <w:rsid w:val="00556DC2"/>
     <w:rsid w:val="005615C3"/>
     <w:rsid w:val="00564247"/>
     <w:rsid w:val="005642C5"/>
     <w:rsid w:val="00566068"/>
     <w:rsid w:val="00567DFB"/>
+    <w:rsid w:val="0057043A"/>
     <w:rsid w:val="00575D4C"/>
     <w:rsid w:val="0058697D"/>
     <w:rsid w:val="005901C0"/>
     <w:rsid w:val="00590DCE"/>
     <w:rsid w:val="00592F8A"/>
     <w:rsid w:val="00597C3A"/>
     <w:rsid w:val="005A20EB"/>
     <w:rsid w:val="005A2F7F"/>
     <w:rsid w:val="005A58E5"/>
     <w:rsid w:val="005B588C"/>
     <w:rsid w:val="005B5AFC"/>
     <w:rsid w:val="005B7E8E"/>
     <w:rsid w:val="005C3E2D"/>
     <w:rsid w:val="005E02BB"/>
     <w:rsid w:val="005E1B03"/>
     <w:rsid w:val="005E22B6"/>
     <w:rsid w:val="005F6C4E"/>
     <w:rsid w:val="005F7082"/>
     <w:rsid w:val="00601B68"/>
     <w:rsid w:val="006025F4"/>
     <w:rsid w:val="006039B6"/>
     <w:rsid w:val="00615E6C"/>
     <w:rsid w:val="00625345"/>
     <w:rsid w:val="006455CD"/>
     <w:rsid w:val="006456A1"/>
@@ -17887,50 +17898,51 @@
     <w:rsid w:val="0072069C"/>
     <w:rsid w:val="0072085F"/>
     <w:rsid w:val="00721F06"/>
     <w:rsid w:val="007232A7"/>
     <w:rsid w:val="00723E4F"/>
     <w:rsid w:val="00724FA0"/>
     <w:rsid w:val="00725AE0"/>
     <w:rsid w:val="00730FF1"/>
     <w:rsid w:val="00733B07"/>
     <w:rsid w:val="007415F5"/>
     <w:rsid w:val="00741928"/>
     <w:rsid w:val="00743BDC"/>
     <w:rsid w:val="007461AD"/>
     <w:rsid w:val="007604D2"/>
     <w:rsid w:val="0076256E"/>
     <w:rsid w:val="0076496C"/>
     <w:rsid w:val="0077092C"/>
     <w:rsid w:val="00771428"/>
     <w:rsid w:val="00776D8F"/>
     <w:rsid w:val="00777FB6"/>
     <w:rsid w:val="00780228"/>
     <w:rsid w:val="007812FC"/>
     <w:rsid w:val="00782F5C"/>
     <w:rsid w:val="00785172"/>
     <w:rsid w:val="00796DD5"/>
+    <w:rsid w:val="00797206"/>
     <w:rsid w:val="007A4E9F"/>
     <w:rsid w:val="007B226D"/>
     <w:rsid w:val="007B374C"/>
     <w:rsid w:val="007B7860"/>
     <w:rsid w:val="007C3C13"/>
     <w:rsid w:val="007C465C"/>
     <w:rsid w:val="007C4E17"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C728D"/>
     <w:rsid w:val="007D0977"/>
     <w:rsid w:val="007E31E5"/>
     <w:rsid w:val="007E5BEF"/>
     <w:rsid w:val="007E7E25"/>
     <w:rsid w:val="007F0517"/>
     <w:rsid w:val="008022FF"/>
     <w:rsid w:val="008065F5"/>
     <w:rsid w:val="00815C47"/>
     <w:rsid w:val="0082613A"/>
     <w:rsid w:val="00830EB7"/>
     <w:rsid w:val="0083426F"/>
     <w:rsid w:val="00840480"/>
     <w:rsid w:val="00841926"/>
     <w:rsid w:val="00842D50"/>
     <w:rsid w:val="008432DC"/>
     <w:rsid w:val="008463FF"/>
@@ -19892,79 +19904,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E02ECC9-42E9-4CCB-AE77-7C3E439EC7CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9ACF28F-E0E4-4EEB-B445-4E80AB10D203}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
+  <Pages>1</Pages>
   <Words>696</Words>
-  <Characters>3829</Characters>
+  <Characters>3833</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4516</CharactersWithSpaces>
+  <CharactersWithSpaces>4520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>T S E</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>