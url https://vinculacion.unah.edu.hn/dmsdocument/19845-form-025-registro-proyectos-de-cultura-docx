--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -76,51 +76,51 @@
                           <a:off x="0" y="0"/>
                           <a:ext cx="635000" cy="635000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                         <a:prstTxWarp prst="textPlain">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
               <v:shapetype w14:anchorId="0D798E5C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="WordArt 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:50pt;height:50pt;z-index:251659264;visibility:hidden;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6e2XkpQEAAEEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X+x0WDEYcYpuxXbp&#10;F9AUPSuyFBuzRI1UYuffl5KddOhuwy6EJFKP7/FxdTW6XhwMUge+lstFKYXxGprO72r5vPnx6asU&#10;FJVvVA/e1PJoSF6tP35YDaEyF9BC3xgUDOKpGkIt2xhDVRSkW+MULSAYz0kL6FTkK+6KBtXA6K4v&#10;LsryshgAm4CgDRG/3kxJuc741hodH6wlE0VfS+YWc8QctykW65WqdqhC2+mZhvoHFk51npueoW5U&#10;VGKP3V9QrtMIBDYuNLgCrO20yRpYzbJ8p+apVcFkLTwcCucx0f+D1feHp/CIIo7fYGQDswgKt6B/&#10;Ec+mGAJVc02aKVWUqrfDHTTsptpHyD9Giy7JZ0GCYXjSx/N0zRiF5sfLz1/KkjOaU/M5dVDV6XNA&#10;ij8NOJEOtUQ2L4Orwy3FqfRUMjNLZCZaW2iOTGxgJ2tJv/cKjRR+774DG7+UwiK4F16Va2TkSWXC&#10;2owvCsPcMDLTx/7k5LuuU2XS6OGaZdsuU0ojmXrPlNinLGreqbQIf95z1dvmr18BAAD//wMAUEsD&#10;BBQABgAIAAAAIQCpoXml1wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/RSsNAEHwX/IdjBd/s&#10;XX0IbZpLKRHfLGLtB1xzaxLM7YXspY1/71YEfRl2GGZ2ptjOoVdnHLmLZGG5MKCQ6ug7aiwc358f&#10;VqA4OfKuj4QWvpBhW97eFC738UJveD6kRkkIce4stCkNudZctxgcL+KAJNpHHINLQsdG+9FdJDz0&#10;+tGYTAfXkXxo3YBVi/XnYQoW9q/9+phVmlK2NhPzflU1L2zt/d38tBHYbUAlnNOfA64bpD+UUuwU&#10;J/KseguyJv3gVTNG6On30GWh/08ovwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC6e2Xk&#10;pQEAAEEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCp&#10;oXml1wAAAAoBAAAPAAAAAAAAAAAAAAAAAP8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" filled="f" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D11D2A4" w14:textId="45768154" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00C929BD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -184,81 +184,91 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDA1651" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00C929BD">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01D5877A" w14:textId="38659D3D" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00DB0D3E">
+    <w:p w14:paraId="01D5877A" w14:textId="0666F424" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00DB0D3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">INFORMACIÓN GENERAL DEL PROYECTO </w:t>
+        <w:t>INFORMACIÓN GENERAL DE</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LA ACCION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D98E3CD" w14:textId="77777777" w:rsidR="00D84C10" w:rsidRPr="00D84C10" w:rsidRDefault="00D84C10" w:rsidP="00D84C10">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10060" w:type="dxa"/>
@@ -285,81 +295,113 @@
         <w:gridCol w:w="629"/>
         <w:gridCol w:w="146"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="18"/>
         <w:gridCol w:w="575"/>
         <w:gridCol w:w="162"/>
         <w:gridCol w:w="418"/>
         <w:gridCol w:w="357"/>
         <w:gridCol w:w="330"/>
         <w:gridCol w:w="445"/>
         <w:gridCol w:w="206"/>
         <w:gridCol w:w="569"/>
         <w:gridCol w:w="208"/>
         <w:gridCol w:w="709"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C929BD" w14:paraId="77C077B1" w14:textId="77777777" w:rsidTr="00586BF7">
         <w:trPr>
           <w:trHeight w:val="1056"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77BB0DD6" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRPr="0077185F" w:rsidRDefault="00C929BD" w:rsidP="00DB0D3E">
+          <w:p w14:paraId="77BB0DD6" w14:textId="04042F0B" w:rsidR="00C929BD" w:rsidRPr="0077185F" w:rsidRDefault="00C929BD" w:rsidP="00DB0D3E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077185F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Nombre del Proyecto:</w:t>
+              <w:t>Nombre de</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>accion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0077185F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8175" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E0EC5A0" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C929BD" w14:paraId="0F5E285C" w14:textId="77777777" w:rsidTr="00586BF7">
         <w:trPr>
           <w:trHeight w:val="414"/>
@@ -3404,82 +3446,92 @@
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0025194B" w14:paraId="2617B3E4" w14:textId="77777777" w:rsidTr="00586BF7">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26730872" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="00DB0D3E">
+          <w:p w14:paraId="26730872" w14:textId="6CCEB558" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="00DB0D3E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077185F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sitio de ejecución del proyecto</w:t>
+              <w:t>Sitio de ejecución de</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0025194B" w14:paraId="646B063B" w14:textId="77777777" w:rsidTr="00586BF7">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="765CE753" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -3751,91 +3803,111 @@
           <w:p w14:paraId="0B814D7B" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0025194B" w14:paraId="0788195C" w14:textId="77777777" w:rsidTr="00586BF7">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10060" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="090E6011" w14:textId="41ADA433" w:rsidR="0025194B" w:rsidRPr="0077185F" w:rsidRDefault="00D84C10" w:rsidP="00DB0D3E">
+          <w:p w14:paraId="090E6011" w14:textId="171028D2" w:rsidR="0025194B" w:rsidRPr="0077185F" w:rsidRDefault="00D84C10" w:rsidP="00DB0D3E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Resumen del p</w:t>
             </w:r>
             <w:r w:rsidR="0025194B" w:rsidRPr="0077185F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">resupuesto del proyecto </w:t>
+              <w:t>resupuesto de</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
+            <w:r w:rsidR="0025194B" w:rsidRPr="0077185F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0025194B" w:rsidRPr="0077185F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(indicado en lempiras)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0025194B" w14:paraId="2A2B00D5" w14:textId="77777777" w:rsidTr="00586BF7">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4716" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B41A635" w14:textId="77777777" w:rsidR="0025194B" w:rsidRPr="0073211C" w:rsidRDefault="0025194B" w:rsidP="0025194B">
@@ -4190,138 +4262,162 @@
               <w:t xml:space="preserve">resupuesto total: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5344" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40F20D4E" w14:textId="77777777" w:rsidR="0025194B" w:rsidRDefault="0025194B" w:rsidP="0025194B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C1EE704" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00DB0D3E">
+    <w:p w14:paraId="7C1EE704" w14:textId="79656C20" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00DB0D3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>EQUIPO EJECUTOR DEL PROYECTO</w:t>
+        <w:t xml:space="preserve">EQUIPO EJECUTOR </w:t>
+      </w:r>
+      <w:r w:rsidR="00574577">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DE LA ACCION</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10060" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="1084"/>
         <w:gridCol w:w="1338"/>
         <w:gridCol w:w="1353"/>
         <w:gridCol w:w="620"/>
         <w:gridCol w:w="1681"/>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="2266"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C929BD" w14:paraId="0FEA6A78" w14:textId="77777777" w:rsidTr="00586BF7">
         <w:trPr>
           <w:trHeight w:val="189"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48918435" w14:textId="66C65497" w:rsidR="00C929BD" w:rsidRPr="00EA2123" w:rsidRDefault="00C929BD" w:rsidP="00EA2123">
+          <w:p w14:paraId="48918435" w14:textId="64D79D4E" w:rsidR="00C929BD" w:rsidRPr="00EA2123" w:rsidRDefault="00C929BD" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Coordinador/a del Proyecto:</w:t>
+              <w:t xml:space="preserve">Coordinador/a </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>de la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3311" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1189B38F" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre Completo: </w:t>
             </w:r>
@@ -10843,96 +10939,120 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1210E0CC" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="009F1030" w:rsidRDefault="00214DDC" w:rsidP="00214DDC">
       <w:pPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C8CBC84" w14:textId="1A0D5B5F" w:rsidR="00214DDC" w:rsidRPr="00DB084E" w:rsidRDefault="00214DDC" w:rsidP="00DB0D3E">
+    <w:p w14:paraId="2C8CBC84" w14:textId="3DD67111" w:rsidR="00214DDC" w:rsidRPr="00DB084E" w:rsidRDefault="00214DDC" w:rsidP="00DB0D3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A08BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>INFORMACIÓN</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB084E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DE LA ENTIDAD CONTRAPARTE DEL PROYECTO </w:t>
+        <w:t xml:space="preserve"> DE LA ENTIDAD CONTRAPARTE </w:t>
+      </w:r>
+      <w:r w:rsidR="00574577">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DE LA ACCION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB084E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5385" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2422"/>
         <w:gridCol w:w="1269"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="769"/>
@@ -11602,78 +11722,78 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00214DDC" w:rsidRPr="00A8013C" w14:paraId="2D0DA7CA" w14:textId="77777777" w:rsidTr="002A08BC">
         <w:trPr>
           <w:trHeight w:val="560"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1203" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21D1F435" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00EA2123" w:rsidRDefault="00214DDC" w:rsidP="00EA2123">
+          <w:p w14:paraId="21D1F435" w14:textId="66BC6DC5" w:rsidR="00214DDC" w:rsidRPr="00EA2123" w:rsidRDefault="00214DDC" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Cargo del contacto del proyecto</w:t>
+              <w:t xml:space="preserve">Cargo del contacto </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1645" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E9251CD" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00A8013C" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -12043,97 +12163,109 @@
             <w:tcW w:w="3797" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08C39150" w14:textId="77777777" w:rsidR="00214DDC" w:rsidRPr="00A8013C" w:rsidRDefault="00214DDC" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="5BA26F0E" w14:textId="2747DBBC" w:rsidR="00BD65B4" w:rsidRDefault="00214DDC" w:rsidP="00DB0D3E">
+    <w:p w14:paraId="5BA26F0E" w14:textId="2A719B96" w:rsidR="00BD65B4" w:rsidRDefault="00214DDC" w:rsidP="00DB0D3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FORMULACIÓN</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB084E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DEL PROYECTO </w:t>
+        <w:t xml:space="preserve"> DE</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LA ACCION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53685167" w14:textId="77777777" w:rsidR="00D54FE7" w:rsidRPr="00D54FE7" w:rsidRDefault="00D54FE7" w:rsidP="00D54FE7">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5382" w:type="pct"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -12141,83 +12273,135 @@
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1280"/>
         <w:gridCol w:w="3826"/>
         <w:gridCol w:w="4958"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="59FA64C1" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="018B59A3" w14:textId="74BF6490" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
+          <w:p w14:paraId="018B59A3" w14:textId="41AE570A" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk210724265"/>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DESCRIPCIÓN DEL PROYECTO: </w:t>
+              <w:t>DESCRIPCIÓN DE</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LA ACCION</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">(Explicar brevemente en qué consiste el proyecto, los antecedentes que dieron su origen y la importancia que tiene para los objetivos estratégicos de la UNAH. Este proyecto es de </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Explicar brevemente en qué consiste </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> los antecedentes que dieron su origen y la importancia que tiene para los objetivos estratégicos de la UNAH. </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Esta acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> es de </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>carácter )</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="73AC6B14" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="1776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
@@ -12253,89 +12437,123 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="164BC40A" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="0047225E" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="3EC91A24" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="3894C7FD" w14:textId="76827A2E" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
+          <w:p w14:paraId="3894C7FD" w14:textId="286E894C" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DESCRIPCIÓN DE LAS PARTICIPANTES DEL PROYECTO </w:t>
+              <w:t>DESCRIPCIÓN DE LAS PARTICIPANTES DE</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LA ACCION</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">(Descripción breve de las unidades académicas participantes y su alineamiento con la estrategia de vinculación de la unidad. También se realizará una breve descripción de las contrapartes participantes, a qué se dedican y cómo se alinea el proyecto a los planes </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>estratégicos</w:t>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Descripción breve de las unidades académicas participantes y su alineamiento con la estrategia de vinculación de la unidad. También se realizará una breve descripción de las contrapartes participantes, a qué se dedican y cómo se alinea </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a los </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>planes estratégicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="3E977085" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="1776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="43FC99C4" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4CA3C101" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
@@ -12375,95 +12593,106 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66D77C71" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73CDF0AF" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w:rsidRDefault="00BD65B4" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="2"/>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="570B9F26" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="52C47D66" w14:textId="7B319D87" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
+          <w:p w14:paraId="52C47D66" w14:textId="7CD15F8A" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk210724300"/>
+            <w:bookmarkStart w:id="3" w:name="_Hlk210724300"/>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">DEFINICIÓN DEL PROBLEMA. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados del proyecto</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+              <w:t>Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados de</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="64A2DD7C" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="1673"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="73E560A0" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41B8C293" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
@@ -12480,82 +12709,100 @@
           </w:p>
           <w:p w14:paraId="680D632F" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="476BA94E" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="5717CEF6" w14:textId="4CDD4955" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
+          <w:p w14:paraId="5717CEF6" w14:textId="1B4A05D0" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVO GENERAL </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(El objetivo debe estar basado en la población participante del proyecto)</w:t>
+              <w:t xml:space="preserve">(El objetivo debe estar basado en la población participante </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="23AE6558" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="1499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="084AEB6F" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12571,199 +12818,299 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7510E1AB" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00E278CF" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="6BFD5C57" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="74729CFC" w14:textId="7BDA4581" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
+          <w:p w14:paraId="74729CFC" w14:textId="4F528A31" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVOS ESPECÍFICOS </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener en el proyecto)</w:t>
+              <w:t xml:space="preserve">(Los objetivos específicos deben estar relacionados con los resultados que esperan obtener </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>con</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="367C25C8" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="71CC6BEA" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4A54E904" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="350DB190" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAA7314" w14:textId="33ED5CF5" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
+          <w:p w14:paraId="5BAA7314" w14:textId="2778AC72" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>RESULTADOS DEL PROYECTO</w:t>
+              <w:t xml:space="preserve">RESULTADOS </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>DE LA ACCION</w:t>
             </w:r>
             <w:r w:rsidR="00AA126D" w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos del proyecto. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán con el proyecto, 2) los de mediano plazo: que son los efectos que alcanzará el proyecto y 3) los de largo plazo: resultados de impacto.</w:t>
+              <w:t xml:space="preserve">El indicador de resultado es una medida específica y observable que permite evaluar el grado de cumplimiento de los resultados que se han planteado. Sirven para evaluar en qué medida y calidad se lograron los objetivos </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Hay tres tipos de resultados: 1) corto plazo, que son los productos que se obtendrán </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>con</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, 2) los de mediano plazo: que son los efectos que alcanzará</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>y 3) los de largo plazo: resultados de impacto.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="65F69198" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="6961BF58" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00DB0D3E">
+          <w:p w14:paraId="6961BF58" w14:textId="5A04929F" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00DB0D3E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resultados de corto plazo del proyecto. </w:t>
+              <w:t>Resultados de corto plazo de</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Debe de plantearse resultados para cada objetivo específico. Son los productos que se lograrán a corto plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="24277EDF" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="636" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3F3C735F" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -13042,79 +13389,100 @@
             <w:tcW w:w="2463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="47024B6E" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="0AF765E9" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="35AEB8E1" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="000D1C53" w:rsidRDefault="00BD65B4" w:rsidP="00DB0D3E">
+          <w:p w14:paraId="35AEB8E1" w14:textId="0AD360B4" w:rsidR="00BD65B4" w:rsidRPr="000D1C53" w:rsidRDefault="00BD65B4" w:rsidP="00DB0D3E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicadores de mediano plazo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Son los efectos que se esperan alcanzar del proyecto, es decir, la transformación esperada en la población beneficiada </w:t>
+              <w:t xml:space="preserve">Son los efectos que se esperan alcanzar </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, es decir, la transformación esperada en la población beneficiada </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="2ADE918F" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="500D4AC6" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00E32A8B" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -13238,79 +13606,117 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="19455167" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00E32A8B" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="0478781D" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="13E99EA9" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00DB0D3E">
+          <w:p w14:paraId="13E99EA9" w14:textId="2BDA7233" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00DB0D3E">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Impacto que se desea generar en el proyecto (</w:t>
+              <w:t xml:space="preserve">Impacto que se desea generar </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>con</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Debe de expresar los indicadores de impacto del proyecto)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Debe de expresar los indicadores de impacto </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de la acción</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="2019925F" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1CA4A54A" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -13439,103 +13845,124 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0F1DA1D7" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00D43824" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="6652F439" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="048D95C0" w14:textId="10DA4325" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
+          <w:p w14:paraId="048D95C0" w14:textId="4CA64ADB" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk210724385"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk210724385"/>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">OBJETIVOS DE DESARROLLO SOSTENIBLE (ODS) A LOS QUE SE CONTRIBUYE: </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Indicar el o los ODS a los que pretende contribuir el proyecto y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="46B69A86" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00C60194" w:rsidP="00BD65B4">
+              <w:t xml:space="preserve">Indicar el o los ODS a los que pretende contribuir </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>con</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B69A86" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00C351C2" w:rsidP="00BD65B4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00BD65B4" w:rsidRPr="002676AF">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:color w:val="FFFF00"/>
                 </w:rPr>
                 <w:t>Objetivos y metas de desarrollo sostenible - Desarrollo Sostenible</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="4238EB87" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="17701DFA" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -13663,80 +14090,120 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="44312004" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00E32A8B" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="03D899EF" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="1C33A1F3" w14:textId="79E35552" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
+          <w:p w14:paraId="1C33A1F3" w14:textId="02B92701" w:rsidR="00BD65B4" w:rsidRPr="00EA2123" w:rsidRDefault="00BD65B4" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">ALINEAMIENTO CON LO ESENCIAL DE LA REFORMA DE LA UNAH </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de este proyecto, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación en este proyecto. </w:t>
+              <w:t>(detalle brevemente cómo se alinean los ejes de lo esencial de la reforma en la ejecución de</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, en resumen, describa qué competencias relacionadas con los ejes de lo esencial de la reforma adquirirán los estudiantes con la participación </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD65B4" w:rsidRPr="00A8013C" w14:paraId="171A9724" w14:textId="77777777" w:rsidTr="00EA2123">
         <w:trPr>
           <w:trHeight w:val="1032"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="27961136" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="431EFE9D" w14:textId="77777777" w:rsidR="00BD65B4" w:rsidRPr="00753927" w:rsidRDefault="00BD65B4" w:rsidP="00BD65B4">
             <w:pPr>
@@ -15457,80 +15924,89 @@
           <w:p w14:paraId="1F7AD3CB" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C929BD" w14:paraId="406AD761" w14:textId="77777777" w:rsidTr="00035C0B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7894" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D26768" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="32D26768" w14:textId="5238A521" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> del proyecto</w:t>
+              <w:t xml:space="preserve"> de</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2024" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CD5C81D" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5CFE6E35" w14:textId="77777777" w:rsidR="00DC4E0D" w:rsidRDefault="00DC4E0D" w:rsidP="00DB0D3E">
       <w:pPr>
@@ -15539,52 +16015,52 @@
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMACIÓN SOBRE EL USO DE ESPACIOS, SERVICIOS Y MEDIOS INSTITUCIONALES </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_heading=h.731jwwgmw5x2" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="5" w:name="_heading=h.731jwwgmw5x2" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve">(En esta sección detallarán los espacios o servicios de la UNAH, que utilizará para el desarrollo de la actividad, tales como: uso de laboratorios, aulas, auditorios, medios de comunicación, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C663950" w14:textId="77777777" w:rsidR="00DC4E0D" w:rsidRPr="00EF477F" w:rsidRDefault="00DC4E0D" w:rsidP="00DC4E0D">
@@ -16028,81 +16504,91 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7911B5DA" w14:textId="77777777" w:rsidR="00DC4E0D" w:rsidRDefault="00DC4E0D" w:rsidP="00FC5510">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65D24880" w14:textId="4F344FE2" w:rsidR="00DC4E0D" w:rsidRDefault="00C929BD" w:rsidP="00DB0D3E">
+    <w:p w14:paraId="65D24880" w14:textId="2348DE32" w:rsidR="00DC4E0D" w:rsidRDefault="00C929BD" w:rsidP="00DB0D3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00035C0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CRONOGRAMA DE LAS ACTIVIDADES DEL PROYECTO</w:t>
+        <w:t xml:space="preserve">CRONOGRAMA DE LAS ACTIVIDADES </w:t>
+      </w:r>
+      <w:r w:rsidR="00574577">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DE LA ACCION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="565DE6BF" w14:textId="77777777" w:rsidR="00DC4E0D" w:rsidRPr="00214DDC" w:rsidRDefault="00DC4E0D" w:rsidP="00AA126D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="0" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -16113,85 +16599,107 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C929BD" w14:paraId="75EC2B9E" w14:textId="77777777" w:rsidTr="00035C0B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="284B9051" w14:textId="3309E62A" w:rsidR="00C929BD" w:rsidRPr="00EA2123" w:rsidRDefault="00C929BD" w:rsidP="00EA2123">
+          <w:p w14:paraId="284B9051" w14:textId="2F1DFCE8" w:rsidR="00C929BD" w:rsidRPr="00EA2123" w:rsidRDefault="00C929BD" w:rsidP="00EA2123">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Descripción de actividades del proyecto </w:t>
+              <w:t xml:space="preserve">Descripción de actividades </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de la acción </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-              <w:t>(Descripción de todas las actividades enmarcadas en el proyecto, las cuales pueden ser, entre otras, la negociación inicial, la organización de los equipos de trabajo, la planificación, el desarrollo de actividades de capacitación y fortalecimiento, presentación de informe intermedio o parciales, presentación del informe final, proceso de evaluación, proceso de sistematización, publicación de artículo, otras acciones de divulgación)</w:t>
+              <w:t>(Descripción de todas las actividades enmarcadas en</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA2123">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>, las cuales pueden ser, entre otras, la negociación inicial, la organización de los equipos de trabajo, la planificación, el desarrollo de actividades de capacitación y fortalecimiento, presentación de informe intermedio o parciales, presentación del informe final, proceso de evaluación, proceso de sistematización, publicación de artículo, otras acciones de divulgación)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C929BD" w14:paraId="71A4B26E" w14:textId="77777777" w:rsidTr="00035C0B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00525572" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -16470,52 +16978,50 @@
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C929BD" w14:paraId="15453786" w14:textId="77777777" w:rsidTr="00035C0B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CC38BAD" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04D24FA8" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13469169" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -16585,88 +17091,109 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3246"/>
         <w:gridCol w:w="3412"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C929BD" w14:paraId="02F4DC15" w14:textId="77777777" w:rsidTr="00035C0B">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3246" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="5D157C2D" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="5D157C2D" w14:textId="1E08E056" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Coordinador del proyecto por la UNAH</w:t>
+              <w:t xml:space="preserve">Coordinador </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">de la acción </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>por la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="1C49A743" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="1C49A743" w14:textId="5C257F59" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Jefe de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t>Jefe de la Unidad Académica que lidera</w:t>
+            </w:r>
+            <w:r w:rsidR="00574577" w:rsidRPr="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la acción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="50A271CE" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Representante de la contraparte</w:t>
             </w:r>
           </w:p>
@@ -16767,98 +17294,110 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D540742" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C929BD" w14:paraId="702B062E" w14:textId="77777777" w:rsidTr="00035C0B">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3246" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF14572" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="6EF14572" w14:textId="07DB08CA" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Firma del profesor/a responsable del proyecto</w:t>
+              <w:t xml:space="preserve">Firma del profesor/a responsable </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>de la acción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="39020BB8" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
+          <w:p w14:paraId="39020BB8" w14:textId="605C23C8" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Firma del </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Jefe</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>/a de la Unidad Académica que lidera el proyecto</w:t>
+              <w:t xml:space="preserve">/a de la Unidad Académica que lidera </w:t>
+            </w:r>
+            <w:r w:rsidR="00574577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>la acción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="1E885B80" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00FC5510">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Firma de la o el representante de la contraparte y sello </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -17497,61 +18036,61 @@
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39570C5F" w14:textId="77777777" w:rsidR="00D20C3F" w:rsidRPr="00C929BD" w:rsidRDefault="00D20C3F" w:rsidP="00C929BD"/>
     <w:sectPr w:rsidR="00D20C3F" w:rsidRPr="00C929BD" w:rsidSect="007461AD">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2268" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EA940A1" w14:textId="77777777" w:rsidR="00C60194" w:rsidRDefault="00C60194" w:rsidP="007D0977">
+    <w:p w14:paraId="40994786" w14:textId="77777777" w:rsidR="00C351C2" w:rsidRDefault="00C351C2" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36FC1169" w14:textId="77777777" w:rsidR="00C60194" w:rsidRDefault="00C60194" w:rsidP="007D0977">
+    <w:p w14:paraId="3670BAFF" w14:textId="77777777" w:rsidR="00C351C2" w:rsidRDefault="00C351C2" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -17749,150 +18288,150 @@
                     <a:ext cx="5612130" cy="107950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D0D0C5A" w14:textId="77777777" w:rsidR="00C60194" w:rsidRDefault="00C60194" w:rsidP="007D0977">
+    <w:p w14:paraId="572AE398" w14:textId="77777777" w:rsidR="00C351C2" w:rsidRDefault="00C351C2" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61129498" w14:textId="77777777" w:rsidR="00C60194" w:rsidRDefault="00C60194" w:rsidP="007D0977">
+    <w:p w14:paraId="3C59F8E2" w14:textId="77777777" w:rsidR="00C351C2" w:rsidRDefault="00C351C2" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0B0B4B96" w14:textId="77777777" w:rsidR="00C929BD" w:rsidRDefault="00C929BD" w:rsidP="00C929BD">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Incluir el costo que representa la producción, edición y publicación/difusión. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00C60194">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00C351C2">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="00C60194">
+  <w:p w14:paraId="572FF793" w14:textId="47B4688C" w:rsidR="002415AA" w:rsidRDefault="00C351C2">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1068701906"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00EA1165">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wpg">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6A5124A6" wp14:editId="619CB201">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>center</wp:align>
                   </wp:positionH>
@@ -18201,51 +18740,51 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2287905" cy="1403985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00C60194" w:rsidP="00743BDC">
+                        <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00C351C2" w:rsidP="00743BDC">
                           <w:pPr>
                             <w:pStyle w:val="Sinespaciado"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1" w:history="1">
                             <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
                               <w:rPr>
                                 <w:rStyle w:val="Hipervnculo"/>
                                 <w:b/>
                                 <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:u w:val="none"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
                             </w:r>
                           </w:hyperlink>
@@ -18293,51 +18832,51 @@
                             <w:t xml:space="preserve"> 110576</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="28231471" id="Cuadro de texto 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:335.25pt;margin-top:-8.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDycRKiKgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmzBvJ5CXuNigfiTCPB/nScyOjQ/+Ls4Gk2/Dw&#10;cwdecWY+WiJ9MZlOk9azM51dVeT488jmPAJWEFTDI2cHcxXz+8h0uFtazlpn2l46ObZMksxsHp9P&#10;0vy5n7NeHvnyCQAA//8DAFBLAwQUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3Fq7pU1RyKaqqLhwQKIgwdGNnTgiXlu2m4a/xz3R42qfZt5U28kO&#10;bNQh9o4QFnMBTFPjVE8dwufHy+wRWEySlBwcaYRfHWFb395UslTuTO96PKSO5RCKpUQwKfmS89gY&#10;bWWcO68p/1oXrEz5DB1XQZ5zuB34UoiCW9lTbjDS62ejm5/DySJ8WdOrfXj7btUw7l/b3dpPwSPe&#10;3027J2BJT+kfhot+Voc6Ox3diVRkA0KxEeuMIswWxQbYhRAPIq85IizFagW8rvj1iPoPAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA8nESoioCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnTBY7OAAAAAMAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00C60194" w:rsidP="00743BDC">
+                  <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="002415AA" w:rsidRPr="00745B3B" w:rsidRDefault="00C351C2" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId2" w:history="1">
                       <w:r w:rsidR="00BE5354" w:rsidRPr="00745B3B">
                         <w:rPr>
                           <w:rStyle w:val="Hipervnculo"/>
                           <w:b/>
                           <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:u w:val="none"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
                       </w:r>
                     </w:hyperlink>
@@ -18443,51 +18982,51 @@
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
             <v:rect w14:anchorId="155027FF" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcTcSYfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZF2DOkWQIsOA&#10;oi3WDj0rspQYkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18480HYShiwquQH5fn17OOHq9ZN1Qg2YCqFjECsn7au5JsQ3DTLvNyoRvgzcMqSUAM2ItAR11mF&#10;oiX0xmSjPP+ctYCVQ5DKe7q96YR8lvC1VjLca+1VYKbkFFtIK6Z1FddsdiWmaxRuU8s+DPEPUTSi&#10;tuR0gLoRQbAt1m+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyIHO8Gmvz/g5V3u0f3gERD6/zU&#10;0zZmsdfYxD/Fx/aJrMNAltoHJulyNB6PLyacSRIVRXF5Pikim9nJ2qEPXxU0LG5KjvQYiSOxu/Wh&#10;Uz2qRGceTF0ta2PSAderhUG2E/Rwy5vFeZ7eitD/UDM2KluIZh1ivMlOuaRdOBgV9Yz9rjSrqxh9&#10;iiSVmRr8CCmVDUUn2ohKde4nOX19boNFyjQBRmRN/gfsHiCW8FvsLspeP5qqVKWDcf63wDrjwSJ5&#10;BhsG46a2gO8BGMqq99zpH0nqqIksraA6PCBD6HrEO7ms6d1uhQ8PAqkpqH2o0cM9LdpAW3Lod5xt&#10;AH+9dx/1qVZJyllLTVZy/3MrUHFmvlmq4stiPI5dmQ7jycWIDvhSsnopsdtmAVQOBY0UJ9M26gdz&#10;3GqE5pnmwTx6JZGwknyXXAY8Hhaha36aKFLN50mNOtGJcGsfnYzgkdVYl0/7Z4GuL95AZX8Hx4YU&#10;01c13OlGSwvzbQBdpwI/8drzTV2cCqefOHFMvDwnrdNcnP0GAAD//wMAUEsDBBQABgAIAAAAIQCc&#10;Jgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdE&#10;CwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4ccYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCE&#10;bXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/exHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPi&#10;Y4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZ&#10;iLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJxNxJh9AgAA&#10;XwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzf&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C05DD6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658239" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBB756F" wp14:editId="4B96EAF8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-430530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="1252855"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1151158445" name="Imagen 1" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -18577,51 +19116,51 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00C60194">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00F331A4" w:rsidRDefault="00C351C2">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -19866,50 +20405,51 @@
     <w:rsid w:val="00505BE7"/>
     <w:rsid w:val="00507FC9"/>
     <w:rsid w:val="00513D6D"/>
     <w:rsid w:val="00523894"/>
     <w:rsid w:val="00531C99"/>
     <w:rsid w:val="005336C9"/>
     <w:rsid w:val="00534039"/>
     <w:rsid w:val="0053583E"/>
     <w:rsid w:val="0054048E"/>
     <w:rsid w:val="0054068E"/>
     <w:rsid w:val="00541292"/>
     <w:rsid w:val="00541C1B"/>
     <w:rsid w:val="00543DD9"/>
     <w:rsid w:val="005473E1"/>
     <w:rsid w:val="005511DA"/>
     <w:rsid w:val="00553ACA"/>
     <w:rsid w:val="00554E1A"/>
     <w:rsid w:val="00556DC2"/>
     <w:rsid w:val="00561474"/>
     <w:rsid w:val="005615C3"/>
     <w:rsid w:val="00564247"/>
     <w:rsid w:val="005642C5"/>
     <w:rsid w:val="00566068"/>
     <w:rsid w:val="00566787"/>
     <w:rsid w:val="00567DFB"/>
+    <w:rsid w:val="00574577"/>
     <w:rsid w:val="00575D4C"/>
     <w:rsid w:val="00583ED7"/>
     <w:rsid w:val="0058697D"/>
     <w:rsid w:val="00586BF7"/>
     <w:rsid w:val="005901C0"/>
     <w:rsid w:val="00590DCE"/>
     <w:rsid w:val="00592F8A"/>
     <w:rsid w:val="00597C3A"/>
     <w:rsid w:val="005A2F7F"/>
     <w:rsid w:val="005A4DA8"/>
     <w:rsid w:val="005A77A4"/>
     <w:rsid w:val="005B02A5"/>
     <w:rsid w:val="005B2ABA"/>
     <w:rsid w:val="005B588C"/>
     <w:rsid w:val="005B5AFC"/>
     <w:rsid w:val="005B6CF8"/>
     <w:rsid w:val="005C3E2D"/>
     <w:rsid w:val="005D4E17"/>
     <w:rsid w:val="005E02BB"/>
     <w:rsid w:val="005E1B03"/>
     <w:rsid w:val="005E22B6"/>
     <w:rsid w:val="005E7A4B"/>
     <w:rsid w:val="005F7082"/>
     <w:rsid w:val="00601B68"/>
     <w:rsid w:val="006039B6"/>
@@ -20160,50 +20700,51 @@
     <w:rsid w:val="00BD4D82"/>
     <w:rsid w:val="00BD65B4"/>
     <w:rsid w:val="00BE146E"/>
     <w:rsid w:val="00BE200C"/>
     <w:rsid w:val="00BE5354"/>
     <w:rsid w:val="00BE5C46"/>
     <w:rsid w:val="00BF1AA9"/>
     <w:rsid w:val="00BF6A47"/>
     <w:rsid w:val="00C00D1D"/>
     <w:rsid w:val="00C04F77"/>
     <w:rsid w:val="00C05BB4"/>
     <w:rsid w:val="00C05DD6"/>
     <w:rsid w:val="00C066FB"/>
     <w:rsid w:val="00C07439"/>
     <w:rsid w:val="00C1100F"/>
     <w:rsid w:val="00C1121F"/>
     <w:rsid w:val="00C11AB4"/>
     <w:rsid w:val="00C13EF3"/>
     <w:rsid w:val="00C23749"/>
     <w:rsid w:val="00C23CAB"/>
     <w:rsid w:val="00C261B1"/>
     <w:rsid w:val="00C307DE"/>
     <w:rsid w:val="00C32045"/>
     <w:rsid w:val="00C32C41"/>
     <w:rsid w:val="00C33FB9"/>
+    <w:rsid w:val="00C351C2"/>
     <w:rsid w:val="00C44FB7"/>
     <w:rsid w:val="00C4518A"/>
     <w:rsid w:val="00C60194"/>
     <w:rsid w:val="00C65606"/>
     <w:rsid w:val="00C70C61"/>
     <w:rsid w:val="00C72CC3"/>
     <w:rsid w:val="00C73511"/>
     <w:rsid w:val="00C74309"/>
     <w:rsid w:val="00C81131"/>
     <w:rsid w:val="00C81450"/>
     <w:rsid w:val="00C81E53"/>
     <w:rsid w:val="00C83AD6"/>
     <w:rsid w:val="00C876A5"/>
     <w:rsid w:val="00C908EE"/>
     <w:rsid w:val="00C929BD"/>
     <w:rsid w:val="00CA0E8B"/>
     <w:rsid w:val="00CA1B80"/>
     <w:rsid w:val="00CA22AA"/>
     <w:rsid w:val="00CA347E"/>
     <w:rsid w:val="00CA46AB"/>
     <w:rsid w:val="00CA6F9A"/>
     <w:rsid w:val="00CB6B8F"/>
     <w:rsid w:val="00CC09A7"/>
     <w:rsid w:val="00CC18D0"/>
     <w:rsid w:val="00CC1B4F"/>
@@ -22594,79 +23135,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B4A87CD-3F10-43B8-91EA-17C913ED00BC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{126D1FBA-1137-4182-B297-8E6B3B5B7D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1454</Words>
-  <Characters>7997</Characters>
+  <Words>1448</Words>
+  <Characters>7964</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9433</CharactersWithSpaces>
+  <CharactersWithSpaces>9394</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ONEYDA CLEOTILDE MENDOZA ZEPEDA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>