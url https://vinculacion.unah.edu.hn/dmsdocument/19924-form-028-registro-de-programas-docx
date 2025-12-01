--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -43,6184 +43,6183 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033884">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>FORM-DVUS-0</w:t>
       </w:r>
       <w:r w:rsidR="00F61D95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A24BB5" w14:textId="3C104270" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+    <w:p w14:paraId="48A24BB5" w14:textId="2F23DA53" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033884">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMULARIO DE REGISTRO DE </w:t>
       </w:r>
       <w:r w:rsidR="00F61D95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>PROGRAMAS</w:t>
       </w:r>
+      <w:r w:rsidR="004D75D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="153F35E6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3503758C" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+    <w:p w14:paraId="3503758C" w14:textId="59A84EED" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033884">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">INFORMACIÓN GENERAL DEL PROYECTO </w:t>
+        <w:t xml:space="preserve">INFORMACIÓN GENERAL DEL </w:t>
+      </w:r>
+      <w:r w:rsidR="00144CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>PROGRAMA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60C15027" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5474" w:type="pct"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2183"/>
+        <w:gridCol w:w="1213"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="423"/>
+        <w:gridCol w:w="357"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="794"/>
+        <w:gridCol w:w="382"/>
+        <w:gridCol w:w="287"/>
+        <w:gridCol w:w="671"/>
+        <w:gridCol w:w="362"/>
+        <w:gridCol w:w="19"/>
+        <w:gridCol w:w="368"/>
+        <w:gridCol w:w="262"/>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="76"/>
+        <w:gridCol w:w="672"/>
+        <w:gridCol w:w="670"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006721AD" w:rsidRPr="00033884" w14:paraId="239160A2" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="202"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C7DC6A" w14:textId="263F053B" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fecha de solicitud de registro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="292B4154" w14:textId="65548A19" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="006721AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Año</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1290" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B75EC9C" w14:textId="0BB88796" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="006721AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1289" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="235F8C2D" w14:textId="4CA0C275" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="006721AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Día</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006721AD" w:rsidRPr="00033884" w14:paraId="777D6D78" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="528"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D93C155" w14:textId="77777777" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D681DD1" w14:textId="77777777" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1290" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4CBFDA" w14:textId="77777777" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1289" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="786C8D80" w14:textId="7E87DE4D" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="5761912A" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="1056"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="732CCF44" w14:textId="2ABA0A21" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Nombre del Pr</w:t>
+            </w:r>
+            <w:r w:rsidR="00F61D95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>ograma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3858" w:type="pct"/>
+            <w:gridSpan w:val="18"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19186183" w14:textId="3E236B81" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00033884" w14:paraId="1DB787DE" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="550AE966" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Unidad(s)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EA8D289" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Académica(as)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1286" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA19B80" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Facultad /Centro Universitario Regional/Instituto Tecnológico </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2572" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD74D26" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00033884" w14:paraId="35AA2946" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E41A0E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1286" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC84CB9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Escuela, D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">epartamento Académico, Técnicos Universitarios, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Instituto de Investigación, Observatorio, Consultorio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2572" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6834338A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00033884" w14:paraId="6D905A0F" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="193E69B0" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1286" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6944C8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Líneas de investigación de la unidad académica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2572" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="038056D8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="6F2BA319" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="501"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DBD720" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Modalidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD8D332" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Unidisciplinar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="322B0692" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Multidisciplinar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="832" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A7EDF9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Interdisciplinar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4061489E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Transdisciplinar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="4C546C63" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="781CDDC8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06752A7C" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00894CB1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57EB8F04" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00894CB1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="832" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02DA8099" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00894CB1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13840F87" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00894CB1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="5ECB90C7" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCEE13D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Alineamiento con e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>jes prioritarios de la UNAH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A3C1BE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00894CB1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00894CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>esarrollo económico y social</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="794C7508" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00894CB1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Democracia y gobernabilidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="832" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05329A0A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00894CB1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Población y condiciones de vida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="014C14EE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00894CB1" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Ambiente, biodiversidad y desarrollo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="1F89ACC5" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="427E037A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="775834CF" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00894CB1" w:rsidRDefault="002676AF" w:rsidP="00894CB1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1207" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEEF312" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00894CB1" w:rsidRDefault="002676AF" w:rsidP="00894CB1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="832" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22EFB569" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00894CB1" w:rsidRDefault="002676AF" w:rsidP="00894CB1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="973" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="610F35A4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00894CB1" w:rsidRDefault="002676AF" w:rsidP="00894CB1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="6C2E2B73" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E56CBA" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Fecha de ejecución</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1913" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB57356" w14:textId="36701D42" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fecha de </w:t>
+            </w:r>
+            <w:r w:rsidR="0002492A" w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>inicio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1945" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4811C137" w14:textId="4BA2CF45" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Fecha de finalización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="1E842820" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DF8131" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="606C256B" w14:textId="371EE7BD" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Día</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE45403" w14:textId="559697A0" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6577BE45" w14:textId="0A4F6480" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Año</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCB4C56" w14:textId="1DCAC159" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Día</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3C4EF7" w14:textId="2CEBCD75" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13AE3DC3" w14:textId="75A32DE7" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Año</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="4235964B" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1B8609" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F1B6A1" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="634" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="715ABDC6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18F7EA2D" w14:textId="1024DDB9" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DF6FD9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD2DE2F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="641" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33A2586A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="658" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76269BD8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00033884" w14:paraId="2DFE68B7" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2219" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DBE9BC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Beneficiarios directos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (número aproximado)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A2CA02" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="502C7A2E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Hombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="pct"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55580D2D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D43824" w:rsidRPr="00033884" w14:paraId="5EE710E6" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2219" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14040781" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A09D3A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mujeres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="pct"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BCB135" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="30AFD700" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2219" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F5CC48" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AAB3A2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Indicar tipo de etnia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBA20A6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Indígena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="781" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42834F21" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Afrodescendiente</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="695" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="427F8220" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mestizo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="4C4966AB" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="130"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2219" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D7D884" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="479A1EAA" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E972A02" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Hombre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08338F28" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mujeres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="366" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D07B1E5" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Hombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B407927" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mujeres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="366" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2374BAA4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Hombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5028E797" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mujeres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="1AA60EC6" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2219" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F48DA8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EEB3035" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA55AB6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0595E2D2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="366" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="622B3893" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2658A3" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="366" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D233B01" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9B94BD" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="149F4C23" w14:textId="77777777" w:rsidR="00165275" w:rsidRPr="004A2115" w:rsidRDefault="00165275" w:rsidP="004A2115">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DB7F6A4" w14:textId="3E388503" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="004A2115">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033884">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>EQUIPO EJECUTOR DEL PRO</w:t>
+      </w:r>
+      <w:r w:rsidR="00165275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>GRAMA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19539F51" w14:textId="77777777" w:rsidR="00165275" w:rsidRPr="00033884" w:rsidRDefault="00165275" w:rsidP="00165275">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5484" w:type="pct"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="388"/>
+        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="5"/>
+        <w:gridCol w:w="1351"/>
+        <w:gridCol w:w="1314"/>
+        <w:gridCol w:w="1155"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1385"/>
+        <w:gridCol w:w="1129"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00001179" w:rsidRPr="00033884" w14:paraId="34EE5EF6" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="189"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="357DAF78" w14:textId="03DD82E6" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="001877DB">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Coordinador</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/a del </w:t>
+            </w:r>
+            <w:r w:rsidR="00144CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>programa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="13ABA66A" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nombre Completo: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B1BEB1A" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20C7F8C2" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1911" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B65A16A" w14:textId="0208DE30" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>No. de empleado/a:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00001179" w:rsidRPr="00033884" w14:paraId="40030262" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BDDC28" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7F27E3" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Correo electrónico:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222A08DB" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16C947E1" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1911" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="62AA72CD" w14:textId="39DE64EA" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Celular:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00001179" w:rsidRPr="00033884" w14:paraId="5D3B34E4" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="239"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7F3042" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DC57BF" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Categoría:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="781F1832" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="587808EC" w14:textId="77777777" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1911" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F8B4C2" w14:textId="55E357FF" w:rsidR="00001179" w:rsidRPr="00033884" w:rsidRDefault="00001179" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Departamento al que pertenece:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF6D9C" w:rsidRPr="00033884" w14:paraId="46BD6AF8" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C76057E" w14:textId="47CE3E66" w:rsidR="00FF6D9C" w:rsidRPr="00033884" w:rsidRDefault="00FF6D9C" w:rsidP="00FF6D9C">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integrantes del equipo docente permanente tiempo completo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(Agregar más líneas de ser necesario)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="5900FA5B" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="222CF4A6" w14:textId="62CAA274" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="00FF6D9C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Cantidad</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de integrantes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3750" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="752065CC" w14:textId="69C30AC0" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DF988C7" w14:textId="67116A6E" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="72E2DED0" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="51"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBD8EC6" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>N°</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="621B243C" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Nombre Completo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="698" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4649F7A0" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>No. de empleado/a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EAD8932" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Correo electrónico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="596" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0275155D" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Categoría</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F366F27" w14:textId="507737BE" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Departamento al que pertenece</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FEE4FA7" w14:textId="7A0CDC86" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tiempo de participación en el </w:t>
+            </w:r>
+            <w:r w:rsidR="00144CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>programa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (estimado en horas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C14E3A" w14:textId="10A03E98" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Productos que tendrá a su cargo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="3F78C84B" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="384"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="048AB6F2" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58990C3F" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="698" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0277BEC8" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DEB5BA" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="596" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EE8DD1" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1EB671" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD01781" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C37553" w14:textId="5472B67F" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="7448E502" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="419"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A8C89B" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4124903D" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="698" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32BE5B43" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBFF0C8" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="596" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D850186" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E45BC6" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3003FBD5" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1298357E" w14:textId="7D2282E1" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="497DD56A" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B866D72" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2181A8" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="698" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="237802AB" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0B1E88" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="596" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9F1B07" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5980CC" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="06ACE98A" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DCAA4B" w14:textId="23E0EB3B" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="6A40ACFA" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="430"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7118FF" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD8F881" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="698" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC24F18" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B612A94" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="596" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AB47F5" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="371C92E1" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C0285D" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF453D3" w14:textId="328801F7" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="367ABAFA" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="408"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E38DF2B" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D6411F" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="698" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="148D2D90" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0719A4FD" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="596" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDB2FCF" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F78F230" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E17D014" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC6175A" w14:textId="34D94423" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A22F8" w:rsidRPr="00033884" w14:paraId="56012107" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:trPr>
+          <w:trHeight w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D63D626" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1B34AB" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="698" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C034D4" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B75F0B" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="596" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC5DB0B" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A39CF9D" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B686F3B" w14:textId="77777777" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A714216" w14:textId="42964F2E" w:rsidR="001A22F8" w:rsidRPr="00033884" w:rsidRDefault="001A22F8" w:rsidP="001A22F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0C136208" w14:textId="77777777" w:rsidR="00BE0E47" w:rsidRPr="00033884" w:rsidRDefault="00BE0E47" w:rsidP="002676AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6006" w:type="pct"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2764"/>
-[...17 lines deleted...]
-        <w:gridCol w:w="1131"/>
+        <w:gridCol w:w="669"/>
+        <w:gridCol w:w="2859"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="2083"/>
+        <w:gridCol w:w="1046"/>
+        <w:gridCol w:w="2723"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006721AD" w:rsidRPr="00033884" w14:paraId="239160A2" w14:textId="77777777" w:rsidTr="00A71996">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="123B7480" w14:textId="77777777" w:rsidTr="005B6D80">
         <w:trPr>
-          <w:trHeight w:val="202"/>
+          <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19C7DC6A" w14:textId="263F053B" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="002676AF">
+          <w:p w14:paraId="52654601" w14:textId="7501C7D4" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Integrantes del equipo de cooperación internacional</w:t>
+            </w:r>
+            <w:r w:rsidR="00894CB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o de otras universidades</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(Agregar más líneas de ser necesario)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A19DA" w:rsidRPr="00033884" w14:paraId="2A8FC207" w14:textId="77777777" w:rsidTr="005B6D80">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1664" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="292B4154" w14:textId="65548A19" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="006721AD">
+          <w:p w14:paraId="7E22B3B1" w14:textId="104BF466" w:rsidR="001A19DA" w:rsidRPr="00033884" w:rsidRDefault="001A19DA" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...18 lines deleted...]
-            <w:gridSpan w:val="7"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Cantidad de integrantes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3336" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB1E780" w14:textId="77777777" w:rsidR="001A19DA" w:rsidRPr="00033884" w:rsidRDefault="001A19DA" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CD2B5A8" w14:textId="2D234B30" w:rsidR="00B7563A" w:rsidRPr="00033884" w:rsidRDefault="00B7563A" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="2D3D6B1B" w14:textId="77777777" w:rsidTr="005B6D80">
+        <w:trPr>
+          <w:trHeight w:val="51"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B75EC9C" w14:textId="0BB88796" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="006721AD">
+          <w:p w14:paraId="0DF107B4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-            <w:gridSpan w:val="6"/>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>N°</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="235F8C2D" w14:textId="4CA0C275" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="006721AD">
+          <w:p w14:paraId="72C13684" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Día</w:t>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Nombre Completo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="795553A5" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Pasaporte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5976DE25" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Correo electrónico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40351F5D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>País</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1285" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5100F82B" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006721AD" w:rsidRPr="00033884" w14:paraId="777D6D78" w14:textId="77777777" w:rsidTr="00A71996">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0CA2E26E" w14:textId="77777777" w:rsidTr="005B6D80">
         <w:trPr>
-          <w:trHeight w:val="528"/>
+          <w:trHeight w:val="384"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D93C155" w14:textId="77777777" w:rsidR="006721AD" w:rsidRPr="00033884" w:rsidRDefault="006721AD" w:rsidP="002676AF">
-[...65 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2842AA59" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="208DF35F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BE5197" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="204CCBAC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2E59B5" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1285" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36343A07" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="5761912A" w14:textId="77777777" w:rsidTr="000F2EBD">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0490B4C3" w14:textId="77777777" w:rsidTr="005B6D80">
         <w:trPr>
-          <w:trHeight w:val="1056"/>
+          <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="pct"/>
+            <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="732CCF44" w14:textId="2ABA0A21" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
-[...50 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5FD55F2A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B0B9DC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D6DA1A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7A0597" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16354C4C" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1285" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BCBC4E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43824" w:rsidRPr="00033884" w14:paraId="1DB787DE" w14:textId="77777777" w:rsidTr="00165275">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="6060C848" w14:textId="77777777" w:rsidTr="005B6D80">
         <w:trPr>
-          <w:trHeight w:val="414"/>
+          <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="550AE966" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
-[...94 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3E7347B3" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="679273F8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7877D80B" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A80DDE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5228B877" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1285" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F399D9F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43824" w:rsidRPr="00033884" w14:paraId="35AA2946" w14:textId="77777777" w:rsidTr="00165275">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="288F5AB7" w14:textId="77777777" w:rsidTr="005B6D80">
         <w:trPr>
-          <w:trHeight w:val="414"/>
+          <w:trHeight w:val="430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E41A0E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
-[...21 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7BF0652B" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50661BDB" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...50 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78477680" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6899F373" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="751D72CB" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1285" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C9C4CB" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43824" w:rsidRPr="00033884" w14:paraId="6D905A0F" w14:textId="77777777" w:rsidTr="00165275">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="78002477" w14:textId="77777777" w:rsidTr="005B6D80">
+        <w:trPr>
+          <w:trHeight w:val="408"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E97F673" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D656B2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C8B7FE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A475022" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD9FF6A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1285" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52288842" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="58049DEF" w14:textId="77777777" w:rsidTr="005B6D80">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="316" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="193E69B0" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
-[...54 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3883D6ED" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D918F1" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...48 lines deleted...]
-              <w:jc w:val="center"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="577" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="079E9D09" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...30 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="982" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFB20AF" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033884">
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F21BF2D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033884">
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1285" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB006E1" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033884">
-[...1821 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EEE9127" w14:textId="01437471" w:rsidR="00165275" w:rsidRDefault="00165275" w:rsidP="00165275">
-[...63 lines deleted...]
-    <w:p w14:paraId="1DB7F6A4" w14:textId="3E388503" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00DB084E">
+    <w:p w14:paraId="61AF85D8" w14:textId="605C0594" w:rsidR="002676AF" w:rsidRDefault="00F21A23" w:rsidP="00DB084E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033884">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-        <w:t>GRAMA</w:t>
+        <w:t>PARTICIPACIÓN MIEMBROS COMUNIDAD UNIVERSITARIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19539F51" w14:textId="77777777" w:rsidR="00165275" w:rsidRPr="00033884" w:rsidRDefault="00165275" w:rsidP="00165275">
+    <w:p w14:paraId="454ED874" w14:textId="77777777" w:rsidR="00894CB1" w:rsidRPr="00033884" w:rsidRDefault="00894CB1" w:rsidP="00894CB1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6006" w:type="pct"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="451"/>
-[...3285 lines deleted...]
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1253"/>
+        <w:gridCol w:w="1088"/>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="1183"/>
+        <w:gridCol w:w="1209"/>
+        <w:gridCol w:w="1207"/>
+        <w:gridCol w:w="1342"/>
       </w:tblGrid>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="16311548" w14:textId="77777777" w:rsidTr="009F1030">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1069" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25AEA808" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
@@ -10444,88 +10443,89 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRAMA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6006" w:type="pct"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2835"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="659"/>
+        <w:gridCol w:w="2685"/>
         <w:gridCol w:w="1476"/>
-        <w:gridCol w:w="1507"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1213"/>
+        <w:gridCol w:w="439"/>
+        <w:gridCol w:w="624"/>
+        <w:gridCol w:w="1398"/>
+        <w:gridCol w:w="1427"/>
+        <w:gridCol w:w="1342"/>
       </w:tblGrid>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="33A31163" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BD9F544" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk54972533"/>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">(Sí </w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>existe más de una contraparte añadir una tabla de información por cada una de ellas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="42327D22" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1266" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11DEDB15" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
@@ -11240,577 +11240,606 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1306" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34443E09" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84AA5" w:rsidRPr="00033884" w14:paraId="3DAC767E" w14:textId="77777777" w:rsidTr="00A84AA5">
+      <w:tr w:rsidR="00A84AA5" w:rsidRPr="00033884" w14:paraId="3DAC767E" w14:textId="77777777" w:rsidTr="0057412C">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1266" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFF7DD9" w14:textId="2B5DC72D" w:rsidR="00A84AA5" w:rsidRPr="0057412C" w:rsidRDefault="00A84AA5" w:rsidP="0057412C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057412C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0057412C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>rado académico de la persona de contacto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3734" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="478B14DE" w14:textId="77777777" w:rsidR="00A84AA5" w:rsidRPr="00033884" w:rsidRDefault="00A84AA5" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="452E9B8F" w14:textId="77777777" w:rsidTr="004257A1">
+        <w:trPr>
+          <w:trHeight w:val="560"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFF7DD9" w14:textId="2B5DC72D" w:rsidR="00A84AA5" w:rsidRPr="00A84AA5" w:rsidRDefault="00A84AA5" w:rsidP="00FF6D9C">
+          <w:p w14:paraId="36A22A4E" w14:textId="0D95D53A" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Cargo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del contacto del </w:t>
+            </w:r>
+            <w:r w:rsidR="00144CE2">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>programa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="063DB89F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="953" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E06DC7" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Teléfono</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1306" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E01FBF" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="452E9B8F" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="171CDB92" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1266" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36A22A4E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
+          <w:p w14:paraId="28128721" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00033884">
-[...5 lines deleted...]
-              <w:t>Cargo</w:t>
+            <w:bookmarkStart w:id="2" w:name="_Hlk209768111"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Tipo</w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> del contacto del proyecto</w:t>
-[...29 lines deleted...]
-            <w:tcW w:w="953" w:type="pct"/>
+              <w:t xml:space="preserve"> de instrumento que da lugar a la alianza</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1268" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-          </w:tcPr>
-[...6 lines deleted...]
-                <w:b w:val="0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D6D015" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-              <w:t>Teléfono</w:t>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carta </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>formal</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de solicitud a la unidad académica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F9A053" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Carta de intenciones con la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1306" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="24E01FBF" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3388832B" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:b w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Convenio marco con la UNAH</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="171CDB92" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="56DC38DA" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1266" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28128721" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
+          <w:p w14:paraId="49202670" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1268" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="716F6B94" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7F0540" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1306" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F94516" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="19EC2B3D" w14:textId="77777777" w:rsidTr="004257A1">
+        <w:trPr>
+          <w:trHeight w:val="560"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="597DF78F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Breve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> descripción de los </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="_Hlk209768138"/>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de instrumento que da lugar a la alianza</w:t>
-[...268 lines deleted...]
-              </w:rPr>
               <w:t>compromisos asumidos por la contraparte</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3734" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="508F0629" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11886,53 +11915,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6006" w:type="pct"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1703"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5682"/>
+        <w:gridCol w:w="1612"/>
+        <w:gridCol w:w="3612"/>
+        <w:gridCol w:w="5380"/>
       </w:tblGrid>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="32D56DF1" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="109803C6" w14:textId="1775CB85" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -11985,96 +12014,78 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Explicar brevemente en qué consiste el pro</w:t>
             </w:r>
             <w:r w:rsidR="00A84AA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>grama</w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>, los antecedentes que dieron su origen y la importancia que tiene para los objetivos estratégicos de la UNAH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="1F3B0388" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="1F3B0388" w14:textId="77777777" w:rsidTr="003775ED">
         <w:trPr>
-          <w:trHeight w:val="1776"/>
+          <w:trHeight w:val="946"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="40E77411" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0A5C8EE4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1BE264B9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
-            <w:pPr>
-[...16 lines deleted...]
-          <w:p w14:paraId="1D7B6ADC" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2DAB49CD" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="3782B78D" w14:textId="77777777" w:rsidTr="004257A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
@@ -12148,416 +12159,398 @@
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> a los planes estratégicos</w:t>
             </w:r>
             <w:r w:rsidR="00DB084E" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> de la entidad contraparte</w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="69C1B404" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="69C1B404" w14:textId="77777777" w:rsidTr="003775ED">
         <w:trPr>
-          <w:trHeight w:val="1776"/>
+          <w:trHeight w:val="954"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2CC87AA2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22156D99" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B1A4AC5" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63A91CC6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="6B6913A3" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63A91CC6" w14:textId="1ACAA6AE" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="4662FA45" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="4723E05C" w14:textId="5B371A6C" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Definición</w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> del problema: </w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Breve descripción del problema que se desea resolver, indicando línea base que se tendrá en consideración para la definición de los resultados del pro</w:t>
             </w:r>
             <w:r w:rsidR="00A84AA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>grama</w:t>
             </w:r>
             <w:r w:rsidR="00DB084E" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>. La línea base debe representarse con datos y debe de describirse las causas del problema identificado</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="10CFA1D3" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="10CFA1D3" w14:textId="77777777" w:rsidTr="003775ED">
         <w:trPr>
-          <w:trHeight w:val="1673"/>
+          <w:trHeight w:val="1182"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5E280287" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FF5F09A" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="07D700AC" w14:textId="77777777" w:rsidR="00A84AA5" w:rsidRDefault="00A84AA5" w:rsidP="00983C0F">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7AAE884C" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="13B6A419" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="00983C0F">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3786B82C" w14:textId="77777777" w:rsidR="00A84AA5" w:rsidRDefault="00A84AA5" w:rsidP="00983C0F">
+          <w:p w14:paraId="11202F7E" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="00983C0F">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2917270B" w14:textId="77777777" w:rsidR="00A84AA5" w:rsidRDefault="00A84AA5" w:rsidP="00983C0F">
-[...23 lines deleted...]
-          <w:p w14:paraId="5B381021" w14:textId="78419F85" w:rsidR="00A84AA5" w:rsidRPr="00033884" w:rsidRDefault="00A84AA5" w:rsidP="00983C0F">
+          <w:p w14:paraId="5B381021" w14:textId="60C21804" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00983C0F">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="2C0E8195" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="087FDB58" w14:textId="16AAE242" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
+          <w:p w14:paraId="087FDB58" w14:textId="5B69CDCE" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Objetivo</w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> General </w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">(El objetivo debe estar basado en la población participante del </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00033884">
+            <w:r w:rsidR="0057412C" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>pro</w:t>
             </w:r>
-            <w:r w:rsidR="00A84AA5">
+            <w:r w:rsidR="0057412C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>grama</w:t>
             </w:r>
-            <w:r w:rsidR="00DB084E" w:rsidRPr="00033884">
+            <w:r w:rsidR="0057412C" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="071785F8" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="071785F8" w14:textId="77777777" w:rsidTr="003775ED">
         <w:trPr>
-          <w:trHeight w:val="1499"/>
+          <w:trHeight w:val="1220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="438DF6F6" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="63"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3848204C" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="06407E14" w14:textId="77777777" w:rsidR="002676AF" w:rsidRDefault="002676AF" w:rsidP="00033884">
+            <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
-              <w:ind w:left="63"/>
-[...9 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BFA824F" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="00033884">
+            <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
-              <w:ind w:left="63"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="027CC17D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02775DD4" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="00033884">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="027CC17D" w14:textId="5C3543D0" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00033884">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0F3A62BD" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="2C7B3F5B" w14:textId="13BF447E" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
@@ -12625,60 +12618,50 @@
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4DEAAB56" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3EBBED0E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4A81F5F8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
-            <w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="76C61AA9" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28F9B0FE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E07D3D2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -13388,108 +13371,121 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2537" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6F516879" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="3ED78110" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB7F24F" w14:textId="4648C042" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
+          <w:p w14:paraId="2FB7F24F" w14:textId="79A2DF8E" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Impacto que se desea generar en el pro</w:t>
             </w:r>
             <w:r w:rsidR="00A84AA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>grama</w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Debe de expresar los indicadores de impacto del proyecto)</w:t>
+              <w:t xml:space="preserve">Debe de expresar los indicadores de impacto del </w:t>
+            </w:r>
+            <w:r w:rsidR="00144CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00144CE2">
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>rograma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00A84AA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...6 lines deleted...]
-              <w:t>Debe de plantearse al menos 1 resultado. Cada resultado puede tener más de 1 indicador.</w:t>
+              <w:t>. Debe de plantearse al menos 1 resultado. Cada resultado puede tener más de 1 indicador.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="3AB4EC77" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3003F965" w14:textId="0D9D4565" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
@@ -13646,84 +13642,83 @@
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="49E05B69" w14:textId="5739CD9A" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00FF6D9C" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>OBJETIVOS DE DESARROLLO SOSTENIBLE (ODS) A LOS QUE SE CONTRIBUYE</w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicar el o los ODS a los que pretende contribuir el pro</w:t>
             </w:r>
             <w:r w:rsidR="00A84AA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>grama</w:t>
             </w:r>
             <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> y las metas correspondientes. Para esta descripción deberá basarse en el documento de ODS que puede consultar en el siguiente enlace:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F1F9E3E" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00191C7A" w:rsidP="00E32A8B">
+          <w:p w14:paraId="3F1F9E3E" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="002831A1" w:rsidP="00E32A8B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:ind w:left="502"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00E32A8B" w:rsidRPr="00033884">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="FFFF00"/>
                 </w:rPr>
                 <w:t>Objetivos y metas de desarrollo sostenible - Desarrollo Sostenible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="0060AB70" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
@@ -13943,70 +13938,50 @@
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29C79C68" w14:textId="7B076F3F" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6743AE6F" w14:textId="77777777" w:rsidR="00FE57FA" w:rsidRPr="00033884" w:rsidRDefault="00FE57FA" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="69C80A89" w14:textId="5D879DC4" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
-[...18 lines deleted...]
-          </w:p>
           <w:p w14:paraId="6ED679AF" w14:textId="77777777" w:rsidR="00033884" w:rsidRPr="00033884" w:rsidRDefault="00033884" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A4911EC" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRPr="00033884" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E32A8B" w:rsidRPr="00033884" w14:paraId="43F00460" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="274"/>
@@ -14050,116 +14025,76 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="41958A00" w14:textId="77777777" w:rsidR="00E32A8B" w:rsidRDefault="00E32A8B" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33FFC5C4" w14:textId="77777777" w:rsidR="00033884" w:rsidRDefault="00033884" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="62402C9B" w14:textId="77777777" w:rsidR="00033884" w:rsidRDefault="00033884" w:rsidP="00E32A8B">
-[...38 lines deleted...]
-          </w:p>
           <w:p w14:paraId="3701DCFD" w14:textId="77777777" w:rsidR="00033884" w:rsidRDefault="00033884" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="579B46CD" w14:textId="5D238713" w:rsidR="00033884" w:rsidRPr="00033884" w:rsidRDefault="00033884" w:rsidP="00E32A8B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47EEBA34" w14:textId="77777777" w:rsidR="00CE42D7" w:rsidRPr="00033884" w:rsidRDefault="00CE42D7" w:rsidP="00CE42D7">
-[...1 lines deleted...]
-        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+    <w:p w14:paraId="47EEBA34" w14:textId="77777777" w:rsidR="00CE42D7" w:rsidRPr="00033884" w:rsidRDefault="00CE42D7" w:rsidP="003775ED">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05A21D06" w14:textId="40498EC5" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FE57FA">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
@@ -14193,55 +14128,55 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6006" w:type="pct"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4820"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2784"/>
+        <w:gridCol w:w="4564"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1007"/>
+        <w:gridCol w:w="1277"/>
+        <w:gridCol w:w="2636"/>
       </w:tblGrid>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="3136A773" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37401A1D" w14:textId="2EA1E30C" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="00FF6D9C" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -15072,50 +15007,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E0981F" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Costos indirectos por infraestructura universidad (depreciación de equipo, calculado sobre la sumatoria de los conceptos a – e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="528" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13389A68" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -15383,51 +15319,50 @@
             <w:tcW w:w="3757" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63580DAA" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Aporte de la contraparte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44112BD8" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="11EFF77B" w14:textId="77777777" w:rsidTr="004257A1">
@@ -15639,83 +15574,99 @@
           <w:p w14:paraId="24ACAE21" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="41D3684A" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A22B98E" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
+          <w:p w14:paraId="2A22B98E" w14:textId="19C717BE" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> del proyecto</w:t>
+              <w:t xml:space="preserve"> del </w:t>
+            </w:r>
+            <w:r w:rsidR="00144CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00144CE2">
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>rograma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113538DE" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27EB458E" w14:textId="1EDA5EEF" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FE57FA">
@@ -15774,55 +15725,55 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6006" w:type="pct"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3588"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="3398"/>
+        <w:gridCol w:w="1077"/>
+        <w:gridCol w:w="1722"/>
+        <w:gridCol w:w="1720"/>
+        <w:gridCol w:w="2687"/>
       </w:tblGrid>
       <w:tr w:rsidR="00546257" w:rsidRPr="00033884" w14:paraId="090E1410" w14:textId="412B5FC0" w:rsidTr="004257A1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38051C25" w14:textId="7654FB3E" w:rsidR="00546257" w:rsidRPr="00033884" w:rsidRDefault="00FF6D9C" w:rsidP="00FF6D9C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -16727,402 +16678,124 @@
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="31C167EB" w14:textId="77777777" w:rsidR="00546257" w:rsidRPr="00033884" w:rsidRDefault="00546257" w:rsidP="001A6D4F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00546257" w:rsidRPr="00033884" w14:paraId="4F723B0A" w14:textId="325B222D" w:rsidTr="004257A1">
-[...250 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E5BBCFB" w14:textId="6FA58037" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
+    <w:p w14:paraId="011FF9A6" w14:textId="4649EB50" w:rsidR="00FE57FA" w:rsidRPr="003775ED" w:rsidRDefault="00FE57FA" w:rsidP="003775ED">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CD53A8D" w14:textId="77777777" w:rsidR="00141601" w:rsidRPr="00033884" w:rsidRDefault="00141601" w:rsidP="002676AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...33 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="106DA461" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00FE57FA">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033884">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>FIRMAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5915" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5523"/>
-        <w:gridCol w:w="5506"/>
+        <w:gridCol w:w="5230"/>
+        <w:gridCol w:w="5214"/>
       </w:tblGrid>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="29B497CA" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="360"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2504" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="5947E3BF" w14:textId="0B2FE1DC" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -17355,52 +17028,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5915" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5523"/>
-        <w:gridCol w:w="5506"/>
+        <w:gridCol w:w="5230"/>
+        <w:gridCol w:w="5214"/>
       </w:tblGrid>
       <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="5A993071" w14:textId="77777777" w:rsidTr="004257A1">
         <w:trPr>
           <w:trHeight w:val="278"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2504" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C921685" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17625,69 +17298,69 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00033884">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Documentos adjuntos a la ficha: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E53AD4" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblW w:w="11057" w:type="dxa"/>
+        <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="6983"/>
         <w:gridCol w:w="1522"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="45131447" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="45131447" w14:textId="77777777" w:rsidTr="004A2115">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="3F0EBE6B" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
@@ -17733,79 +17406,79 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Si</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="69177C93" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0C5D49AA" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0C5D49AA" w14:textId="77777777" w:rsidTr="004A2115">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07FDD1D2" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -17844,65 +17517,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (cuando aplique)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="214D8774" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36523F90" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0D2F015C" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0D2F015C" w14:textId="77777777" w:rsidTr="004A2115">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71DFA3C5" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -17927,65 +17600,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (cuando aplique)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68BBF528" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB8FF83" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0E1A8125" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="0E1A8125" w14:textId="77777777" w:rsidTr="004A2115">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F53E5CF" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -18019,65 +17692,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Centro Regional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24DF3514" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2203FD56" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="425DCD4A" w14:textId="77777777" w:rsidTr="004257A1">
+      <w:tr w:rsidR="002676AF" w:rsidRPr="00033884" w14:paraId="425DCD4A" w14:textId="77777777" w:rsidTr="004A2115">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29D9250F" w14:textId="441280DD" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="00C74859" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -18095,51 +17768,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Otros (detallar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="723D18D1" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CEE05B5" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="00983C0F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2399763D" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00033884" w:rsidRDefault="002676AF" w:rsidP="002676AF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5159BA48" w14:textId="77777777" w:rsidR="002676AF" w:rsidRPr="00141601" w:rsidRDefault="002676AF" w:rsidP="002676AF">
@@ -18167,180 +17840,970 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00141601">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>El documento 1 / documento 2 (cualquiera de los dos) es obligatorio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8656CA" w14:textId="3D4229D6" w:rsidR="009E38FA" w:rsidRPr="00141601" w:rsidRDefault="00FE57FA" w:rsidP="002676AF">
+    <w:p w14:paraId="4E8656CA" w14:textId="4F304A93" w:rsidR="009E38FA" w:rsidRDefault="00FE57FA" w:rsidP="002676AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00141601">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Los documentos 2 y </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00141601">
+      <w:r w:rsidR="003775ED" w:rsidRPr="00141601">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>3 son</w:t>
       </w:r>
-      <w:r w:rsidR="002676AF" w:rsidRPr="00141601">
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002676AF" w:rsidRPr="00141601">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> obligatorio</w:t>
       </w:r>
       <w:r w:rsidRPr="00141601">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177EC3A8" w14:textId="77777777" w:rsidR="00FA187D" w:rsidRPr="00033884" w:rsidRDefault="00FA187D" w:rsidP="005A712B">
+    <w:p w14:paraId="0AA9BDDA" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00141601" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EBA82D8" w14:textId="2D15DD2E" w:rsidR="003775ED" w:rsidRPr="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003775ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INFORMACIÓN DE REGISTRO DEL PROYECTO (Uso Exclusivo de la Dirección)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="-856" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2452"/>
+        <w:gridCol w:w="3116"/>
+        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="3556"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003775ED" w:rsidRPr="00033884" w14:paraId="0FBB5822" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="043A8ABD" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Responsable de revisión  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8180" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E92849" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003775ED" w:rsidRPr="00033884" w14:paraId="1B8CE3FA" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2130BB23" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fecha de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>probación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6587FCB0" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF5D703" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fecha de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>egistro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3556" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E465738" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="07129F34" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="-856" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2448"/>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="1613"/>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="2000"/>
+        <w:gridCol w:w="1559"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003775ED" w:rsidRPr="00033884" w14:paraId="5127CA29" w14:textId="77777777" w:rsidTr="004A2115">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="707235E6" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">No. de libro </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="688AB89B" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD8FC7C" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>No. de Tomo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5AE349" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CE30E1" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00033884">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">No. de Folio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6935D48B" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="00B86B05">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E8375C9" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="144A99A2" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00033884">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="es-HN"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C2C3333" wp14:editId="76B517F2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-54389</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>129540</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1480820" cy="247015"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="635"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1480820" cy="247015"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1814ECF5" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="008A5DCD" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t>No. Registro</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008A5DCD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> de </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                              <w:t>Actividad</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6C2C3333" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-4.3pt;margin-top:10.2pt;width:116.6pt;height:19.45pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC01cfcgAIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNmO2yAUfa/Uf0C8Z7zUWWzFGc3SVJWm&#10;izTTDyCAY1QMFEjsadV/7wUnmUwXqarqBxt8L+cu51yWl0Mn0Z5bJ7SqcXaRYsQV1UyobY0/Pawn&#10;C4ycJ4oRqRWv8SN3+HL18sWyNxXPdasl4xYBiHJVb2rcem+qJHG05R1xF9pwBcZG24542Nptwizp&#10;Ab2TSZ6ms6TXlhmrKXcO/t6ORryK+E3Dqf/QNI57JGsMufn4tvG9Ce9ktSTV1hLTCnpIg/xDFh0R&#10;CoKeoG6JJ2hnxS9QnaBWO934C6q7RDeNoDzWANVk6U/V3LfE8FgLNMeZU5vc/4Ol7/cfLRKsxjOM&#10;FOmAogc+eHStB/QqdKc3rgKnewNufoDfwHKs1Jk7TT87pPRNS9SWX1mr+5YTBtll4WRydnTEcQFk&#10;07/TDMKQndcRaGhsF1oHzUCADiw9npgJqdAQslikixxMFGx5MU+zaQxBquNpY51/w3WHwqLGFpiP&#10;6GR/53zIhlRHlxDMaSnYWkgZN3a7uZEW7QmoZB2fA/ozN6mCs9Lh2Ig4/oEkIUawhXQj69/KLC/S&#10;67ycrGeL+aRYF9NJOU8XkzQrr8tZWpTF7fp7SDArqlYwxtWdUPyowKz4O4YPszBqJ2oQ9TUup/l0&#10;pOiPRabx+V2RnfAwkFJ0NV6cnEgViH2tGJRNKk+EHNfJ8/Rjl6EHx2/sSpRBYH7UgB82A6AEbWw0&#10;ewRBWA18AbVwi8Ci1fYrRj1MZI3dlx2xHCP5VoGoyqwowgjHTTGdBznYc8vm3EIUBagae4zG5Y0f&#10;x35nrNi2EGmUsdJXIMRGRI08ZXWQL0xdLOZwQ4SxPt9Hr6d7bPUDAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLqu0y3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4Me0iUtoiQ6Mm&#10;Gq+t/QEDTIHIzhJ2W+i/dz3p8c17ee+bfDebXl14dJ0VhMdlBIqlsnUnDcLx632xAeU8SU29FUa4&#10;soNdcXuTU1bbSfZ8OfhGhRJxGSG03g+Z1q5q2ZBb2oEleCc7GvJBjo2uR5pCuel1HEWpNtRJWGhp&#10;4LeWq+/D2SCcPqeH1XYqP/xxvU/SV+rWpb0i3t/NL8+gPM/+Lwy/+AEdisBU2rPUTvUIi00akghx&#10;lIAKfhwn4VAirLZPoItc/3+g+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC01cfcgAIA&#10;AA8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCLqu0y&#10;3QAAAAgBAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1814ECF5" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="008A5DCD" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                        <w:t>No. Registro</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008A5DCD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> de </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                        <w:t>Actividad</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00033884">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="es-HN"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C6498D3" wp14:editId="5A479E82">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1426845</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>19050</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1447800" cy="358140"/>
+                <wp:effectExtent l="19050" t="19050" r="19050" b="22860"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Rectangle 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1447800" cy="358140"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1">
+                            <a:lumMod val="85000"/>
+                            <a:lumOff val="0"/>
+                            <a:alpha val="91000"/>
+                          </a:schemeClr>
+                        </a:solidFill>
+                        <a:ln w="38100" cmpd="dbl">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="43B1093D" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="79BC4924" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="474EDE11" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="37AA12E9" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="12A43B3B" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4180FDF5" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0C9B6A56" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="414B1FE9" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00107E13" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="es-ES"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="1C6498D3" id="Rectangle 2" o:spid="_x0000_s1027" style="position:absolute;margin-left:112.35pt;margin-top:1.5pt;width:114pt;height:28.2pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAe28WZVAIAAKgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjrJkjU14hRFuw4D&#10;uq1Ytw+gZdkWptsoJU739aNkN023t2EvhkhRh4c8pDeXB6PZXmJQzlZ8fjbjTFrhGmW7in//dvtm&#10;zVmIYBvQzsqKP8rAL7evX20GX8qF651uJDICsaEcfMX7GH1ZFEH00kA4c15aumwdGohkYlc0CAOh&#10;G10sZrN3xeCw8eiEDIG8N+Ml32b8tpUifmnbICPTFSduMX8xf+v0LbYbKDsE3ysx0YB/YGFAWUp6&#10;hLqBCGyH6i8oowS64Np4JpwpXNsqIXMNVM189kc1Dz14mWuh5gR/bFP4f7Di8/4emWoqvuLMgiGJ&#10;vlLTwHZaskVqz+BDSVEP/h5TgcHfOfEjMOuue4qSV4hu6CU0RGqe4osXD5IR6Cmrh0+uIXTYRZc7&#10;dWjRJEDqATtkQR6PgshDZIKc8+XyfD0j3QTdvV2t58usWAHl02uPIX6QzrB0qDgS94wO+7sQExso&#10;n0Iye6dVc6u0zkYaMnmtke2BxqPu5vmp3hmiOvrWqxmlz0NCbhql0T25QPseRs/FfAqkhHl4E25O&#10;H05TassGqmRN0VSU8dT3ptY57Yu4gF19JEbIJ+CncEZF2h6tTMWpTVMQlEmO97bJtCMoPZ6JmbaT&#10;PkmSUdp4qA9Z/yxekqt2zSMJhm5cFlpuOvQOf3E20KJUPPzcAUrO9EdLol+QSGmzsrFcnS/IwNOb&#10;+vQGrCCoiouInI3GdRz3cedRdT3lGmWw7opGpVVZxWdeUwG0Drm70+qmfTu1c9TzD2b7GwAA//8D&#10;AFBLAwQUAAYACAAAACEAhoa7C98AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VIXBB1CCk/IZsKFXFrDy2IcnRiNwmJ15HttuHtWU5wHM1o5ptiMdlBHI0PnSOEm1kCwlDtdEcN&#10;wvvb6/UDiBAVaTU4MgjfJsCiPD8rVK7diTbmuI2N4BIKuUJoYxxzKUPdGqvCzI2G2Ns7b1Vk6Rup&#10;vTpxuR1kmiR30qqOeKFVo1m2pu63B4uw6j+uut3a+Wrzue+/di96uWrXiJcX0/MTiGim+BeGX3xG&#10;h5KZKncgHcSAkKbZPUcRbvkS+9k8ZV0hzB8zkGUh/x8ofwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAe28WZVAIAAKgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCGhrsL3wAAAAgBAAAPAAAAAAAAAAAAAAAAAK4EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" fillcolor="#d8d8d8 [2732]" strokeweight="3pt">
+                <v:fill opacity="59624f"/>
+                <v:stroke linestyle="thinThin"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="43B1093D" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="79BC4924" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="474EDE11" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="37AA12E9" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="12A43B3B" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4180FDF5" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0C9B6A56" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="414B1FE9" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00107E13" w:rsidRDefault="003775ED" w:rsidP="003775ED">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="es-ES"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00033884">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EA1799" w14:textId="77777777" w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidRDefault="003775ED" w:rsidP="005A712B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00FA187D" w:rsidRPr="00033884" w:rsidSect="00072778">
+    <w:sectPr w:rsidR="003775ED" w:rsidRPr="00033884" w:rsidSect="004A2115">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="2268" w:right="1467" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2268" w:right="1701" w:bottom="2268" w:left="1701" w:header="737" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32D55BC7" w14:textId="77777777" w:rsidR="00191C7A" w:rsidRDefault="00191C7A" w:rsidP="007D0977">
+    <w:p w14:paraId="3EFE2457" w14:textId="77777777" w:rsidR="002831A1" w:rsidRDefault="002831A1" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2157FE54" w14:textId="77777777" w:rsidR="00191C7A" w:rsidRDefault="00191C7A" w:rsidP="007D0977">
+    <w:p w14:paraId="3CF9A63A" w14:textId="77777777" w:rsidR="002831A1" w:rsidRDefault="002831A1" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
-    <w:p w14:paraId="54D4E56E" w14:textId="436DBE97" w:rsidR="008D576A" w:rsidRDefault="008D576A">
+    <w:p w14:paraId="54D4E56E" w14:textId="65BCCB32" w:rsidR="008D576A" w:rsidRDefault="008D576A">
       <w:pPr>
         <w:pStyle w:val="Textonotaalfinal"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalfinal"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OE= Objetivo Específico. Indicar el número de objetivo específico al que corresponde el resultado</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="16CC1A61" w14:textId="2F1CAD38" w:rsidR="003775ED" w:rsidRDefault="003775ED">
+      <w:pPr>
+        <w:pStyle w:val="Textonotaalfinal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A2DF6BC" w14:textId="77777777" w:rsidR="003775ED" w:rsidRDefault="003775ED">
+      <w:pPr>
+        <w:pStyle w:val="Textonotaalfinal"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -18365,50 +18828,57 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-536199599"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="01FF3004" w14:textId="3019C823" w:rsidR="00983C0F" w:rsidRDefault="00983C0F">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -18420,75 +18890,75 @@
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4AEC8B0A" w14:textId="33D809DD" w:rsidR="00983C0F" w:rsidRPr="00FA187D" w:rsidRDefault="00983C0F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="235BC3AA" w14:textId="77777777" w:rsidR="00191C7A" w:rsidRDefault="00191C7A" w:rsidP="007D0977">
+    <w:p w14:paraId="18D44628" w14:textId="77777777" w:rsidR="002831A1" w:rsidRDefault="002831A1" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24E9BDD6" w14:textId="77777777" w:rsidR="00191C7A" w:rsidRDefault="00191C7A" w:rsidP="007D0977">
+    <w:p w14:paraId="2735430E" w14:textId="77777777" w:rsidR="002831A1" w:rsidRDefault="002831A1" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="00191C7A">
+  <w:p w14:paraId="1178F109" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="002831A1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="535FFAAF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -18844,51 +19314,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="28231471" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:333.75pt;margin-top:-26.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyO54EKAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmpMRE2gblIzHl8aBbemdkdOh/cTaQZhsefu7A&#10;K87MR0tsLybTaRJ5dqazq4ocfx7ZnEfACoJqeOTsYK5ifhiZB3dLW1nrzNdLJ8deSYuZxuO7SWI/&#10;93PWy+tePgEAAP//AwBQSwMEFAAGAAgAAAAhAHiNtDDgAAAADAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG5bSkXbqTSdJiYuHJDYkOCYNWlTkThVknXl7fFOcLPlT7+/v9kuzrJZ&#10;hzh6FPCwzoBp7LwacRDwcXxZbYDFJFFJ61EL+NERtu3tTSNr5S/4rudDGhiFYKylAJPSVHMeO6Od&#10;jGs/aaRb74OTidYwcBXkhcKd5XmWldzJEemDkZN+Nrr7PpydgE9nRrUPb1+9svP+td8V0xImIe7v&#10;lt0TsKSX9AfDVZ/UoSWnkz+jiswKKMuqIFTAqsgrYFciyytqc6Kp3DwCbxv+v0T7CwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALI7ngQoAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHiNtDDgAAAADAEAAA8AAAAAAAAAAAAAAAAAggQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:333.75pt;margin-top:-26.35pt;width:180.15pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyO54EKAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtpxkzUx6hRdugwD&#10;ugvQ7QMYSY6FyaImKbG7ry+lpGm2vQ3zg0Ca5BF5eHR9M/aG7ZUPGm3DJxclZ8oKlNpuG/792/rN&#10;nLMQwUowaFXDH1XgN8vXr64HV6sKOzRSeUYgNtSDa3gXo6uLIohO9RAu0ClLwRZ9D5Fcvy2kh4HQ&#10;e1NUZfm2GNBL51GoEOjv3SHIlxm/bZWIX9o2qMhMw6m3mE+fz006i+U11FsPrtPi2Ab8Qxc9aEuX&#10;nqDuIALbef0XVK+Fx4BtvBDYF9i2Wqg8A00zKf+Y5qEDp/IsRE5wJ5rC/4MVn/dfPdOy4ZflFWcW&#10;elrSagfSI5OKRTVGZFWiaXChpuwHR/lxfIcjrTuPHNw9ih+BWVx1YLfq1nscOgWS2pykyuKs9IAT&#10;Eshm+ISSboNdxAw0tr5PHBIrjNBpXY+nFVEfTNDPqppfLcoZZ4Jik2l5uZjP8h1QP5c7H+IHhT1L&#10;RsM9aSDDw/4+xNQO1M8p6baARsu1NiY7frtZGc/2QHpZ5++I/luasWxo+GJWzTKyxVSfpdTrSHo2&#10;um/4vExfKoc60fHeymxH0OZgUyfGHvlJlBzIieNmpMRE2gblIzHl8aBbemdkdOh/cTaQZhsefu7A&#10;K87MR0tsLybTaRJ5dqazq4ocfx7ZnEfACoJqeOTsYK5ifhiZB3dLW1nrzNdLJ8deSYuZxuO7SWI/&#10;93PWy+tePgEAAP//AwBQSwMEFAAGAAgAAAAhAHiNtDDgAAAADAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG5bSkXbqTSdJiYuHJDYkOCYNWlTkThVknXl7fFOcLPlT7+/v9kuzrJZ&#10;hzh6FPCwzoBp7LwacRDwcXxZbYDFJFFJ61EL+NERtu3tTSNr5S/4rudDGhiFYKylAJPSVHMeO6Od&#10;jGs/aaRb74OTidYwcBXkhcKd5XmWldzJEemDkZN+Nrr7PpydgE9nRrUPb1+9svP+td8V0xImIe7v&#10;lt0TsKSX9AfDVZ/UoSWnkz+jiswKKMuqIFTAqsgrYFciyytqc6Kp3DwCbxv+v0T7CwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALI7ngQoAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHiNtDDgAAAADAEAAA8AAAAAAAAAAAAAAAAAggQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="79129AB3" w14:textId="01972368" w:rsidR="00983C0F" w:rsidRPr="00904D6D" w:rsidRDefault="00983C0F" w:rsidP="00743BDC">
                     <w:pPr>
                       <w:pStyle w:val="Sinespaciado"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="00E95CD1">
                       <w:rPr>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:instrText>HYPERLINK "mailto:vinculacion.sociedad@unah.edu.hn"</w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
@@ -18943,51 +19413,51 @@
                     <w:proofErr w:type="gramEnd"/>
                     <w:r w:rsidRPr="00904D6D">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 110576</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="00191C7A">
+  <w:p w14:paraId="3DE8D45A" w14:textId="77777777" w:rsidR="00983C0F" w:rsidRDefault="002831A1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="1673F1DE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
@@ -23960,50 +24430,51 @@
     <w:rsid w:val="000C3687"/>
     <w:rsid w:val="000C4A78"/>
     <w:rsid w:val="000C565F"/>
     <w:rsid w:val="000C7436"/>
     <w:rsid w:val="000D67B8"/>
     <w:rsid w:val="000D7333"/>
     <w:rsid w:val="000E170F"/>
     <w:rsid w:val="000E767B"/>
     <w:rsid w:val="000F08E1"/>
     <w:rsid w:val="000F2EBD"/>
     <w:rsid w:val="000F387E"/>
     <w:rsid w:val="00101D00"/>
     <w:rsid w:val="0010246B"/>
     <w:rsid w:val="001244D5"/>
     <w:rsid w:val="0012531F"/>
     <w:rsid w:val="001253E7"/>
     <w:rsid w:val="001275C9"/>
     <w:rsid w:val="001312AF"/>
     <w:rsid w:val="00133398"/>
     <w:rsid w:val="00133D11"/>
     <w:rsid w:val="001357B5"/>
     <w:rsid w:val="001364C6"/>
     <w:rsid w:val="001377E7"/>
     <w:rsid w:val="00141601"/>
     <w:rsid w:val="00144667"/>
+    <w:rsid w:val="00144CE2"/>
     <w:rsid w:val="00144FA8"/>
     <w:rsid w:val="00147298"/>
     <w:rsid w:val="00147D9F"/>
     <w:rsid w:val="00150167"/>
     <w:rsid w:val="00154E89"/>
     <w:rsid w:val="00165275"/>
     <w:rsid w:val="001718E6"/>
     <w:rsid w:val="00172091"/>
     <w:rsid w:val="0017547E"/>
     <w:rsid w:val="001807CA"/>
     <w:rsid w:val="00185225"/>
     <w:rsid w:val="00186822"/>
     <w:rsid w:val="001877DB"/>
     <w:rsid w:val="0019152B"/>
     <w:rsid w:val="00191C7A"/>
     <w:rsid w:val="001A001C"/>
     <w:rsid w:val="001A19DA"/>
     <w:rsid w:val="001A22F8"/>
     <w:rsid w:val="001A4AEE"/>
     <w:rsid w:val="001A4D47"/>
     <w:rsid w:val="001A4E51"/>
     <w:rsid w:val="001A58AD"/>
     <w:rsid w:val="001A629B"/>
     <w:rsid w:val="001A6D4F"/>
     <w:rsid w:val="001B235A"/>
@@ -24017,174 +24488,179 @@
     <w:rsid w:val="001D2709"/>
     <w:rsid w:val="001E1DD6"/>
     <w:rsid w:val="001E3B94"/>
     <w:rsid w:val="001E6703"/>
     <w:rsid w:val="001F0E27"/>
     <w:rsid w:val="002000C1"/>
     <w:rsid w:val="00202060"/>
     <w:rsid w:val="00202324"/>
     <w:rsid w:val="00207340"/>
     <w:rsid w:val="00207A49"/>
     <w:rsid w:val="00215A89"/>
     <w:rsid w:val="00234A5E"/>
     <w:rsid w:val="002353A1"/>
     <w:rsid w:val="002367E1"/>
     <w:rsid w:val="002415AA"/>
     <w:rsid w:val="00246317"/>
     <w:rsid w:val="00253311"/>
     <w:rsid w:val="002555DD"/>
     <w:rsid w:val="00265C88"/>
     <w:rsid w:val="002676AF"/>
     <w:rsid w:val="00267D3F"/>
     <w:rsid w:val="00271141"/>
     <w:rsid w:val="0027278A"/>
     <w:rsid w:val="00277D76"/>
     <w:rsid w:val="00281742"/>
+    <w:rsid w:val="002831A1"/>
     <w:rsid w:val="00287DAE"/>
     <w:rsid w:val="0029360A"/>
     <w:rsid w:val="00294312"/>
     <w:rsid w:val="002A796B"/>
     <w:rsid w:val="002B0FAD"/>
     <w:rsid w:val="002B4AC5"/>
     <w:rsid w:val="002B4FE6"/>
     <w:rsid w:val="002C08CA"/>
     <w:rsid w:val="002C15AC"/>
     <w:rsid w:val="002C38DF"/>
     <w:rsid w:val="002C4087"/>
     <w:rsid w:val="002C4955"/>
     <w:rsid w:val="002C5E3F"/>
     <w:rsid w:val="002D2ACB"/>
     <w:rsid w:val="002D2BD0"/>
     <w:rsid w:val="002E1224"/>
     <w:rsid w:val="002E1479"/>
     <w:rsid w:val="002E4CF2"/>
     <w:rsid w:val="002E5B74"/>
     <w:rsid w:val="002F4A03"/>
     <w:rsid w:val="00303419"/>
     <w:rsid w:val="00311191"/>
     <w:rsid w:val="00317916"/>
     <w:rsid w:val="00317B32"/>
     <w:rsid w:val="00321932"/>
     <w:rsid w:val="00325F07"/>
     <w:rsid w:val="003265A4"/>
     <w:rsid w:val="00330151"/>
     <w:rsid w:val="00331F09"/>
     <w:rsid w:val="00334B8F"/>
     <w:rsid w:val="003356B2"/>
     <w:rsid w:val="003440CE"/>
     <w:rsid w:val="003468F0"/>
     <w:rsid w:val="00352B92"/>
     <w:rsid w:val="00353EB9"/>
     <w:rsid w:val="00354368"/>
     <w:rsid w:val="003608E1"/>
     <w:rsid w:val="003626FA"/>
     <w:rsid w:val="003637DF"/>
     <w:rsid w:val="00372421"/>
     <w:rsid w:val="00373FB2"/>
     <w:rsid w:val="003772A8"/>
+    <w:rsid w:val="003775ED"/>
     <w:rsid w:val="00382151"/>
     <w:rsid w:val="00382328"/>
     <w:rsid w:val="00396E4C"/>
     <w:rsid w:val="003B6783"/>
     <w:rsid w:val="003C4FB0"/>
     <w:rsid w:val="003C5376"/>
     <w:rsid w:val="003C6281"/>
     <w:rsid w:val="003D0ED4"/>
     <w:rsid w:val="003D5A19"/>
     <w:rsid w:val="003D76D3"/>
     <w:rsid w:val="003E2278"/>
     <w:rsid w:val="003E7ADD"/>
     <w:rsid w:val="003E7E49"/>
     <w:rsid w:val="003F0FD4"/>
     <w:rsid w:val="003F246F"/>
     <w:rsid w:val="003F78B4"/>
     <w:rsid w:val="004011F5"/>
     <w:rsid w:val="00404126"/>
     <w:rsid w:val="004065F5"/>
     <w:rsid w:val="00414D49"/>
     <w:rsid w:val="00415458"/>
     <w:rsid w:val="0041579D"/>
     <w:rsid w:val="00423676"/>
     <w:rsid w:val="004257A1"/>
     <w:rsid w:val="00426CA9"/>
     <w:rsid w:val="0043289A"/>
     <w:rsid w:val="00432E85"/>
     <w:rsid w:val="004366F1"/>
     <w:rsid w:val="00436C5E"/>
     <w:rsid w:val="00436F5A"/>
     <w:rsid w:val="00437117"/>
     <w:rsid w:val="00437449"/>
     <w:rsid w:val="00442CC0"/>
     <w:rsid w:val="0045321C"/>
     <w:rsid w:val="004560FA"/>
     <w:rsid w:val="00462675"/>
     <w:rsid w:val="00464E8E"/>
     <w:rsid w:val="00472FD3"/>
     <w:rsid w:val="00473BCD"/>
     <w:rsid w:val="00475EC1"/>
     <w:rsid w:val="00485915"/>
     <w:rsid w:val="00487C71"/>
     <w:rsid w:val="00493795"/>
     <w:rsid w:val="00496C1B"/>
+    <w:rsid w:val="004A2115"/>
     <w:rsid w:val="004B4968"/>
     <w:rsid w:val="004B5D65"/>
     <w:rsid w:val="004B6026"/>
     <w:rsid w:val="004C17E8"/>
     <w:rsid w:val="004C1D90"/>
     <w:rsid w:val="004C4517"/>
     <w:rsid w:val="004C6C0A"/>
     <w:rsid w:val="004D2FB4"/>
     <w:rsid w:val="004D4D81"/>
     <w:rsid w:val="004D6D7A"/>
+    <w:rsid w:val="004D75D7"/>
     <w:rsid w:val="004E2F5D"/>
     <w:rsid w:val="004F1BCB"/>
     <w:rsid w:val="004F2ED9"/>
     <w:rsid w:val="00507FC9"/>
     <w:rsid w:val="0051038B"/>
     <w:rsid w:val="00520477"/>
     <w:rsid w:val="00523894"/>
     <w:rsid w:val="00523CA5"/>
     <w:rsid w:val="00531C99"/>
     <w:rsid w:val="005320AE"/>
     <w:rsid w:val="005336C9"/>
     <w:rsid w:val="00534039"/>
     <w:rsid w:val="0053583E"/>
     <w:rsid w:val="00541292"/>
     <w:rsid w:val="0054207E"/>
     <w:rsid w:val="00543DD9"/>
     <w:rsid w:val="00546257"/>
     <w:rsid w:val="005473E1"/>
     <w:rsid w:val="005511DA"/>
     <w:rsid w:val="00553ACA"/>
     <w:rsid w:val="00554E1A"/>
     <w:rsid w:val="00556DC2"/>
     <w:rsid w:val="005615C3"/>
     <w:rsid w:val="00564247"/>
     <w:rsid w:val="005642C5"/>
     <w:rsid w:val="00564401"/>
     <w:rsid w:val="00566068"/>
     <w:rsid w:val="00567DFB"/>
+    <w:rsid w:val="0057412C"/>
     <w:rsid w:val="00575D4C"/>
     <w:rsid w:val="005778EB"/>
     <w:rsid w:val="0058697D"/>
     <w:rsid w:val="005901C0"/>
     <w:rsid w:val="00590DCE"/>
     <w:rsid w:val="00592F8A"/>
     <w:rsid w:val="00597C3A"/>
     <w:rsid w:val="005A2F7F"/>
     <w:rsid w:val="005A712B"/>
     <w:rsid w:val="005B159C"/>
     <w:rsid w:val="005B4FEA"/>
     <w:rsid w:val="005B588C"/>
     <w:rsid w:val="005B5AFC"/>
     <w:rsid w:val="005B6D80"/>
     <w:rsid w:val="005C3E2D"/>
     <w:rsid w:val="005C71F5"/>
     <w:rsid w:val="005E02BB"/>
     <w:rsid w:val="005E1B03"/>
     <w:rsid w:val="005E22B6"/>
     <w:rsid w:val="005E3D56"/>
     <w:rsid w:val="005E6BAE"/>
     <w:rsid w:val="005E7BFD"/>
     <w:rsid w:val="005F0290"/>
     <w:rsid w:val="005F7082"/>
     <w:rsid w:val="00601597"/>
@@ -24495,50 +24971,51 @@
     <w:rsid w:val="00D3758A"/>
     <w:rsid w:val="00D4068E"/>
     <w:rsid w:val="00D42520"/>
     <w:rsid w:val="00D4380B"/>
     <w:rsid w:val="00D43824"/>
     <w:rsid w:val="00D453DA"/>
     <w:rsid w:val="00D662DE"/>
     <w:rsid w:val="00D70B98"/>
     <w:rsid w:val="00D74E4E"/>
     <w:rsid w:val="00D77B7A"/>
     <w:rsid w:val="00D80C31"/>
     <w:rsid w:val="00D80D4A"/>
     <w:rsid w:val="00D953D7"/>
     <w:rsid w:val="00D97D14"/>
     <w:rsid w:val="00DA01CE"/>
     <w:rsid w:val="00DA27D7"/>
     <w:rsid w:val="00DA2C0A"/>
     <w:rsid w:val="00DA2CF9"/>
     <w:rsid w:val="00DA74C4"/>
     <w:rsid w:val="00DB084E"/>
     <w:rsid w:val="00DB4929"/>
     <w:rsid w:val="00DB5D84"/>
     <w:rsid w:val="00DB5FE5"/>
     <w:rsid w:val="00DC1B9B"/>
     <w:rsid w:val="00DC4C55"/>
+    <w:rsid w:val="00DD4E31"/>
     <w:rsid w:val="00DF1685"/>
     <w:rsid w:val="00DF64F0"/>
     <w:rsid w:val="00DF7FC1"/>
     <w:rsid w:val="00E00405"/>
     <w:rsid w:val="00E00910"/>
     <w:rsid w:val="00E1127E"/>
     <w:rsid w:val="00E1608E"/>
     <w:rsid w:val="00E16917"/>
     <w:rsid w:val="00E16D6C"/>
     <w:rsid w:val="00E17676"/>
     <w:rsid w:val="00E17DA0"/>
     <w:rsid w:val="00E23438"/>
     <w:rsid w:val="00E25CF6"/>
     <w:rsid w:val="00E32A8B"/>
     <w:rsid w:val="00E35044"/>
     <w:rsid w:val="00E41D82"/>
     <w:rsid w:val="00E45048"/>
     <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F7D"/>
     <w:rsid w:val="00E542E4"/>
     <w:rsid w:val="00E56AD9"/>
     <w:rsid w:val="00E71F6C"/>
     <w:rsid w:val="00E756C6"/>
     <w:rsid w:val="00E77BDF"/>
     <w:rsid w:val="00E81AFD"/>
@@ -26313,79 +26790,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6D9F3AB-5CC6-418C-BDCE-BF3191C00EF9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C1673BB-B3D5-432A-97BE-9490E665136E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>7557</Characters>
+  <Pages>1</Pages>
+  <Words>1397</Words>
+  <Characters>7688</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8913</CharactersWithSpaces>
+  <CharactersWithSpaces>9067</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>T S E</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>