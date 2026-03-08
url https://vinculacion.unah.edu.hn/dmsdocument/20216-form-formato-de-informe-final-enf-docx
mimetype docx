--- v0 (2025-12-23)
+++ v1 (2026-03-08)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="3846CE22" w14:textId="77777777" w:rsidR="00944FF0" w:rsidRDefault="00944FF0" w:rsidP="00944FF0">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944FF0">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMATO DE </w:t>
       </w:r>
       <w:r w:rsidR="0063657A" w:rsidRPr="00944FF0">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -10974,1770 +10974,1770 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>. Para congresos, simposios, conferencias se deben de adjuntar las listas de asistencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008223E6" w:rsidRPr="008223E6" w14:paraId="30698E62" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3C60C8C2" w14:textId="391843BE" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00944FF0" w:rsidP="000E3778">
+          <w:p w14:paraId="3C60C8C2" w14:textId="391843BE" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00944FF0" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="68027E96" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="68027E96" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="42BF1E9A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="42BF1E9A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3905D92E" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="3905D92E" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Número de teléfono</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="4ABB11FF" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8802D1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="5C8802D1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E0F51F" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="68E0F51F" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1928A75E" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="1928A75E" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="47A9735A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="47A9735A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="44E0A93F" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="05AE365D" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="05AE365D" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07682F48" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="07682F48" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="42EA980D" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="42EA980D" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD7FBB8" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="3CD7FBB8" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="606CBBDD" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79C9A2D6" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="79C9A2D6" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4778DA7C" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="4778DA7C" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0262B2DF" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="0262B2DF" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1F74D71A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="1F74D71A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="19C1D0DB" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="466FFFB3" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="466FFFB3" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51B15DE1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="51B15DE1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6B5124" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="1C6B5124" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1481BB" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="5C1481BB" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="5BFB2B3C" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7626F1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="3B7626F1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC0CD08" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="3EC0CD08" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="058691D0" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="058691D0" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="16948D3D" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="16948D3D" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="7C9DB790" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB680FA" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="4DB680FA" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7ECB0A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="6D7ECB0A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34401EC4" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="34401EC4" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE920D8" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="1AE920D8" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="27C5544E" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4997F8E3" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="4997F8E3" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6633F3C1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="6633F3C1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="721B2467" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="721B2467" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="165075D6" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="165075D6" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="2BB83943" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="58400BB3" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="58400BB3" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0DCA4A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="2C0DCA4A" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="281640D1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="281640D1" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="78C153C9" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="000E3778">
+          <w:p w14:paraId="78C153C9" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="31D46CD2" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="42807F51" w14:textId="72332E4B" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="42807F51" w14:textId="72332E4B" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56A1261C" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="56A1261C" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3FD849" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="7F3FD849" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4F5959BC" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="4F5959BC" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="04F1B655" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5F80DE" w14:textId="50E0A087" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="3D5F80DE" w14:textId="50E0A087" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DF908E" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="13DF908E" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="02B94B24" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="02B94B24" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1984565C" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="1984565C" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="173F38ED" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="47EC9A1E" w14:textId="400B6598" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="47EC9A1E" w14:textId="400B6598" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE1566D" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="5AE1566D" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11BD7229" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="11BD7229" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD14B37" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="2BD14B37" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="40A81988" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6F779B8F" w14:textId="4E8F3970" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="6F779B8F" w14:textId="4E8F3970" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A97B761" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="5A97B761" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0962FCF4" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="0962FCF4" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="358EC1A8" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="358EC1A8" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="2CCEDD5E" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE84589" w14:textId="182F56AE" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="0BE84589" w14:textId="182F56AE" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68C0450D" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="68C0450D" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3325EAFA" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="3325EAFA" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="50B437D6" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="50B437D6" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="0F60B375" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="170F23B6" w14:textId="523E51A3" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="170F23B6" w14:textId="523E51A3" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD9B850" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="3AD9B850" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4D809B92" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="4D809B92" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="59DD06F4" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="59DD06F4" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="44725BE2" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="382B8932" w14:textId="03C1900E" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="382B8932" w14:textId="03C1900E" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="793B13DC" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="793B13DC" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6A75D0D0" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="6A75D0D0" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="44D89900" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="44D89900" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="24C73697" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="723BC07E" w14:textId="6C708DD8" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="723BC07E" w14:textId="6C708DD8" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7954A857" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="7954A857" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCB1A80" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="3FCB1A80" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC474F1" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="6DC474F1" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="5A0B2E3A" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="09860E35" w14:textId="485A1D6F" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="09860E35" w14:textId="485A1D6F" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76DBC870" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="76DBC870" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="68A571F0" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="68A571F0" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2E10EAC4" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="2E10EAC4" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="65D8B4D6" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79F95CC8" w14:textId="4ED6885E" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="79F95CC8" w14:textId="4ED6885E" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E694C34" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="6E694C34" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="589D684A" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="589D684A" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="29B6D366" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="29B6D366" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="41B9994D" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="459E6C34" w14:textId="366D9E24" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="459E6C34" w14:textId="366D9E24" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69A9E765" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="69A9E765" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="361F0C19" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="361F0C19" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="601FDEF7" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="601FDEF7" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="75CDC609" w14:textId="77777777" w:rsidTr="00E848A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="083AE436" w14:textId="2FECD1DE" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="083AE436" w14:textId="2FECD1DE" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1849" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="565198CC" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="565198CC" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="135FB842" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="135FB842" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1270" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2C6FE7" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="000E3778">
+          <w:p w14:paraId="5A2C6FE7" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74FCD3A1" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
@@ -12804,282 +12804,282 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="560"/>
         <w:gridCol w:w="4113"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="03382B66" w14:textId="7A8D2DB4" w:rsidTr="00091FBE">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75372115" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="75372115" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFD10FF" w14:textId="0A6DE630" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="5EFD10FF" w14:textId="0A6DE630" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Concepto</w:t>
             </w:r>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5336F18F" w14:textId="66D83FDD" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="5336F18F" w14:textId="66D83FDD" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Estadísticas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="1172413A" w14:textId="6DE9E060" w:rsidTr="00091FBE">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE5880D" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="1CE5880D" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA123B5" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="2CA123B5" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE39E16" w14:textId="33538486" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="3CE39E16" w14:textId="33538486" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Hombres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="033488D7" w14:textId="24456095" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="033488D7" w14:textId="24456095" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="442784D0" w14:textId="3498E6CF" w:rsidR="00091FBE" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="442784D0" w14:textId="3498E6CF" w:rsidR="00091FBE" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="4880E81E" w14:textId="1BD546AB" w:rsidTr="00091FBE">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="673D0C7C" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="673D0C7C" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C14EDA7" w14:textId="6A057827" w:rsidR="00091FBE" w:rsidRPr="00091FBE" w:rsidRDefault="00091FBE" w:rsidP="00091FBE">
             <w:pPr>
@@ -13099,107 +13099,107 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Personas matriculadas</w:t>
             </w:r>
             <w:r w:rsidR="003775CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> /inscritas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39EDFC21" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="39EDFC21" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79EE5D5E" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="79EE5D5E" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2B89D62A" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="2B89D62A" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="60996760" w14:textId="327DF101" w:rsidTr="00091FBE">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1455A23D" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="1455A23D" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="343DC1BF" w14:textId="777C3ACC" w:rsidR="00091FBE" w:rsidRPr="00091FBE" w:rsidRDefault="00091FBE" w:rsidP="00091FBE">
             <w:pPr>
@@ -13208,107 +13208,107 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>No se presentaron</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="403E9015" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="403E9015" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2A4B59" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="3B2A4B59" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6297E053" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="6297E053" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="39B24C4E" w14:textId="498ECD3B" w:rsidTr="00091FBE">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="781FCA1A" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="781FCA1A" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76994DCA" w14:textId="7FC54CF6" w:rsidR="00091FBE" w:rsidRPr="00091FBE" w:rsidRDefault="00091FBE" w:rsidP="00091FBE">
             <w:pPr>
@@ -13317,107 +13317,107 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Abandonaron</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="724A3272" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="724A3272" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="237E2731" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="237E2731" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6021AC90" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="6021AC90" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="37E72F3B" w14:textId="49AE4882" w:rsidTr="00091FBE">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08262D72" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="08262D72" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BAA317A" w14:textId="521FAF6B" w:rsidR="00091FBE" w:rsidRPr="00091FBE" w:rsidRDefault="00091FBE" w:rsidP="00091FBE">
             <w:pPr>
@@ -13426,107 +13426,107 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Reprobaron</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B38DE9B" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="0B38DE9B" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC08626" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="1FC08626" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC7A6AB" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="3DC7A6AB" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00944FF0" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00091FBE" w:rsidRPr="008223E6" w14:paraId="30612AC4" w14:textId="01E60A45" w:rsidTr="00091FBE">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0BB297" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="3B0BB297" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ACF219F" w14:textId="73571BF4" w:rsidR="00091FBE" w:rsidRPr="00091FBE" w:rsidRDefault="00091FBE" w:rsidP="00091FBE">
             <w:pPr>
@@ -13546,107 +13546,107 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Aprobaron</w:t>
             </w:r>
             <w:r w:rsidR="003775CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> / participaron en toda la actividad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0749B7A4" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="0749B7A4" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3216D11E" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="3216D11E" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6DAACE78" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00414BAC">
+          <w:p w14:paraId="6DAACE78" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="008223E6" w:rsidRDefault="00091FBE" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C332B3" w:rsidRPr="008223E6" w14:paraId="17FA0985" w14:textId="77777777" w:rsidTr="00091FBE">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2225436A" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="008223E6" w:rsidRDefault="00C332B3" w:rsidP="00414BAC">
+          <w:p w14:paraId="2225436A" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="008223E6" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2341" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A980CAF" w14:textId="76E4358B" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00091FBE">
             <w:pPr>
@@ -13655,84 +13655,84 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>No. de graduados de la UNAH que aprobaron la actividad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="062B3A85" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="008223E6" w:rsidRDefault="00C332B3" w:rsidP="00414BAC">
+          <w:p w14:paraId="062B3A85" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="008223E6" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4370A27C" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="008223E6" w:rsidRDefault="00C332B3" w:rsidP="00414BAC">
+          <w:p w14:paraId="4370A27C" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="008223E6" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5316424B" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="008223E6" w:rsidRDefault="00C332B3" w:rsidP="00414BAC">
+          <w:p w14:paraId="5316424B" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="008223E6" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D3429DF" w14:textId="77777777" w:rsidR="00091FBE" w:rsidRPr="00091FBE" w:rsidRDefault="00091FBE" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
@@ -13772,374 +13772,374 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>DETALLE DE DOCENTES / CONFERENCISTAS PARTICIPANTES</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3300"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="2170"/>
       </w:tblGrid>
       <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="624C7560" w14:textId="77777777" w:rsidTr="003775CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="332C9687" w14:textId="396760B9" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="332C9687" w14:textId="396760B9" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>CONFERENCISTAS/DOCENTES PARTICIPANTES</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5097956E" w14:textId="68A1F98F" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5097956E" w14:textId="68A1F98F" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-HN"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>deberá adjuntarse cartas de invitación, copias de diplomas entregados, hoja de vida resumido)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="7226656F" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="7226656F" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2A3FCA9A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2A3FCA9A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4C50E8" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6C4C50E8" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="46C8C1C0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="46C8C1C0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1EBDCB21" w14:textId="3AD9CD02" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="1EBDCB21" w14:textId="3AD9CD02" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="6D0E1128" w14:textId="77777777" w:rsidTr="003775CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="648058F6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="648058F6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="460E5939" w14:textId="4B26A609" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="460E5939" w14:textId="4B26A609" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F81A9F6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2F81A9F6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1C621C6F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="1C621C6F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE98E89" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7AE98E89" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="70B1EF77" w14:textId="77777777" w:rsidTr="003775CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4FB5213E" w14:textId="5B0B887F" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4FB5213E" w14:textId="5B0B887F" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72C92F26" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="72C92F26" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2B22A6AA" w14:textId="1215BB2B" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="003775CC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -14167,4029 +14167,4029 @@
           <w:p w14:paraId="6B6083EC" w14:textId="6080245B" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="003775CC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="26C74BDB" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="26C74BDB" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="753C9672" w14:textId="5D029A99" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="753C9672" w14:textId="5D029A99" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30649B1C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="30649B1C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9F5937" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="1E9F5937" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="622E56DD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="622E56DD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="0D110D2D" w14:textId="77777777" w:rsidTr="003775CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7B3E71DB" w14:textId="481270A4" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7B3E71DB" w14:textId="481270A4" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A2E488" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="25A2E488" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED6448F" w14:textId="3B4477F5" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4ED6448F" w14:textId="3B4477F5" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de participación: docente, conferencista, panelista, tallerista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="7D205B7E" w14:textId="77777777" w:rsidTr="003775CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="46B5D5CB" w14:textId="04541B91" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="46B5D5CB" w14:textId="04541B91" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48D7A04A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="48D7A04A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="45F257D5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="45F257D5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73744566" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3300"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="2170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4674B702" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4674B702" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="670677CB" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="670677CB" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2EA153" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7E2EA153" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5DEFF3A6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5DEFF3A6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="596302F1" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="596302F1" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4561E698" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4561E698" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="069DB14E" w14:textId="46AC7759" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="069DB14E" w14:textId="46AC7759" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AA7AE30" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6AA7AE30" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD251C3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="3DD251C3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="48977603" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="48977603" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="75973890" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="75973890" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="70DE3599" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="70DE3599" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="57D83FD7" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="57D83FD7" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E160728" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="1E160728" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1D3A29" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4E1D3A29" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grado académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="524D0C50" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="524D0C50" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="7D7481A3" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="7D7481A3" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="17BB14F0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="17BB14F0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1EF375" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7F1EF375" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="616EB927" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="616EB927" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC1EB80" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6FC1EB80" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="2BB9E269" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="2BB9E269" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="799E3908" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="799E3908" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45FEDA9F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="45FEDA9F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D15E332" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5D15E332" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de participación: docente, conferencista, panelista, tallerista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="42A99A16" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="42A99A16" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="152FA98B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="152FA98B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6087F357" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6087F357" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8F3323" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5A8F3323" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="044BCEE3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3300"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="2170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="3CB80766" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="3CB80766" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="36C577FF" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="36C577FF" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="50994674" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="50994674" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2330C1A9" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2330C1A9" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="20822AFE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="20822AFE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="324C6B99" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="324C6B99" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B00A593" w14:textId="0DAFE07B" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7B00A593" w14:textId="0DAFE07B" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62DCEA37" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="62DCEA37" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50123CE3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="50123CE3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="66B6A26F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="66B6A26F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="07827197" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="07827197" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="010C61F6" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="010C61F6" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="38C899D5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="38C899D5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02C264A3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="02C264A3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="769B7609" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="769B7609" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grado académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="450C39A6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="450C39A6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="096B5000" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="096B5000" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5316C6E0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5316C6E0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD8552C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2BD8552C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2548371A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2548371A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5E76AA2C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5E76AA2C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5AD2B592" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5AD2B592" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="74E8C6B2" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="74E8C6B2" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="211B8B6F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="211B8B6F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="38C0E309" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="38C0E309" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de participación: docente, conferencista, panelista, tallerista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="70632B03" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="70632B03" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="608C920E" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="608C920E" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BCC1222" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="0BCC1222" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE05D2C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2EE05D2C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="26416B7E" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3300"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="2170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="0758683C" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="0758683C" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="376BCD2D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="376BCD2D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3DAB13A9" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="3DAB13A9" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="671E0BD7" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="671E0BD7" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="06B921F5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="06B921F5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4D3F94CD" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4D3F94CD" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A36A0F" w14:textId="4A75411F" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="65A36A0F" w14:textId="4A75411F" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4928BE5B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4928BE5B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1B7B08" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="3B1B7B08" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="284BB0CF" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="284BB0CF" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACAB2F0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7ACAB2F0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="35499D8B" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="35499D8B" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1B3C60CE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="1B3C60CE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="765A7AA0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="765A7AA0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="081F4A62" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="081F4A62" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grado académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="337547A0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="337547A0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="268C8C74" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="268C8C74" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="642D9DDC" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="642D9DDC" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="450DDBE3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="450DDBE3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB95A92" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="3FB95A92" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="44D47B57" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="44D47B57" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4D034E1E" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4D034E1E" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="78F4FB6E" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="78F4FB6E" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="695E9B20" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="695E9B20" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7217AE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6D7217AE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de participación: docente, conferencista, panelista, tallerista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="2B038134" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="2B038134" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="12D8C1EC" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="12D8C1EC" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2094393A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2094393A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71642C47" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="71642C47" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60C9C3DD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3300"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="2170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="09EAFFC6" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="09EAFFC6" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5760B2DA" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5760B2DA" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="33BA297E" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="33BA297E" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="07D68784" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="07D68784" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4C198408" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4C198408" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="6B8E88E3" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="6B8E88E3" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="176312BE" w14:textId="0DD1B473" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="176312BE" w14:textId="0DD1B473" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ED2C542" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4ED2C542" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06E664B3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="06E664B3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB1D3D5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4FB1D3D5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7418840B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7418840B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="1A4E1B09" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="1A4E1B09" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="56266613" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="56266613" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A26B940" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="1A26B940" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9D97A0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5A9D97A0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grado académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6ACECAFC" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6ACECAFC" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="12D16802" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="12D16802" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="416FFAEA" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="416FFAEA" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF9CA41" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7FF9CA41" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD12B5B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2CD12B5B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6F7912C1" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6F7912C1" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5C8FCE59" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5C8FCE59" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="068FCBCD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="068FCBCD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="558A3E5B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="558A3E5B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3386FC74" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="3386FC74" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de participación: docente, conferencista, panelista, tallerista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="437411FB" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="437411FB" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="13EC0EDE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="13EC0EDE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="620308A7" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="620308A7" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="296FDCBD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="296FDCBD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="21F5378C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3300"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="2170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="73B4CB77" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="73B4CB77" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6D267475" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6D267475" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="774E9E18" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="774E9E18" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1E13E6A6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="1E13E6A6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7C841F61" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7C841F61" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="7BF7BAA7" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="7BF7BAA7" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79EE7E8D" w14:textId="602E1CF0" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="79EE7E8D" w14:textId="602E1CF0" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D79DDD5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4D79DDD5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="574022E6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="574022E6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5287A852" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5287A852" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="395138AB" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="395138AB" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5A3F061F" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5A3F061F" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="69C0A442" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="69C0A442" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6A611A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="1E6A611A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="721BF636" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="721BF636" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grado académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="35C178AB" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="35C178AB" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="3706F288" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="3706F288" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3EDAB079" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="3EDAB079" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66B0EA4C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="66B0EA4C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C19455F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2C19455F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6087063B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6087063B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="13FDF6AE" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="13FDF6AE" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="209310DE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="209310DE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44FAD6BC" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="44FAD6BC" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="660CCC14" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="660CCC14" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de participación: docente, conferencista, panelista, tallerista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="6458F190" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="6458F190" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="10ED3BC5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="10ED3BC5" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="781A9DC6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="781A9DC6" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3023B163" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="3023B163" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4FA44CE3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3300"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="2170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="751129D6" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="751129D6" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="687E1D35" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="687E1D35" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="49336387" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="49336387" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="537E13C0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="537E13C0" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="26C88132" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="26C88132" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4EA405D9" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4EA405D9" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E7EEC4E" w14:textId="2D4E0B9D" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="2E7EEC4E" w14:textId="2D4E0B9D" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="563C4606" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="563C4606" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61573E47" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="61573E47" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6AFD0B6C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6AFD0B6C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="08AC2214" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="08AC2214" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="06FB3D84" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="06FB3D84" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="05813299" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="05813299" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="487EC61D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="487EC61D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="428318A8" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="428318A8" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grado académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3A55C1DE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="3A55C1DE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="2260E25A" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="2260E25A" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6F739896" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6F739896" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40B1B611" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="40B1B611" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA28283" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7CA28283" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0175E1B7" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="0175E1B7" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="37E8A662" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="37E8A662" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="79D86B5D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="79D86B5D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E9BBDDD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7E9BBDDD" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="37CFBF3F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="37CFBF3F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de participación: docente, conferencista, panelista, tallerista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5DE06742" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5DE06742" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7343D6EA" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7343D6EA" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C98BCA2" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="0C98BCA2" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A893C6F" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="5A893C6F" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F34A275" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="3300"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="2170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="577CCEB6" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="577CCEB6" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7D28E46A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7D28E46A" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="24CFADB9" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="24CFADB9" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4E484562" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4E484562" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="459A9CC3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="459A9CC3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="0A3A7C14" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="0A3A7C14" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A130F34" w14:textId="710EB059" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="6A130F34" w14:textId="710EB059" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="783B3E17" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="783B3E17" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13C9F065" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="13C9F065" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="451805DE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="451805DE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="45A5F1CF" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="45A5F1CF" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="3CCBEC66" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="3CCBEC66" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="00B6B1A2" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="00B6B1A2" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC94753" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7BC94753" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="73C23330" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="73C23330" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grado académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7C329D5D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7C329D5D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4A13147B" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="4A13147B" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7638E961" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="7638E961" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="005E36C3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="005E36C3" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39678885" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="39678885" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="53ED1A34" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="53ED1A34" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="3E15DD4C" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="3E15DD4C" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5905997C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="5905997C" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46DE0BFA" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="46DE0BFA" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7E5F2B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="4F7E5F2B" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de participación: docente, conferencista, panelista, tallerista</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5059EA18" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="003775CC" w:rsidRPr="008223E6" w14:paraId="5059EA18" w14:textId="77777777" w:rsidTr="00601478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="67D77CEE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="67D77CEE" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50E0ABDF" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="50E0ABDF" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="562E7C0D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00414BAC">
+          <w:p w14:paraId="562E7C0D" w14:textId="77777777" w:rsidR="003775CC" w:rsidRPr="008223E6" w:rsidRDefault="003775CC" w:rsidP="00601478">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F3E895F" w14:textId="77777777" w:rsidR="003775CC" w:rsidRDefault="003775CC" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
@@ -18211,230 +18211,230 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4673"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C332B3" w:rsidRPr="008223E6" w14:paraId="738ACDD5" w14:textId="77777777" w:rsidTr="00C332B3">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37DC0305" w14:textId="0D4DF488" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00506751">
+          <w:p w14:paraId="37DC0305" w14:textId="0D4DF488" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Número de graduados UNAH que fueron conferencistas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6CB621" w14:textId="13565CB7" w:rsidR="00C332B3" w:rsidRPr="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00506751">
+          <w:p w14:paraId="0E6CB621" w14:textId="13565CB7" w:rsidR="00C332B3" w:rsidRPr="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C332B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B93C542" w14:textId="471411ED" w:rsidR="00C332B3" w:rsidRPr="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00506751">
+          <w:p w14:paraId="7B93C542" w14:textId="471411ED" w:rsidR="00C332B3" w:rsidRPr="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C332B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Hombres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F037ACC" w14:textId="60CC0073" w:rsidR="00C332B3" w:rsidRPr="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00506751">
+          <w:p w14:paraId="6F037ACC" w14:textId="60CC0073" w:rsidR="00C332B3" w:rsidRPr="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C332B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mujeres</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C332B3" w:rsidRPr="008223E6" w14:paraId="61AB48DC" w14:textId="77777777" w:rsidTr="00C332B3">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="514D32AC" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00506751">
+          <w:p w14:paraId="514D32AC" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="199DD0D8" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00506751">
+          <w:p w14:paraId="199DD0D8" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5661B892" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00506751">
+          <w:p w14:paraId="5661B892" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF2AB87" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00506751">
+          <w:p w14:paraId="7DF2AB87" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32332475" w14:textId="77777777" w:rsidR="00C332B3" w:rsidRPr="00C332B3" w:rsidRDefault="00C332B3" w:rsidP="003775CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
@@ -19468,71 +19468,59 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Publicación de articulo académico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7230DFCE" w14:textId="6D69FC03" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="00944FF0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> de evidencias</w:t>
+            <w:r w:rsidRPr="008223E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Link de evidencias</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF538D" w:rsidRPr="008223E6" w14:paraId="6151583D" w14:textId="77777777" w:rsidTr="008223E6">
         <w:trPr>
           <w:trHeight w:val="50"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1381" w:type="pct"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6DEB78EA" w14:textId="77777777" w:rsidR="00CF538D" w:rsidRPr="008223E6" w:rsidRDefault="00CF538D" w:rsidP="001E45D9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -22636,759 +22624,759 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3421"/>
         <w:gridCol w:w="1395"/>
         <w:gridCol w:w="1133"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="1558"/>
       </w:tblGrid>
       <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="47A0475B" w14:textId="77777777" w:rsidTr="00385DB6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1668A575" w14:textId="424EA805" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="1668A575" w14:textId="424EA805" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>INGRESOS (En lempiras)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="38AA0F7E" w14:textId="77777777" w:rsidTr="00385DB6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D33DB02" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="6D33DB02" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Concepto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7965BBEE" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="7965BBEE" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Unidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE7A25B" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="4EE7A25B" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="274C5181" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="274C5181" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Costo unitario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35DF908A" w14:textId="623A1694" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="35DF908A" w14:textId="623A1694" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="7ACFE777" w14:textId="77777777" w:rsidTr="00385DB6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2137E7" w14:textId="4E88A0C9" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="6F2137E7" w14:textId="4E88A0C9" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Cuota de inscripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="686A7EAB" w14:textId="256BC031" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="686A7EAB" w14:textId="256BC031" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Unidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="588A59BC" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="588A59BC" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA1658D" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="4EA1658D" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20C1AD6A" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="20C1AD6A" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="41C9BEDC" w14:textId="77777777" w:rsidTr="00385DB6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14EFBB91" w14:textId="21C5490E" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="14EFBB91" w14:textId="21C5490E" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mensualidades</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BFB5C8D" w14:textId="0558D478" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="4BFB5C8D" w14:textId="0558D478" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Cuotas/alumno</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="051A73E1" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="051A73E1" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DC2C5E" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="62DC2C5E" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="339F03BE" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="339F03BE" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="237EA143" w14:textId="77777777" w:rsidTr="00385DB6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73ABCFF7" w14:textId="51B5D0F4" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="73ABCFF7" w14:textId="51B5D0F4" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Fondos contraparte </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="215632F7" w14:textId="0857AF36" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="215632F7" w14:textId="0857AF36" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02EDE781" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="02EDE781" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD6F50F" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="7BD6F50F" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00843F4F" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="00843F4F" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="2AF95133" w14:textId="77777777" w:rsidTr="00385DB6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18138A8A" w14:textId="5EA4512F" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="18138A8A" w14:textId="5EA4512F" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Otros ingresos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40B6961E" w14:textId="4304921C" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="40B6961E" w14:textId="4304921C" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37A9C967" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="37A9C967" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07A0395B" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="07A0395B" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28C50FBB" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="28C50FBB" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="5CDC0B18" w14:textId="77777777" w:rsidTr="00385DB6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4113" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A45451D" w14:textId="6F54A60C" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="5A45451D" w14:textId="6F54A60C" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ingresos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E794639" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="2E794639" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E4B3285" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
@@ -23400,1403 +23388,1403 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4975" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3421"/>
         <w:gridCol w:w="1395"/>
         <w:gridCol w:w="1133"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="1558"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="360E0DE7" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="360E0DE7" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8C57B9" w14:textId="33C1F60D" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="2F8C57B9" w14:textId="33C1F60D" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>EGRESOS (En lempiras)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="331B04E6" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="331B04E6" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54382B83" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="54382B83" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Concepto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09EA1D34" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="09EA1D34" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Unidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="756F1AD8" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="756F1AD8" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Cantidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4265D132" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="4265D132" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Costo unitario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57174766" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="57174766" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="3899C307" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="3899C307" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E97B429" w14:textId="11BB1A87" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Pago de docentes /conferencistas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE7631D" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="0CE7631D" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Unidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23D1F753" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="23D1F753" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4909EFF0" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="4909EFF0" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D469A4A" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="1D469A4A" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="06C30547" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="06C30547" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DDBBB95" w14:textId="58664D14" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Pasajes /gastos de movilización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71B82D60" w14:textId="640F169A" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="71B82D60" w14:textId="640F169A" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Unidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41B1AB98" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="41B1AB98" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5810B977" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="5810B977" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14A7DC81" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="14A7DC81" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="559F9DF9" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="559F9DF9" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02AE220E" w14:textId="3FBA2B92" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Gastos de hospedaje </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D5D1B78" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="6D5D1B78" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27F3C721" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="27F3C721" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2B0332" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="4E2B0332" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63267692" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="63267692" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="07F97380" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="07F97380" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5393A53A" w14:textId="302CD44C" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Gastos de alimentación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="623674B7" w14:textId="2A3E5BEF" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="623674B7" w14:textId="2A3E5BEF" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2877BB" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="5E2877BB" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51862650" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="51862650" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22789BB0" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="22789BB0" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="1F07D0B9" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="1F07D0B9" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="677C389D" w14:textId="211801FB" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Materiales y útiles de oficina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2394D31A" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="2394D31A" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F734DC9" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="1F734DC9" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="257BDA7C" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="257BDA7C" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B797EF2" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="1B797EF2" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="190AB234" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="190AB234" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="007DD08B" w14:textId="7FF22A0A" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Alquiler de mobiliario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B60AC8" w14:textId="0A76882A" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="75B60AC8" w14:textId="0A76882A" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63C893E4" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="63C893E4" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20DE732A" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="20DE732A" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10F4C3DD" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="10F4C3DD" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="7C78E05B" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="7C78E05B" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31AD9A74" w14:textId="017DF3EC" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Alquiler de equipo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C0B280F" w14:textId="63C6B8F5" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="6C0B280F" w14:textId="63C6B8F5" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="030CB214" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="030CB214" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191848AA" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="191848AA" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53A8595B" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="53A8595B" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="63918B13" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="63918B13" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22117280" w14:textId="035312A0" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Alquiler de local</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12625B44" w14:textId="11EA0635" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="12625B44" w14:textId="11EA0635" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Global</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6253ED1C" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="6253ED1C" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48BC27DC" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="48BC27DC" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7551F0D8" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="7551F0D8" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="2B1603E0" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="2B1603E0" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52BD4874" w14:textId="269452FF" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Otros gastos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42916029" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="42916029" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E22CC73" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="5E22CC73" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="780A4385" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="780A4385" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCD4D29" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="3CCD4D29" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="199EE2DF" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="199EE2DF" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4113" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09DF15A3" w14:textId="54C7AB1A" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="09DF15A3" w14:textId="54C7AB1A" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008223E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>egresos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E4DCC2E" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="4E4DCC2E" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="430BE396" w14:textId="77777777" w:rsidTr="00414BAC">
+      <w:tr w:rsidR="00385DB6" w:rsidRPr="008223E6" w14:paraId="430BE396" w14:textId="77777777" w:rsidTr="00601478">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4113" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A85C39A" w14:textId="43766019" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="7A85C39A" w14:textId="43766019" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Excedente (ingresos menos egresos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78ADEA8C" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00414BAC">
+          <w:p w14:paraId="78ADEA8C" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRPr="008223E6" w:rsidRDefault="00385DB6" w:rsidP="00601478">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22E46891" w14:textId="77777777" w:rsidR="00385DB6" w:rsidRDefault="00385DB6" w:rsidP="00385DB6">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
@@ -26773,507 +26761,841 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008223E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ANEXOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6475F020" w14:textId="77777777" w:rsidR="007141A5" w:rsidRPr="008223E6" w:rsidRDefault="007141A5" w:rsidP="007141A5">
+    <w:p w14:paraId="712FD640" w14:textId="698C7A0C" w:rsidR="00B936C6" w:rsidRPr="00B936C6" w:rsidRDefault="00B936C6" w:rsidP="00B936C6">
       <w:pPr>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Requisito indispensable para realizar el proceso de cierre de la acción de Educación No Formal: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0069FEE2" w14:textId="48982545" w:rsidR="00601478" w:rsidRDefault="00B936C6" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008223E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Deberán adjuntarse como anexos, entre otros, la siguiente información:</w:t>
+        <w:t>A</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="007141A5" w:rsidRPr="008223E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">djuntarse como anexos, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008223E6">
+        <w:t xml:space="preserve">en una carpeta de Google Drive o Carpeta comprimida la cual deberá enviarse al correo electrónico </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00556531">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>educacionnoformal@unah.edu.hn</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B3237">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>con e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
+      <w:r w:rsidR="007141A5" w:rsidRPr="00B936C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Material generado </w:t>
       </w:r>
-      <w:r w:rsidR="008223E6">
+      <w:r w:rsidR="008223E6" w:rsidRPr="00B936C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>durante la acción</w:t>
       </w:r>
-      <w:r w:rsidR="008223E6" w:rsidRPr="008223E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> como ser: </w:t>
       </w:r>
-      <w:r w:rsidRPr="008223E6">
+    </w:p>
+    <w:p w14:paraId="71A9A350" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">(adjuntarse el enlace de una carpeta digital con documentos, manuales, guías, listas de asistencia, ayudas memorias de reuniones, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0061507F" w:rsidRPr="008223E6">
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>etc.</w:t>
+        <w:t>Listados de asistencia en reuniones</w:t>
       </w:r>
-      <w:r w:rsidRPr="008223E6">
+    </w:p>
+    <w:p w14:paraId="13EB1FF6" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ayudas memorias de reuniones</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22675CFB" w14:textId="77777777" w:rsidR="007141A5" w:rsidRPr="008223E6" w:rsidRDefault="007141A5" w:rsidP="007141A5">
+    <w:p w14:paraId="3E35E96C" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008223E6">
+      <w:r w:rsidRPr="00B936C6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Formularios de encuestas</w:t>
+        <w:t>Bases de datos de encuestas realizadas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7266CB91" w14:textId="77777777" w:rsidR="007141A5" w:rsidRPr="008223E6" w:rsidRDefault="007141A5" w:rsidP="007141A5">
+    <w:p w14:paraId="3548B1E5" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008223E6">
+      <w:r w:rsidRPr="00B936C6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Informes de procesamiento de datos</w:t>
+        <w:t>Informes de resultados de encuestas</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="40DD79FB" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Manuales elaborados</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C9C7754" w14:textId="77777777" w:rsidR="007141A5" w:rsidRPr="008223E6" w:rsidRDefault="007141A5" w:rsidP="007141A5">
+    <w:p w14:paraId="0B9D5938" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008223E6">
+      <w:r w:rsidRPr="00B936C6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Fotografías de todo el proceso (debe de adjuntarse el enlace de una carpeta digital con juego de fotografías de todo el proceso)</w:t>
+        <w:t>Documentos de informes parciales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499AC2E2" w14:textId="3E2B9371" w:rsidR="007141A5" w:rsidRPr="008223E6" w:rsidRDefault="007141A5" w:rsidP="007141A5">
+    <w:p w14:paraId="2E747450" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008223E6">
+      <w:r w:rsidRPr="00B936C6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Videos cortos </w:t>
+        <w:t>Documento de informe final</w:t>
       </w:r>
-      <w:r w:rsidR="008223E6">
+    </w:p>
+    <w:p w14:paraId="449EF907" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>de la acción</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Fotografías debidamente identificadas y organizadas en carpetas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660EEA32" w14:textId="342D07AE" w:rsidR="00661D69" w:rsidRPr="008223E6" w:rsidRDefault="007141A5" w:rsidP="008223E6">
+    <w:p w14:paraId="21C464D3" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008223E6">
+      <w:r w:rsidRPr="00B936C6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Evidencias de difusión de la </w:t>
+        <w:t>Afiches de invitación a eventos</w:t>
       </w:r>
-      <w:r w:rsidR="0061507F" w:rsidRPr="008223E6">
+    </w:p>
+    <w:p w14:paraId="065CBFFB" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>acción</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008223E6">
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">: presentaciones a actores externos, publicaciones en medios, difusión en redes sociales, </w:t>
+        <w:t>Agendas de reuniones</w:t>
       </w:r>
-      <w:r w:rsidR="0061507F" w:rsidRPr="008223E6">
+    </w:p>
+    <w:p w14:paraId="2F3DC50B" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>etc.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008223E6">
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
+        <w:t>Correspondencia recibida debidamente organizada por fechas </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5834FE" w14:textId="04AC557D" w:rsidR="00080F1C" w:rsidRPr="00944FF0" w:rsidRDefault="00080F1C" w:rsidP="00944FF0">
+    <w:p w14:paraId="6FBD0E0F" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Correspondencia enviada debidamente organizada por fechas</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00080F1C" w:rsidRPr="00944FF0" w:rsidSect="00E848A9">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="42D15833" w14:textId="77777777" w:rsidR="00601478" w:rsidRPr="00B936C6" w:rsidRDefault="00601478" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Documentos de Informes de investigación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74317504" w14:textId="2BE08ECC" w:rsidR="00601478" w:rsidRDefault="00601478" w:rsidP="00B936C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B936C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Documentos de Metodologías de investigación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5834FE" w14:textId="5629B19D" w:rsidR="00080F1C" w:rsidRPr="00665508" w:rsidRDefault="00B936C6" w:rsidP="00665508">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-HN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cualquier otro que sustente el desarrollo de la acción </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00080F1C" w:rsidRPr="00665508" w:rsidSect="00E848A9">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1843" w:right="1701" w:bottom="2552" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F9CF966" w14:textId="77777777" w:rsidR="006F0516" w:rsidRDefault="006F0516" w:rsidP="003861B5">
+    <w:p w14:paraId="1F9CF966" w14:textId="77777777" w:rsidR="00601478" w:rsidRDefault="00601478" w:rsidP="003861B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B2C8489" w14:textId="77777777" w:rsidR="006F0516" w:rsidRDefault="006F0516" w:rsidP="003861B5">
+    <w:p w14:paraId="1B2C8489" w14:textId="77777777" w:rsidR="00601478" w:rsidRDefault="00601478" w:rsidP="003861B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{9B66C92F-090A-40CD-8280-081F3CCE5580}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId4" w:fontKey="{4B0FA5B2-1098-47ED-A966-D04C7E990276}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{30D8829A-14DE-4816-82D4-AF70BBB8CF22}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{542508D8-EBBC-458D-AE50-1BC6D56F7F8F}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{408EC520-67F5-4CDD-B89E-9FB02B7FC6CF}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{5F919E05-15C4-4235-BBD6-37D035C3CCEF}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{A5EBF0B6-D6A0-457E-9EC1-A3E094F3AB79}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{D71C4B7A-4F5A-409D-968F-E3A46263E29F}"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{D20FC0DE-0BE4-46ED-88C5-124F1AE753E4}"/>
-[...10 lines deleted...]
-    <w:embedRegular r:id="rId10" w:fontKey="{A81FA7B8-7134-4358-AADE-1D0D8D416403}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{28B6004C-FECD-40E9-ADEE-385F1EC750CD}"/>
+    <w:embedBold r:id="rId7" w:fontKey="{A7006BAD-5302-4FD4-A7D9-A1A2533D5355}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{E885D0E6-1064-42D6-A11E-5DCEF1FDC7D9}"/>
+    <w:embedBoldItalic r:id="rId9" w:fontKey="{09DC2FA0-FF7C-4DEB-938B-FB4FA27221E5}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="35327683"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="64754EEB" w14:textId="3D34EBFF" w:rsidR="00E848A9" w:rsidRDefault="00E848A9">
+      <w:p w14:paraId="64754EEB" w14:textId="3D34EBFF" w:rsidR="00601478" w:rsidRDefault="00601478">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="es-MX"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="26C65D42" w14:textId="21F8E4FC" w:rsidR="001E45D9" w:rsidRDefault="001E45D9">
+  <w:p w14:paraId="26C65D42" w14:textId="21F8E4FC" w:rsidR="00601478" w:rsidRDefault="00601478">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EDC714D" w14:textId="77777777" w:rsidR="006F0516" w:rsidRDefault="006F0516" w:rsidP="003861B5">
+    <w:p w14:paraId="3EDC714D" w14:textId="77777777" w:rsidR="00601478" w:rsidRDefault="00601478" w:rsidP="003861B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78394FE4" w14:textId="77777777" w:rsidR="006F0516" w:rsidRDefault="006F0516" w:rsidP="003861B5">
+    <w:p w14:paraId="78394FE4" w14:textId="77777777" w:rsidR="00601478" w:rsidRDefault="00601478" w:rsidP="003861B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2503C324" w14:textId="1E1D5EB6" w:rsidR="001E45D9" w:rsidRDefault="001E45D9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="2503C324" w14:textId="1E1D5EB6" w:rsidR="00601478" w:rsidRDefault="00601478">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:kern w:val="0"/>
         <w:lang w:eastAsia="es-HN"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7BF00271" wp14:editId="02D9AA5B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>4380174</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-320482</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2000250" cy="590550"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Cuadro de texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2000250" cy="590550"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="419AAF9F" w14:textId="203AB0C5" w:rsidR="001E45D9" w:rsidRPr="009B2804" w:rsidRDefault="001E45D9" w:rsidP="00FA0EC2">
+                        <w:p w14:paraId="419AAF9F" w14:textId="203AB0C5" w:rsidR="00601478" w:rsidRPr="009B2804" w:rsidRDefault="00601478" w:rsidP="00FA0EC2">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="002060"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="009B2804">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:bCs/>
                               <w:color w:val="002060"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>Tel:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="009B2804">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -27288,51 +27610,51 @@
                           </w:r>
                           <w:r w:rsidRPr="009B2804">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:bCs/>
                               <w:color w:val="002060"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>Ext:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="009B2804">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="002060"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>110576</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="6650494A" w14:textId="582B3B02" w:rsidR="001E45D9" w:rsidRPr="009B2804" w:rsidRDefault="001E45D9" w:rsidP="00FA0EC2">
+                        <w:p w14:paraId="6650494A" w14:textId="582B3B02" w:rsidR="00601478" w:rsidRPr="009B2804" w:rsidRDefault="00601478" w:rsidP="00FA0EC2">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="002060"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="009B2804">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:bCs/>
                               <w:color w:val="002060"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>Correo electrónico:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="009B2804">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -27350,54 +27672,54 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="7BF00271" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:344.9pt;margin-top:-25.25pt;width:157.5pt;height:46.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCL87H0FAIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkSbcacYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0o2flYt9Owi0yK9CP5HjW/67QiB+F8A6ak41FOiTAcqsbsSvr9ZfXh&#10;MyU+MFMxBUaU9Cg8vVu8fzdvbSEmUIOqhCMIYnzR2pLWIdgiyzyvhWZ+BFYYDEpwmgV03S6rHGsR&#10;Xatskuc3WQuusg648B5vH/ogXSR8KQUPT1J6EYgqKfYW0unSuY1ntpizYueYrRs+tMH+oQvNGoNF&#10;z1APLDCyd80fULrhDjzIMOKgM5Cy4SLNgNOM8zfTbGpmRZoFyfH2TJP/f7D88bCxz46E7gt0KGAk&#10;pLW+8HgZ5+mk0/GLnRKMI4XHM22iC4TjJeqQT2YY4hib3eYztBEmu/xtnQ9fBWgSjZI6lCWxxQ5r&#10;H/rUU0osZmDVKJWkUYa0Jb35iJC/RRBcGaxx6TVaodt2wwBbqI44l4Necm/5qsHia+bDM3OoMfaL&#10;exue8JAKsAgMFiU1uJ9/u4/5SD1GKWlxZ0rqf+yZE5SobwZFuR1Pp3HJkjOdfZqg464j2+uI2et7&#10;wLUc4wuxPJkxP6iTKR3oV1zvZayKIWY41i5pOJn3od9kfB5cLJcpCdfKsrA2G8sjdCQtUvvSvTJn&#10;B/4DKvcIp+1ixRsZ+tye7uU+gGySRpHgntWBd1zJpPLwfOLOX/sp6/LIF78AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCzirp34gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWpuo&#10;qUIap6oiVUgIDi29cNvE2ySqf0LstoGnxz3BcWdHM98U68lodqHR985KeJoLYGQbp3rbSjh8bGcZ&#10;MB/QKtTOkoRv8rAu7+8KzJW72h1d9qFlMcT6HCV0IQw5577pyKCfu4Fs/B3daDDEc2y5GvEaw43m&#10;iRBLbrC3saHDgaqOmtP+bCS8Vtt33NWJyX509fJ23Axfh89UyseHabMCFmgKf2a44Ud0KCNT7c5W&#10;eaYlLLPniB4kzFKRArs5hFhEqZawSFLgZcH/byh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAIvzsfQUAgAALAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhALOKunfiAAAACwEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:344.9pt;margin-top:-25.25pt;width:157.5pt;height:46.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6fsfFLwIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+lwQK225EWFFWVJXQ&#10;7kpstWfjOCRS4nFtQ0K/vs9JYOm2p6oXM56ZvJl588z8rq0rdlTWlaRTPh7FnCktKSv1PuXfn9cf&#10;PnPmvNCZqEirlJ+U43eL9+/mjUnUhAqqMmUZQLRLGpPywnuTRJGThaqFG5FRGsGcbC08rnYfZVY0&#10;QK+raBLHN1FDNjOWpHIO3vs+yBcdfp4r6R/z3CnPqpSjN9+dtjt34YwWc5HsrTBFKYc2xD90UYtS&#10;o+gF6l54wQ62/AOqLqUlR7kfSaojyvNSqm4GTDOO30yzLYRR3Swgx5kLTe7/wcqH45NlZYbdcaZF&#10;jRWtDiKzxDLFvGo9sXEgqTEuQe7WINu3X6gNHwx+B2eYvc1tHX4xFUMcdJ8uFAOJSTixs3gyQ0gi&#10;NruNZ7ABE71+bazzXxXVLBgpt1hhx6w4bpzvU88poZimdVlV8Iuk0qxJ+c1HQP4WAXilUSPM0Pca&#10;LN/u2mGAHWUnzGWpl4czcl2i+EY4/yQs9IB+oXH/iCOvCEVosDgryP78mz/kY02IctZAXyl3Pw7C&#10;Ks6qbxoLvB1Pp0GQ3WU6+zTBxV5HdtcRfahXBAljSeiuM0O+r85mbql+wVNYhqoICS1RO+X+bK58&#10;r3o8JamWyy4JEjTCb/TWyAAdSAvUPrcvwpqB/6CBBzorUSRv1tDn9nQvD57ysttRILhndeAd8u22&#10;PDy18D6u713W6x/C4hcAAAD//wMAUEsDBBQABgAIAAAAIQCzirp34gAAAAsBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcWpuoqUIap6oiVUgIDi29cNvE2ySqf0LstoGnxz3BcWdH&#10;M98U68lodqHR985KeJoLYGQbp3rbSjh8bGcZMB/QKtTOkoRv8rAu7+8KzJW72h1d9qFlMcT6HCV0&#10;IQw5577pyKCfu4Fs/B3daDDEc2y5GvEaw43miRBLbrC3saHDgaqOmtP+bCS8Vtt33NWJyX509fJ2&#10;3Axfh89UyseHabMCFmgKf2a44Ud0KCNT7c5WeaYlLLPniB4kzFKRArs5hFhEqZawSFLgZcH/byh/&#10;AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALp+x8UvAgAAWAQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALOKunfiAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAiQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="419AAF9F" w14:textId="203AB0C5" w:rsidR="001E45D9" w:rsidRPr="009B2804" w:rsidRDefault="001E45D9" w:rsidP="00FA0EC2">
+                  <w:p w14:paraId="419AAF9F" w14:textId="203AB0C5" w:rsidR="00601478" w:rsidRPr="009B2804" w:rsidRDefault="00601478" w:rsidP="00FA0EC2">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002060"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="009B2804">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:bCs/>
                         <w:color w:val="002060"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t>Tel:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="009B2804">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -27412,51 +27734,51 @@
                     </w:r>
                     <w:r w:rsidRPr="009B2804">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:bCs/>
                         <w:color w:val="002060"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t>Ext:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="009B2804">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002060"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t>110576</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="6650494A" w14:textId="582B3B02" w:rsidR="001E45D9" w:rsidRPr="009B2804" w:rsidRDefault="001E45D9" w:rsidP="00FA0EC2">
+                  <w:p w14:paraId="6650494A" w14:textId="582B3B02" w:rsidR="00601478" w:rsidRPr="009B2804" w:rsidRDefault="00601478" w:rsidP="00FA0EC2">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="002060"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="009B2804">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:bCs/>
                         <w:color w:val="002060"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t>Correo electrónico:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="009B2804">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -27521,51 +27843,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7791450" cy="10083053"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01460CA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E848A382"/>
     <w:lvl w:ilvl="0" w:tplc="480A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -29443,50 +29765,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="687A4DC1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="39B079F6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DCC6F78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A2401AE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -29532,51 +29967,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FBC547C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A2401AE"/>
     <w:lvl w:ilvl="0" w:tplc="2B72273E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -29622,51 +30057,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74A248BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFDE3A98"/>
     <w:lvl w:ilvl="0" w:tplc="3B0EF90A">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -29713,160 +30148,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1468547166">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="932470876">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2009940619">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="643848258">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="418798434">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="543178066">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="925840886">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1127041443">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="184171551">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="118768782">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1420757919">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2089887031">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="303974333">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="194277707">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="710954634">
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1542404525">
-[...20 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="1252934462">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="120618307">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="150"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003861B5"/>
     <w:rsid w:val="000039DF"/>
     <w:rsid w:val="00050718"/>
     <w:rsid w:val="00053B67"/>
     <w:rsid w:val="00080D4E"/>
     <w:rsid w:val="00080F1C"/>
     <w:rsid w:val="00091FBE"/>
+    <w:rsid w:val="000B3237"/>
     <w:rsid w:val="000C547A"/>
     <w:rsid w:val="00110E60"/>
     <w:rsid w:val="00117510"/>
     <w:rsid w:val="00134046"/>
     <w:rsid w:val="0013510A"/>
     <w:rsid w:val="0013577E"/>
     <w:rsid w:val="00144005"/>
     <w:rsid w:val="00144779"/>
     <w:rsid w:val="00161F04"/>
     <w:rsid w:val="0017158B"/>
     <w:rsid w:val="0017195E"/>
     <w:rsid w:val="001A018A"/>
     <w:rsid w:val="001A6291"/>
     <w:rsid w:val="001C071D"/>
     <w:rsid w:val="001D42A2"/>
     <w:rsid w:val="001E45D9"/>
     <w:rsid w:val="002015A2"/>
     <w:rsid w:val="002116A5"/>
     <w:rsid w:val="00215CC1"/>
     <w:rsid w:val="00215E78"/>
     <w:rsid w:val="00235B04"/>
     <w:rsid w:val="00275C26"/>
     <w:rsid w:val="0027721C"/>
     <w:rsid w:val="002B10D0"/>
     <w:rsid w:val="002C0A3B"/>
@@ -29884,57 +30323,59 @@
     <w:rsid w:val="003B345F"/>
     <w:rsid w:val="003B4556"/>
     <w:rsid w:val="003D1C49"/>
     <w:rsid w:val="003D37FD"/>
     <w:rsid w:val="003E611B"/>
     <w:rsid w:val="003F257D"/>
     <w:rsid w:val="0043597B"/>
     <w:rsid w:val="00464E01"/>
     <w:rsid w:val="00483479"/>
     <w:rsid w:val="004D3FF4"/>
     <w:rsid w:val="004E2714"/>
     <w:rsid w:val="00517E97"/>
     <w:rsid w:val="00520964"/>
     <w:rsid w:val="00523520"/>
     <w:rsid w:val="00525A67"/>
     <w:rsid w:val="00533308"/>
     <w:rsid w:val="0053542D"/>
     <w:rsid w:val="00540127"/>
     <w:rsid w:val="00556428"/>
     <w:rsid w:val="00562BA4"/>
     <w:rsid w:val="00582B45"/>
     <w:rsid w:val="005C2A89"/>
     <w:rsid w:val="005C76E5"/>
     <w:rsid w:val="005E2870"/>
     <w:rsid w:val="00600928"/>
+    <w:rsid w:val="00601478"/>
     <w:rsid w:val="0061507F"/>
     <w:rsid w:val="00621D80"/>
     <w:rsid w:val="00635C19"/>
     <w:rsid w:val="0063657A"/>
     <w:rsid w:val="00651AD6"/>
     <w:rsid w:val="0066082F"/>
     <w:rsid w:val="00661D69"/>
+    <w:rsid w:val="00665508"/>
     <w:rsid w:val="00667636"/>
     <w:rsid w:val="00677E7B"/>
     <w:rsid w:val="00686E78"/>
     <w:rsid w:val="00690B83"/>
     <w:rsid w:val="006D077C"/>
     <w:rsid w:val="006D2093"/>
     <w:rsid w:val="006D2686"/>
     <w:rsid w:val="006E1638"/>
     <w:rsid w:val="006E7CB4"/>
     <w:rsid w:val="006F0516"/>
     <w:rsid w:val="006F77A4"/>
     <w:rsid w:val="00703FDC"/>
     <w:rsid w:val="00706174"/>
     <w:rsid w:val="00710F78"/>
     <w:rsid w:val="007141A5"/>
     <w:rsid w:val="00714FBA"/>
     <w:rsid w:val="0072497C"/>
     <w:rsid w:val="00750701"/>
     <w:rsid w:val="007636E6"/>
     <w:rsid w:val="00793830"/>
     <w:rsid w:val="007A3448"/>
     <w:rsid w:val="007A7A31"/>
     <w:rsid w:val="007E0EEB"/>
     <w:rsid w:val="007E3A86"/>
     <w:rsid w:val="007E5440"/>
@@ -29961,50 +30402,51 @@
     <w:rsid w:val="009B2804"/>
     <w:rsid w:val="009B54CE"/>
     <w:rsid w:val="009E2733"/>
     <w:rsid w:val="009E6786"/>
     <w:rsid w:val="009F32E4"/>
     <w:rsid w:val="00A01BAE"/>
     <w:rsid w:val="00A07845"/>
     <w:rsid w:val="00A2311D"/>
     <w:rsid w:val="00A34603"/>
     <w:rsid w:val="00A46185"/>
     <w:rsid w:val="00A471DE"/>
     <w:rsid w:val="00A5478C"/>
     <w:rsid w:val="00A570BD"/>
     <w:rsid w:val="00AB0D8A"/>
     <w:rsid w:val="00AC717E"/>
     <w:rsid w:val="00AD4C32"/>
     <w:rsid w:val="00AD6596"/>
     <w:rsid w:val="00B06E4E"/>
     <w:rsid w:val="00B10174"/>
     <w:rsid w:val="00B6677B"/>
     <w:rsid w:val="00B7103B"/>
     <w:rsid w:val="00B761C8"/>
     <w:rsid w:val="00B772A6"/>
     <w:rsid w:val="00B83B00"/>
     <w:rsid w:val="00B90875"/>
+    <w:rsid w:val="00B936C6"/>
     <w:rsid w:val="00BC5865"/>
     <w:rsid w:val="00BE22D6"/>
     <w:rsid w:val="00BF4BAF"/>
     <w:rsid w:val="00C11F58"/>
     <w:rsid w:val="00C26A69"/>
     <w:rsid w:val="00C3097C"/>
     <w:rsid w:val="00C332B3"/>
     <w:rsid w:val="00C36867"/>
     <w:rsid w:val="00C66095"/>
     <w:rsid w:val="00CA2B82"/>
     <w:rsid w:val="00CA71AA"/>
     <w:rsid w:val="00CF15A2"/>
     <w:rsid w:val="00CF538D"/>
     <w:rsid w:val="00D42107"/>
     <w:rsid w:val="00D42FE3"/>
     <w:rsid w:val="00D606A9"/>
     <w:rsid w:val="00DC2AC9"/>
     <w:rsid w:val="00DD0320"/>
     <w:rsid w:val="00DF50A0"/>
     <w:rsid w:val="00E848A9"/>
     <w:rsid w:val="00EA7EE9"/>
     <w:rsid w:val="00EC2ABD"/>
     <w:rsid w:val="00EE56BA"/>
     <w:rsid w:val="00F02D8A"/>
     <w:rsid w:val="00F06620"/>
@@ -30018,74 +30460,74 @@
     <w:rsid w:val="00F90238"/>
     <w:rsid w:val="00F91A49"/>
     <w:rsid w:val="00FA0EC2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-HN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6830BCCF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{17045E2A-EF61-46B5-97F5-6C4FE18075F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-HN" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -30417,51 +30859,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C332B3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00556428"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
@@ -30668,63 +31109,248 @@
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Tablaconcuadrcula1">
     <w:name w:val="Tabla con cuadrícula1"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:next w:val="Tablaconcuadrcula"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="001E45D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="432357630">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="987827733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1249340371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="592052243">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1623223829">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1363703772">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1318681111">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2143617629">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="539824232">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1867791926">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1001813278">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1031343148">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="123236915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="829364951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1173766963">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educacionnoformal@unah.edu.hn" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -30991,82 +31617,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08EC241C-6A02-4C59-B80D-FE5D92EE8674}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{876796E4-2E71-4D9A-9A20-A6913165ED7D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1565</Words>
-  <Characters>9266</Characters>
+  <Words>1721</Words>
+  <Characters>9467</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1323</Lines>
-  <Paragraphs>541</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10290</CharactersWithSpaces>
+  <CharactersWithSpaces>11166</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>FERNANDO COTO ZUNIGA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>