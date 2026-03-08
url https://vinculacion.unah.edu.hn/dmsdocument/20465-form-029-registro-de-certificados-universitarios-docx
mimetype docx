--- v0 (2026-02-10)
+++ v1 (2026-03-08)
@@ -1,10326 +1,9182 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="4D660FDE" w14:textId="3789A935" w:rsidR="00A32A89" w:rsidRDefault="00A32A89" w:rsidP="00A32A89">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>FORM-DVUS-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F42CD6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00CE1944" w:rsidRPr="00F42CD6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256918FA" w14:textId="7626E2C2" w:rsidR="00A32A89" w:rsidRPr="00F92E36" w:rsidRDefault="00A32A89" w:rsidP="008D46F2">
+    <w:p w14:paraId="256918FA" w14:textId="1F95A882" w:rsidR="00A32A89" w:rsidRDefault="00A32A89" w:rsidP="008D46F2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8013C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>FORMULARIO DE RE</w:t>
       </w:r>
       <w:r w:rsidR="008D46F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>GISTRO DE CERTIFICADOS UNIVERSITARIOS /EDUCACION NO FORMAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEFF507" w14:textId="3FFA088D" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00A934EC">
+    <w:p w14:paraId="4B6E4649" w14:textId="7D3BBBDB" w:rsidR="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DEAF0CC" w14:textId="77A2C0AF" w:rsidR="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00963424">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A21F534" wp14:editId="60886480">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2377440</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>41275</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3830955" cy="701040"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="22860"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="217" name="Cuadro de texto 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3830955" cy="701040"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="751493B1" w14:textId="6B846A80" w:rsidR="004A0657" w:rsidRDefault="004A0657" w:rsidP="00963424">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:contextualSpacing/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="000A6456">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>Número de Registro: ________________________</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="51F68ED5" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="00963424">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:contextualSpacing/>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4A147792" w14:textId="672CDABE" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="00963424">
+                            <w:pPr>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="000A6456">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
+                                <w:lang w:val="es-ES_tradnl"/>
+                              </w:rPr>
+                              <w:t>Fecha: ________________________</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6A21F534" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:187.2pt;margin-top:3.25pt;width:301.65pt;height:55.2pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4iCAJKgIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TdlrZR09XSpQhp&#10;uUgLHzC1ncbC8QTbbVK+nrHTLdUCL4g8WB7P+HjmnJmsbvvGsKNyXqMt+XiUc6asQKntvuRfv2xf&#10;LTjzAawEg1aV/KQ8v12/fLHq2kJNsEYjlWMEYn3RtSWvQ2iLLPOiVg34EbbKkrNC10Ag0+0z6aAj&#10;9MZkkzx/nXXoZOtQKO/p9H5w8nXCryolwqeq8iowU3LKLaTVpXUX12y9gmLvoK21OKcB/5BFA9rS&#10;oxeoewjADk7/BtVo4dBjFUYCmwyrSguVaqBqxvmzah5raFWqhcjx7YUm//9gxcfjZ8e0LPlkPOfM&#10;QkMibQ4gHTKpWFB9QDaJNHWtLyj6saX40L/BnuROJfv2AcU3zyxuarB7deccdrUCSWmO483s6uqA&#10;4yPIrvuAkl6DQ8AE1FeuiRwSK4zQSa7TRSLKgwk6vFnc5MvZjDNBvjlRNk0aZlA83W6dD+8UNixu&#10;Su6oBRI6HB98iNlA8RQSH/NotNxqY5Lh9ruNcewI1C7b9KUCnoUZy7qSL2eT2UDAXyHy9P0JotGB&#10;+t7opuSLSxAUkba3VqauDKDNsKeUjT3zGKkbSAz9rj/rskN5IkYdDv1N80ibGt0Pzjrq7ZL77wdw&#10;ijPz3pIqy/GUaGMhGdPZfEKGu/bsrj1gBUGVPHA2bDchDVAkzOIdqVfpRGyUecjknCv1bOL7PF9x&#10;KK7tFPXrL7D+CQAA//8DAFBLAwQUAAYACAAAACEAe/pvWt8AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VIXBB1SkPchDgVQgLBDQqCqxu7SYS9Drabhr9nOcFxNU8zb+vN7Cyb&#10;TIiDRwnLRQbMYOv1gJ2Et9f7yzWwmBRqZT0aCd8mwqY5PalVpf0RX8y0TR2jEoyVktCnNFacx7Y3&#10;TsWFHw1StvfBqURn6LgO6kjlzvKrLCu4UwPSQq9Gc9eb9nN7cBLW+eP0EZ9Wz+9tsbdluhDTw1eQ&#10;8vxsvr0Blsyc/mD41Sd1aMhp5w+oI7MSViLPCZVQXAOjvBRCANsRuCxK4E3N/3/Q/AAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQA4iCAJKgIAAE0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB7+m9a3wAAAAkBAAAPAAAAAAAAAAAAAAAAAIQEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="751493B1" w14:textId="6B846A80" w:rsidR="004A0657" w:rsidRDefault="004A0657" w:rsidP="00963424">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:contextualSpacing/>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="000A6456">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>Número de Registro: ________________________</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="51F68ED5" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="00963424">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:contextualSpacing/>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4A147792" w14:textId="672CDABE" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="00963424">
+                      <w:pPr>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="000A6456">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
+                          <w:lang w:val="es-ES_tradnl"/>
+                        </w:rPr>
+                        <w:t>Fecha: ________________________</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A45F8C" w14:textId="42981BAF" w:rsidR="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3822D183" w14:textId="77777777" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17F15304" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="0096103C" w:rsidRDefault="0096103C" w:rsidP="0096103C">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BEFF507" w14:textId="581AD1D9" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00A934EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>INFORMACIÓN GENERAL DE</w:t>
       </w:r>
       <w:r w:rsidR="008D46F2" w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>L CERTIFICADO UNIVERSITARIO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F97EEF3" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00A8013C" w:rsidRDefault="00A32A89" w:rsidP="00A32A89">
-[...11 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5098" w:type="pct"/>
+        <w:tblW w:w="5381" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="947"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="349"/>
+        <w:gridCol w:w="488"/>
+        <w:gridCol w:w="1189"/>
+        <w:gridCol w:w="80"/>
+        <w:gridCol w:w="326"/>
+        <w:gridCol w:w="590"/>
+        <w:gridCol w:w="115"/>
+        <w:gridCol w:w="565"/>
+        <w:gridCol w:w="237"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="117"/>
+        <w:gridCol w:w="107"/>
+        <w:gridCol w:w="332"/>
+        <w:gridCol w:w="30"/>
+        <w:gridCol w:w="493"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="298"/>
+        <w:gridCol w:w="268"/>
+        <w:gridCol w:w="181"/>
+        <w:gridCol w:w="241"/>
+        <w:gridCol w:w="700"/>
+        <w:gridCol w:w="143"/>
         <w:gridCol w:w="10"/>
-        <w:gridCol w:w="942"/>
-[...25 lines deleted...]
-        <w:gridCol w:w="818"/>
+        <w:gridCol w:w="133"/>
+        <w:gridCol w:w="477"/>
+        <w:gridCol w:w="1203"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0033566F" w:rsidRPr="00D74B4C" w14:paraId="51DD8848" w14:textId="77777777" w:rsidTr="006935D7">
-[...3 lines deleted...]
-            <w:gridSpan w:val="3"/>
+      <w:tr w:rsidR="0096103C" w:rsidRPr="00D74B4C" w14:paraId="51DD8848" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12B6BF37" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00A934EC">
+          <w:p w14:paraId="12B6BF37" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00963424">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Fecha de solicitud de registro </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="pct"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1292" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07D259C8" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
+          <w:p w14:paraId="07D259C8" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Año</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="pct"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="1402" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BCAF4FF" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
+          <w:p w14:paraId="2BCAF4FF" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="978" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24259BFA" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
+          <w:p w14:paraId="24259BFA" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Día</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0033566F" w:rsidRPr="00D74B4C" w14:paraId="1A0555A8" w14:textId="77777777" w:rsidTr="006935D7">
-[...3 lines deleted...]
-            <w:gridSpan w:val="3"/>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="1A0555A8" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC2106B" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
+          <w:p w14:paraId="3AC2106B" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00963424">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="41FC9FAE" w14:textId="3423691D" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00830FF9">
+            <w:tcW w:w="1292" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FC9FAE" w14:textId="3423691D" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1729" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1386A2A4" w14:textId="4D84502E" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00830FF9">
+            <w:tcW w:w="1402" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1386A2A4" w14:textId="4D84502E" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2F1A2B8C" w14:textId="6804DBF6" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="008D46F2">
+            <w:tcW w:w="978" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1A2B8C" w14:textId="6804DBF6" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006935D7" w:rsidRPr="00D74B4C" w14:paraId="30ABB4CA" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w14:paraId="30ABB4CA" w14:textId="77777777" w:rsidTr="0096103C">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="967" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CC7EE46" w14:textId="2A85E82A" w:rsidR="006935D7" w:rsidRPr="00D74B4C" w:rsidRDefault="006935D7" w:rsidP="00294AE8">
+          <w:p w14:paraId="5CC7EE46" w14:textId="12EA3FAC" w:rsidR="006935D7" w:rsidRPr="00D74B4C" w:rsidRDefault="006935D7" w:rsidP="00963424">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>completo</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidR="00BD3442">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del Certificado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="pct"/>
+            <w:gridSpan w:val="22"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC8AD42" w14:textId="54E8A876" w:rsidR="006935D7" w:rsidRPr="00D74B4C" w:rsidRDefault="006935D7" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006935D7" w:rsidRPr="00D74B4C" w14:paraId="25CB01CA" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w14:paraId="2E554788" w14:textId="77777777" w:rsidTr="0096103C">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="31"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41138B12" w14:textId="0E17DF3D" w:rsidR="006935D7" w:rsidRDefault="006935D7" w:rsidP="006935D7">
+          <w:p w14:paraId="41232040" w14:textId="2062B9C3" w:rsidR="00BD3442" w:rsidRDefault="00BD3442" w:rsidP="00963424">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Código de Certificado</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0941B250" w14:textId="073FEEE0" w:rsidR="001D0C71" w:rsidRPr="001D0C71" w:rsidRDefault="001D0C71" w:rsidP="0096103C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(Asignado por la DAFT)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="pct"/>
+            <w:gridSpan w:val="22"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38624DF3" w14:textId="47CDA574" w:rsidR="00BD3442" w:rsidRPr="001D0C71" w:rsidRDefault="00BD3442" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w14:paraId="547CB1B7" w14:textId="77777777" w:rsidTr="0096103C">
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59283B91" w14:textId="387C8439" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87408">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Número de edición del certificado Universitario.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3672" w:type="pct"/>
+            <w:gridSpan w:val="22"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7782156B" w14:textId="77777777" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="05BB6D51" w14:textId="051C1D6B" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F747236" w14:textId="5F0F9D34" w:rsidR="004A0657" w:rsidRPr="00D74B4C" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tipo de Certificado:     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="926" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3D8557" w14:textId="5BA7EFF2" w:rsidR="004A0657" w:rsidRPr="00D74B4C" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Básico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="929" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="114E5910" w14:textId="720314B0" w:rsidR="004A0657" w:rsidRPr="00D74B4C" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A589F8" w14:textId="5470C908" w:rsidR="004A0657" w:rsidRPr="00D74B4C" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Avanzado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A13756" w14:textId="021AA12A" w:rsidR="004A0657" w:rsidRPr="00D74B4C" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D7DC8" w:rsidRPr="00D74B4C" w14:paraId="1AE7D1CA" w14:textId="77777777" w:rsidTr="003F0241">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="1AE7D1CA" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="967" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76E00276" w14:textId="0C06D96E" w:rsidR="007D7DC8" w:rsidRPr="007D7DC8" w:rsidRDefault="007D7DC8" w:rsidP="007D7DC8">
+          <w:p w14:paraId="76E00276" w14:textId="174E6A3D" w:rsidR="00101355" w:rsidRPr="00963424" w:rsidRDefault="00101355" w:rsidP="00963424">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Carreras probad</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE1D8E" w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> por Consejo Universitario (Planes de estudios relacionados con el C</w:t>
+            </w:r>
+            <w:r w:rsidR="000A6456">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ertificado </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="000A6456">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>niversitario</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1855" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACB6E9E" w14:textId="4DEFD69C" w:rsidR="00101355" w:rsidRPr="00ED516B" w:rsidRDefault="00101355" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Nombre de la</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2288E" w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Carrera</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2288E" w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="395F5FB7" w14:textId="43AD8EC5" w:rsidR="00101355" w:rsidRPr="00ED516B" w:rsidRDefault="00101355" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>No. Acuerdo</w:t>
+            </w:r>
+            <w:r w:rsidR="00C2288E" w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>s de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED516B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Consejo Universitario</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="0C2B8138" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B28174B" w14:textId="77777777" w:rsidR="00A87408" w:rsidRDefault="00A87408" w:rsidP="00963424">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D7DC8">
-[...2 lines deleted...]
-                <w:b/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1855" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C124162" w14:textId="77777777" w:rsidR="00A87408" w:rsidRPr="00A87408" w:rsidRDefault="00A87408" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Aprobado por Consejo Universitario (Plan de estudios)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1009" w:type="pct"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03631BBB" w14:textId="77777777" w:rsidR="00A87408" w:rsidRPr="00A87408" w:rsidRDefault="00A87408" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="7AEA2534" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...75 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="345FD457" w14:textId="77777777" w:rsidR="007D7DC8" w:rsidRPr="006935D7" w:rsidRDefault="007D7DC8" w:rsidP="006935D7">
-[...230 lines deleted...]
-          <w:p w14:paraId="779369DD" w14:textId="2DAFAD6B" w:rsidR="007D7DC8" w:rsidRPr="007D7DC8" w:rsidRDefault="007D7DC8" w:rsidP="007D7DC8">
+          <w:p w14:paraId="06631C43" w14:textId="77777777" w:rsidR="00AE1D8E" w:rsidRDefault="00AE1D8E" w:rsidP="00963424">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D7DC8">
-[...2 lines deleted...]
-                <w:b/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1855" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="233FF984" w14:textId="77777777" w:rsidR="00AE1D8E" w:rsidRPr="00A87408" w:rsidRDefault="00AE1D8E" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Nueva propuesta curricular</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1009" w:type="pct"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68540900" w14:textId="77777777" w:rsidR="00AE1D8E" w:rsidRPr="00A87408" w:rsidRDefault="00AE1D8E" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="1BBF1986" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3AFFA715" w14:textId="34894E0D" w:rsidR="007D7DC8" w:rsidRPr="006935D7" w:rsidRDefault="007D7DC8" w:rsidP="006935D7">
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="307B494A" w14:textId="77777777" w:rsidR="00AE1D8E" w:rsidRDefault="00AE1D8E" w:rsidP="00963424">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1855" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B75C1A" w14:textId="77777777" w:rsidR="00AE1D8E" w:rsidRPr="00A87408" w:rsidRDefault="00AE1D8E" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0954F81D" w14:textId="77777777" w:rsidR="00AE1D8E" w:rsidRPr="00A87408" w:rsidRDefault="00AE1D8E" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Si</w:t>
-[...45 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D7DC8" w:rsidRPr="00D74B4C" w14:paraId="7EA9EB3F" w14:textId="77777777" w:rsidTr="003F0241">
+      <w:tr w:rsidR="00963424" w:rsidRPr="00D74B4C" w14:paraId="27054426" w14:textId="77777777" w:rsidTr="00A30CFF">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="967" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="27"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4BEB93" w14:textId="77777777" w:rsidR="007D7DC8" w:rsidRDefault="007D7DC8" w:rsidP="006935D7">
-[...86 lines deleted...]
-          <w:p w14:paraId="23DAB83D" w14:textId="71F5197E" w:rsidR="000C4BE6" w:rsidRPr="00D74B4C" w:rsidRDefault="000C4BE6" w:rsidP="008D46F2">
+          <w:p w14:paraId="5056A503" w14:textId="56BC2891" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:b/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D74B4C">
+            <w:r w:rsidRPr="00963424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Información general del certificado Universitario</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:t>Información general del Certificado Universitario</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0096103C" w:rsidRPr="00D74B4C" w14:paraId="36D78B82" w14:textId="2BDBAF63" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="121"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0909ED" w14:textId="27F15C9B" w:rsidR="000C4BE6" w:rsidRPr="00D74B4C" w:rsidRDefault="000C4BE6" w:rsidP="00564143">
+          <w:p w14:paraId="23DAB83D" w14:textId="76CE07D7" w:rsidR="0096103C" w:rsidRPr="00963424" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>°</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="pct"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1FD071" w14:textId="405479CE" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="0096103C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D74B4C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:t>Nombre asignatura</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66827BE2" w14:textId="33C49040" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Código</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC12758" w14:textId="13B10E23" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>No. De créditos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="902" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E431DF" w14:textId="73FD5A4C" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>No de horas</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:tr>
+      <w:tr w:rsidR="0096103C" w:rsidRPr="00D74B4C" w14:paraId="31433128" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="060FBE1E" w14:textId="53A088DC" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="pct"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEA6942" w14:textId="5226A0B0" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D74B4C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CF2EE1" w14:textId="1504EB85" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> No de créditos Universitarios</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="66827BE2" w14:textId="015BBBC3" w:rsidR="000C4BE6" w:rsidRPr="00D74B4C" w:rsidRDefault="000C4BE6" w:rsidP="008D46F2">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BD952C" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="902" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1CC875" w14:textId="718F7D0F" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0096103C" w:rsidRPr="00D74B4C" w14:paraId="0FA0D96B" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2C2FA8" w14:textId="4871DFB9" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="pct"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62858ED6" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D74B4C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F6DF74" w14:textId="78CC1339" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Nivel académico</w:t>
-            </w:r>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2648C2E1" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="902" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C5998F" w14:textId="59D6F383" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4BE6" w:rsidRPr="00D74B4C" w14:paraId="31433128" w14:textId="77777777" w:rsidTr="006935D7">
-[...2 lines deleted...]
-            <w:tcW w:w="962" w:type="pct"/>
+      <w:tr w:rsidR="0096103C" w:rsidRPr="00D74B4C" w14:paraId="135001CA" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BEF13A" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2378" w:type="pct"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53833A70" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6395816E" w14:textId="480A5D9B" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="915" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDE03F3" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="902" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="060FBE1E" w14:textId="77777777" w:rsidR="000C4BE6" w:rsidRPr="00D74B4C" w:rsidRDefault="000C4BE6" w:rsidP="00564143">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C65AAA2" w14:textId="5F6849A4" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0096103C" w:rsidRPr="00D74B4C" w14:paraId="4AEBEF7A" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22899E91" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="pct"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="24FD27BE" w14:textId="2EEF6B50" w:rsidR="000C4BE6" w:rsidRPr="00D74B4C" w:rsidRDefault="000C4BE6" w:rsidP="00564143">
+            <w:tcW w:w="2378" w:type="pct"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F870C37" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1046" w:type="pct"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEC7611" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1014" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="45CF2EE1" w14:textId="13A67128" w:rsidR="000C4BE6" w:rsidRPr="00D74B4C" w:rsidRDefault="000C4BE6" w:rsidP="00835732">
+            <w:tcW w:w="915" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7074EDFF" w14:textId="77777777" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="902" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7A4D16" w14:textId="7A38CF48" w:rsidR="0096103C" w:rsidRPr="00D74B4C" w:rsidRDefault="0096103C" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Inicial</w:t>
-[...17 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4BE6" w:rsidRPr="00D74B4C" w14:paraId="0FA0D96B" w14:textId="77777777" w:rsidTr="006935D7">
-[...305 lines deleted...]
-      <w:tr w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w14:paraId="0D7144A6" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="0D7144A6" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
-[...47 lines deleted...]
-            <w:tcW w:w="2020" w:type="pct"/>
+            <w:tcW w:w="2620" w:type="pct"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="466E3843" w14:textId="3F7F11CD" w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w:rsidRDefault="00DC0683" w:rsidP="008D46F2">
-[...270 lines deleted...]
-          <w:p w14:paraId="12EBF570" w14:textId="77777777" w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w:rsidRDefault="00DC0683" w:rsidP="00564143">
+          <w:p w14:paraId="78EC866C" w14:textId="094C7860" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...10 lines deleted...]
-            <w:gridSpan w:val="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Unidad académica responsable</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74071E2B" w14:textId="69730AAE" w:rsidR="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>(Facultad/Centro Universitario Regional/Instituto Tecnológico Superior)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74F941E2" w14:textId="24324942" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD3442">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Escuela, D</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BD3442">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>epartamento</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BD3442">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Académico</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01338FF9" w14:textId="22C44470" w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w:rsidRDefault="00DC0683" w:rsidP="00564143">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="466E3843" w14:textId="04DDCD71" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D74B4C">
+            <w:r w:rsidRPr="001D0C71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Fecha de emisión: (fecha máxima de emisión del certificado</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> Indique el número de PAC al que pertenece, año</w:t>
+              <w:t>Carga horaria en créditos académicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w14:paraId="6EBF2B81" w14:textId="77777777" w:rsidTr="003F0241">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="2B1C8416" w14:textId="030DDF32" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2620" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4700BF69" w14:textId="6FBB899D" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01CCDBE5" w14:textId="289F17AF" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Horas teóricas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4638231B" w14:textId="6D4D952C" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="384CD5D7" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2620" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
             <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A02071" w14:textId="77777777" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F09885D" w14:textId="51F97B22" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Horas practicas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC10E41" w14:textId="77777777" w:rsidR="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="2A0C48BD" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2620" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="040A82F4" w14:textId="77777777" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="224E786D" w14:textId="4C650C90" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Total Horas:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="376EA066" w14:textId="77777777" w:rsidR="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00963424" w:rsidRPr="00D74B4C" w14:paraId="47516F73" w14:textId="77777777" w:rsidTr="00A30CFF">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="27"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73682BD0" w14:textId="77777777" w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w:rsidRDefault="00DC0683" w:rsidP="00DC0683">
-[...61 lines deleted...]
-          <w:p w14:paraId="260E5EAF" w14:textId="77777777" w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w:rsidRDefault="00DC0683" w:rsidP="00DC0683">
+          <w:p w14:paraId="5BC59E29" w14:textId="7911AE94" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:lang w:val="es-ES_tradnl"/>
-[...7 lines deleted...]
-            <w:gridSpan w:val="28"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>upos Programados: (Máximo)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="262CB185" w14:textId="6FD19471" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4A5404" w14:textId="69B4C650" w:rsidR="004A0657" w:rsidRPr="00963424" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Mujeres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7085F3D8" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="00963424" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE88FDE" w14:textId="6BA0A5A6" w:rsidR="004A0657" w:rsidRPr="00963424" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Hombres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE40ECA" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="00963424" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71183EBC" w14:textId="59BF50A1" w:rsidR="004A0657" w:rsidRPr="00963424" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5638AE88" w14:textId="6B9BFD1E" w:rsidR="004A0657" w:rsidRPr="00963424" w:rsidRDefault="004A0657" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="00D74B4C" w14:paraId="41C304F6" w14:textId="77777777" w:rsidTr="001D0C71">
+        <w:trPr>
+          <w:trHeight w:val="332"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="27"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62B1E17C" w14:textId="25B93752" w:rsidR="00DC0683" w:rsidRPr="00DC0683" w:rsidRDefault="00DC0683" w:rsidP="00DC0683">
-            <w:pPr>
+          <w:p w14:paraId="3314D884" w14:textId="5ADF93B3" w:rsidR="001D0C71" w:rsidRPr="001D0C71" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D74B4C">
+              <w:t>Período de ejecución</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="47617BCE" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="332"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E5F0CC" w14:textId="6BB88EBB" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Periodo de ejecución </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Fecha de inicio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1220" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="455393A2" w14:textId="4ED58259" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Fecha de finalización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3253794E" w14:textId="2EAB73DC" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vigencia del Certificado</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w14:paraId="7377A40E" w14:textId="709EA828" w:rsidTr="006935D7">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="65D9391F" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1963" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="401CC65B" w14:textId="483680A6" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1220" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF278D6" w14:textId="0587DD03" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A83E79D" w14:textId="77777777" w:rsidR="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72FA3444" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3312732C" w14:textId="4E32191C" w:rsidR="001D0C71" w:rsidRPr="00D74B4C" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="1E09A769" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2620" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01338FF9" w14:textId="58E3A398" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Fecha de emisión: (fecha máxima de emisión del certificado</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30CFF" w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32270578" w14:textId="7FF1E895" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Indique el número de PAC al que pertenece, año</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="6EBF2B81" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2620" w:type="pct"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F9C4A9" w14:textId="6DF241DC" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05FA4F41" w14:textId="247A1B28" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00A30CFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="7377A40E" w14:textId="709EA828" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
+            <w:tcW w:w="1035" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9F12F2" w14:textId="6C7C24A6" w:rsidR="00B824F3" w:rsidRPr="001D0C71" w:rsidRDefault="00B824F3" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horario </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="pct"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA6CF9E" w14:textId="31469BA1" w:rsidR="00B824F3" w:rsidRPr="00D74B4C" w:rsidRDefault="00B824F3" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hora de inicio </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A5F4AE" w14:textId="0D757AAB" w:rsidR="00B824F3" w:rsidRPr="00D74B4C" w:rsidRDefault="00B824F3" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Hora de finalización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="144A50C8" w14:textId="55C6F357" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1035" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0071781B" w14:textId="77777777" w:rsidR="00B824F3" w:rsidRPr="001D0C71" w:rsidRDefault="00B824F3" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="pct"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C195E7B" w14:textId="77777777" w:rsidR="00B824F3" w:rsidRPr="00D74B4C" w:rsidRDefault="00B824F3" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2380" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C722832" w14:textId="77777777" w:rsidR="00B824F3" w:rsidRPr="00D74B4C" w:rsidRDefault="00B824F3" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="393251F8" w14:textId="7AA682BE" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="204"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1035" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098269AA" w14:textId="25ACCCEF" w:rsidR="00A30CFF" w:rsidRPr="001D0C71" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Días de impartición</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1C5694" w14:textId="4C975CCE" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Lu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="399" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="774F10C4" w14:textId="7AF9AB17" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D7D178" w14:textId="53D89487" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Mi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="381" w:type="pct"/>
             <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035D360F" w14:textId="06F3B6D6" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="326F2111" w14:textId="4BD31294" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="371" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2443FB" w14:textId="72A8F2F9" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Sa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1446" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F2A85C" w14:textId="1F892256" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Do</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="4E5D83A7" w14:textId="706C4300" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1035" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="617F5E64" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D99594" w:themeColor="accent2" w:themeTint="99"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5502E8" w14:textId="738411B4" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D74B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="399" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1B2CD5" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="052CBEAB" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="381" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="117F66C8" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="428C6B45" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="371" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C819B9" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1446" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04535855" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w14:paraId="5844C88D" w14:textId="77777777" w:rsidTr="00A30CFF">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="27"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49FC3C38" w14:textId="77777777" w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w:rsidRDefault="00DC0683" w:rsidP="00DC0683">
+          <w:p w14:paraId="173E9E1F" w14:textId="6D4E7324" w:rsidR="00A30CFF" w:rsidRPr="001D0C71" w:rsidRDefault="00A30CFF" w:rsidP="001D0C71">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-              <w:t>Hora de finalización</w:t>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modalidad </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>de ejecución</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0683" w:rsidRPr="00D74B4C" w14:paraId="144A50C8" w14:textId="55C6F357" w:rsidTr="006935D7">
-[...778 lines deleted...]
-      <w:tr w:rsidR="008244E5" w:rsidRPr="00D74B4C" w14:paraId="54C2FF4D" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="0096103C" w:rsidRPr="00D74B4C" w14:paraId="54C2FF4D" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
+            <w:tcW w:w="873" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:vMerge w:val="restart"/>
-[...11 lines deleted...]
-              <w:ind w:left="351" w:hanging="284"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F540845" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC0683">
+            <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Modalidad de ejecución</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="0F540845" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
+              <w:t>Presencial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1748" w:type="pct"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CDF22B" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Presencial</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="25CDF22B" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00417909" w:rsidP="00564143">
+              <w:t>Semi presencial (Virtual + presencial)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D030D0" w14:textId="77777777" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Semi presencial (Virtual + presencial)</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="68D030D0" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
+              <w:t>100% virtual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15ED898F" w14:textId="2DCD91B4" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>100% virtual</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Virtual sincrónico (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000C0054">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>T</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Virtual sincrónico (</w:t>
-[...8 lines deleted...]
-              <w:t>teledocencia</w:t>
+              <w:t>eledocencia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D74B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008244E5" w:rsidRPr="00D74B4C" w14:paraId="1668ABDB" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="0096103C" w:rsidRPr="00D74B4C" w14:paraId="1668ABDB" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
-        <w:tc>
-[...2 lines deleted...]
-            <w:gridSpan w:val="3"/>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-1999335959"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="873" w:type="pct"/>
+                <w:gridSpan w:val="3"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="12DF9732" w14:textId="5FDF37A6" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00546C6A" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="1596595123"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1748" w:type="pct"/>
+                <w:gridSpan w:val="12"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="26B818DB" w14:textId="0A7843F2" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-1838689500"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="563" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7F9E4C2B" w14:textId="425770F5" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="1565367598"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1817" w:type="pct"/>
+                <w:gridSpan w:val="10"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="76DCF9D1" w14:textId="267ED670" w:rsidR="00A30CFF" w:rsidRPr="00D74B4C" w:rsidRDefault="00A30CFF" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="6AFDB7FB" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDD2263" w14:textId="3B582E3D" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>ugar de impartición (presencial/semipresencial)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="746" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="417D0A07" w14:textId="6179B83D" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>o de Aula:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F6951E" w14:textId="38A0F001" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>dificio:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F64D3C" w14:textId="4144E36C" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>entro:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="47FB1694" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57C90A55" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C5BCB7" w14:textId="77777777" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="842" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="12DF9732" w14:textId="0EE39B87" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00DC0683">
+            <w:tcW w:w="746" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E59F0F" w14:textId="30DA0FE7" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="26B818DB" w14:textId="72363F2E" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00131E48">
+            <w:tcW w:w="1109" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5113CF8D" w14:textId="77777777" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="976" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7F9E4C2B" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
+            <w:tcW w:w="1817" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A82D390" w14:textId="77777777" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-          <w:p w14:paraId="76DCF9D1" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
+      </w:tr>
+      <w:tr w:rsidR="00963424" w:rsidRPr="00D74B4C" w14:paraId="2AA97E0C" w14:textId="77777777" w:rsidTr="001D0C71">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="27"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F527D9B" w14:textId="4A2102D2" w:rsidR="00963424" w:rsidRPr="001D0C71" w:rsidRDefault="00963424" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descripción de las plataformas que se utilizarán para la modalidad Semipresencial, Virtual y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Teledocencia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /teletrabajo (en los casos que aplique)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008244E5" w:rsidRPr="00D74B4C" w14:paraId="5D403FFB" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w14:paraId="74E4FFD3" w14:textId="31F637A3" w:rsidTr="0096103C">
         <w:trPr>
-          <w:trHeight w:val="171"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECBDC0F" w14:textId="3C378ED1" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00D966AC" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Plataformas para la modalidad presencial</w:t>
+            </w:r>
+            <w:r w:rsidR="00546C6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Si aplica)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC622D0" w14:textId="538B5194" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A2A3D2" w14:textId="22C57C79" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="887" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="553246AD" w14:textId="0D450268" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Meet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CE2EC5" w14:textId="2B79F818" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Webex</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC1450D" w14:textId="012F7FEC" w:rsidR="00963424" w:rsidRPr="00963424" w:rsidRDefault="00963424" w:rsidP="00963424">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Otro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w14:paraId="0A085395" w14:textId="77777777" w:rsidTr="0096103C">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9436E3" w14:textId="77777777" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="622423" w:themeColor="accent2" w:themeShade="7F"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="1937161953"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="693" w:type="pct"/>
+                <w:gridSpan w:val="5"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="030A7929" w14:textId="2EB5A1CB" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="323252120"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="767" w:type="pct"/>
+                <w:gridSpan w:val="6"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="43D6D371" w14:textId="77A8A699" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="1877343888"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="887" w:type="pct"/>
+                <w:gridSpan w:val="5"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="237A5CB6" w14:textId="1C0C34D2" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="1320313168"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="727" w:type="pct"/>
+                <w:gridSpan w:val="5"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2843879D" w14:textId="1B530BDF" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-1930033776"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="598" w:type="pct"/>
+              </w:tcPr>
+              <w:p w14:paraId="41B64F2D" w14:textId="5A1A10C5" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w14:paraId="5D648DDB" w14:textId="77777777" w:rsidTr="0096103C">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="614EA719" w14:textId="069F0E8D" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Plataformas para la modalidad a distancia (Si aplica)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="693" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="216D59E1" w14:textId="164B33FD" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Campus virtual UNAH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="767" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1DC083" w14:textId="212C6DFD" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="887" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6F4F23" w14:textId="13E3371B" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Classroom Google</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3BBAC5" w14:textId="0EC5BC29" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A78F53B" w14:textId="52D030F5" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00963424">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Otro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w14:paraId="0D08DA0B" w14:textId="77777777" w:rsidTr="0096103C">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE9393D" w14:textId="77777777" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="622423" w:themeColor="accent2" w:themeShade="7F"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-1635020964"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="693" w:type="pct"/>
+                <w:gridSpan w:val="5"/>
+              </w:tcPr>
+              <w:p w14:paraId="4D45C163" w14:textId="1E045AFC" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004175A1">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="1346818617"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="767" w:type="pct"/>
+                <w:gridSpan w:val="6"/>
+              </w:tcPr>
+              <w:p w14:paraId="0818BFD8" w14:textId="1FA172E3" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004175A1">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="528615176"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="887" w:type="pct"/>
+                <w:gridSpan w:val="5"/>
+              </w:tcPr>
+              <w:p w14:paraId="388482E2" w14:textId="02DB4E8D" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004175A1">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="1690480144"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="727" w:type="pct"/>
+                <w:gridSpan w:val="5"/>
+              </w:tcPr>
+              <w:p w14:paraId="4E9DE188" w14:textId="02AEC493" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004175A1">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="191886061"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="598" w:type="pct"/>
+              </w:tcPr>
+              <w:p w14:paraId="19E1F88C" w14:textId="6556D568" w:rsidR="00546C6A" w:rsidRPr="00963424" w:rsidRDefault="00546C6A" w:rsidP="00546C6A">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004175A1">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w14:paraId="79F9BED9" w14:textId="77777777" w:rsidTr="00A30CFF">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="27"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4895BDCF" w14:textId="35272B11" w:rsidR="00564143" w:rsidRPr="00DC0683" w:rsidRDefault="00564143" w:rsidP="00DC0683">
+          <w:p w14:paraId="304C4B83" w14:textId="4D25B016" w:rsidR="00546C6A" w:rsidRPr="001D0C71" w:rsidRDefault="00546C6A" w:rsidP="001D0C71">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="284"/>
-[...103 lines deleted...]
-              <w:t xml:space="preserve"> Horas</w:t>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antecedentes de la acción. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Indicar el origen para el diseño y puesta en marcha de la acción del programa de formación)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008244E5" w:rsidRPr="00D74B4C" w14:paraId="3C12889D" w14:textId="77777777" w:rsidTr="006935D7">
-[...79 lines deleted...]
-      <w:tr w:rsidR="00564143" w:rsidRPr="00D74B4C" w14:paraId="2C04E8CB" w14:textId="77777777" w:rsidTr="000C4BE6">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="2E51D4BB" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-[...12 lines deleted...]
-              <w:ind w:left="351" w:hanging="284"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12895D01" w14:textId="512DE5E2" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Iniciativa de la unidad académica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1599685633"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1292" w:type="pct"/>
+                <w:gridSpan w:val="10"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3AC1A011" w14:textId="459AE966" w:rsidR="007E57E4" w:rsidRPr="00963424" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78338D26" w14:textId="2B3BC741" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="es-ES"/>
-[...22 lines deleted...]
-        </w:tc>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>ONG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="2037393554"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1536" w:type="pct"/>
+                <w:gridSpan w:val="8"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="31268890" w14:textId="2701A764" w:rsidR="007E57E4" w:rsidRPr="00963424" w:rsidRDefault="004A0657" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008244E5" w:rsidRPr="00D74B4C" w14:paraId="464F0298" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="05E8F824" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="536381E5" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="411E55DF" w14:textId="42F7F74E" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-            <w:tcW w:w="575" w:type="pct"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Solicitud externa privada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="367033967"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1292" w:type="pct"/>
+                <w:gridSpan w:val="10"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="4A6C44F1" w14:textId="5F29A0C1" w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C87EEB5" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="3449F8F4" w14:textId="2F57CAC7" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        </w:tc>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Patronatos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1381249891"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1536" w:type="pct"/>
+                <w:gridSpan w:val="8"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="5D14E6D9" w14:textId="6483EDE3" w:rsidR="007E57E4" w:rsidRPr="00963424" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00946AA3">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008244E5" w:rsidRPr="00D74B4C" w14:paraId="5A6DC41F" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="2CEEE5C1" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60236B8A" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="14A0BCAD" w14:textId="4C7563B8" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-            <w:tcW w:w="575" w:type="pct"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Secretaría de Estado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1240398723"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1292" w:type="pct"/>
+                <w:gridSpan w:val="10"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="588A13AA" w14:textId="43F279E6" w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B851E98" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="1ABC8A8F" w14:textId="560AF6AE" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        </w:tc>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sector financiero</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-915780962"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1536" w:type="pct"/>
+                <w:gridSpan w:val="8"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="49A3D353" w14:textId="35410729" w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00946AA3">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008244E5" w:rsidRPr="00D74B4C" w14:paraId="00DC42F7" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="691A8B08" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4009C562" w14:textId="6D16E74E" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="006F1451" w:rsidP="00564143">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="30C739D4" w14:textId="3ABDE709" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-            <w:tcW w:w="575" w:type="pct"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Gobiernos locales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1273129688"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1292" w:type="pct"/>
+                <w:gridSpan w:val="10"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="0118B897" w14:textId="1929E06F" w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="042F4B9D" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="20B57D4E" w14:textId="7DA64880" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        </w:tc>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sector productivo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1480448361"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1536" w:type="pct"/>
+                <w:gridSpan w:val="8"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="19263060" w14:textId="093A6807" w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00946AA3">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008244E5" w:rsidRPr="00D74B4C" w14:paraId="07909A90" w14:textId="77777777" w:rsidTr="006935D7">
+      <w:tr w:rsidR="004A0657" w:rsidRPr="00D74B4C" w14:paraId="610A00B5" w14:textId="77777777" w:rsidTr="004A0657">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="962" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D01A140" w14:textId="77777777" w:rsidR="00564143" w:rsidRPr="00D74B4C" w:rsidRDefault="00564143" w:rsidP="00564143">
-[...30 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="11369C60" w14:textId="521539AE" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...29 lines deleted...]
-                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Universidades</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-316261981"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1292" w:type="pct"/>
+                <w:gridSpan w:val="10"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="3497AD78" w14:textId="357B010C" w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48ABAB0D" w14:textId="6F3847CA" w:rsidR="007E57E4" w:rsidRPr="001D0C71" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:lang w:val="es-ES"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1983 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Otros</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...532 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1168440166"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1536" w:type="pct"/>
+                <w:gridSpan w:val="8"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="5FB94146" w14:textId="192201CC" w:rsidR="007E57E4" w:rsidRPr="00D74B4C" w:rsidRDefault="007E57E4" w:rsidP="007E57E4">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00946AA3">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AF563E1" w14:textId="77777777" w:rsidR="003F0241" w:rsidRDefault="003F0241" w:rsidP="003F0241">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="7F74BC12" w14:textId="77777777" w:rsidR="00DD2664" w:rsidRPr="007E57E4" w:rsidRDefault="00DD2664" w:rsidP="007E57E4">
+      <w:pPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5686453D" w14:textId="77777777" w:rsidR="003F0241" w:rsidRDefault="003F0241" w:rsidP="003F0241">
-[...2 lines deleted...]
-        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+    <w:p w14:paraId="6F74C28A" w14:textId="77777777" w:rsidR="007E57E4" w:rsidRDefault="007E57E4">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="412D674D" w14:textId="77777777" w:rsidR="003F0241" w:rsidRDefault="003F0241" w:rsidP="003F0241">
-[...13 lines deleted...]
-    <w:p w14:paraId="4CCE54B2" w14:textId="48255331" w:rsidR="00A32A89" w:rsidRDefault="00A32A89" w:rsidP="00D925B7">
+    <w:p w14:paraId="4CCE54B2" w14:textId="15DA36CB" w:rsidR="00A32A89" w:rsidRDefault="00A32A89" w:rsidP="00963424">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D925B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PERFIL DE LOS BENEFICIARIOS (PARTICIPANTES)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FAD018" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
-[...12 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5098" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="954"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w14:paraId="22AEDC32" w14:textId="77777777" w:rsidTr="00E8489D">
+      <w:tr w:rsidR="00DD2664" w:rsidRPr="00D74B4C" w14:paraId="36F545C9" w14:textId="77777777" w:rsidTr="00DD2664">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2293FF1E" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="000C4BE6">
+          <w:p w14:paraId="182DFAA5" w14:textId="7AE6A5FE" w:rsidR="00DD2664" w:rsidRPr="001D0C71" w:rsidRDefault="00DD2664" w:rsidP="001D0C71">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="492" w:hanging="425"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D74B4C">
+            <w:r w:rsidRPr="001D0C71">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
+              <w:t xml:space="preserve">Grado académico requerido: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD2664" w:rsidRPr="00D74B4C" w14:paraId="2CB2307D" w14:textId="326E2408" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2451" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5157B471" w14:textId="2856EAF3" w:rsidR="00DD2664" w:rsidRPr="00DD2664" w:rsidRDefault="00DD2664" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD2664">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Título de Educación Media</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-877857907"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2549" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="466918E1" w14:textId="3D19012C" w:rsidR="00DD2664" w:rsidRPr="00DD2664" w:rsidRDefault="004A0657" w:rsidP="00DD2664">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="auto"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00DD2664" w:rsidRPr="00D74B4C" w14:paraId="6A68B70A" w14:textId="427E5EEF" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2451" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA4D413" w14:textId="37E402BC" w:rsidR="00DD2664" w:rsidRPr="00DD2664" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD2664">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Título Universitario</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="492223466"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2549" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="050CD6F6" w14:textId="3E9E1157" w:rsidR="00DD2664" w:rsidRPr="00DD2664" w:rsidRDefault="001D0C71" w:rsidP="00DD2664">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="auto"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="00D74B4C" w14:paraId="02D512AE" w14:textId="77777777" w:rsidTr="004A0657">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2451" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="075C2644" w14:textId="6F566C95" w:rsidR="001D0C71" w:rsidRPr="00963424" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Acreditar experiencia comprobada en el área</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-636185096"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2549" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7534BA1E" w14:textId="52F67991" w:rsidR="001D0C71" w:rsidRPr="00963424" w:rsidRDefault="001D0C71" w:rsidP="00DD2664">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w14:paraId="22AEDC32" w14:textId="77777777" w:rsidTr="00DD2664">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2293FF1E" w14:textId="2C128259" w:rsidR="00A32A89" w:rsidRPr="001D0C71" w:rsidRDefault="00A32A89" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t>Perfil de los principales participantes al que está orientado el programa de formación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w14:paraId="37842CAE" w14:textId="77777777" w:rsidTr="00A7113D">
+      <w:tr w:rsidR="00963424" w:rsidRPr="00D74B4C" w14:paraId="37842CAE" w14:textId="3B631255" w:rsidTr="00DD2664">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="294229C8" w14:textId="77777777" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Egresados(as) UNAH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="172696815"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="818" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0183C75F" w14:textId="57ACF282" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="723C7A48" w14:textId="5F2A0D91" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D74B4C">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...128 lines deleted...]
-        </w:tc>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Líderes comunitarios</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1671449980"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="839" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="62C311CE" w14:textId="70AE01B9" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w14:paraId="6BDCDAFB" w14:textId="77777777" w:rsidTr="00A7113D">
+      <w:tr w:rsidR="00963424" w:rsidRPr="00D74B4C" w14:paraId="45B9A84B" w14:textId="222730C0" w:rsidTr="00DD2664">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64B2D3F0" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...7 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="476DCC47" w14:textId="0BD5C211" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D74B4C">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...167 lines deleted...]
-            <w:tcW w:w="500" w:type="pct"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Funcionarios públicos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="780999571"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="818" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="5A428A1F" w14:textId="20E055B2" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41195196" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...7 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="5124E8FF" w14:textId="1A2E4544" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D74B4C">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...100 lines deleted...]
-        </w:tc>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>ONG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1123459793"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="839" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="5485FBE2" w14:textId="0E00526D" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w14:paraId="03B64CB8" w14:textId="77777777" w:rsidTr="00A7113D">
+      <w:tr w:rsidR="00963424" w:rsidRPr="00D74B4C" w14:paraId="2EB8DDBC" w14:textId="1F816B47" w:rsidTr="00DD2664">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="pct"/>
-[...9 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:tcW w:w="1559" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F87DAB" w14:textId="2282CEDC" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Estudiantes universitarios</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="328332201"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="818" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="7FF9D6F8" w14:textId="594459CA" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF3F5BB" w14:textId="27C37E9E" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...130 lines deleted...]
-        </w:tc>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Profesionales universitarios otros IES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="2060278124"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="839" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="42FD3F43" w14:textId="73057A02" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w14:paraId="6EB38F8C" w14:textId="77777777" w:rsidTr="00A7113D">
+      <w:tr w:rsidR="000C0054" w:rsidRPr="00D74B4C" w14:paraId="05004892" w14:textId="2D773BBC" w:rsidTr="00DD2664">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D6E6CF" w14:textId="0F4688BE" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Empresa privada de servicios</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="407509929"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="818" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="6F615B81" w14:textId="2E358934" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61889AF2" w14:textId="6F593B6D" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D74B4C">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...92 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Sector productivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1749847458"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="839" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="523B5763" w14:textId="71B28B85" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w14:paraId="187FB159" w14:textId="77777777" w:rsidTr="00A7113D">
+      <w:tr w:rsidR="00963424" w:rsidRPr="00D74B4C" w14:paraId="149DC4C3" w14:textId="62A158B3" w:rsidTr="00DD2664">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7996E3A5" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...7 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="4D59D8B3" w14:textId="1FF8AB0E" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D74B4C">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...167 lines deleted...]
-            <w:tcW w:w="500" w:type="pct"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sociedad civil</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1573693344"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="818" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="0ADB2818" w14:textId="56DD5C2B" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA9C9B5" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...7 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="531E9721" w14:textId="499FCC8B" w:rsidR="00963424" w:rsidRPr="000C0054" w:rsidRDefault="00963424" w:rsidP="00DD2664">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D74B4C">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...537 lines deleted...]
-        </w:tc>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Académicos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Referenciaintensa"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b w:val="0"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-750958858"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="839" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="62D4AB15" w14:textId="58F34E63" w:rsidR="00963424" w:rsidRPr="00D74B4C" w:rsidRDefault="00963424" w:rsidP="00963424">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F43753">
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33671A29" w14:textId="6036E6DF" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="005D3ED1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>EQUIPO</w:t>
       </w:r>
       <w:r w:rsidR="00F11E0E" w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> DOCENTE DEL CERTIFICADO</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5076" w:type="pct"/>
+        <w:tblW w:w="5115" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2147"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2407"/>
+        <w:gridCol w:w="2277"/>
+        <w:gridCol w:w="2276"/>
+        <w:gridCol w:w="1050"/>
+        <w:gridCol w:w="635"/>
+        <w:gridCol w:w="3327"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="00D74B4C" w14:paraId="1F81B528" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w14:paraId="1F81B528" w14:textId="61ABFB5E" w:rsidTr="00546C6A">
         <w:trPr>
-          <w:trHeight w:val="189"/>
+          <w:trHeight w:val="91"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15635A09" w14:textId="5145A2FE" w:rsidR="00A32A89" w:rsidRPr="000C4BE6" w:rsidRDefault="00D925B7" w:rsidP="00DF4F4B">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="1DD738C4" w14:textId="0F8075DE" w:rsidR="00546C6A" w:rsidRPr="001D0C71" w:rsidRDefault="00546C6A" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Coordinador/a del Certificado Universitario</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>COORDINACIÓN</w:t>
+              <w:t xml:space="preserve"> COORDINACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000659A" w:rsidRPr="00D74B4C" w14:paraId="5BF43266" w14:textId="3B159B37" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w14:paraId="5BF43266" w14:textId="3B159B37" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="189"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1131" w:type="pct"/>
-[...16 lines deleted...]
-                <w:lang w:val="es-ES_tradnl"/>
+            <w:tcW w:w="1190" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D261D5" w14:textId="22134543" w:rsidR="00546C6A" w:rsidRPr="000C0054" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk210650888"/>
-            <w:r w:rsidRPr="00D74B4C">
-[...11 lines deleted...]
-            <w:tcW w:w="949" w:type="pct"/>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nombre Completo:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F0694B" w14:textId="14008114" w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="D99594" w:themeColor="accent2" w:themeTint="99"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w14:paraId="1257D991" w14:textId="77777777" w:rsidTr="002D4457">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="44D261D5" w14:textId="22134543" w:rsidR="0000659A" w:rsidRPr="000412CA" w:rsidRDefault="0000659A">
-            <w:pPr>
+          <w:p w14:paraId="3913E1AA" w14:textId="34E9D2F2" w:rsidR="00546C6A" w:rsidRPr="000C0054" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000412CA">
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Nombre Completo:</w:t>
-[...48 lines deleted...]
-            <w:tcW w:w="949" w:type="pct"/>
+              <w:t>No. de empleado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC50C8D" w14:textId="77777777" w:rsidR="00546C6A" w:rsidRPr="005D3ED1" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3913E1AA" w14:textId="34E9D2F2" w:rsidR="0000659A" w:rsidRPr="000412CA" w:rsidRDefault="0000659A">
-            <w:pPr>
+          <w:p w14:paraId="047F563E" w14:textId="3A0C4FC5" w:rsidR="00546C6A" w:rsidRPr="000412CA" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000412CA">
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identidad: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1738" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CA34C9" w14:textId="25F16747" w:rsidR="00546C6A" w:rsidRPr="005D3ED1" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>No. de empleado</w:t>
-[...18 lines deleted...]
-            <w:tcW w:w="703" w:type="pct"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w14:paraId="7A88FC6C" w14:textId="5F25462C" w:rsidTr="000C0054">
+        <w:trPr>
+          <w:trHeight w:val="122"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D54C520" w14:textId="6485B405" w:rsidR="00546C6A" w:rsidRPr="000C0054" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Correo electrónico:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="047F563E" w14:textId="3A0C4FC5" w:rsidR="0000659A" w:rsidRPr="000412CA" w:rsidRDefault="0000659A">
-[...29 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3401E153" w14:textId="098DE781" w:rsidR="00546C6A" w:rsidRPr="000C0054" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Celular:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000659A" w:rsidRPr="00D74B4C" w14:paraId="7A88FC6C" w14:textId="5F25462C" w:rsidTr="00D925B7">
-[...20 lines deleted...]
-            <w:tcW w:w="2336" w:type="pct"/>
+      <w:tr w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w14:paraId="7B9CA045" w14:textId="77777777" w:rsidTr="002D4457">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="pct"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="651654FA" w14:textId="77777777" w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C6D9C2" w14:textId="77777777" w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w14:paraId="5806468A" w14:textId="77777777" w:rsidTr="000C0054">
+        <w:trPr>
+          <w:trHeight w:val="122"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6D54C520" w14:textId="6485B405" w:rsidR="0000659A" w:rsidRPr="000412CA" w:rsidRDefault="0000659A" w:rsidP="0000659A">
+          <w:p w14:paraId="21A5538B" w14:textId="1037E78D" w:rsidR="00546C6A" w:rsidRPr="000C0054" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000412CA">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...125 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Categoría:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2921" w:type="pct"/>
+            <w:tcW w:w="3809" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5E82B929" w14:textId="476531E5" w:rsidR="0000659A" w:rsidRPr="000412CA" w:rsidRDefault="0000659A" w:rsidP="0000659A">
+          <w:p w14:paraId="5E82B929" w14:textId="476531E5" w:rsidR="00546C6A" w:rsidRPr="000C0054" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000412CA">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Departamento al que pertenece:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000659A" w:rsidRPr="00D74B4C" w14:paraId="0294DE67" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w14:paraId="0294DE67" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="254"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1131" w:type="pct"/>
-[...29 lines deleted...]
-            <w:tcW w:w="2921" w:type="pct"/>
+            <w:tcW w:w="1190" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69E2E7B9" w14:textId="77777777" w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="40E093DA" w14:textId="77777777" w:rsidR="0000659A" w:rsidRPr="00D74B4C" w:rsidRDefault="0000659A">
-            <w:pPr>
+          <w:p w14:paraId="40E093DA" w14:textId="77777777" w:rsidR="00546C6A" w:rsidRPr="00D74B4C" w:rsidRDefault="00546C6A" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="159522A4" w14:textId="68D87916" w:rsidR="00726F54" w:rsidRPr="00D74B4C" w:rsidRDefault="00726F54" w:rsidP="0008581E">
       <w:pPr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5076" w:type="pct"/>
+        <w:tblW w:w="5152" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2824"/>
+        <w:gridCol w:w="2825"/>
         <w:gridCol w:w="1667"/>
         <w:gridCol w:w="437"/>
-        <w:gridCol w:w="978"/>
-        <w:gridCol w:w="252"/>
+        <w:gridCol w:w="979"/>
+        <w:gridCol w:w="250"/>
         <w:gridCol w:w="1050"/>
-        <w:gridCol w:w="51"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1667"/>
+        <w:gridCol w:w="52"/>
+        <w:gridCol w:w="565"/>
+        <w:gridCol w:w="1809"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="7A1FC6BF" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="7A1FC6BF" w14:textId="77777777" w:rsidTr="00546C6A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11B4986F" w14:textId="77777777" w:rsidR="0000659A" w:rsidRPr="000412CA" w:rsidRDefault="00DA28C8" w:rsidP="0000659A">
-[...46 lines deleted...]
-          <w:p w14:paraId="301881C0" w14:textId="339FF7F7" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0000659A">
+          <w:p w14:paraId="5C63C23F" w14:textId="595AC767" w:rsidR="00DA28C8" w:rsidRPr="001D0C71" w:rsidRDefault="00DA28C8" w:rsidP="001D0C71">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>EQUIPO DOCENTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0047189B" w:rsidRPr="000412CA" w14:paraId="40DAB894" w14:textId="77777777" w:rsidTr="000C0054">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="301881C0" w14:textId="6359E906" w:rsidR="0047189B" w:rsidRPr="002C64E0" w:rsidRDefault="0047189B" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk210651028"/>
-            <w:r w:rsidRPr="000412CA">
+            <w:r w:rsidRPr="002C64E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Cantidad de equipo docente </w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1108" w:type="pct"/>
+            <w:tcW w:w="1092" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68EFEB5D" w14:textId="5FB7F80E" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0047189B">
+          <w:p w14:paraId="68EFEB5D" w14:textId="5FB7F80E" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="000C0054">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Docentes de la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1201" w:type="pct"/>
+            <w:tcW w:w="1183" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="572547DE" w14:textId="1CAAFF86" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0047189B">
+          <w:p w14:paraId="572547DE" w14:textId="1CAAFF86" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="000C0054">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consultor nacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1203" w:type="pct"/>
+            <w:tcW w:w="1259" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37368009" w14:textId="72F10DE6" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consultor internacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047189B" w:rsidRPr="000412CA" w14:paraId="67D9F0B2" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="0047189B" w:rsidRPr="000412CA" w14:paraId="67D9F0B2" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1108" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEB0D1D" w14:textId="77777777" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1092" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77630047" w14:textId="77777777" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0047189B">
-[...10 lines deleted...]
-            <w:tcW w:w="1201" w:type="pct"/>
+          <w:p w14:paraId="77630047" w14:textId="77777777" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0E8F9E" w14:textId="77777777" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0047189B">
-[...10 lines deleted...]
-            <w:tcW w:w="1203" w:type="pct"/>
+          <w:p w14:paraId="2C0E8F9E" w14:textId="77777777" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1259" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45A8628F" w14:textId="77777777" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0047189B">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="45A8628F" w14:textId="77777777" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="57BF0BE0" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="57BF0BE0" w14:textId="77777777" w:rsidTr="001D0C71">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="51462925" w14:textId="77777777" w:rsidR="00DA28C8" w:rsidRDefault="00AC4756" w:rsidP="00AC4756">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51462925" w14:textId="77777777" w:rsidR="00DA28C8" w:rsidRDefault="00AC4756" w:rsidP="000C0054">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SECCIÓN 01</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21E7E168" w14:textId="06145171" w:rsidR="00D925B7" w:rsidRPr="00AC4756" w:rsidRDefault="00D925B7" w:rsidP="00AC4756">
+          <w:p w14:paraId="21E7E168" w14:textId="06145171" w:rsidR="00D925B7" w:rsidRPr="00AC4756" w:rsidRDefault="00D925B7" w:rsidP="000C0054">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(De abrirse más de 1 sección, a</w:t>
             </w:r>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>gregar más tablas de ser necesario)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="4E9C1993" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="4E9C1993" w14:textId="77777777" w:rsidTr="001D0C71">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...16 lines deleted...]
-            <w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D4B121" w14:textId="59D86A91" w:rsidR="00DA28C8" w:rsidRPr="00780A4C" w:rsidRDefault="00AC4756" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00780A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Perfil del docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="428A4977" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="428A4977" w14:textId="77777777" w:rsidTr="00546C6A">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="558E0D65" w14:textId="4348726E" w:rsidR="00DA28C8" w:rsidRPr="000412CA" w:rsidRDefault="00DA28C8" w:rsidP="0000659A">
+          <w:p w14:paraId="558E0D65" w14:textId="4348726E" w:rsidR="00DA28C8" w:rsidRPr="000412CA" w:rsidRDefault="00DA28C8" w:rsidP="000C0054">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Profesor de la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="pct"/>
+            <w:tcW w:w="1600" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45A4B23C" w14:textId="77777777" w:rsidR="00DA28C8" w:rsidRPr="000412CA" w:rsidRDefault="00DA28C8" w:rsidP="0000659A">
+          <w:p w14:paraId="45A4B23C" w14:textId="77777777" w:rsidR="00DA28C8" w:rsidRPr="000412CA" w:rsidRDefault="00DA28C8" w:rsidP="000C0054">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consultor Nacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1889" w:type="pct"/>
+            <w:tcW w:w="1935" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A5679C4" w14:textId="77777777" w:rsidR="00DA28C8" w:rsidRPr="000412CA" w:rsidRDefault="00DA28C8" w:rsidP="0000659A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consultor Internacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="547E3BBB" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="547E3BBB" w14:textId="77777777" w:rsidTr="00546C6A">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
-        <w:tc>
-[...59 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="379218501"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1466" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="4E313E56" w14:textId="21515B8F" w:rsidR="00DA28C8" w:rsidRPr="000412CA" w:rsidRDefault="00546C6A" w:rsidP="00101355">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:i/>
+                    <w:iCs/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-1838985287"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1600" w:type="pct"/>
+                <w:gridSpan w:val="3"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5231367E" w14:textId="5EE6262A" w:rsidR="00DA28C8" w:rsidRPr="000412CA" w:rsidRDefault="00546C6A" w:rsidP="00101355">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:i/>
+                    <w:iCs/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="2091198329"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1935" w:type="pct"/>
+                <w:gridSpan w:val="5"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="45046407" w14:textId="508E80FC" w:rsidR="00DA28C8" w:rsidRPr="000412CA" w:rsidRDefault="00546C6A" w:rsidP="00101355">
+                <w:pPr>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="15746202" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00DA28C8" w:rsidRPr="000412CA" w14:paraId="15746202" w14:textId="77777777" w:rsidTr="001D0C71">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...21 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64406520" w14:textId="3A720109" w:rsidR="00D74B4C" w:rsidRPr="001D0C71" w:rsidRDefault="0047189B" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
               </w:rPr>
               <w:t>Datos del docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047189B" w:rsidRPr="000412CA" w14:paraId="63BB8565" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="0047189B" w:rsidRPr="000412CA" w14:paraId="63BB8565" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4301F314" w14:textId="57625803" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre completo: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3512" w:type="pct"/>
+            <w:tcW w:w="3534" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DF5A4AE" w14:textId="77777777" w:rsidR="0047189B" w:rsidRPr="000412CA" w:rsidRDefault="0047189B" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="4FD554BF" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00DD2664" w:rsidRPr="000412CA" w14:paraId="5EB06DAC" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
-          <w:trHeight w:val="51"/>
+          <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5414C895" w14:textId="35E127BB" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
+          <w:p w14:paraId="2F442BF6" w14:textId="2C66136E" w:rsidR="00DD2664" w:rsidRPr="000412CA" w:rsidRDefault="00DD2664" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000412CA">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Nombre del espacio de aprendizaje que impartirá:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3534" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65573C47" w14:textId="77777777" w:rsidR="00DD2664" w:rsidRPr="000412CA" w:rsidRDefault="00DD2664" w:rsidP="0047189B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="4FD554BF" w14:textId="77777777" w:rsidTr="00546C6A">
+        <w:trPr>
+          <w:trHeight w:val="51"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5414C895" w14:textId="35E127BB" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000412CA">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Número de empleado / número de identificación </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1108" w:type="pct"/>
+            <w:tcW w:w="1092" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C5FDCC9" w14:textId="77777777" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1228" w:type="pct"/>
+            <w:tcW w:w="1210" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D1B48A5" w14:textId="001D098B" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Categoría docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1176" w:type="pct"/>
+            <w:tcW w:w="1233" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ABEABE6" w14:textId="77777777" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="60C90695" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="60C90695" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F247E9" w14:textId="32402220" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3512" w:type="pct"/>
+            <w:tcW w:w="3534" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BE379EA" w14:textId="77777777" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="26B2F451" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="26B2F451" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2491B9B2" w14:textId="264A9DEF" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Departamento académico al que pertenece: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3512" w:type="pct"/>
+            <w:tcW w:w="3534" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="058DA9AD" w14:textId="77777777" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="3620FCC9" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="3620FCC9" w14:textId="77777777" w:rsidTr="00546C6A">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37032086" w14:textId="441C1365" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Último título académico obtenido:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3512" w:type="pct"/>
+            <w:tcW w:w="3534" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E03780B" w14:textId="77777777" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="0BA6BA9B" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="0BA6BA9B" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14EA5CBB" w14:textId="09D75B2C" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">País de procedencia </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3512" w:type="pct"/>
+            <w:tcW w:w="3534" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DF6444B" w14:textId="77777777" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="0B4FD4AA" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="000412CA" w:rsidRPr="000412CA" w14:paraId="0B4FD4AA" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D22FBF7" w14:textId="03364836" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Universidad de procedencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3512" w:type="pct"/>
+            <w:tcW w:w="3534" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5229091F" w14:textId="77777777" w:rsidR="000412CA" w:rsidRPr="000412CA" w:rsidRDefault="000412CA" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="47B312FB" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="47B312FB" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22B4F9DE" w14:textId="4022CD08" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Tipo de asignación académica (solo para personal de la UNAH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="pct"/>
+            <w:tcW w:w="1730" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2011EAD3" w14:textId="67706608" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Carga académica del PAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="pct"/>
+            <w:tcW w:w="1804" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5872D06F" w14:textId="50686852" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Contratación jornada contraria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="71CA66B9" w14:textId="77777777" w:rsidTr="00D925B7">
+      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="71CA66B9" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcW w:w="1466" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7200B730" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="0047189B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2080AA65" w14:textId="6045DEF7" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Si</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0315A535" w14:textId="34B79CB5" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="706FA4CA" w14:textId="3BB5A3C2" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Si</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="939" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0611BE9E" w14:textId="4747A605" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="57618E87" w14:textId="77777777" w:rsidTr="00546C6A">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7200B730" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="0047189B">
+          <w:p w14:paraId="2E4EE435" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="0047189B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="878" w:type="pct"/>
+            <w:tcW w:w="865" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2080AA65" w14:textId="6045DEF7" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A233DC9" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B7">
-[...13 lines deleted...]
-            <w:tcW w:w="878" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0315A535" w14:textId="34B79CB5" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="150620F6" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B7">
-[...13 lines deleted...]
-            <w:tcW w:w="878" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="706FA4CA" w14:textId="3BB5A3C2" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="272B4826" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B7">
-[...164 lines deleted...]
-            <w:tcW w:w="878" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="939" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57C2631F" w14:textId="554BDB27" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00D925B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -10343,1313 +9199,1441 @@
         <w:tblW w:w="5076" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2824"/>
         <w:gridCol w:w="1667"/>
         <w:gridCol w:w="437"/>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="252"/>
         <w:gridCol w:w="1101"/>
         <w:gridCol w:w="566"/>
         <w:gridCol w:w="1667"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2738D34B" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2738D34B" w14:textId="77777777" w:rsidTr="00101355">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="793DBBB2" w14:textId="5ABBC088" w:rsidR="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="793DBBB2" w14:textId="5ABBC088" w:rsidR="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00101355">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SECCIÓN 02</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5056A65B" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00AC4756" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="5056A65B" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00AC4756" w:rsidRDefault="00D925B7" w:rsidP="00101355">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(De abrirse más de 1 sección, a</w:t>
             </w:r>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>gregar más tablas de ser necesario)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2D9FFD37" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2D9FFD37" w14:textId="77777777" w:rsidTr="00101355">
         <w:trPr>
           <w:trHeight w:val="166"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0E9CBE" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="4A0E9CBE" w14:textId="5EEC268A" w:rsidR="00D925B7" w:rsidRPr="001D0C71" w:rsidRDefault="00D925B7" w:rsidP="001D0C71">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
-[...5 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Perfil del docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2FCEA9E1" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2FCEA9E1" w14:textId="77777777" w:rsidTr="00101355">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC1F8CD" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="6DC1F8CD" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00101355">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Profesor de la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4572B7CC" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="4572B7CC" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00101355">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consultor Nacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1889" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D01F987" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="5D01F987" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00101355">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consultor Internacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2CF408C5" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="2CF408C5" w14:textId="77777777" w:rsidTr="00101355">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
-        <w:tc>
-[...59 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-1122685079"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1488" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2657DD8E" w14:textId="68838F1E" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:i/>
+                    <w:iCs/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="403343071"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1623" w:type="pct"/>
+                <w:gridSpan w:val="3"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="13DB48A3" w14:textId="1A1651CF" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:i/>
+                    <w:iCs/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="2023195954"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1889" w:type="pct"/>
+                <w:gridSpan w:val="4"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5E7E4398" w14:textId="654D38DB" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+                <w:pPr>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00963424">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2D0CA145" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="2D0CA145" w14:textId="77777777" w:rsidTr="001D0C71">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...10 lines deleted...]
-              <w:ind w:left="351" w:hanging="351"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29012C48" w14:textId="773EDEA8" w:rsidR="001D0C71" w:rsidRPr="001D0C71" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000412CA">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b/>
               </w:rPr>
               <w:t>Datos del docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="1FA9E708" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="1FA9E708" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5893A91C" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="5893A91C" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre completo: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3512" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33CB773B" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="33CB773B" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="08CCCE5D" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="2144C7AE" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="51"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5410D427" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="7258C115" w14:textId="66AD34FA" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Nombre del espacio de aprendizaje que impartirá:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3512" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F4393D" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="08CCCE5D" w14:textId="77777777" w:rsidTr="002D4457">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1488" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5410D427" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Número de empleado / número de identificación </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1108" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24A7C97E" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="24A7C97E" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53E99AC6" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="53E99AC6" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Categoría docente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1176" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43E37A04" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="43E37A04" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="2C32969A" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="2C32969A" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34157045" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="34157045" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Correo electrónico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3512" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3580E088" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="3580E088" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="58E50F42" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="58E50F42" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC85994" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="2BC85994" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Departamento académico al que pertenece: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3512" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40214F1E" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="40214F1E" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="279BD7D3" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="279BD7D3" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66873D40" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="66873D40" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Último título académico obtenido:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3512" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D45BE21" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="6D45BE21" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="30016EDB" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="30016EDB" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20B3796B" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="20B3796B" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">País de procedencia </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3512" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2045C774" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="2045C774" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="568D1536" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="568D1536" w14:textId="77777777" w:rsidTr="002D4457">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42068680" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="42068680" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000412CA">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Universidad de procedencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3512" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F62A628" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="0F62A628" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="098033C3" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="098033C3" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
           <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D7399CC" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7399CC" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="00D925B7" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Tipo de asignación académica (solo para personal de la UNAH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1756" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="56E01780" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E01780" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="00D925B7" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Carga académica del PAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1756" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6DF27505" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF27505" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="00D925B7" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Contratación jornada contraria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D925B7" w:rsidRPr="000412CA" w14:paraId="093A1C36" w14:textId="77777777" w:rsidTr="00891FF9">
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="093A1C36" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
           <w:trHeight w:val="51"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1488" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="164E6588" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5899D3E4" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="00D925B7" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Si</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2062C897" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="00D925B7" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B61EE0" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="00D925B7" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Si</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCB3EEE" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="00D925B7" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B7">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D0C71" w:rsidRPr="000412CA" w14:paraId="593CFEAE" w14:textId="77777777" w:rsidTr="002D4457">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="164E6588" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="000412CA" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+          <w:p w14:paraId="1558FEBD" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5899D3E4" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12315834" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B7">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2062C897" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A117792" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B7">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="08B61EE0" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B24C3C0" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B7">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4DCB3EEE" w14:textId="77777777" w:rsidR="00D925B7" w:rsidRPr="00D925B7" w:rsidRDefault="00D925B7" w:rsidP="00891FF9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7680EE" w14:textId="77777777" w:rsidR="001D0C71" w:rsidRPr="000412CA" w:rsidRDefault="001D0C71" w:rsidP="001D0C71">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D925B7">
-[...150 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DB2DF03" w14:textId="0C7A177D" w:rsidR="00D74B4C" w:rsidRDefault="00D74B4C" w:rsidP="005D3ED1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+    <w:p w14:paraId="7DDE9E41" w14:textId="7990F2CB" w:rsidR="0027034D" w:rsidRDefault="0027034D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A0EF8D8" w14:textId="7F051777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="005D3ED1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
@@ -11666,2527 +10650,2161 @@
         </w:rPr>
         <w:t>INFORMACIÓN</w:t>
       </w:r>
       <w:r w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>DE LA ENTIDAD CONTRAPARTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6D4093" w14:textId="58CF1A62" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00A32A89">
+    <w:p w14:paraId="1C3402B6" w14:textId="280EBBD0" w:rsidR="005D3ED1" w:rsidRPr="0027034D" w:rsidRDefault="00A32A89" w:rsidP="0027034D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
         </w:rPr>
         <w:t>(Sí existe más de una contraparte añadir una tabla de información por cada una de ellas)</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5093" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="931"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="916"/>
+        <w:gridCol w:w="2523"/>
+        <w:gridCol w:w="588"/>
+        <w:gridCol w:w="1347"/>
+        <w:gridCol w:w="69"/>
+        <w:gridCol w:w="701"/>
+        <w:gridCol w:w="730"/>
+        <w:gridCol w:w="1394"/>
+        <w:gridCol w:w="343"/>
+        <w:gridCol w:w="109"/>
+        <w:gridCol w:w="1720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E74C3" w:rsidRPr="005D3ED1" w14:paraId="5951FCB4" w14:textId="77777777" w:rsidTr="00431FA5">
+      <w:tr w:rsidR="003E74C3" w:rsidRPr="0027034D" w14:paraId="5951FCB4" w14:textId="77777777" w:rsidTr="0027034D">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2940" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="3128" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39531388" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="005D3ED1" w:rsidRDefault="003E74C3" w:rsidP="00A076D5">
+          <w:p w14:paraId="39531388" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="0027034D" w:rsidRDefault="003E74C3" w:rsidP="00780A4C">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk54972533"/>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="0027034D">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>LA ACTIVIDAD TIENE CONTRAPARTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1089" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="969" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="432110DD" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="005D3ED1" w:rsidRDefault="003E74C3" w:rsidP="003E74C3">
+          <w:p w14:paraId="432110DD" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="0027034D" w:rsidRDefault="003E74C3" w:rsidP="003E74C3">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="0027034D">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="971" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="903" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6690BA8F" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="005D3ED1" w:rsidRDefault="003E74C3" w:rsidP="003E74C3">
+          <w:p w14:paraId="6690BA8F" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="0027034D" w:rsidRDefault="003E74C3" w:rsidP="003E74C3">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="0027034D">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E74C3" w:rsidRPr="005D3ED1" w14:paraId="19CF6C91" w14:textId="77777777" w:rsidTr="00431FA5">
+      <w:tr w:rsidR="003E74C3" w:rsidRPr="0027034D" w14:paraId="19CF6C91" w14:textId="77777777" w:rsidTr="0027034D">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2940" w:type="pct"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="3128" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39586FCA" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="005D3ED1" w:rsidRDefault="003E74C3" w:rsidP="003E74C3">
+          <w:p w14:paraId="39586FCA" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="0027034D" w:rsidRDefault="003E74C3" w:rsidP="003E74C3">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...9 lines deleted...]
-              <w:ind w:left="360"/>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="622423" w:themeColor="accent2" w:themeShade="7F"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="1283082571"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="969" w:type="pct"/>
+                <w:gridSpan w:val="3"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="10C56F87" w14:textId="02FCF28C" w:rsidR="003E74C3" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="007F556B">
+                <w:pPr>
+                  <w:pStyle w:val="Prrafodelista"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:ind w:left="360"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:iCs w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="2044868016"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="903" w:type="pct"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="01544B0A" w14:textId="7CD93B15" w:rsidR="003E74C3" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:pStyle w:val="Prrafodelista"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:ind w:left="360"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="003E74C3" w:rsidRPr="0027034D" w14:paraId="0F7D4074" w14:textId="77777777" w:rsidTr="001D0C71">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4584B76A" w14:textId="77777777" w:rsidR="003E74C3" w:rsidRPr="001D0C71" w:rsidRDefault="003E74C3" w:rsidP="001D0C71">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D0C71">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-              <w:ind w:left="360"/>
+              <w:t xml:space="preserve">PERFIL DE LA ENTIDAD CONTRAPARTE </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D0C71">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>(En los casos que aplique)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E74C3" w:rsidRPr="005D3ED1" w14:paraId="0F7D4074" w14:textId="77777777" w:rsidTr="003E74C3">
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="634972E2" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
-          <w:trHeight w:val="380"/>
+          <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="005D3ED1">
+            <w:tcW w:w="1634" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4AE0AF" w14:textId="3FBEB779" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>(En los casos que aplique)</w:t>
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>Secretaría de Estado</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...131 lines deleted...]
-            <w:tcW w:w="488" w:type="pct"/>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-545292118"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="707" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="1DAA8895" w14:textId="5018957A" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E4AE0AF" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="32466E8F" w14:textId="28BA5988" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...20 lines deleted...]
-                <w:i w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:lang w:val="es-ES"/>
-[...16 lines deleted...]
-            <w:tcW w:w="479" w:type="pct"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Organizaciones gremiales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="572942464"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="960" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="6ED10213" w14:textId="0C5DD663" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="42139A00" w14:textId="77777777" w:rsidTr="000C0054">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="234AD234" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="2B57C6BD" w14:textId="2BDD8D15" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-            <w:tcW w:w="489" w:type="pct"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gobierno Municipal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-1269461151"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="707" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="61701255" w14:textId="6B64153B" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="086ECC91" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="237C2045" w14:textId="698238B6" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:b w:val="0"/>
-[...1 lines deleted...]
-                <w:i w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005D3ED1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...20 lines deleted...]
-                <w:i w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:lang w:val="es-ES"/>
-[...175 lines deleted...]
-        </w:tc>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sociedad civil organizada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="233596552"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="960" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="6BEEC54A" w14:textId="68C912B6" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="5409DBA2" w14:textId="77777777" w:rsidTr="005D3ED1">
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="0FE933D8" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
-          <w:trHeight w:val="171"/>
+          <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="488" w:type="pct"/>
-[...452 lines deleted...]
-            <w:tcW w:w="479" w:type="pct"/>
+            <w:tcW w:w="1634" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F71EDD2" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="297A6E55" w14:textId="6D7A2DC0" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-            <w:tcW w:w="489" w:type="pct"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sector productivo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-216195654"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="707" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="58E77843" w14:textId="5E75CF9B" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70BD45BC" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="42FD83D2" w14:textId="43C67EDA" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:b w:val="0"/>
-[...1 lines deleted...]
-                <w:i w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sector académico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="163523975"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="960" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="12B6F532" w14:textId="6FECFFBF" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="201EE952" w14:textId="77777777" w:rsidTr="000C0054">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35694272" w14:textId="033A17C3" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-            <w:tcW w:w="489" w:type="pct"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Entidades financieras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-783034579"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="707" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="2226DA45" w14:textId="26A29907" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="000C0054" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28294332" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="47904E26" w14:textId="30FD37C7" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:b w:val="0"/>
-[...1 lines deleted...]
-                <w:i w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Organismos internacionales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-466125629"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="960" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="0612F3C8" w14:textId="4DCD7DF3" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="1FBE7692" w14:textId="77777777" w:rsidTr="000C0054">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1634" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F320974" w14:textId="66AE54CD" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sector privado de servicios</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="530463898"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="707" w:type="pct"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="1DA19DD4" w14:textId="1BADA5DA" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52039F6B" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="5C309D10" w14:textId="7D51AB2D" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="000C0054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:b w:val="0"/>
-[...1 lines deleted...]
-                <w:i w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
-                <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005D3ED1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-            <w:tcW w:w="555" w:type="pct"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Unidad de la UNAH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:val="es-ES_tradnl"/>
+            </w:rPr>
+            <w:id w:val="-1094010296"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="960" w:type="pct"/>
+                <w:gridSpan w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              </w:tcPr>
+              <w:p w14:paraId="500660DA" w14:textId="6317357B" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Referenciaintensa"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:i w:val="0"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="0027034D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:lang w:val="es-ES_tradnl"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="76672BEB" w14:textId="77777777" w:rsidTr="002D4457">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7007A5EF" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
-[...360 lines deleted...]
-              <w:ind w:left="351" w:hanging="351"/>
+          <w:p w14:paraId="42E57F43" w14:textId="1A4794D1" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A076D5">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
               <w:t>Nombre de la contraparte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3674" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0C8F7423" w14:textId="04FD72D2" w:rsidR="00431FA5" w:rsidRPr="005D3ED1" w:rsidRDefault="00431FA5" w:rsidP="005D3ED1">
+            <w:tcW w:w="3675" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8F7423" w14:textId="04FD72D2" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00431FA5" w:rsidRPr="005D3ED1" w14:paraId="2783B121" w14:textId="77777777" w:rsidTr="005D3ED1">
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="2783B121" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
-          <w:trHeight w:val="553"/>
+          <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="pct"/>
-[...12 lines deleted...]
-              <w:ind w:left="351" w:hanging="351"/>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0CC1F7" w14:textId="6AADF64F" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A076D5">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
               <w:t>Nombre del contacto directo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1374" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="577A1AA3" w14:textId="0A2AA26E" w:rsidR="00431FA5" w:rsidRPr="005D3ED1" w:rsidRDefault="00431FA5" w:rsidP="005D3ED1">
+            <w:tcW w:w="1420" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="577A1AA3" w14:textId="0A2AA26E" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
-[...338 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A076D5">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1295" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="025CCD70" w14:textId="76BB3C4D" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:bCs w:val="0"/>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Carta formal de solicitud a la unidad acad</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="EncabezadoCar"/>
+              <w:t>Correo electrónico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D41FC95" w14:textId="1F8DBF4A" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:bCs/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A076D5">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="24A32738" w14:textId="77777777" w:rsidTr="000C0054">
+        <w:trPr>
+          <w:trHeight w:val="194"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="022F1708" w14:textId="5D80DB59" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:i w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Tipo de instrumento que da lugar a la alianza</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1265" w:type="pct"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Cargo del contacto de la contraparte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="pct"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639351CA" w14:textId="20A61C05" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A076D5">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1295" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B5A1F5" w14:textId="5A95517A" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Teléfono</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4412E9E1" w14:textId="1BF03AB3" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Carta formal de solicitud a la unidad académica</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00431FA5" w:rsidRPr="005D3ED1" w14:paraId="41AE4346" w14:textId="77777777" w:rsidTr="00A076D5">
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="57E0B2EC" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="pct"/>
-[...8 lines deleted...]
-              <w:ind w:left="351" w:hanging="351"/>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="222457F4" w14:textId="62863EAE" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk210652067"/>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Dirección exacta de la sede prin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>cip</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>al</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3675" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="674EDF7D" w14:textId="25322768" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-          <w:p w14:paraId="4997052C" w14:textId="101E97B4" w:rsidR="00431FA5" w:rsidRPr="005D3ED1" w:rsidRDefault="00431FA5" w:rsidP="00A076D5">
+      </w:tr>
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="11CCF2F3" w14:textId="77777777" w:rsidTr="000C0054">
+        <w:trPr>
+          <w:trHeight w:val="515"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="623CF2E1" w14:textId="27C81160" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>29.Tipo de instrumento que da lugar a la al</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="EncabezadoCar"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>anza</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1052" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="573E9833" w14:textId="26970F1E" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Carta formal de solicitud a la unidad acad</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>émica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1761BD0A" w14:textId="4D98A3D4" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Tipo de instrumento que da lugar a la alianza</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9DDA50" w14:textId="56E8C2FE" w:rsidR="0027034D" w:rsidRPr="000C0054" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Carta formal de solicitud a la unidad académica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="41AE4346" w14:textId="77777777" w:rsidTr="000C0054">
+        <w:trPr>
+          <w:trHeight w:val="56"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E911D7B" w14:textId="77777777" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="351" w:hanging="351"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1052" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2024E348" w14:textId="40EA34FA" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E93CD80" w14:textId="77777777" w:rsidR="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="423014B4" w14:textId="24EFCCE2" w:rsidR="000C0054" w:rsidRPr="0027034D" w:rsidRDefault="000C0054" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4997052C" w14:textId="101E97B4" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Referenciaintensa"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00431FA5" w:rsidRPr="005D3ED1" w14:paraId="4E7C42F0" w14:textId="77777777" w:rsidTr="00431FA5">
+      <w:tr w:rsidR="0027034D" w:rsidRPr="0027034D" w14:paraId="4E7C42F0" w14:textId="77777777" w:rsidTr="000C0054">
         <w:trPr>
           <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1326" w:type="pct"/>
-[...12 lines deleted...]
-              <w:ind w:left="351" w:hanging="351"/>
+            <w:tcW w:w="1325" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5557A98C" w14:textId="10CD20BC" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A076D5">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C0054">
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Breve descripción de los compromisos asumidos por la contraparte</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="1F1046E3" w14:textId="34737924" w:rsidR="00431FA5" w:rsidRPr="005D3ED1" w:rsidRDefault="00431FA5" w:rsidP="005D3ED1">
+              <w:t>30.Breve descripción de los compromisos asumidos por la contraparte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3675" w:type="pct"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1046E3" w14:textId="34737924" w:rsidR="0027034D" w:rsidRPr="0027034D" w:rsidRDefault="0027034D" w:rsidP="0027034D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Referenciaintensa"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="290072D6" w14:textId="77777777" w:rsidR="00DF0FB7" w:rsidRPr="005D3ED1" w:rsidRDefault="00DF0FB7" w:rsidP="005D3ED1">
       <w:pPr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1020CE2D" w14:textId="16376AB7" w:rsidR="008D7F60" w:rsidRPr="00A076D5" w:rsidRDefault="00A32A89" w:rsidP="005D3ED1">
+    <w:p w14:paraId="3C6DEBC5" w14:textId="2470EC22" w:rsidR="002D4457" w:rsidRPr="002D4457" w:rsidRDefault="00A32A89" w:rsidP="002D4457">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>INFORMACIÓN</w:t>
       </w:r>
       <w:r w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
@@ -14198,1168 +12816,494 @@
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>ACADEMICA DE</w:t>
       </w:r>
       <w:r w:rsidR="007912BB" w:rsidRPr="005D3ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve">L CERTIFICADO </w:t>
       </w:r>
       <w:r w:rsidR="007912BB" w:rsidRPr="00A076D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>(La información se transcribirá tal como aparece en el programa de estudio).</w:t>
       </w:r>
+      <w:r w:rsidR="002D4457">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="559257C8" w14:textId="77777777" w:rsidR="008D7F60" w:rsidRPr="005D3ED1" w:rsidRDefault="008D7F60" w:rsidP="008D7F60">
+    <w:p w14:paraId="2C11BD4F" w14:textId="704C5BE2" w:rsidR="00DD2664" w:rsidRPr="002D4457" w:rsidRDefault="00CC51F5" w:rsidP="002D4457">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
-        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D4457">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
-          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>Nota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4457">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: al finalizar la ficha, se deberá </w:t>
+      </w:r>
+      <w:r w:rsidR="002D4457" w:rsidRPr="002D4457">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adjuntar copia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4457">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de los descripciones minimas del plan de estudios oficial, foliado y sellado por la Secretaria General de la UNAH. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1E012C" w14:textId="77777777" w:rsidR="002D4457" w:rsidRPr="00DD2664" w:rsidRDefault="002D4457" w:rsidP="00DD2664">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5093" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9524"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="7AB8D340" w14:textId="77777777" w:rsidTr="003F0241">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="00A65F3C" w14:paraId="7AB8D340" w14:textId="77777777" w:rsidTr="003F0241">
         <w:trPr>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="6A3E7FC7" w14:textId="58D75EA2" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00A076D5">
+          <w:p w14:paraId="26F128C5" w14:textId="52947006" w:rsidR="00A32A89" w:rsidRPr="00D221F4" w:rsidRDefault="00A32A89" w:rsidP="00D221F4">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="00D221F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Resumen de</w:t>
             </w:r>
-            <w:r w:rsidR="00532D4C" w:rsidRPr="005D3ED1">
+            <w:r w:rsidR="00532D4C" w:rsidRPr="00D221F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>l certificado (</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005D3ED1">
+              <w:t>l certificado</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7975" w:rsidRPr="00D221F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:bCs/>
-                <w:iCs/>
+                <w:b/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A3E7FC7" w14:textId="214FAC6B" w:rsidR="001B7975" w:rsidRPr="00A65F3C" w:rsidRDefault="00D221F4" w:rsidP="001B7975">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">Explicar brevemente en qué consiste, los antecedentes que dieron su </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00532D4C" w:rsidRPr="005D3ED1">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:bCs/>
-                <w:iCs/>
+                <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>origen) máximo de 150 palabras.</w:t>
+              <w:t xml:space="preserve">20.1 </w:t>
+            </w:r>
+            <w:r w:rsidR="001B7975" w:rsidRPr="00A65F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Resultados de Aprendizaje (Redactar los resultados de aprendizaje, considerando los contenidos de los espacios de aprendizaje que integran el Certificado Universitario)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="075A08A2" w14:textId="77777777" w:rsidTr="00783297">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="00A65F3C" w14:paraId="075A08A2" w14:textId="77777777" w:rsidTr="00A23BB9">
         <w:trPr>
-          <w:trHeight w:val="1701"/>
+          <w:trHeight w:val="379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="35F6BED4" w14:textId="77777777" w:rsidR="00455628" w:rsidRDefault="00455628" w:rsidP="007F556B">
+          <w:p w14:paraId="67FF908A" w14:textId="77777777" w:rsidR="00CF4C4B" w:rsidRDefault="00CF4C4B" w:rsidP="007F556B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1F8D35EA" w14:textId="22E7E988" w:rsidR="00CF4C4B" w:rsidRPr="005D3ED1" w:rsidRDefault="00CF4C4B" w:rsidP="007F556B">
+          <w:p w14:paraId="1F8D35EA" w14:textId="5258EC80" w:rsidR="00D221F4" w:rsidRPr="00A65F3C" w:rsidRDefault="00D221F4" w:rsidP="007F556B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="2CA0C6A4" w14:textId="77777777" w:rsidTr="003F0241">
+      <w:tr w:rsidR="00E67916" w:rsidRPr="00A65F3C" w14:paraId="4C4B869C" w14:textId="77777777" w:rsidTr="003F0241">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BF0C66" w14:textId="37217E45" w:rsidR="00E67916" w:rsidRPr="00A65F3C" w:rsidRDefault="00D221F4" w:rsidP="00E67916">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20.2 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E67916" w:rsidRPr="00A65F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Impacto que se desea generar con la implementación del Certificado; (cambios mencione tres como mínimo y en 100 palabras)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67916" w:rsidRPr="00A65F3C" w14:paraId="52E81647" w14:textId="77777777" w:rsidTr="003F0241">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACED4DE" w14:textId="77777777" w:rsidR="00E67916" w:rsidRPr="00A65F3C" w:rsidRDefault="00E67916" w:rsidP="00E67916">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="108CD306" w14:textId="77777777" w:rsidR="00E67916" w:rsidRDefault="00E67916" w:rsidP="00E67916">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="763E6651" w14:textId="1C2D4A6C" w:rsidR="00D221F4" w:rsidRPr="00A65F3C" w:rsidRDefault="00D221F4" w:rsidP="00E67916">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67916" w:rsidRPr="00A65F3C" w14:paraId="522DF778" w14:textId="77777777" w:rsidTr="003F0241">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="2409F24A" w14:textId="5C0B0F0E" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00A076D5">
-[...7 lines deleted...]
-              <w:ind w:left="351" w:hanging="351"/>
+          <w:p w14:paraId="5CEB83D9" w14:textId="608EE21D" w:rsidR="00E67916" w:rsidRPr="00A65F3C" w:rsidRDefault="00D221F4" w:rsidP="00E67916">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005D3ED1">
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005D3ED1">
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20.3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E67916" w:rsidRPr="00A65F3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-                <w:bCs/>
-[...21 lines deleted...]
-              <w:t>l Certificado Universitario. (150 palabras)</w:t>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resumen de la logística que empleará para el desarrollo de la actividad; (recursos materiales) papelería, salones, transporte otros </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="7CEB026D" w14:textId="77777777" w:rsidTr="003F0241">
-[...31 lines deleted...]
-      <w:tr w:rsidR="007912BB" w:rsidRPr="005D3ED1" w14:paraId="66E3D344" w14:textId="77777777" w:rsidTr="003F0241">
+      <w:tr w:rsidR="00E67916" w:rsidRPr="00A65F3C" w14:paraId="48385A4C" w14:textId="77777777" w:rsidTr="003F0241">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
-[...9 lines deleted...]
-              <w:ind w:left="351" w:hanging="351"/>
+          </w:tcPr>
+          <w:p w14:paraId="487B960D" w14:textId="485F8401" w:rsidR="00E67916" w:rsidRPr="00A65F3C" w:rsidRDefault="00E67916" w:rsidP="00E67916">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:b/>
-[...735 lines deleted...]
-            <w:r w:rsidRPr="005D3ED1">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A65F3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34ECECD4" w14:textId="11A4975D" w:rsidR="00A32A89" w:rsidRPr="00CF4C4B" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
+    <w:p w14:paraId="33F7D699" w14:textId="77777777" w:rsidR="00A65F3C" w:rsidRDefault="00A65F3C" w:rsidP="00A65F3C">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34ECECD4" w14:textId="45F0783C" w:rsidR="00A32A89" w:rsidRPr="00CF4C4B" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4C4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve">DETALLE DEL PRESUPUESTO </w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5093" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3115"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1560"/>
         <w:gridCol w:w="491"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="175"/>
         <w:gridCol w:w="1352"/>
         <w:gridCol w:w="208"/>
-        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1730"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="4639C9C0" w14:textId="77777777" w:rsidTr="00DF4F4B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22D0FAFF" w14:textId="04BFBEE9" w:rsidR="00A32A89" w:rsidRPr="00CF4C4B" w:rsidRDefault="00A32A89" w:rsidP="003F0241">
+          <w:p w14:paraId="22D0FAFF" w14:textId="728994EF" w:rsidR="00A32A89" w:rsidRPr="000A6456" w:rsidRDefault="00A32A89" w:rsidP="000A6456">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CF4C4B">
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Presupuesto</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF4C4B">
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> de ingresos </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF4C4B">
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(manifestado en lempiras)</w:t>
             </w:r>
-            <w:r w:rsidR="00CC24C8" w:rsidRPr="00CF4C4B">
+            <w:r w:rsidR="00CC24C8" w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="71053F69" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="71053F69" w14:textId="77777777" w:rsidTr="00A65F3C">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31FDAD0F" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Concepto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15395,84 +13339,84 @@
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453C0014" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Costo unitario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29DBD19D" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Costo Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="0F2FD689" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="0F2FD689" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715E9501" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Cuotas de inscripción</w:t>
             </w:r>
           </w:p>
@@ -15488,72 +13432,72 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633929C9" w14:textId="6406FB6D" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2304EE1F" w14:textId="4273801F" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="7372543F" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="7372543F" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3945ECE2" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mensualidades / módulos</w:t>
             </w:r>
           </w:p>
@@ -15569,72 +13513,72 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14678262" w14:textId="1A6F2D2D" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6201A05F" w14:textId="4494C5A5" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="43DCF646" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="43DCF646" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0416D8C5" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Gestión de becas (donaciones)</w:t>
             </w:r>
           </w:p>
@@ -15650,72 +13594,72 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A007C21" w14:textId="51504A37" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FA6FA4A" w14:textId="3D4669A9" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="3BEEBD46" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="3BEEBD46" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EE0ABFB" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Otros</w:t>
             </w:r>
           </w:p>
@@ -15731,312 +13675,301 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1776869C" w14:textId="638C3113" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3916D4CE" w14:textId="69F127AE" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="19B7C46B" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="19B7C46B" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3981" w:type="pct"/>
+            <w:tcW w:w="3982" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E37949A" w14:textId="5B3F6B7E" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Total</w:t>
-[...16 lines deleted...]
-            <w:tcW w:w="1019" w:type="pct"/>
+              <w:t>Total Ingresos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="754CADE3" w14:textId="48F4326D" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="54C231B9" w14:textId="77777777" w:rsidTr="00DF4F4B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39F70687" w14:textId="72D30148" w:rsidR="00A32A89" w:rsidRPr="00CF4C4B" w:rsidRDefault="00A32A89" w:rsidP="003F0241">
+          <w:p w14:paraId="39F70687" w14:textId="2E9E783A" w:rsidR="00A32A89" w:rsidRPr="000A6456" w:rsidRDefault="00A32A89" w:rsidP="000A6456">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CF4C4B">
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Presupuesto</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF4C4B">
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> de egresos </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF4C4B">
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(manifestado en lempiras)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="1276DE88" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="1276DE88" w14:textId="77777777" w:rsidTr="00A65F3C">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="175"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2712" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FA6764" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D3ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Concepto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="561" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="795D315B" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D3ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Cantidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="073B5B96" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D3ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Costo unitario</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1018" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B352FC9" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D3ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Costo Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="3423616E" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
-[...119 lines deleted...]
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7543B6D5" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Pago de personal docente</w:t>
             </w:r>
           </w:p>
@@ -16052,72 +13985,72 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EBECC38" w14:textId="079E6F32" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78AD8710" w14:textId="3449A07B" w:rsidR="00455628" w:rsidRPr="005D3ED1" w:rsidRDefault="00455628" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="316D008A" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="316D008A" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C5D9319" w14:textId="77777777" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Gastos de materiales y suministros</w:t>
             </w:r>
           </w:p>
@@ -16129,70 +14062,70 @@
           </w:tcPr>
           <w:p w14:paraId="3CE113A1" w14:textId="46606DF0" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="21BAD065" w14:textId="51E7D843" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="16D9826B" w14:textId="34D45C5B" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="23F6ECAD" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="23F6ECAD" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DBA746B" w14:textId="77777777" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Gastos de movilización (transporte, pasajes)</w:t>
             </w:r>
           </w:p>
@@ -16208,72 +14141,72 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65A92EEA" w14:textId="7F0CEB13" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2679A68B" w14:textId="7C6663BB" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="474A192D" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="474A192D" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52E27BF1" w14:textId="77777777" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Gastos de manutención y hospedaje</w:t>
             </w:r>
           </w:p>
@@ -16289,72 +14222,72 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50B7DEE7" w14:textId="00C2B813" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38EF16CA" w14:textId="69C33485" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="5C53FDF9" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="5C53FDF9" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00B4AC5E" w14:textId="77777777" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Costos administrativos / Financieros</w:t>
             </w:r>
           </w:p>
@@ -16370,72 +14303,72 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31566AC4" w14:textId="41D7B416" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B4AB6CF" w14:textId="5F5B04E5" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB2585" w:rsidRPr="005D3ED1" w14:paraId="5ED096D3" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00DB2585" w:rsidRPr="005D3ED1" w14:paraId="5ED096D3" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2711" w:type="pct"/>
+            <w:tcW w:w="2712" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A7BB3B5" w14:textId="7F492704" w:rsidR="00DB2585" w:rsidRPr="005D3ED1" w:rsidRDefault="00DB2585" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Otros gastos</w:t>
             </w:r>
           </w:p>
@@ -16451,267 +14384,266 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40B2323D" w14:textId="25FD9FBC" w:rsidR="00DB2585" w:rsidRPr="005D3ED1" w:rsidRDefault="00DB2585" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F3E29A7" w14:textId="12CB8D6F" w:rsidR="00DB2585" w:rsidRPr="005D3ED1" w:rsidRDefault="00DB2585" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="116A67FD" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="116A67FD" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3981" w:type="pct"/>
+            <w:tcW w:w="3982" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AD5B262" w14:textId="6B911B86" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="005F12B6" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Total,</w:t>
             </w:r>
             <w:r w:rsidR="00B569D3" w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> egresos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="732945DF" w14:textId="231462B7" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="3F519E8E" w14:textId="77777777" w:rsidTr="00935EB6">
+      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="3F519E8E" w14:textId="77777777" w:rsidTr="00092B8D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="111"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3981" w:type="pct"/>
+            <w:tcW w:w="3982" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="476B73D1" w14:textId="38D9D87E" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Excedente de la actividad (ingresos menos los egresos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="pct"/>
+            <w:tcW w:w="1018" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0047032E" w14:textId="601BCC89" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="2E2D81B2" w14:textId="77777777" w:rsidTr="003F0241">
+      <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="2E2D81B2" w14:textId="77777777" w:rsidTr="00A65F3C">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1701"/>
+          <w:trHeight w:val="922"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2453" w:type="pct"/>
+            <w:tcW w:w="2454" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="393C72D2" w14:textId="1DD14C73" w:rsidR="00B569D3" w:rsidRPr="00935EB6" w:rsidRDefault="00B569D3" w:rsidP="003F0241">
+          <w:p w14:paraId="393C72D2" w14:textId="0603B721" w:rsidR="00B569D3" w:rsidRPr="000A6456" w:rsidRDefault="00B569D3" w:rsidP="000A6456">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
+              <w:ind w:left="345"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00935EB6">
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Breve descripción en qué se destinará el excedente de la actividad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="pct"/>
+            <w:tcW w:w="2546" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F0DC438" w14:textId="6D15D3DC" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w14:paraId="558228B3" w14:textId="77777777" w:rsidTr="00F42CD6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22D54BFA" w14:textId="714B68FF" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="003F0241">
+          <w:p w14:paraId="22D54BFA" w14:textId="5AE0CA6E" w:rsidR="00B569D3" w:rsidRPr="000A6456" w:rsidRDefault="00B569D3" w:rsidP="000A6456">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
+              <w:ind w:left="345"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Mecanismo de administración de la acción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="818" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BD08624" w14:textId="77777777" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -16725,60 +14657,67 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39B7087E" w14:textId="18117051" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCD9587" w14:textId="77777777" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
+          <w:p w14:paraId="3DCD9587" w14:textId="005AE4C4" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00A65F3C" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Código de </w:t>
+            </w:r>
+            <w:r w:rsidR="00B569D3" w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Tesorería de la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="909" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12EE2806" w14:textId="5240201A" w:rsidR="00B569D3" w:rsidRPr="005D3ED1" w:rsidRDefault="00B569D3" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -16807,87 +14746,88 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5160"/>
         <w:gridCol w:w="1069"/>
         <w:gridCol w:w="1352"/>
         <w:gridCol w:w="1943"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="7F809703" w14:textId="77777777" w:rsidTr="00DF4F4B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E0CE380" w14:textId="067F7AB9" w:rsidR="00A32A89" w:rsidRPr="00CF4C4B" w:rsidRDefault="00783297" w:rsidP="00783297">
+          <w:p w14:paraId="6E0CE380" w14:textId="273C4B8D" w:rsidR="00A32A89" w:rsidRPr="000A6456" w:rsidRDefault="00783297" w:rsidP="000A6456">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="351" w:hanging="351"/>
+              <w:ind w:left="345"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Detalle del a</w:t>
             </w:r>
-            <w:r w:rsidR="00A32A89" w:rsidRPr="00CF4C4B">
+            <w:r w:rsidR="00A32A89" w:rsidRPr="000A6456">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>porte en especies de la UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="5491F2DA" w14:textId="77777777" w:rsidTr="00DF4F4B">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="5491F2DA" w14:textId="77777777" w:rsidTr="00A65F3C">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2709" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="032E557D" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Concepto</w:t>
             </w:r>
@@ -17257,53 +15197,54 @@
           <w:p w14:paraId="1187777F" w14:textId="52C10B47" w:rsidR="00B23C39" w:rsidRPr="005D3ED1" w:rsidRDefault="00B23C39" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1020" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14FFEF0C" w14:textId="06B7C303" w:rsidR="00B23C39" w:rsidRPr="005D3ED1" w:rsidRDefault="00B23C39" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23C39" w:rsidRPr="005D3ED1" w14:paraId="5D92DE0D" w14:textId="77777777" w:rsidTr="00DF4F4B">
+      <w:tr w:rsidR="00B23C39" w:rsidRPr="005D3ED1" w14:paraId="5D92DE0D" w14:textId="77777777" w:rsidTr="00A65F3C">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3980" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E30D79A" w14:textId="4EF2B093" w:rsidR="00B23C39" w:rsidRPr="005D3ED1" w:rsidRDefault="00C243AB" w:rsidP="00CF4C4B">
             <w:pPr>
               <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Total,</w:t>
@@ -17311,409 +15252,299 @@
             <w:r w:rsidR="00B23C39" w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> aporte UNAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1020" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32CC2ACE" w14:textId="2980478F" w:rsidR="00B23C39" w:rsidRPr="005D3ED1" w:rsidRDefault="00B23C39" w:rsidP="00B23C39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BD88A4F" w14:textId="77777777" w:rsidR="00C243AB" w:rsidRPr="005D3ED1" w:rsidRDefault="00C243AB" w:rsidP="00F42CD6">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+    <w:p w14:paraId="7469F30B" w14:textId="77777777" w:rsidR="00A15744" w:rsidRDefault="00A15744" w:rsidP="0099484C">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69506781" w14:textId="4CF2DE9A" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00783297">
+    <w:p w14:paraId="69506781" w14:textId="154ADF6C" w:rsidR="00A32A89" w:rsidRPr="0099484C" w:rsidRDefault="00A32A89" w:rsidP="00A15744">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-          <w:iCs/>
-          <w:lang w:val="es-ES"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3ED1">
+      <w:r w:rsidRPr="0099484C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>FIRMAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5166" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4674"/>
         <w:gridCol w:w="4986"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="4EE39120" w14:textId="77777777" w:rsidTr="00DF4F4B">
+      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="4EE39120" w14:textId="77777777" w:rsidTr="00A65F3C">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="382"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="4C9FBC05" w14:textId="5D483E1C" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00C243AB" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Jefe de D</w:t>
             </w:r>
             <w:r w:rsidR="00935EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>partamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
-          <w:p w14:paraId="26FCE4D5" w14:textId="23B94D87" w:rsidR="00A32A89" w:rsidRPr="00783297" w:rsidRDefault="00783297" w:rsidP="00DF4F4B">
+          <w:p w14:paraId="26FCE4D5" w14:textId="162C1E34" w:rsidR="00A32A89" w:rsidRPr="00783297" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...32 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="354923CC" w14:textId="77777777" w:rsidTr="00DF4F4B">
         <w:trPr>
           <w:trHeight w:val="395"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0B4358FC" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="31B985A7" w14:textId="77777777" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
+          <w:p w14:paraId="31B985A7" w14:textId="7D8CB37A" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A65F3C" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D3ED1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Nombre:</w:t>
+              <w:t>Firma:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="19E16E09" w14:textId="77777777" w:rsidTr="00483E6C">
         <w:trPr>
           <w:trHeight w:val="915"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="51EF1190" w14:textId="5A759CFB" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5B81B3F4" w14:textId="3FCAF874" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w14:paraId="2CE721C0" w14:textId="77777777" w:rsidTr="00DF4F4B">
-[...57 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00783297" w:rsidRPr="005D3ED1" w14:paraId="07392AB0" w14:textId="77777777" w:rsidTr="00783297">
         <w:trPr>
           <w:trHeight w:val="277"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="7772B93C" w14:textId="4C23C9EC" w:rsidR="00783297" w:rsidRPr="005D3ED1" w:rsidRDefault="00783297" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Decano (a) o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>D</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> (a) del Centro R</w:t>
+              <w:t>irector (a) del Centro R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="005D3ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>gional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783297" w:rsidRPr="005D3ED1" w14:paraId="62535E4F" w14:textId="77777777" w:rsidTr="00783297">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -17748,693 +15579,145 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6B70CDD0" w14:textId="77777777" w:rsidR="00783297" w:rsidRDefault="00783297" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1CFDB656" w14:textId="77777777" w:rsidR="00783297" w:rsidRDefault="00783297" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1F1B480F" w14:textId="77777777" w:rsidR="00783297" w:rsidRDefault="00783297" w:rsidP="00DF4F4B">
+          <w:p w14:paraId="78015042" w14:textId="77777777" w:rsidR="00783297" w:rsidRDefault="00783297" w:rsidP="00A15744">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783297" w:rsidRPr="005D3ED1" w14:paraId="54700942" w14:textId="77777777" w:rsidTr="00783297">
         <w:trPr>
           <w:trHeight w:val="277"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="09CE8FD1" w14:textId="743991E6" w:rsidR="00783297" w:rsidRPr="005D3ED1" w:rsidRDefault="00783297" w:rsidP="00DF4F4B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre, firma y sello</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="227FCFD5" w14:textId="77777777" w:rsidR="005F12B6" w:rsidRDefault="005F12B6" w:rsidP="00483E6C">
-[...79 lines deleted...]
-    <w:p w14:paraId="0D558AAE" w14:textId="24E9E125" w:rsidR="00A32A89" w:rsidRPr="005D3ED1" w:rsidRDefault="00A32A89" w:rsidP="00935EB6">
+    <w:p w14:paraId="01E269F0" w14:textId="77777777" w:rsidR="00C243AB" w:rsidRPr="005D3ED1" w:rsidRDefault="00C243AB" w:rsidP="00A32A89">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D3ED1">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...451 lines deleted...]
-    <w:sectPr w:rsidR="00C243AB" w:rsidRPr="005D3ED1" w:rsidSect="007461AD">
+    <w:sectPr w:rsidR="00C243AB" w:rsidRPr="005D3ED1" w:rsidSect="00DD2664">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="2268" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1843" w:right="1440" w:bottom="1440" w:left="1440" w:header="737" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="374718A9" w14:textId="77777777" w:rsidR="00C2740A" w:rsidRDefault="00C2740A" w:rsidP="007D0977">
+    <w:p w14:paraId="08C4829C" w14:textId="77777777" w:rsidR="00AF589F" w:rsidRDefault="00AF589F" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D31EBB8" w14:textId="77777777" w:rsidR="00C2740A" w:rsidRDefault="00C2740A" w:rsidP="007D0977">
+    <w:p w14:paraId="467838D4" w14:textId="77777777" w:rsidR="00AF589F" w:rsidRDefault="00AF589F" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -18468,302 +15751,975 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1954B7E0" w14:textId="77777777" w:rsidR="00F42CD6" w:rsidRDefault="00F42CD6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="1954B7E0" w14:textId="0C72BF24" w:rsidR="004A0657" w:rsidRDefault="004A0657">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="428A3C20" wp14:editId="4C316A6C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1080135</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-175734</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7786000" cy="354842"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="Cuadro de texto 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7786000" cy="354842"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3CC07EF3" w14:textId="77777777" w:rsidR="00F42CD6" w:rsidRPr="003D5A19" w:rsidRDefault="00F42CD6" w:rsidP="006957EF">
+                        <w:p w14:paraId="3CC07EF3" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="003D5A19" w:rsidRDefault="004A0657" w:rsidP="006957EF">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:color w:val="003671"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="428A3C20" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-85.05pt;margin-top:-13.85pt;width:613.05pt;height:27.95pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiDFRk/AEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxnCY1ohRduw4D&#10;ugvQ7QMUWY6FSaImKbGzrx8lp2mwvQ17EUhRPOQ5pNY3o9HkIH1QYBmdz0pKpBXQKrtj9Pu3hzcr&#10;SkLktuUarGT0KAO92bx+tR5cIyvoQbfSEwSxoRkco32MrimKIHppeJiBkxaDHXjDI7p+V7SeD4hu&#10;dFGV5VUxgG+dByFDwNv7KUg3Gb/rpIhfui7ISDSj2FvMp8/nNp3FZs2bneeuV+LUBv+HLgxXFoue&#10;oe555GTv1V9QRgkPAbo4E2AK6DolZOaAbOblH2yeeu5k5oLiBHeWKfw/WPH58OS+ehLHdzDiADOJ&#10;4B5B/AjEwl3P7U7eeg9DL3mLhedJsmJwoTmlJqlDExLIdvgELQ6Z7yNkoLHzJqmCPAmi4wCOZ9Hl&#10;GInAy+VydVWWGBIYe7uoV3WVS/DmOdv5ED9IMCQZjHocakbnh8cQUze8eX6Sill4UFrnwWpLBkav&#10;F9UiJ1xEjIq4d1oZRldYHevnhETyvW2zHbnSk40FtD2xTkQnynHcjkS1jOZ+kwhbaI8og4dpzfBb&#10;oNGD/0XJgCvGaPi5515Soj9alPJ6XtdpJ7NTL5YVOv4ysr2McCsQitFIyWTexbzHE+VblLxTWY2X&#10;Tk4t4+pkkU5rnnbz0s+vXj7j5jcAAAD//wMAUEsDBBQABgAIAAAAIQCpD5Jx3wAAAAwBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSHuHyEjctqQVW0dpOk0griDGhsQta7y2onGqJlvL2+Od&#10;4GbLn35/f7GZXCcuOITWk4ZkoUAgVd62VGvYf7zM1yBCNGRN5wk1/GCATTm7KUxu/UjveNnFWnAI&#10;hdxoaGLscylD1aAzYeF7JL6d/OBM5HWopR3MyOGuk6lSK+lMS/yhMT0+NVh9785Ow+H19PV5r97q&#10;Z7fsRz8pSe5Ban13O20fQUSc4h8MV31Wh5Kdjv5MNohOwzzJVMIsT2mWgbgiarnifkcN6ToFWRby&#10;f4nyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGIMVGT8AQAA1AMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKkPknHfAAAADAEAAA8AAAAAAAAA&#10;AAAAAAAAVgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-85.05pt;margin-top:-13.85pt;width:613.05pt;height:27.95pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+HZpPEgIAAAAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3ayySZrxVlts92q&#10;0vYibfsBGHCMCgwFEjv9+g44SaP2reoLGpiZM3PODOv7wWhykD4osDWdTkpKpOUglN3V9NvXpzcr&#10;SkJkVjANVtb0KAO937x+te5dJWfQgRbSEwSxoepdTbsYXVUUgXfSsDABJy06W/CGRbz6XSE86xHd&#10;6GJWlrdFD144D1yGgK+Po5NuMn7bSh4/t22QkeiaYm8xnz6fTTqLzZpVO89cp/ipDfYPXRimLBa9&#10;QD2yyMjeq7+gjOIeArRxwsEU0LaKy8wB2UzLP9i8dMzJzAXFCe4iU/h/sPzT4YsnStQUB2WZwRFt&#10;90x4IEKSKIcIZJZE6l2oMPbFYXQc3sKAw86Eg3sG/j0QC9uO2Z188B76TjKBTU5TZnGVOuKEBNL0&#10;H0FgNbaPkIGG1pukIGpCEB2HdbwMCPsgHB+Xy9VtWaKLo+9mMV/Nc3MFq87Zzof4XoIhyaipxwXI&#10;6OzwHGLqhlXnkFTMwpPSOi+BtqSv6d1itsgJVx6jIu6oVgZFwupYPyckku+syHZkSo82FtD2xDoR&#10;HSnHoRmyyjdnMRsQR5TBw7iS+IXQ6MD/pKTHdaxp+LFnXlKiP1iU8m46n6f9zZf5YjnDi7/2NNce&#10;ZjlC1TRSMprbmHd+pPyAkrcqq5FmM3ZyahnXLIt0+hJpj6/vOer3x938AgAA//8DAFBLAwQUAAYA&#10;CAAAACEAqQ+Scd8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8hI3LakFVtH&#10;aTpNIK4gxobELWu8tqJxqiZby9vjneBmy59+f3+xmVwnLjiE1pOGZKFAIFXetlRr2H+8zNcgQjRk&#10;TecJNfxggE05uylMbv1I73jZxVpwCIXcaGhi7HMpQ9WgM2HheyS+nfzgTOR1qKUdzMjhrpOpUivp&#10;TEv8oTE9PjVYfe/OTsPh9fT1ea/e6me37Ec/KUnuQWp9dzttH0FEnOIfDFd9VoeSnY7+TDaITsM8&#10;yVTCLE9ploG4Imq54n5HDek6BVkW8n+J8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+&#10;HZpPEgIAAAAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCpD5Jx3wAAAAwBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3CC07EF3" w14:textId="77777777" w:rsidR="00F42CD6" w:rsidRPr="003D5A19" w:rsidRDefault="00F42CD6" w:rsidP="006957EF">
+                  <w:p w14:paraId="3CC07EF3" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="003D5A19" w:rsidRDefault="004A0657" w:rsidP="006957EF">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:color w:val="003671"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1ECC8010" wp14:editId="26599C96">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1905</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>161595</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5612130" cy="107950"/>
           <wp:effectExtent l="0" t="0" r="7620" b="6350"/>
           <wp:wrapNone/>
-          <wp:docPr id="480926101" name="0 Imagen"/>
+          <wp:docPr id="23" name="0 Imagen"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="leyenda.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="107950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70492FB1" w14:textId="77777777" w:rsidR="00C2740A" w:rsidRDefault="00C2740A" w:rsidP="007D0977">
+    <w:p w14:paraId="08FE928A" w14:textId="77777777" w:rsidR="00AF589F" w:rsidRDefault="00AF589F" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13DCF16A" w14:textId="77777777" w:rsidR="00C2740A" w:rsidRDefault="00C2740A" w:rsidP="007D0977">
+    <w:p w14:paraId="5A29F348" w14:textId="77777777" w:rsidR="00AF589F" w:rsidRDefault="00AF589F" w:rsidP="007D0977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3968648E" w14:textId="77777777" w:rsidR="00F42CD6" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="3968648E" w14:textId="77777777" w:rsidR="004A0657" w:rsidRDefault="004A0657">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="3CD6A39E">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s1026" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark403423329" o:spid="_x0000_s2050" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251646976;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="460EA0F8" w14:textId="77777777" w:rsidR="00F42CD6" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="460EA0F8" w14:textId="53F066BD" w:rsidR="004A0657" w:rsidRDefault="004A0657">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5144BEDB" wp14:editId="2131D59A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-751992</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-365201</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5529885" cy="938530"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Grupo 1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5529885" cy="938530"/>
+                        <a:chOff x="0" y="0"/>
+                        <a:chExt cx="5529885" cy="938530"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="6" name="Imagen 6" descr="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill rotWithShape="1">
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                              <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a14:imgLayer r:embed="rId2">
+                                  <a14:imgEffect>
+                                    <a14:colorTemperature colorTemp="11200"/>
+                                  </a14:imgEffect>
+                                </a14:imgLayer>
+                              </a14:imgProps>
+                            </a:ext>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect l="43061" t="2841" r="23580" b="89002"/>
+                        <a:stretch/>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="3833165" y="226771"/>
+                          <a:ext cx="1696720" cy="536575"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:extLst>
+                          <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:spPr>
+                    </pic:pic>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="21" name="Imagen 21" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId3">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4206240" cy="938530"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="3400725D" id="Grupo 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-59.2pt;margin-top:-28.75pt;width:435.4pt;height:73.9pt;z-index:251678720" coordsize="55298,9385" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAZ5QTeuQMAAFAKAAAOAAAAZHJzL2Uyb0RvYy54bWzUVttu2zYYvi/QdyBU&#10;YFdVdLBOVuMUju0GAbI1WFf0mqYoiagkEiRlOy36MH2GPUJebD8p2W3ttFs7bNguLJMUD///HX7q&#10;/PmubdCGSsV4N3OCM99BtCO8YF01c17/9sLNHKQ07grc8I7OnDuqnOcXjx+db0VOQ17zpqASwSad&#10;yrdi5tRai9zzFKlpi9UZF7SDlyWXLdbQlZVXSLyF3dvGC30/8bZcFkJyQpWC0eXw0rmw+5clJfpl&#10;WSqqUTNzIDZtn9I+1+bpXZzjvJJY1IyMYeAfiKLFrINDD1stscaol+xkq5YRyRUv9RnhrcfLkhFq&#10;c4BsAv8omyvJe2FzqfJtJQ4wAbRHOP3wtuSXza1ErADuHNThFii6kr3gKDDQbEWVw4wrKV6JWzkO&#10;VEPPZLsrZWv+IQ+0s6DeHUClO40IDMZxOM2y2EEE3k0nWTwZUSc1UHOyjNSrby/09sd6JrpDMIKR&#10;HH4jRtA6wejPtQSrdC+pM27S/qU9Wizf9sIFOgXWbM0apu+sNIE4E1S3uWXkVg6dT3Ane7ivW1zR&#10;DkG/oIqANK87TWWJ30Ef9arHknFUyfuPIBX8FM1FA/+E3f/e/fRkN39mH0uzkgk7imA3KnGBEe41&#10;b+8/apjfUtjUMGoiMkEMIWED2Q0nbxXq+KLGXUXnSoBpjBxgtvfldNv9Ip91w8QL1jRIcv2G6fpV&#10;jQVIKLBeMC9HKCGtI8U+wMbghiUnvQl3sLekDaDKO1UzoRwkc9quKahVXhfDISCzG6WNCI3grOXe&#10;h9nc96fhpbuI/YUb+enKnU+j1E39VRr5URYsgsUHE2IQ5b2iAABuloKNscLoSbQP+musRINzbQVA&#10;G2zrjIHOBrT/tyHCkIHExKok+RVgNlUpmvgJeA8gD7MIGgBVOIkzKFZQoLKp74eGCViiJdWk3rOy&#10;R36gVIE90Xr7My8AfcO7JeDInpNsMgkScCIYMQyTNLUcD8AZpwbJNElDONg4NZ4kcRpbEewNB2qR&#10;Sl9R3iLTABIgBXsQ3kCCQ9L7KSMjJ9zAvhFwk7jz+TJ1o2iZuZeX0FosVtMIwovi1YEbVeOCb1+u&#10;FQFXFn+fnq/QYkRuABz1Dt0BVGiMZ0LrRBIPCPjoaoJV/1o5CQ/le6wnZmAsKDe84poJ/h+qF0Yd&#10;/3B5CK0y/6flYfC6QamE6mpKxaDdsQiMSj2tAWbFkevBz6eXchT6SRiNVv90KR/u1u+0ur0Yji1k&#10;72f4bLE1cPzEMt9Fn/eh/fmH4MUfAAAA//8DAFBLAwQUAAYACAAAACEALmzwAMUAAAClAQAAGQAA&#10;AGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kMGKwjAQhu8L+w5h7tu0PSyymPYigldxH2BIpmmw&#10;mYQkir69gWVBQfDmcWb4v/9j1uPFL+JMKbvACrqmBUGsg3FsFfwetl8rELkgG1wCk4IrZRiHz4/1&#10;nhYsNZRnF7OoFM4K5lLij5RZz+QxNyES18sUksdSx2RlRH1ES7Jv22+Z7hkwPDDFzihIO9ODOFxj&#10;bX7NDtPkNG2CPnni8qRCOl+7KxCTpaLAk3H4t+ybyBbkc4fuPQ7dv4N8eO5wAwAA//8DAFBLAwQU&#10;AAYACAAAACEA7XKQyeIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/CQBCG7yb+h82YeIPt&#10;ghWo3RJC1BMxEUwMt6Ed2obubtNd2vLvHU96m48n7zyTrkfTiJ46XzurQU0jEGRzV9S21PB1eJss&#10;QfiAtsDGWdJwIw/r7P4uxaRwg/2kfh9KwSHWJ6ihCqFNpPR5RQb91LVkeXd2ncHAbVfKosOBw00j&#10;Z1H0LA3Wli9U2NK2ovyyvxoN7wMOm7l67XeX8/Z2PMQf3ztFWj8+jJsXEIHG8AfDrz6rQ8ZOJ3e1&#10;hReNholSyydmuYoXMQhGFvGMJycNq2gOMkvl/x+yHwAAAP//AwBQSwMECgAAAAAAAAAhAPZIAYKz&#10;swIAs7MCABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAn3AAAM5AgD&#10;AAABuPomMwAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAABC1BMVEUAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAQGAQQGAAAAAAAAAAAAAALkYAOGAgQFj/vxAA&#10;Fy0ALEsAKkcAJ0MAOmAbQFoAJD4ALkcAKEUAOGAYQFj/vwwANVgAMlEALksAOVwaQFkANVoAMFIA&#10;MlAAMVAAOF0YQFoAN18ANFcAMVYAMlMAOV0XQlsAMFYAOF4aQlz/vwwANV0ANFsANVkANVgAMlcA&#10;NV8XPlkAN10ANlkAN18YQlgANVwANFoANl8XQloANlwAN10YQFkANl0AN1sANl4XQFoAOFwAN14Y&#10;QFoAN10ANl0ANl4XQFoAN14AN14YQFr/wAtUflfWAAAAVnRSTlMAAQIEBQYHCAoLDA0ODxAQERIT&#10;FiAgICIpKy4wMDE9P0BAQENITlBQUlpcXWBgYWdobHBweoCAgIGEh4iJj4+RmJ+fpKevr7W/v8DE&#10;z8/T39/g4u/v8HAfk9UAAAAJcEhZcwAALiMAAC4jAXilP3YAAP4sSURBVHhe7P1rb9xI066Jsrvd&#10;3e5ut9QtSHgHsNaMNMCysbGkD8veVR8Gy8aWsK2lwlhjAdIi3///SwYReb4zk4eqkup0X08/cjEz&#10;IklGBoN5Itk0ZCT/WQKFSBU0nYJCpAqaTkEhUgVNp6AQqYKmU1CIVEHTKShEqqDpFBQiVdB0CgqR&#10;Kmg6BYVIFTSdgkKkCppOQSFSBU2noFDTdIvr7vb2FpMJmk5BoeNOTNg8NDQggqZTQGbRNI/ybycm&#10;JAloOgWFhK7pxHg0YAqaTklFrMm65lL++ZxmTqYznGH6joKmUxIJiX3N9bP8q+FvFQ+8ttZTMHMn&#10;QdMpKKTOouf72DTPmDseY7evzoyYvYug6ZRYoFtY7I9usfQVnNhMNlZxZcumKwFNp8QCn5tFd/Y8&#10;1zPvzrrF7dIREKNe13VT2kPd5o1VAE2npCKPXdPdLbru8bI5e777GmfNm6a5nDfNXH7Mr+WP/LLb&#10;+tNjnG9ubGCqw7uj/vjY2QtcUu6yy9vYr+ue513Tyf87aRN0TfeMkq8Jmk6J8rvm8vJSb7xKsmEc&#10;QixizLHwNgl/gqgxn1yy3TEa0DTQnf1S2/oC7H/dQvajuxaZTO51QdMpUf61HKEesB7ypR6yzw32&#10;kz9qv8c++50dd83nxbn0ZW6NyLHLtfbzytnF6u3nFc53wH534Qj1H9kI16W336W1n9jgc8l+z2br&#10;sTm2LtZdq7gr212dYMsI65c+z1+/qdgrg6ZTUpHMfqEFE9lPLqzo3LCB4s/e5MXFCRr7nJ5JR/tt&#10;J2g6JZFwkdzEPWl02Ms5sV/T3an9vPsE21g9+496zGdnXC9j7Ob11I7QR+mSlqdxWP97U6DplETC&#10;neq53TqPr197eXeXEhkX1n8e6/a77eZy1V1f2qZLdAF7FfU9aWmCWdLtDdosBk2nxALP7hSd/338&#10;GNnPXm/dpfwW+7nzx/O1G93lrTT7uodL48Tefl/BfqhvJSS8SnNKY1/6v7vHTdgUTafEAsZActb2&#10;pOQEIFftJ/FPc4rn7+wn8s96D3HbkVAvorPQ/ZgqW5hQYO4ichufUNb6QNMpsYD631fjaCYw3abt&#10;4nEEe301Z+y2dWRxDMb7xFbn3dfuOPO/rrneQvt13YM1m7ffUtVs7wbS+u6eu1sXQ31Zo824ZaDp&#10;lCj/wbhKbL+lztVa3RSj4y+yqS1gw1cpfG5b4TLms9w4z1loHBQZyJ4Mmk6J8of2d9lJA+ZR+sBN&#10;Iz2rzvbGANMKUut9fezOrAGn+bKT7ToxdIGoTVO6TkI25iwPmk6JBbquu5x3XXcnkav7OJeue4pp&#10;2Ayhp/Os/3Ry/5C04+gU/Yn7FMDGESeiDfZLY6aPNkui4Jl3dSOtdzOXbVKu7fZZZuHpoOmUWOB2&#10;jkQ71ZugjH9IWDNNHLGynt5deplH7WF/2LmLWO6a+R2muRuFUZNGpLujNJd4L3Hy86/S37ZJquVs&#10;J9YTtVVB0ymxgLn1yujpXNwwOWU9sGNpQ1/KfVR7wc2jNHytt8UETR06APPZrqw995Jlo0z9/0ep&#10;t9Rm3bW0Aa2YTQqakQe6vGwnk0HTKYmEH4C2TBnzTMAB586PvoxCvc74ttvy9rNZ/q/K65iF/F/+&#10;Z/811pOJWF/aaqDplETio3if3CUW3eXDSrtMnFc2xkXONdNdPi/TgKiAplNSEWlBR6SZk7AlSNBc&#10;saStAU2ngMxdZL0VTzoqaLn23baBplNQSHq/TXf7uLL5ggUxeVdB0yko5N1m6XvH3oKmU1BIR0mn&#10;3S0PBTSdgkKkCppOQSFSBU2noBCpgqZTUIhUQdMpKESqoOkUFCKEEEIIIYQQQgghhBBCCCGEEEII&#10;IYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEImcnJygklkAicW&#10;TCfj+MkZUHiHuWQEsQUVFCD90H6rQfutRp/piokkocd8b3zWL5hFHD32w4v7Z8wmkYl+xRwlMaCA&#10;AofOkGES49XFDpXfhwyTGO/nn9nKTgm2wRxLEPgXs8gk+2EOGWMen/8X5pARt49hgcNmyDw/Dwkc&#10;Nt46NfMMChw2g+YZFDhsBs3j899gDonN8xZzLF4AM4gwaJ5BgYMmjFBhjuXdkMBh461TM8+gwGEz&#10;aJ5BgcNm0DxD+QfOoHkGBQ6bQfMMChw0/wyZx+fXBA6bQfMMChw2g+bx+b9hDonNUxsb9QKYQYRB&#10;8wwKHDR/9plH0/oEiLdOyTy6ILBPgPTZTxPf9gjsLaPP2QuenPyNeYdqv8gmfeeNYpmcTavm7yex&#10;RRwoo6AQirmkSvZ+EllDloO7oU9dV3Vy8nsi+1cqLIRMsy0rXQqZe0uwRDhdM3ureT81zcmfqUa6&#10;/l4JPWItI9nYb8KJJydrEuKrMc5VcisqQf0QHm7AE/f8G1IjmZ9SoaQxbdHUdGt/wfPOszK5gmih&#10;nB7ZPSI77Twz2UgAcSvjYmVdbH+I7qaY5eOb3QiSQHn5c6JRFdl1IjNgliDp7gaQSkaKFd1MqCa1&#10;wwydXJyRiyYp0mPzep4gUszedQZPrmYti1vjF2dDg8Wn13axw4QljrVzG7CfSwUBCHi/FfT2guiE&#10;MctSsl8m4VeoDZe3Xwyf7zj7JRsloT0lnG5tEV/gl5ppDtd+0OXvpyp7uPYLZzvidKuyZfuh1D4y&#10;6Wy9qJ8Qt0qlEDmqxJ1n0tlmov/kWlGBWV7T7F0nrvdskUy0oBUVmOV5f90fwskO336z5cwlG0lS&#10;tchcfNfxJhlxZigrg6Y4qJ/YLyszT9l10CZ9BFntbBS15Inqqv3ylJ0n2ARzcoJsoCRTs1+esvsE&#10;Sww/YhVkAwWZSDDLy+R3nropMiLJqpJJKmZnCXuBP9XBU0sl7bxlQahiP+k871/7ZdB+IQMlizp1&#10;++lmrrDzlM41omC/P8y2zA3Hkk6mXKbZyhR2H3+uxXOLkjO5gortG7vR5mggX4X/zRT2gMwuEdqc&#10;s2RyBRWXVJLV204svC9kJ5tm2Z/5eueCRs1+9lrPFfYBPFnIiX8nYgWNmv1s1MwV9gI82zQdhSIp&#10;eyfxyBPV+gNk3a9sD3uCP91kKbNJck/HgEmKhOxEWtqK9t9Ufm8Iq/i8S8UGiLf7TFDwVreRZu8f&#10;/oSRLB8UY7sUxGOvLCrvDcFCDn0CIcsFNc3zPzLxsnn3lGAkc6phQVCanpJYzf7yY9X/Bvfbf/sJ&#10;b96d/OPHsuSMI9MZUvmoHxdnemmZYQ5pLnsfKdhGEiLLGTKZyH7+NZOxgn2Bsfiky95D9B6MiXhR&#10;G6Lcv6OEOKcgDpr7BlomJbaHYCaO7IadT6/YL07y+XtHeq5lwvt2U0xu+JW0KJNL2ufvHXCyPXjL&#10;eDRZWzthyjfNdCl+Y9/IznaA8HSqVUL9OC+khK39IjFFAZ+fCPi1zyE7LC1C+XRrz/DnjxmKzy3J&#10;yKhAITeTLajuDdnZJ4TcSAglw+oYmxP9LG7vEeHUS2doM+xSF/u7KGkuaPsbSjMBM2zvE852xTPM&#10;0mVLZ3PN70g0AQrDUvaIYLzSGebpIcVrFR7xDYOJXqpQ+h6g51U9Q/sIcJIWJXk9oWBFIZLArH1A&#10;T8u35wq5WXLvQ5l5E7z/Cc9dx55W7RSLqZLiuxpeM5BKG/TpEUzcfdzwXe3ci8nRoF7Rfii/x7hT&#10;rZ14Oblov+Jms9+f3vIniqcdC+TpPfZDk9uN/fwKXBgTzqxg8elJRrTp3tERUvwzsU7Uk99bdpyT&#10;8G4hf5KZRCkj97YejyyI7AfxKVXOMZx7lmUo5GZJuL0nxMvTauf4h0/P8xSfF0U4lK+2LnebJCLh&#10;OWfpSv4Em8/qS8PtvUBO6J9kq3iOPqOYHSY6okSU9j2QSGbniV4dIRPm1afLzRRlIM0tpYdbsk0s&#10;yOw+4SSBIcFKZinNjigUZHYeezrhXD0o2euBpdQsDbf3gfhsktm00kkm+YlEb9oe2y8/m96T9Jko&#10;0pe0x/YrnEz/C4d9ZiqSPVSdSNqFXCHBC+06SdMlpPWdZbBCJNKXkrtfpeTdo3gu2VmG1dBpfiST&#10;pL19E7VciiYNhe005XPJzhKFgh3K9gMKej5pl6mdS3aWmZB/sG2M/YKaTxp+SHvrKZ1fLSsXygb7&#10;km2/kb6jt9qz2UWic8SXZ4SckAAi6KOZSolRQjtD8sbrJAeTtduRSEQOaDZRpcgooV0jP6HIsJFI&#10;LOETaT/lF39C4RSjEy2eciKBl3MZL9QrtctEi88MGhpL5+wEYLPXMqOEdh1/kuFczY/0LhNlD3b5&#10;LIUu3t7iT9U9/gZn7WJkJh4LAaOE9onwmMJbPfnoqWCwhBfsM80oob3jD/vwoJ64nSPODOETslfV&#10;RXihg7KfJ5x+boc8pYAX6jPyPuMNgGYIaYk8MEpob4if0fJfBo2GpcKnpOKZdZ+YM0poX4hMYqit&#10;PQMxzI4YJbQfxBbxoJBhnJQwRmYviObT7bnK+1z8XRjF48FAr1FgWGI/KNvCbjor4pBXooZZSrAy&#10;5uwXNTv4wc8gk39wuufhIqdeyd4Xwmlm5xmSI6FcrMl9s7/cfaLvNJP0dIKttJ7NA5J5wXtE72km&#10;6ZFkkp6DgnXJnaf/JOOnKnOzJKIJuOyoR3S3iT5fiVlKkjHVHtmT/vvH0AkmGT2yYaJSSO4nNZW9&#10;IJxzeYLbvcDP/TZg1y6UEkCJdHtPqJ6vJ8qpyUaFJKRSe8nw2Q7a79dCcpawr4Rzrz2k9kvocwTh&#10;KD8kJk9o5YL7SDj5MWdaEg5p/vUvSUaxZ7I3hLOfZL9CUl6ATU7eS7tv9Jx+TmEyN3vaI8ZmgF/u&#10;FeH0C+ePFGQLSYHSJPKeEc6/3PpLCMJ5StFIfXn7Qf/5A7lwnpLQn7sPDBggxcu6peVBu6xu5wAq&#10;ufvAgAFSMtmgXVEfyN59hgwQk8mGhJr2UP7OM2iBiEw2JNS0fX68pHyfGLRARCYbEmragwI7z4QT&#10;zIwREmragwI7z4QzRMlocBkkPcMSu87QGYbGSrZeN6hWdIdL3wP6zzBKz2wREsq6JZ0xzFoEBNoG&#10;UzaIP8Pi+5W2z37thflna0zYd4pxcmaLkFBSVYYlCszaplUrFezXNp+aL237XX7Kn22gfo5Jqhdz&#10;b+r0CQVNw7BEiVnbfP9wcf/h5l4sqP93tE1z1LTN/Zcjs7EV+PkLHKiLv09RMLNPqFpnWKKE8b8P&#10;s6N79L9Zc9pcvJdfF09Ne+PSzRW9OfwUejrWbsZG3VZuCj86UHt37PL2S/D2k3/F8ZTvzZfm1Py8&#10;8IY27priFF6S0mlCihcJMj7lteynrhflnhrPE/vdt+2FGE/++960R+1T28yeXst+0ZkOPu5RsF/F&#10;OtHEJoaGPpz92nZm/7XbzQcv803M5q/f1H72/v1tdt+2T69kv3QBb4wTyFNKSQkhvyJQRu33Sc/7&#10;Sv46E7zX6/WimTXNhyu9gq0vov+p082a9kLM90r2S09X+VVTsszoYvVpISkm6FQEyoj9XBwTC3n/&#10;+9b8aJoPehW3R03zo/ng7WdV761CO5NW5IX+DAW/POGE3UOs1lrR89XRk0Q+LSTFBJ1Jw1fqfz76&#10;q0cp+u/9vdnQf987+3k2dP+ooZYJZjAk+VlSoKwyjLRfbvzp/0jt11w9yd/vn+TvD2u/SFns9018&#10;UK9m9eQN8tPAN+BcUq3vZ5nkftp+jjaPwv3jqm2ugkG+OMtenIqhvxtva+/boxtNft+aSOD4ETaM&#10;W4Jp+7vVfXmKCJgdh239KwMvbdt6a/w/mmXufppVdrBgvlJuD+b+O9M7gfOiIu6EL+7bI3ut9l2/&#10;Jppqq1v/76ODhE8JqHJKGlLbJ62aT6aC2ra5+eLUJeGTKbRtjiTBHKgWZa6I9otkvr+QXBt+jpqm&#10;FUO17cl/O/mvJ22r3aj2ojFpxUUay5pPTkMbepZ738+Q07JXq9wamm+2ui/utc1y9NR8N/a7l7M9&#10;ta3qqCjDB2u75jSKrfKfnI75dS/OKj/NgYiNm7Z5cuZw18c33bIV8slWpy1i1vyw9jZ3NC314p0Y&#10;7OS/iAW1bdE4t/RH51jafE3T6vUY3Cc2gf+tQwjmp+9/zEzjpZW2zCd7QYOyawQ12sxWg83E141d&#10;ntzJi7msNe+1GaXFXEiW9TSTJDleXCpYjBZygzlFcnahDtr+f05ONESbHZSttIL5TG1Z7lt7k9WM&#10;IHPamOtDuPhyfz+Tu+/s/r4J92JL0GlmM7HUaXOhP2bNt+bUnl3zvZk1N58asaVzGjHrTO5EXyT5&#10;1OSJYzU/fkjmrLn65mQl+ejbTMLAhystYtZ8+CYW/yJRYWZs3x59ay6uZrP3N81s1jRPzZFcW9ZO&#10;ydMgq5ivkXuuM+AXuSZDjtwF1KnEg0z35KWJHXhFKkU5U3kLDq3pH6L9ZA3YtFetRPaQc9R8s23A&#10;ysHsJMFeKSg3lvZKzHdvrmPI0m3b8tsf8NmuVaxnQqAJRGg+bcflafsAfKEVs6fh7h+YTgghhJCJ&#10;2IEK/O9Cm3r6x/Rgp/534Sc9zDg+5o/5b7Z9B3GR/ofWJL24FpwHBUgvaD7abxpoPtpvGmg+2m8a&#10;aD7abxpovl77hSnII7NESKZzYgEjY5OwKLuOyJLqma375uKiubg4lW1JkY3mwvxfVtFIvuSYP175&#10;6AIPwq9ZCscjo5GxUsDkKPGMTow7dDerE0Dz4UlH6HGbCZzm6IP8vbrQycAbHV+/kSklO8VwIUPt&#10;38W8MgGiE0rNj9mR2fN3EXwyK1RbXSNjbS1tK9PE0mkcOzBmj0kn0HQJwwfJtXMd7siudLGNHFMz&#10;ey/j9Bc3eiR6PHKMbgfNNzk4qaGL9ubUz5bawsw0gpj59OK9TsJcnH5vPn2YmdMwBy3zcn60GM3X&#10;Yz+RvToV9aa5kFkW88eU6P76P3qqZsse+UzEJSUI+ip3J+FbqeJrbn5A1ex6EZE7tSIeW647Dje7&#10;KiZ3cjqLYDf9H/1hp1IUM2Suk15Ws53Jceif9HwsqfGG7CeTobP2tLm5+HTxrbn4JPZzx+EP64M5&#10;f9if2M9eBtFJuEOxf6z/fW+bU+d/MjEvixncBK5xSul8hIvtwi8nccXPZAmxTBRpkplAsqqx/Zzt&#10;ZLpKsFMO983s28V3XQMqpjtag/1uPsnEmJkblN1dNc3Tvcz8nepi8dbMjTXtjZkb+2KuZBHVZJnr&#10;ldgl6OSYzkc2zbd7mcK17mHLlkmvZjbTo5cJNJEU39U8nVLT/6yOcCoWeq+T5Dpf/O3+ov0mOxUp&#10;syMNKvJTJ+U+NK3M7VmjqP1VSE6oObLze+YwL5rT9uiiOdXZ01lj5uTCvtF8NfttP+6UjFuWbhQv&#10;AZpvd+23GdB8tN800Hy03zTQfLTfNNB8tN800Hy03zTQfLTfNNB8tN800Hy03zTQfLTfNNB8tN94&#10;/rMECpEqaDoFhUgVNJ2CQqQKmk5BIVIFTaegEKmCplNQiFRB0ykoRKqg6RQUIlXQdAoKkSpoOgWF&#10;SnSYcJig6RQUKkH7KWg6BYWapuua4y4xGe2noOkUFOqa5kz+PY6MRvspaDoFZL42TfOs/0VWo/0U&#10;NJ2Sitw1TXN93XWfP8dmo/0UNJ2SSKihxHSG4zh5OredAdN3FTSdgkLNtfx3rqZzZ76UBazx9siC&#10;aDolFuhM/GvsLaRpHn36VB6M4S7PF/tjQTSdEgssHhaLhfljsKc9/ezFZNb4divJrtErNceE1wZN&#10;p0T5Xfe1+dzdXTZN97Xruq8Ldz69p1UCDYbbNayQHAFmbQFoOiXKn3fz7rG7W8ybawn9Xx9cM1r+&#10;zqX653P/b/p3bi94w2djLqN9J1nnwYAuK1zWwbbBfiqx6B6brw9d0827S/mj/98caDolkbi8lEOP&#10;NqQdaE4rOm13xtHfLtJTd7MZd520h6RNWbafLcFZP7VfM18snJoknQeJjYCmUxIJ7yXmDPwpF+1n&#10;Tz+3X0i3/yWlOX2Teu7LcTsyez+2vzUEH4vwtd7Ntth+X5vm0tlBD7NzERvsJ38G7fc1uNjCNIa8&#10;kR69/Yzu8yPaz9re2XrRNZfNdSfFbLH9umA/ueKq9mu6M9m49ucopPaTv6LsrlEr57ONXUzKg48H&#10;m7XOMGg6JWTreRg7mFagnJWaEOwnbTvvGzYjsp+Pal3XfLUOm9rPq3g7ov0SQy4umzNTo5u1MJpO&#10;Cdnd9SX6Udcs9EdqP2MK71tl+827hVynx3L1aUIYEwv20zp7WCzcBRwkXGHCIrk5bQ40nRKy1VX0&#10;UBdqNb1+vf/ddt2i6469HZ/l37M++80ljD103XxuzFG2X5LnJdL/XepfaQNJBdr/vT5oOiVkd3O1&#10;37G/oLr5md6IzcFK7sfUD8OPkv0Mz/7yTJ2qSGxhsx/5VyrCpkTprw+aTgnZ3edjsZ90Pcwpd3M7&#10;ADPtYCP7NZ1WiiacjzhnKyH7fsz8z9tvS/2vWXS30s73PX5fy9MO1tnv/LLpvjZdc6nNkdhnovJM&#10;pHBM29Frg6ZTYoGHrrvstO9r7ffVjAVOPK3o+pV+h/W/YD+71XXdopE+thummLqj1PYZdwP5k0HT&#10;KVH+bfTb0NmGoP49u/w8nz9/nZttObjKAaql3PVrLOWsOkAQsb/svTun84Nrpi7SXBMC/K81gaZT&#10;ovxuPr+87br5x+6jcY/H7sFkOIlklKCKsZ85r1spUM8mO0eznaS6DWt6230z14JGQXP/D/eSc9Xw&#10;zarmct7dSqtJIqTdqfw6i/rYy4OmU2KBeYZJ15PQX5dySBLafcNFulZmiCAQXaqxRaJse1tRC3dh&#10;ZC+4THd3Lv9oLD6zd4yPYjAxxXWwoDm2rnkOd5pj/XX7EO4/TXempa0Imk6JBfR8Pnbd5WLR3clv&#10;e4Hqrj/LwV7Orz82i+ZRD1QPX7tx2hgMSBPIatp/TZfFcWtHpw0fOx84IvuZn+J/+p/8T/b57BpM&#10;qf2kpueLprlcNN1cYqr1QWvT5lblVwRNp8QCYeDZYtMn71rM0rddwwmZ61f9z21Z+2lA7LoHbZkb&#10;06odrYbYz1+10a/rkQfQC5pOSST0crnWinwWB7TJ03etjuU25ODHFTFOajzr8LoAmk5JReLrKpzz&#10;EgdhOlva50uK2mXQdEoqYk5XHSY656XO3hpub6w3yn523lHNGBKXPX9jPDsluvug6RQUavTGK6PH&#10;gWXtt2eg6RQUKt0taT8FTaegUAnaT0HTKShUgvZT0HQKCpWg/RQ0nYJCJWg/BU2noFCJyjjVoYGm&#10;U1CIEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQggh&#10;hBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQ&#10;QgghhBBCCCGEEEIImca7k5NfMY2M58TyO2aQcTgDKphJxpCY8OTk5C0KkF5+QwOiAOmH5luNHtNJ&#10;4p+YSFIG7Kf8gznE8XPdfHhxv8Nc0ut+QnZ7KYsdLkOGiU1XlzpchizzNjbe24b9PWDAfM2bYD3M&#10;IiPsF/zvJ8wiOgTTbz+fXxM4bAbNMyhw2Ayax+f/gTkkNk+tcewFMIMIg+YZFDhshszz+5DAYeOt&#10;UzPPoMBhM2ieQYHDZtA8Q/kHjjfPL5hjof16GTTPoMBB88eQeXx+TeCwGTTPoMBhM2gen1/rnhw2&#10;4+2HGUQYNM+gwGEzZJ4w+Iw5ZNLlWxM4bAbNMyhw2PSa500sIBsE6bOfJvbkk8h8BfscrP1+cec8&#10;1OT1xinZxyTW8/eUZLVAz3mDWLbq1Or6fMjeU/6JTdJ75igFS8idps9OcveVyBxy+cbnnpkglRUi&#10;C5qEA7PfX8EU4XQjQ8jfRCFZfeD4N/z0+m5jrwnnffIvpttwZnLz20puRcVp+419Bs67kNM0fwaZ&#10;3IjZFQ2pKL5fZOed5Zk7bCR3cnLyG4rGrmgS/GZtgmQ/CKed28+0aexGJOjAtotds2s3ghxI7RPh&#10;JEtnmaRHoglJ0LTdXyWSSSX2h4FTVH9yG4lotLjUphT4KRUqhM5dJzo7zFLijEwymEdWqBUXqnkJ&#10;BXN3Hmiz5cQ5JdEoxWen9wvfqa7uY4cZPLc4pyj6d5QSCoPiion7QO2EAwXzFWxjf0e+lsjsK+F0&#10;q+c7aL/ERUM8SGX2lGCSEefrReE2GmsPxtP9IpztiNOticYpkwrcfcLZYhu4QM0ytN+osw3j0y7F&#10;doLfHKz9ou4BZuXksgW1IFTy6Ex8x4mmPDArJ5P9J3+FTniiulRkIWm3Wc5+7mHAglYor5C5f/ab&#10;9IApipa0JAnlksw9w5/riDNLZctakuSd+uc0TyorTdl9Upv0EkQjCkK5o4a8TH7XqVsiI4gGUKbP&#10;fnnKHtBjCsRL/hPusigjUyA99vspU9h1Bh9CCKSSZaWTk5O/UDJknfyRKew8/lwh2DuCEcAqmYFs&#10;os9L83UrV9h5/KmWTy2kZ8uZSzq99vt7H+1XOteI1FyJYEmnaj+zkSvsPn7ArtBdjW3kbeISfsJ5&#10;jh77yQ1H0xPp/SA7WciKfwvR5G6QdCkmzdeJ6x7bjFxjH/CWwYzy3K/PzhV8LgjbX4Vd7AW5aZRf&#10;k7SKUEKP/ZLsfaNomzTJi/SZoGI/96NfeZfJrePfnVGVKFC2n0TDNHsPCfYBsnxQ1Dzzr3RmzK+k&#10;segXuxWV9wUT7RLCmcfmRcXE69zLTiNpryMuHbT2kMhIfkFQngVKqf2iNCstUywhzeXvL291CMDg&#10;/ScmFdd8q1C0X1ApKe8T+ekV7QdCUUrJfmk27mCfkNMrvCYymVEzxFKaEH6m6YY4yefvHem5IvED&#10;IkHQvaDYyIRftF+ZyCgJIbcgmqT4/H0DTraH/K3YRiv88luCv9jT/D3DLCKdcH7ePlbJFuDz/fM2&#10;qYbf2jPc2WYjehaXn44S2nGqUrDLHRo294rC+ceE7ILIP4n9/DyK2YpWWpZ094T+ZTDwDIcRwicV&#10;soXP8e/S9j4Rzr10gkmOaQ5qIsqlPoalVYvffayBKieIGbFo6LsFXAhNS8NS9gi59LxVspe15Cdu&#10;L1UZmXFapY5LUPJS+2k/tVr1DAvJUYpr9xgKVhx0753HnFb1DEvJcYpXdCSSQtyDxrw9wJxV7QzL&#10;yXGK14xIpQ36gg9M3H3soHHt1MvJcYrXTEjl9xd/ru7E4bn8skHiBC9hUnBt20/7bUt/oqkV4nzD&#10;35Dqt72E00y3IXPPCGeWnnUiYIh7vsUnZvy7EHyKbCQvOMlaRzuOO0k86VSikPOmYL+Qi0l+e9+8&#10;MDqj2imGc8+yDIXcLClL2A/iM/IDdvBKEn/qQmGNW8jsScPt/aBy0rFI9la7NLNkq1Iabu8HckJh&#10;2XPtHH16MTe3VSkNt/eCcJZ6WtVzjOQE+KivTy+l7bP9wkkCKJhJljNLaXtuv5+S96o58q9Go0SU&#10;VfpGVDQoYxLC7HEQ2nWSswknXD7JND+W6E+zibi9B/hFjYG+k4xeqyGEzlxIC8JZWpaw+xQ+TN5/&#10;ksEGiYhPCVd9LpYl7Dylcxk4yWCEWCZLiOWiB9UNeWjdTdIzjhMFP2mbiiTzmF4k4t2bSmM7S9hx&#10;yucSpnBdCr4fwgsUrswCuVooaoexC4AwOXeTXMpLuIwoASlphbRdpW+pAeYUhFA72Y6H+vqUdpno&#10;FLOzwYwRMqhSxAv1Su0KyVLSJAeTM4FIxjZ+QKPMKKEdw1xrSZI/zdh+uKAtlcgeqi6RvzdrX/An&#10;5M8wOdHSORckSmIxo4R2m3CK0ZmGXwVJ1AOxmFFCu07h4ynFk7aJtmfhxZPZTcAL7bP9DPFDcHLe&#10;yRPUAlgiCPfghfbw7dlFrEns/2PjoLm8aYJIziihvePkjU63JWfuDBEvkRw0zSih/QVecy+kj3Qo&#10;qU7CKKF9JhgAzDDu7Z+jhPaHcLrRCZfSypI5o4T2hPxrRihhSdftVsUEL4Ndmb2j8KhqzTQoVB9Y&#10;Dk0izNk3YnuYhS7hvEunH8sXsi3DEntC0RZ6i/hD81QkVlDi2zPmKQPZe0PNDpIgk+zSeSjle6FS&#10;+uHYL5wmnmdITZqC2XNHZSINzNon+k4zSY4Ey9KBCaK7Tu9ZGrdzW5FoRd4xXnLXiRoupUZacvZB&#10;1JCKxmQ9PxTYGwbOURvLbmNANidSGKuyY/TNaSpxTpDNnxYMeUKc45a5xWl7Q+WcA+lbOyuyhZWE&#10;IPIbJuwJ1RN2xBkV2fgjeTG4yGsPic4WsyxF+yWXb6EM54+x2F5SOHfkH58T3p4T55dLcC+Hj9P2&#10;kHDyI860KFtMjDIgdc8IZ49fMyoQhPvT0ixM3icmfcOnZKuQlLdo3LppTN8jwumPOUsv6x+F69fv&#10;ydoT+s8fyWX71V1e/mHlfSGcf9EAKbnskHpv5j4wZICEXDaklEcEM4V9IxhgxClmsoPaA9m7j76X&#10;ZewpZrIhoaI9lL/7TDlDL+rGE4JyRTtMKWPOvjBkgYhsvW7QrSnv7+pdx6AJAploSKgpB/tVvvC1&#10;8wyaIJCJhoSacrQkBLP2hYETjDIyW4SEivIIiZ1n4AzH2a/c+lvWfi2S5J427VOTJm2U3jOM0zNB&#10;n1BUFYJEVaQAmi81ltmCxA3iH0kqvB9H5jZdYyWsWnO5PqFqnCBRFSlgbHbUzNq2nbVt4mzy21j0&#10;y7ZYsOcU49TcFHkKEiSqIgXatr1vv3y5/9K07ez9fWS/tmmemg/txSw16oapnmOSmJsiT0GCRFWk&#10;gPrfUzv7LvZL/e/iqJnpj3t1RJcaBAoYhZekcpJpWm6KPAUYnFsug7HNb7az9z9OnUW+NffOMhcQ&#10;L1Ne3n7BEr+HNHfymUz+qr+adYJATaJI1X7N7Jv5R9OCZ17IBZ/edu7b7xomX8d+eUMXt0tLcQd7&#10;Zz6/KlHE2u/e2dHZT8wh6V9mX+zmk8nI7HfTPum/M7n+X8N+ybkm5PkFnZCUEHRqEkXUbsZo+tfZ&#10;76hprpqb5rtuiOlObVZiP1WXsPle0iSEunJfmOhs3TmvZr/ovTuY1Yted9Yc7997+33R+8R909w0&#10;7Y0kvPf3D3/Fm2tWrvB2JveY17Rf+ni6boczDxmxLVxS+dWmZZ1hNLD5azGKf/dNc39/r/FP/3VN&#10;m4v23uHVAq9oP8Q5YUKan6UFgkrZvjVs3DeIKV3GkXqh4VTMZgNg3H5pxapte6R6V2LPDdqv+btg&#10;v/hxX5cWJXkiFczqJ+2xeftdfZC/s+ap+dY4yxkuntrmQ9PMTtv2qj1tjj6p5S+umqa9iezXtlqC&#10;+RnvwqbFd3qXUvxdxQrpP/fm93c1RNu23hitdvSMqCzt+z/a7MXbyrLm05Nr21P1vsh+TftFD6pt&#10;Zu0P9can9kozpP13Zf+fE/zPlOeL+6Fl25aQiRkm96Jtjuyuf7jDkSS9Sel/nyRZ2vfakNf/bqyg&#10;qZtPrqzmhymp+b/+S6tm1L9t035rntrmoj35LxUTBfMVOta9VPyvkT6xMLMW8VJy/2i/tz+iqPm+&#10;9aEwun5Vw0QHV67588kYdmZSr+yp31jTONua+5a1hyZp2cZS7ZFJ/t40n5rmvaRd+GOUHUp3tPn/&#10;nfzPk/+nPfm/xUFMTsXHwrsVs6wh2i+zYIhvkTXbe/E73yNrn2zg0/ZLZLxWOySiKaT2Mw6nxlEH&#10;/GFd6pu4nN/T6XsNqlbY+qTKXTRHzQexkLHfrDlqrpqZxlxnSrPD7/qjvbcXsi+juWjaEyn2qdGr&#10;p2Kl5c1nrwFLc6FdXZNxdSSnLPywvqhc+Ntvich+s9nswydp3sxmzaeLK2nkvL9vPn2Q8zqVc7xS&#10;s3360nzS2/x980PPWoqYNTNxTJF7csHNNOFP75vTJ/Hdi+bL+1YKleMzJpupX87kv6sbc7FfNadS&#10;ovh60zafip+Pixb1x8kjMaHFmK/9FDvQVXPUtLNZq+HZ2/VFMZfZi5KZaiXrmcbLxZExX2omE97v&#10;NVxFybtO/pUzCwqOxNzJbtr25j3aqW3f6z9p6u6DlhNQZjxtqw2IH+mt2GDuc3vIuoyn2PhnbrgH&#10;xbTOGiGEEDKEnY6c/J/p3yoz3cpFBv+b2TLut+QgBgu4yP5Dc5I+bF1FoATpA61H+00DrUf7TQOt&#10;R/tNA61H+00DrVez30W6fOq9/id/XEacXV5ppUOcUE7KkZl5u5ByTxO5i4vTi6Pm01FzcSHp8n/d&#10;vynt4sJs+AQ/nKq7u5BBcLMmJ5UySE7QL1MdnkXr1ezXNu2Fjoo2n5rvp1fvm6f7D5+ap/umvZLh&#10;U1l1YCYNjHBz8en9vYypy58LHYf+ZIfCJU2mheW02y8XyRSn5UZm7+zwlylQFyvolI+ZSzNrk/wI&#10;o5T6TSwrI/s/mi8XMqj//ovOMUnukwyIm7J/6PyGHJOWZcuIz1otftGcNhc6vXIk87CyJOqmkelX&#10;SZEiLGi9Hvtpzjf52zb3MuHyJH+chp2YMbKNzDLYJHd077/ISdk9hKza/pz9BB1gNP/ZOTY3ceH2&#10;6Mu0P9W+36yfmTpzmZGsjlKGiSNPOEipKhHQP/4Uo4NG61XPx2nLkV/Juoz7L2pElxEdlnhUaj/5&#10;cTozMztBULOydQdHZkbS2++7MYCfztO/ZobZb8Zl6l+x3/eZTCKozL3MVNryI1n9v8lxuVZCkpvT&#10;78Z+3oheKUij9aKsFDe9dfqpaa6+XDXtlUxaX+kU1c237+Z6mzUXZvlBO2s+yWRXo39mMhMy03VY&#10;Iv5k/mlnOu0V7fDqU9N8P9XM5kJ2d3Ol1+yFTMVdNO9/XBgzSrSy5jT/yM4/SN3eNLPmQ9OeSliQ&#10;FWCnetBmGs3M4pv5SqnKprmxV9PVLIlwWqYexEwu96vm/l5WSfzQwDI7DVPbU+y39RjzRGtvXgW0&#10;3u7abzOg9Wi/aaD1aL9poPVov2mg9Wi/aaD1aL9poPVov2mg9Wi/aaD1aL9poPVov2mg9Wg/8gL8&#10;52hQk5CVQSerg5qErAw6WR3UJGRl0MnqoCYhK4NOVgc1CVkZdLI6qEnIyqCT1UFNQlYGnawOahKy&#10;MuhkdVBzWTpMIIcLOlkd1FwWuh/xoJPVQc0i552ywPQIuh/xoJPVQc2MbtE1z81D04mHHXfdRxQw&#10;0P2IB52sDmqmfF2cS8i7Pr98nnfNV3Gy567oacVEcpigk9VBzZjPX+2PrrlsmuayuTWbtwVfKySR&#10;QwWdrA5qRnQLh27JH5eQR8As4eW5XiwWc7kuyJaBTlYHNT3nLvQ1zeWD/RH5GLobbr8gH01HKAWF&#10;yAZBJ6uDmg53g5XwctZ8nDdN83x5LQHQCkA3+LXqH90uBmXJhkAnq4Oalmupy9tju/Ws/nXXuCgo&#10;281jkH4t96t42lef/DlJJxsCnawOalrmw+6U+sCw/MoUXc9jM90Vsjrpfi79viv7Vy41s0/iIEAn&#10;q4OaBh3ku7R2fGjOjjtNO5ehZ2nsS373cJdovDCJ7103n90OF37PNgi6kL0q6H4m8VbO/7K5XTTH&#10;nYn/z92Z/LOQ0HssxrnrpNl82Vx3dqTg4EAnq4Oayu2i6eZDdE18q3OV5T1kbmNF13XnLse1FyNH&#10;0t/+V70fGznf8dn1c+wbXXdmd38du6jPjcqXqyjCHFh6PJ6i+y30wuyuTfbHrlFv7xo9te74sms6&#10;bal04qhYxsGATlYHNRW5rG0NpRnSAwk58+hO1+d+xu2C+yV1H3bS536qoXtvHpqHY3V8TdNm6GcT&#10;rn3Rmar8e+YPyOzlIfFL1ELXcdHPuJ+EODMk5YrwUlbO/ItlHgjoZHVQU1GrSWsncQd/v5P6Mo4Y&#10;Mt3PgvuFX8b91A+Suve/au4Xu4erXylGUo/lYrl08TD3JJmwdjnJXpycDOTIBtwqk0KM+z2Ltxv3&#10;0yinevrPYyc3f5Gad8fNZXdM9xsFagqmMYPut/joW1XO/Uw4Mkkhy/wITndpEr37uS3rRzEV94tc&#10;Sn4dg5bxgHCP77q4VWp35YqI9cwJ+QONlQ7WddYBOlkd1BSM4aUhlbhfqA9xP2leR/m97qep0U3Y&#10;Zmi4id2h4n6mT+G2vIym+uEfH7sSYZdy5w8s3p1eZtZbw73YaSVbo7AlHjzoZHVQUwj1FLmDjgQ6&#10;AbmjPjbNPIS/fvezlS7udxdVv1WwGlX387IacL32Y/M18iZ/BAvZiuKytBqsiOD3IqngjonHofsd&#10;o39GLMxJZj3dusZeg05WBzUFaVd97ODmGxtSq+qua+Zh6iNyP1/NkfsZFe0ednYuOQgs534PTfdo&#10;gqrJ9wcYi0cp2V40SWJ8kIr9Bz2nk3En64am4WeGGeUfcT9Nly6xR37bxZJWbo3DktsMOlkd1BS6&#10;5vzcWEsqKmqweQFj3GaRR7/I+prka1sSFuafSDJOmOZ+Ut3iPG64r8/9YK/B/R7kj1vBaMOhIytC&#10;/i8Djo8yvqcNzTPb92i67vKzjPt91Lu8EbYdk1u5tZ9d6l1Z5A8BdLI6qCl0zXHTdVIbeksx9avR&#10;yk5rOQ+IPTLSXzexP80bcwhybz82sc+04HrdbxnSIuwpS8/2USLaQkeOIveb62Cz91PvfgsJqdfS&#10;/dceU1LovoJOVgc1hVs/iSq9hoUsbAqIgOZ9fLyMxp1f0q6xP0Vtv3NZ+eq3/BE86sFF6hrAP8MS&#10;iZTS0SdpLm6ZqCt3aTfuo0fw1d18Nb4n7mduvtfRrN3+g05WBzWVaxfyLmWFc4rkux+RMV/SrmYy&#10;w/wO7jc/1+r1x+WOIBL2XMug3LP0DW6b7ri7/nh8rfFSho3132dcwfOyZ7TnoJPVQU0l+JhpJslC&#10;qzhba/85qaDEEy+N2lz+u53Pm/Oma+bNsUynLJq7ZmHGb1VnVCXrDs2Yhm9t6mCxhBQvFMniypc7&#10;8bGHpnuQZoUeTCPO2yyaR9Uzc2kpWYKstk02v5r7AVinD1sAXh7JraWHkvqg0gZAJ6uDmoZbF1P6&#10;iTT872NpaJt1+XMZjbuez5uHW3VEyV58NCHrTnxa2u+VR5dSdG86SDz3Y2tdJx0Pd5t1R5MdWBld&#10;G9BPoRAouLDoe2nGHDTuf2tBJ6uDmoauu+3m15ddN3/surt599DJ/y2Lx/nH28f5c3LVO8PcHcsd&#10;TfsFXyUIXnaXOhH6UYckzi/FgnrD0/ueaaRdSpSV9PqFrDuWiHkpo40GbU1d2o1oBrlQSd3DV12h&#10;sugk8kr/Qbr20on102YZadKt6XyJqB+gXnTd5aWcpEvTA3JmkhTXO3cSVmgh15KTsXuzWQ9BJDQX&#10;7bZVf5bxJpsWFyn/Hn8sncprg05WBzUtkQ2rhNX4UWVJX882qB7Fp7qmuzwWXzNuZ8YAZeuzjg+r&#10;3mV3JmZ3C7yKmF3maUnCswrpKoQEHVKRW27XdGfm4OxFIH3WZt5JiEbSonVPoamp4i766T8yKOiE&#10;xHHMDzPi7d1bPd+MfgZhm9P5EfmFHTW/tD0Zs21UjEKkrg5ur9u4kbxJ0MnqoKZD+4+C6YPMLxfH&#10;lx/ndzLa7EjkX/ykbfCNV/PdprstHdYKoPtp+G4uxbvt+gbnfo92+UHwKOd+LuEu2pb/fy66n26d&#10;d9dW7Ny5n/7/1qhoF1wufTeR6PIfpabiEjcIOlkd1PR4L6sAMeYVTtrtGdMVN1Y0oR8wAO5n0R1r&#10;l+rMXwPntoslPqNzz7otf1TStD0WJtVIGIWFHqUXVvQmLk5k2rKPMqqog9sm/SGoHEczy3I92HzR&#10;O3N72zDoZHVQM6C1uZD72by5vLy9bD7efj07e769lhHfr26lppeG7RfB3FyFbEmLIU5dlbUW9gKs&#10;/YTXBzpZHdSMOAuP8GSg7KtVFh5IRN58I5sBnawOaiY8+4be/KPM79uR/pKrldJeiuBxnmytCdkg&#10;6GR1UBOw77Z6/PjcdQu563YPZUcrp5KDBJ2sDmoW6HyTa4EdjgDdj3jQyeqg5rLQ/YgHnawOai4L&#10;3Y940MnqoOay0P2IB52sDmouC92PeNDJ6qDmstD9iAedrA5qEkIIIYQQQgghhBBCCCGEEEIIIYQQ&#10;QgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEII&#10;IYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBC&#10;CCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQvaM&#10;n37HFEJejZPAr5hHyAsTuV/gHUoR8nKg+8X8/QalCVk36HUZqEDIGkF3A3g/Ji8J+psBpTJOTk7+&#10;wjRCpoKOJ6BMgUSejkiWJPEjA4oU+Al1HPREMoG/0X/GuZ8BFZE/UIGQBPSYKd7XNM0fqIzQA0kP&#10;6C4T3a+kn4DyhATQWya33t6gugHFCCmAbjPZc4ruh0KEFEHHmew7qC2gDCFF0HFOTk5+Q5l+UJ3e&#10;R0aDnjPdeVB9egnkUPkVPWey8xSGDVGEkDLoOScnJz+hTD+oTvcjo0HPme48qH5y8i+KEFLkL3Sd&#10;ye6H2pMLIIcLes5050H16SWQgwU9Z7rzoPrJyZ8oQkgR9JyTk5N/UKYfVJ/uv+RgQc+Z7jyoPr0E&#10;crCg50x2nsKwIR+PI+NAz5m+OA/VJ/svOVzQc6Y7D6pPL4EcKr+g50x2nsKwIYoQUgY9Z3rDDdXp&#10;fmQ06DnTnQfVp5dADpW36DmTnecfVJ9aADlc0HOmOw+qTy+BHCzoOdOdB9Unz5mQgwU9R0CZIuam&#10;Lb9QfWQBhPyLniOgUAnzYFv4lYDCZI948+bNxKXIVdBvDChV4F2QLPRdUJrsOsUwpaDkMCcnJ2/f&#10;vC10WB2okGHl9J1/jH77Td3zAqjTCyrnoEYKiCWaUTrZeX7Gmu0BdWuMKxO1PJlMlJCkkx0Hq9WR&#10;fIojzjApv+nv4bfhvum5/1p+SRR+TzNtqtldzPCuybaDdWpBMSUsuAt9Ac2wXQRwoxKFdQNDOFVM&#10;rxwk2R2wQg09XuRbiO5Ne5oaVC1jHsEodCZKhDdgYQ79b7fB2jSgFFCTrnVd3ibaZfo8MRLLXy45&#10;8Q0xZHvIG1PCiAqNxZOMP+OcEiMKz8b3klzMnPp6QLItYD0aUKpIXT7KGWLQb0xLE1OxGAFlyNaD&#10;VWhAqQpVhbisKUAxvVTu8lyAsENg5SnjRzKcBi5YTstTkpew1G7PTn3kG1sqHmhAYbJ1YJUpE+KH&#10;6ytgOpRYEim1Om16nPRPT/dbqbogCpJtA2vMgFJ9VFSgxJKIpSRTnSip9p5Xf4CJvDpYYQaU6sUM&#10;H6Nb5CMj2e05EAnV0mMSmYw3buR7SJBsmnKQQakBijpYZkEkwo+xYEbxE1ooRHYUrFgDSg3ya66D&#10;ZQ4UW5UpDUP/jUJkJynGltwFlqCwtgBFUoxMPgKIpSgoRHYSrFYDSi0DljlYbE0GS1GSBThkV8Fq&#10;VYaGOUaBhRZdKyY8SFRIzkAxsotgrSootAxYZqnYLPW3k1/jTQVLsaBYmZFiZDMU3pI3umr7wTIL&#10;xZZTESzFgXIlxkmRTVG8s42fbqtT6NJgsSYVEjPst2PyjgwKFhgnRTZG0f3qg8PjwTIzT3CfJEpT&#10;c4zUH4UCURLRsWdMJFsF1qmAMsuAZUKxxcQiTiyU40BJYJQQ2SxYpwLKLEG2jqAGKiJBDBSHdMfI&#10;kE0DNaqgzBJgkTUGHwMxYtIcQNX+4xwjQzZOaco3n3iYDBZZA/Uygli+nqXuu1xysCskFWpBmcmE&#10;6vfYoWzoEaMiEoulmj65gM+vi5AtIa1RU22rggWmZYbEfJAZiHVzn6500W3u7/ID88i2AXUqoEgP&#10;RQUsDyWKiQXsqLjdikqzgLgh5NUkyBZRGCFGkTpGHj4Jg8XlJZZTM1KxqLg0I8Y9QGJbi5hNtg+o&#10;1Am1VhaHwgoSZhID50EyQDctMslCEfcb88kWklSpr75hKtJpUSUJI4KJiH0HjN9Oi0yyUgnTzykJ&#10;kG0kfy5jsFcQPV4GXYC0ICUVGOt+RjfEyMFmQpKoE4ppPtlW0lodUXPROBzkxIWUJSa5X5YQE2X6&#10;aygWjvPJNpNU61DduRUDBTl4I5+w3EC2VY5S8iAdPfRhU/zD6boVssm2k4+snfyMMgKsk4HcNLMk&#10;MRKjmzy/iQVHRdtt/wZ0c4H4bLILJFXriEJMaS1BrF9+dUYqUUbk0q5wQRfKjR76sJsoGrbJblDy&#10;sF5SdcwVUokiKpf0YYq6SbEh38XjTDJKILtDXMEl5B5nf45QTEVKFORMEjz2lBSrREcSB0+bFKWQ&#10;XaP0hHf0eRmTEMmX1s8IkUiZgpzdd5wkxMU6Cf8jl0vSyK7w84jXSpkqlpDjXaEGaqa4MZwksZRW&#10;3FVZsphIdgNftUO8UREn3kN9GDsMJifJJgnfW1Qa1jGkYuVUshP4Op3wlr/iU0sA6sDtPc4oJCUZ&#10;ACx6oPvtMFG1YtY4fk5GpccSl1BKMxTfJIlC/vllzCDbTlK/xWHnSRTGsitESqW0LC+AIr36ZJtJ&#10;6nW99dfviWHYJI6dSQFKlDksgxlku0nqdZn6Sx4Jqr2HrzSiU76vFt4vDhKFTk2YecEcss0UvrKG&#10;In2grqPmhdLv9a/PqKlnymk25gr9uWRLiavVgTJVUBHIvCgnf5GLJxar9pYd0eg3ZpHtJa5WT+Vx&#10;MgBXgjpnS16hpePY5meqXQBuz7V1L3GyZyifbCHll62Nq8F+jeCbfzpJmzOma52vWvZdk7Ky3xvq&#10;ke3F1lfuhChYIJEvztXhMpo89e+yLxVJCknABamYT7YTX11Qf2OqMJGueVEyW2bT4qSYv4sunPAG&#10;jqsy6ZLIkC3F3R6LLoHCyFjpilBpECZi5EvEUc2CYmQLsXVlJk6hAosDazH9S+9jqkKxfo0RPWcZ&#10;dYShbcwn20daVWn9RRkVJghXZdIieiiMQleR2z2mka3D1qzbzKfGUnFkinRNBIpQ6nnRiley47ix&#10;3pAClV1ylxgU7hOvCUABmUzWsUhWgvkL5t9av4dsKbbi4noLleyIMnNQuO+5XjOpl41k56+OzPeJ&#10;+b3Xy+geC9kotrKStHzor7cuUdiAUpZyHiqXZApCcS4O+FliEbJlwGspHFCFuUBC3lY0ZDGuDqqW&#10;94giWZ8cs8vFkC3BVlH2njOowqFaROHAyD5C1rIrr/Iv3KIH/S/NJ1tEvYagDstCARSOQdkSqFNT&#10;Q6FMLh/BTvPJ1uCqCtMFqMOKVAClU1A6AxVqOiiUPWJE99sVoJrSBxrzZcfZA48phftiTP9NuPBc&#10;UnF3uXOhf2Em3W9LwWqKkM9lYNpwPeYem9A3W4Gytb2hkDIgkWST7QAXh44Ai8gZcMB6CShYk0Uh&#10;Ie1eY26lILJRCnVTvLElRMI1cFEfgvIGlMqcyoJCypBEkk+2AVsztQbZz+VHLlCsDGoBKC6gzHgx&#10;XAaDuZWSyCYZVTFQi30TaUD/jR2li7saKYWCpQieCJCNM+0zzjEoUafvJpz1aVGguKdKuzIVwlwh&#10;lSAbZnS1pLU4SiWmfAMXcB095me31JKEIRUryYEE2Si+Wopt+4TCYByKFBMDqO5IpfL1DWNJyykv&#10;OkAZsjmmVUskXVYyM7XZhHFEwYWziQrMHUlhHBFFBJQhrw/WyYDTWFAlU7KpaSJQfBlkIoGZkj8U&#10;EZMCPChVFSSvCdaJAaUyUCHTKSZmQBGoUfgMA3j5m7d2Rde7rNeSUGptogx5fbBOArWRPwWFUd5N&#10;8w4NyEAZ4BSYt7zPYDG5I5PNkt8K6wGlOHgSCxQTC2Rvuy99vCMmzp4AFrN8SeTFwW+VWrACkaJo&#10;lFgi1kfxwnhe78L+OliMgDJky8EKzPCScSRNikBwKXPtXVWOOHsCWMzJyclvKEO2G6zAAm5IOEmE&#10;YhISQZTFTMwfTWmqD2XI7vCmcF90yBMWaQpqB1K5Ye9b8kldLEZAGbKb5K/cddUdqr3Si/b5lv7c&#10;TGA0WEz9iMju4lp8trolqa++Q54BsrNOcS4yklI/HWXIXvG7q+C01u24SuHpX1xskHnn8j6DxQgo&#10;Q/YWrPoCqFJWQpmRYDHLl0S2ERyxLiyZ6emrlB4aL/VVl3WaQqhdsiSyXfQ/QllYeAKugH5aau9F&#10;gPRIsJSKx5OdohRUCkwaK0FlBOVHgYUsWw7ZGrA+ewlR0D4oXAUnQXJQYxgsQUAZskPU2nEoF91K&#10;zbBLWaxGaYGyYeB90imonK1pJbsE1qWh9m5v76p/e02T4TXH+EI2tI0CdVBTQBmyK2BNGlAqAWRN&#10;d6N0m/0nG/vLMXpDywgDuA8FhchugPVoQCkknXWIMpL0lHf5LMl4XIc6C5oWECc7QelJ7XErl2L5&#10;NKd/6EZI5UeBRSCFESGy7WAlGlCqTJDPllDHhZVA+RFgETmoQbYdrEEDStWoKyTFRWhU/W1aLxco&#10;NTA9q9zdyWuDtWdAqTpVjbRACwqVKbQGqg8QldqBKEO2Faw5A0r1YDXyZhcUqaAMUp4STqjPtoQH&#10;hTGHbClJzXpQqpeKSmnuDmUSSmGsRu8UC9kVyv1TlOqnooOF9gxhl6XTO+5P2ZTMmGFtstVglRpQ&#10;qh8T5jC1VDSKOFBOQSEFVs7kd3yyQ5RnX1FqKbBQAWUMKCX0PfabSrKfu7ukNelAqaXAQksjgwIK&#10;CT03aWWaNNlW0nq0oNByYKnlglFEQaECqQIdcCcpv4kPpZYCCxVQpjLMglJFltEh2wXUoaE6vjsJ&#10;LHXkI2/jPWlJNbI9YBUqKLQUhWmLrGDMN6BUlaUVyZaANaig0FJgocIIkUyoB9RkH3jXwApUUGgp&#10;sNC8XMw2gFAvqNszHUe2Eaw/BYWWofDyXCi33OuYNJeGyrgLsuUUX+aNQsuAZQrDEigzACpP1Seb&#10;BqtPQJllwDKzYsvLC6bdPYdDLNlusmn89dTgcLGYa0hlhiitOUUZstVg9a1nIQkWmT/ChtnKmIdL&#10;Ikrux5ds7BZYfxMjiHxWI+8vYIlZoZhrSGUGQXUFhchWU3j3T99qE8A0vzAVCxSGJVBmEFRXUIhs&#10;N4UREBSpYhc0YzKWl99XMVtJRYZBfQWF1sKsHQRVAqnUJ8w+eLAGR9dhRbwQUFEEsxWQGQT1FRRa&#10;C+J+mBZTy75p2x/yb9t8az40H+TnRVnykMEqHFmJNeG0KMMIEZQZojx2g1JrQd1Pw9fF96v22/2T&#10;C4ez9slmoYpqvZdg9/TFp5wasaL0IYOVOKIHGWTrOVNEcqEBUN2AUmvBuN/Rp6uLi0+zq/ezTx9m&#10;M3XH2Q9xwLL7tU1z2nxvmqf29Olbczr78alpb2bN0Zf3hXB5Ed+ipzJLy9pB8iHcbHlUQrRSEN8K&#10;hC/kFUCkvNAQhQZAdSXvha+DKPr5NFPx+jf3puaH+MSRiAUN4UPbHIlj6v8jLi7upbiEH36v/TS7&#10;7374uiAFRTy9UkmmBWVKQhPXGaK6AaXWw/S2n/WwkBxc5MeR8ctExbhfe3+vHiex0Die+XvUtje6&#10;IUJP8mP2oW3ab7qxH+5XrtF8DDpbyYcCmF8QKQoN3+8TUN2AUuthsvvJ5qx5b1Ml3sUucq8b493v&#10;e9uezjTQfvLu135vREx3vSfuV63UPnCqAvMFEKmIoUgvqGxAqTURu5/Em29Xeme8cmnofrLZNrO2&#10;aUTkprm5kdt089ScavaVkY51et1vgD1yv8q4Sc5fzgHGaIOMUGghokgvqKy8TMsvcr+2PQq9BHHF&#10;9zYZ3E/+uBG++1PX/HvffDH+d9PqnTlS6nG/5v2T/JWQ13xq2tlMbsIXrfRkjNB+uZ9S9CKLfbbb&#10;bqV6xSVcIx+wRIk+UNeAUuvCut9N2xyFoKM1bwIZuJ9szTT4KR8k/+jm/sOpcdamuYeGoXG/+wzj&#10;fua/xnreTLrJ9xcm2exs/9zPE83rQ2wxUx66wt3egAu9F6X8LgKUmuI9qGlAqbVh3K90K/zRtKeZ&#10;+zU/xP1MoHOkLnJvop90QQwXF/eJgEWHdy5+SJ9YutlyHDe2v33xvW1/aCTeZ/frwVd51htBUNOQ&#10;vWIBBaqU1rpMUJ+Mut+ntkkHRpQr40iJ+9mZDeNcFzfih0big86BKCYAeuzNV5AQZ2/A6vAfRNL8&#10;bprvGveaVvxXUmcfDtb9POgHOZVBRBTD/Apld0epNWLG/TTMfbf1Lg4h3YlGXQGin3R528bdapvm&#10;m/RAPnxxHtn8kAm4I3S/U+Ni4mk3Etrap0+FeJuTu1/WtDSp0Xwz5uVkhaYMF7Aq6R7CVnJe8e9f&#10;2v84Ofmv7X9Fxzj5HycnJ/+7lUxKNbntSfs/jWCcV6UY+yoOvh6M+2kNvtcKb9vmeyuRTUKT/Iba&#10;EFd1/Vz551szE9fTWV+NfGgIF/2Cu/muh+XeueZMfsdUPMV0zKVx2uoOP2jj8rRpn/R4ZTy8vZKt&#10;p7b5JlJyp5f27Xv5eyQb3+Rq0+OcScK9KJltYwM7sqQtkx96QTZtc9FKV+nCyn4TKUm/V4sZ6StJ&#10;PLWFyEyk2bc5FpN6ZP6x19EXs9d7c1hH/jCu2uaHSGjnTn5JAR+k6P910rb/cdK28p/5R7ZExhT8&#10;QdTkEBIvcrbrIZF3oNCaUUcId86E9nQmtkp4L826pHcRXOSmaWQWONWw7vddx/Vm8q+/+Vq+qft9&#10;l6MY5X6252MkzC/zz43uXKef9S4epJzEDz048fcr9QwnEDUzzE/nUNYf7T+2XeGOXbxKXNCqipNI&#10;0Up8kK50exxyacgtwG75HX335UrCN9l4srlyLq129HS39hz+OjkRDzwRL1SPc+cpQ2jt6URHAnEF&#10;ZdaOno2M5GWY6zV3TT3FG4mBkC7XrNx5/aChYtzv6IMpU/9IjIrcr07Z/UzeUfv9vjU+ZoWfzATK&#10;vXZgmpv25kmi0bfvbfvlqP3+XetHGpXGE3zFa0LbzkxVf9HfrTiWFiyZ91a61alFE7q+f2s/Wbec&#10;ta2uvZCxKvURs4f2S/u9uW+/mKP41n64l+j29E3vKV+e2vb9ffvth3N6p2SaPbKvm/bmhxmBNS1u&#10;n+0aR+0PjfVm68LctaR8ibdf9JgmOBOIKijzEkhPs9HQn6KOeWqNkfC9fW86uGKSiyO5DtVHNbRk&#10;ChefLpan6H6vB57LdjDpqEZ5FAgpLzXSjJj4Z24Qjqfmk9wi5EotIZ1S6QCHVQfmRva+OMZCNgs6&#10;VuJZhTXZ06eJV8I0db5Fg3U35v7kmkNFjLi47jeX0CdONgr6Vx+o++LovfZJFo0K2s7VNQAol2HW&#10;Ceid2vZ9yfaCfpZTnkZ5edSJjkwv7r4R14PlfGR/yJfAvurdtoL0Gy1hXJkQQgghhBBCCCFkPwgj&#10;H1VQhZB1gb5WAFUIWRfoawVQhZB1gb5WAFUIWRfoawVQhZB1gb5WAFUIWRfoawVQpQ8RtgoFvXtZ&#10;0hIewtVfZp1fIFMzCf4wROkifew3Y+aXLEfHEyfVCHny1qEn85Sb/L34oj/kkffv8jYYX7Q+LmLk&#10;rn7IW7UuZjf6upgbXYg9m7VyMLK0rL3QJ5WiU4l3eDq7aWfpMwOG+HDDeSlakD2YixtrpyP30N/4&#10;U/c6UNdTV/LC4UW7q+z4hdxPz8c8oCj/e6//Na24n3+s1vwSw2mOJH4zD14+yRMN5iFMoyar7T/o&#10;b1lqf6/r9PXpGftr1sjCLXkaU2Rl1/KQmKkWczyaqIUZQfnVNp/Uv/R5jOjw41/e/fTvafvhRzOT&#10;h3/MsldzDnoI7lxtJaj7GRlfgPz3Qf++D8+sRMa9aJsrOaAf35y8Hqo+R9Y2M8mSFyGa/Ce5kMV0&#10;9+Ytm2YvTfNNd+uLtkax9SGPmmqatbc9Oq+j5xfh3e/+g15Op/IAnjlbZxLz9h15rsb9kqV0WjXv&#10;T/0erO3NkyoJ6GsFUKWPyNhtc/XFPlAkCbKc+f5ClvTJo7zulz7XpwHQnlFUk2I5efZIU/WdGJIm&#10;7pdK2aptnlp9S4c8szmTZ420dCgx+WPWVtuHh/zhx7+smPsrB6Hu5yQkx/xP/MKkG/czjymaQ3vv&#10;j15rQTbS3Sj6qg9jhegQzT+yT3kMStxPUtovEmjMlRsdjHvfly8aSovKtacu4vfujbHJkSXRTyqp&#10;kXguj0XpAbg96kFJWDGHp/c3OA0n6DZi0NcKoEof7ffmydx29I/+eLJx6+mDjX5ffpjzsdHPXjX+&#10;ujdxzRShV6057B+fNFCpydGa9l99OLUY/dISTcCyB2HeUGkP3/+6aZsnjRDvjcSHVqPEaTu7F78S&#10;2ZvmybhDOFd9VslEv1N3/40OYnbftDff4ofiI+NetM2NhPwfT6dtcy+/rtQa5ozVc9X9vn+SBON+&#10;4VTMM8j2P3VCt1cf7qNfkZ5zjvvZty9ypUTvy47cz5T/yZ+M1ZGjVKfTyGYd0d1n3K+kxgD0tQKo&#10;Ql4Uvfpivkgl+9wka+dBXyuAKoSsC/S1AqhCyLpAXyuAKoSsC/S1AqhCyLpAXyuAKoSsC/S1AqhC&#10;yLpAXyuAKoSsC/S1AqhCyLpAXyuAKoSsC/S1AqhCyLpAXyuAKoSsyv/5n6NBVUJWhe5HNgjdj2wQ&#10;uh/ZIHQ/skHofmSD0P3IBqH7kQ1C9yMbhO5HNgjdj2wQuh/ZIHQ/skHofmSD0P3IBqH7kQ1C9yMb&#10;hO5HNgjdj2wQuh/ZIHQ/skHofmSDrNv97jrlI6YTUmCt7jfv7rq7s6a57B66DjMJyVij+511j+d+&#10;o3u8owOSIdbnft1Xcb7b5qFpPjfHktAFbySkxNrcr+uaRdM8NPPu66JrxPHmx7cPKEVIzLrcr3uW&#10;v4vmVrfOj5vja+mIaCohFdbkfp2Nc8ca95rzr49m+47xj/SwHvczsa9pmsem+9o0X7vG9Ts+s/1H&#10;6qzF/R6eFxbf231wKdtw+72cLxaLOaaSzbMW9ws1q+4nm6YN2Ggk3CTHZhjcscB8slHW4X7RAIv4&#10;2rmMugQeNxh2Ut8zfEYhsjnW4H5zf3/tzH+30gYMN92N3X7R8Rw+MpNNswb3c3fXTjq+unV8Jzdf&#10;2/ltnjfjf4/odRFpfCYbY3X3uzXuZ53wWX4829agbWltpMEVe9vD58vmch6nbOaKIMjq7qd+F1Vn&#10;0tS7lTjz/Pr+d+4dLb3TBgdMksmGWNn9zh4Xi86Nsiwe/XiL+yF5r17Xt3Un68lamktMGI2Mkh4y&#10;K7tfl4a7EvPXnvpwLnaGGcrz2v0vdT9T+lzWnyXpKZr3cOiNgJXd73Mzb7rm+bK7nl92jw9nx+Jr&#10;D93D7Xl3Pl90zXPXzM/66mH9uDsvpnuG8qcC7iebx91dkkiKrOp+1xL9ZLGL1GY3v+yuL5vHx3l3&#10;2ZmURbNo5rII6xUxzmX3ed50rgvefXWRes3+V3A/MczZpeR0Eo1l/UXz2Yx6n+uhGR+V6Hd2Kdfo&#10;YbKq+3XS1+gemsXZ9XzePT5fzh+a6657fpg33fm8M9Gv6H7z+dw6w3w+l+rx29GvSCpKvo4Sc4xr&#10;2S5H51dDaI7rBSUeapFbtv2pvml9VAj3yKLXltxPWiVd0x1rQWII+UfcrOvmd91HHSCVtWmyRK2b&#10;P+aFHgSrut9DM1+Ii/SxmH8uWDdUpJ0MSxKs0HVc3f7nouQDDtO0M57VyaSb/jIjffIQinkMxbhV&#10;pGbSbE+g67rr2P28pN7Xs2HrHvczdwDZ0g6YOKMJjWaI3oodbB9kVfe7lZuHUljaEnIK3hIqNXI/&#10;MyOWhiEfpMa5X+wu3TGU+Pzopn0TrwpJ+kNGrJ2ExQXTXKvf/W7F/aTz/2yLeHCHZvyx6S6N+73+&#10;4NQ2sKL7SafWjucW7BdyCtd2qMfI/UwKuF+0YX70uV+kISFGG11ffdr12dy2/0z/JOkbP0T7t+5n&#10;MtJf+b573E8af3YEyuzXl2QbfHS/kaCqYCyY1wnWVna/qrmftrJ8jn1sM2iYH4PuZ2+1Xz9rebL9&#10;uXG/P3o/yI9a7rnm38/odPpDdpxpld2vC+4nPr74qloPnRmNkSvj0v6i+40CVQVTEVmNxB5jjJzW&#10;UJylv7z7Geko52MiZ370uF/sHt2j7PXjtYY18SjbILQzvrkj2QRxejxAf6LXckCJVsn9rkXGut9H&#10;mQyXaGq6wdKW6Bam66H/p/uNAlUFYzSsxzDm5XIu8/HVpHat+8nqPPPL52jvI2wpQ+6nvz43Z9cS&#10;8GwEVSSmPds7cuKpBtPmc0eWHKCPmPoHxrPB/QQJ99b99AyOzdJD6feY1mzYA91vFKgq+IZ96n5+&#10;y+fk7pLUrnU/62EuRzqxYcvUqyMqKUJ7yk5cj+O2C0tfHrMONpTT6cOhtgvk1byY+ZFprTDpduis&#10;6H6hGRUldl/9gFqouSgfsmL3i/6YlLgNlvtDhmaZ4OYvAtdgk20Zgb4cuPtKR8VnG2w0N3HvDLXo&#10;fkuzovvFUcHjxhZsjmnNR/khy/+K3U9H3FxGPBwc+QM6gCPJ8kPTxgG9kENvy0mrQMWcbLw3TXCt&#10;vmzobwn3KxzOIbIO99MxjCgxGsLXCpbN3NpBKXY//RvVv/1X45VXqLf9vKsIl9Z1riVd/wRXyqVd&#10;ivxf2xQ+U8aPzGsbAokWup9OclRwp1ROPzRWcz/To8D6iH5Lzq1UT96yDkqJ+83FX4P7xdU90f06&#10;536Scu0XunShFx5LRyk2LWTaX74A1EL3Cw2AHHuSmEz3GwJVxe7qNhj9ood5fFUNuJ9t6rt0/SVt&#10;rKS6h91Px5fdPbe77O66bnEpUdAqz5+7xWJZ95MujB1BBrWC+5WP72DdrMbK7ifhrW5uU5ndWcH9&#10;xGm1ixIFO/nHPBppdX112xELo1p1v8SfQvRrnqUF4HvAPe5nkrA/b37hdgDcr+s++zOSH2aCxT/0&#10;6dNNnNdU45Y23Rx3WuaesqL7PcqDbam1ni+j1SiS83x5V4p+xti2W2q3Q7r5N5ppXcr9FvPLuXjd&#10;11vTo/h6KY98DLpf+Gl+wQCQ/oyH/jL3ax5lldezGbVUz5IpX9mzFPJslrnob21WmtLFHW26bPas&#10;6dkfVnM/Gcw3NaY1oxZLalSztNke0hzRE+C6DfUehpuj4WCzPdr9lHnzrPV+Zo90uvtJQdFmnGXy&#10;o996XupN5j57aTKleWtPIvs3uF8sT/dLQVXB3DpsbdyZQd+QYOrpoXvU599yElF0v5Chv79GAtPc&#10;r+seVdVt9brfUqTuZ/divEowEX6hTVDjZkbAbSfu5x8RpfuloKrwtTkPt09rVjfMK/nml7gOar4I&#10;2rt1G7Li2g8Laf9Ia/T2ldwvjXJzjH7W8zL3s/+6BTJ7zoruN2+6RzOiIZZ7NHP7zvy2KuYytLuO&#10;Wh5GV3hFPV97ILemTt0TSC/rfrIzH+WkL269S9zvs6Y9d4/SrS+437MMhdtNul8KqgqL5sFe7boV&#10;nrhcLLSzYfNsIHp5YoeKx/267lmXzig97idrZhfVMTuhsKo2dT9bol8vbXYj71rPe76p+6Xyhc7a&#10;/rGi+0nFnmlbRX+bdZ0WzRceu+vHV/rSgt+xcb/m8rMMeUvE0aB0fHl5Nu9s677kftUo3esM0PMl&#10;o1mD+zln+6yeFtB8++u1njr0O06inyw47c78A+bO/fRgwa9kHei8a+7kx1x6TPK40HUzlwV6t013&#10;vpA3aKYqdL/lWdH9vi6Ci7lfjpACb954QXR3brQw3HzN6JvDuZ9uJOpNc+aXH9vWl5XR9aEL80Qp&#10;6ryk+5k2zNKsqP7irOh+GtZMper0L7w6ytZ38Z42l+bOpc6byObCqN7q62IWutm54vRhzdtSIYiZ&#10;qDO/vbiu4ove7NfnfqI1l0D33Fj3a7rz4+azuN+1PtAsDgoU3A/qPWoOj8QIz3HyOG5Y9+Ga3nna&#10;VrEO9xtG1psj4n4P4gln3Vz6gTqEbd8S3TULaeK7O+Oik3dUjvpOjbqUe6rS8lGntx5w1s38Bv2l&#10;KLgfFGx3nKT1Y+8e+JCMOwVIzrDqSTgY1np1VnU/Z45+8qX24mKP8nIO6TrL5vxS18BfHsuS0M9y&#10;k3PX/bU4ns5fpQUUMfuzP+1uP4u6nYbVVXuR+3nFKgXfQgoimfslmysxqqxRQptnVfeT/oZUrcSU&#10;aw0vOsCxkKlekyWJAzFynabSQ/ErXE1X/Ov5rZ3a11ox7uc3UT/ZCq/mz0U94H5mHYEZhbTavlQZ&#10;JNWlhzIDLG8/6I6jJ5vkX7GXrvG2TQnJkpH8aAW5nbGUe4OMpsuwqpo9Wnspf+TkRUay5KFiSbML&#10;HMZeey/Nqu5nn66Qxv1lNOi8+Pj1Ln6fI2oJ2quUQRH5zzyZ0WmkMtbTgVoTI32ueVvFY987UeL9&#10;fbSvWdAL4dK9dEH6F+4JJNQ2dWTehdE03Uez34U8HinNg0cZ2kQNdD878SPP1y1CQ0Cet3d5X81R&#10;hq6RpsiaBB2XXpj2griKmV6Mz8l70UIMdGZFbDHifU7F7l9/+zT320xEupffbI6V3a8LL9Oo8lx6&#10;09m59CXsk+BilEdZpS+TBHoPtu+kaLpGakIeR1RHkIfE1RHrpHUV0tKUophEp+vu+OtCdiTfBpNp&#10;2suHruk+ysu65H/yPqWMxP10ate82sWFqrA3l6Ybdh2i+SHO+TWdmfMFmP87I6bllP9N086yNNnb&#10;uW5slpXd7zKsIjbgdqXpp90BrVG90zyL0KPODmiFpO53FtzvWf49Py8WqaSPphuyhJr3afrio/Q4&#10;xeFsdckz4ep+4nwFpcT9FnrrjyKS4HaVuIl3P+sceq+MJPWnTP6abLcXL+xEsNyFCZ6QFn4bhfL5&#10;vzIru1+0iP2h6+Zyx5Xx3YeFWQStFIP8syyX0TFcMYu9vcoNyCXZZOuk2veYz5tz89AGlhZhd5om&#10;RY8/mQShMBUj+5YJs+euW+jzufYoxP1k4qy468T97rS3Glf1KPeTo/HrEiKhR70hy3bqfj3lmnWF&#10;mJYck2uAbprV3c8tcJFr9/nBNfge5a0SFhw8eGnsbuMUeRVXvJ1JrAS2/TSOh2oHN/E3ZnA/+ce4&#10;n12j6rsg5v+p+8m4qHFapx1vx2nS59d+v6bJO49MnjS7N83q7tf41zhXeP2zHPAud4lg+tKg+5nS&#10;/VMDkfu5x+B1G9xPWPiV+eb/9o0ImfuZLPNIvFlI6/3SXO/+t5VxLQlN8y+P88e8Kdbgfn4utULx&#10;1vuiuDWwpbda2hpYq+1h4OWyuzMzK+Y+rElexCzk0+1j+au/5I+02HRjodMz+vPa9LONnBtCNmXZ&#10;V6Xaf30pLl1/fw0jXvLwa1yktFDDQW2MNbifq88zGQqQ683Vrx0PHBj0ewn8Guz8xW7+4DBjBTZf&#10;jX189EF2+1iH+5mx5+7ZtwLTzi9Kvwph9/G8U7QgLEpdme12v3QN+HaxFvcrjLV4yjfAlyc9CvNs&#10;boDfFdwO1uJ+UNcxn3uXDr8k0ZxCBsqSDbEe94v9L1nxvNHvpkDE86Ac2Rhrcr/QneyuH3WAVoHB&#10;3lfHNEpTUIZskHW5nx9J6rrm47msQJBAuMnYZ0k+ZMkvqW4Za3M/+7INmc7pLs2qKzbwyQDrcz+8&#10;041anEwOmzW6nwyt+9b+I+9zZJi1ul9oAuazDYTkrNv9CJkA3Y9sELof2SB0P7JB6H5kg9D9yAah&#10;+5ENQvcjG4TuRzYI3Y9sELofIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBC&#10;CCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQggh&#10;hBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQ&#10;QgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEII&#10;IYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBC&#10;CCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQggh&#10;hBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQ&#10;QgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGE7Cn/&#10;YAIhr8eJ8A5TCXkV1P3og2QjvAnup/yNAoS8HOB9lt9QjJCX4S36nodOSF6D39DxYt6iNCFr5l90&#10;OuTdL6hCyNr4G/0NofuRFwTdDUF5QtYIuhuC8oSsERwARFCekHWC/qb8i1LIzycnJ28wkZCpoOcJ&#10;wyN//zhR+iBZgeLNF4VyUnn6IFmOd6kjKShTAFU4Tk2WAZ1IQJkCf6KO41eUJKQOus94D/od9SJ+&#10;R2FCSqDjjAt+hl9QE/iHbULSD7rMFPcragOoQUig1PFFmT5QNwMVCAmgt0xd+NzXAFRQgZAAesvJ&#10;ycnPKNMLaiMoT0gAvWWyw6C25683TfPmLbvApAd0mjW5H7u8ZAzoN+txPxQipMQf6DiTfQe1Ba6Q&#10;JqNAx5k+dYvqAsoQUgQdZ7rvoDqDHxkNes5a3A9FCCmDnjPdeVB9egnkUCmtGUCZfv5C9TFLpQkR&#10;Ck+ZDz7lkYLqk/2XHC7oOdMHjFGd7kdGg54z3XlQfXoJ5GBBz5nuPKg+vQRysKDnTHaewnJB9jzI&#10;OEqv+EOZflB7cgHkcEHPOTk5+RNl+kF1uh8ZDXrOdOdB9eklkIMFPWe686D69BLIwYKeM915UJ2f&#10;aSBj+QldZ7L7FZYLogghZUov1kWZflB7cgHkcEHPGf9+DQeq0/3IaNBzpjsPqk8vgRws6DnTnQfV&#10;p5dADhb0nMnOU1guOPFJEXKwlN6PgTL9FJYLogghZdBzpg/aoTrdj4wGPWe686D69BLIwYKeM915&#10;UH16CeRgQc+Z7jyofnLyD4oQUgZdZ7L7FZYLTns5GzlclvyiQgRqTy6AHC7oOdPfR4/qdD8yGvSc&#10;6c6D6tNLIAcLes5050H16SWQgwU9Z7LzFJYLcsqNjONXdJ3J7ldYLogihJRBz+GUG3lF0HNOTk5+&#10;Qpl+UJ3uR0aDnjPdeVB9egnkYEHPme48qD69BHKwoOdMdx5Un/xyNnKwFN5KOtH9CjO+KEJIGfQc&#10;AWX6Qe3JBZDDBT1n9LjLP+4lRKhO9yOjQc8ZPWWhov5HCsoSUgQdRxjlfmayRH6hOt2PjAUdRxh1&#10;8zWi4VcCChNSAv3GgFIF7MOZ8hO1T07+QGmyP7x582Zd42qFtSoCihUwgvr6ZtTmW533k3yIbuKq&#10;ZKQwYqegXE4sCMocdd5DSsuiDEuEmpOTd2/f/IkFBQZfb/WbFdQNUKb77R1Yv8DU6kb9DFRAErlU&#10;VZh6PGSLqTTQEiY9Vlt6tA1AlZRULFFURo3ckJ0A67bCBAdE1RKoE/GzFzI36URPGTVyQ3YArNke&#10;Rt/yULFI1YWit1mZhEKzFHXITlJ4b17g3Tt8r5lT0y9cVf2n/AmsAqgluE5HLBAnJRlkp8Fa9cRC&#10;8dv57Cr5XKhMbeAlAAPIkFtOHbVrsvVgpVryhn3I01UoNkK5rF9QHEgCWoVyb8UWgMl0v30A69RQ&#10;7mL4bPkGuf0ZZwxPgxVacEP4xiZm0P92nkqzD8UcwXvcLdX4adAcMZpcfs9uFa+FGfXDJLtB5Y6I&#10;YhFOxPVHNDblfYwx/eN8dq9IUMCc3n4P2Xomxj6lJFspZ8xcce65SJDFnIEjJdtNZaIDxYCKcMUF&#10;T/4e6pMIPTPD8eFg1uCxki0G69KAUkjqtNWMlDG3yXK3JLmNY+bw0ZJtBWvSgFI5yTB0khNnlPgr&#10;kS7y8z+gk+QWPDTJJzsD1qMBpUrU5eOcKu+G38gcDQCmGYW7dD5ASbafMKUfM2LUJFF1j0Fa4qKG&#10;GNyV8UFILPjfqG422S6wDg0oVaYqPzy/hoD/ZmT362JXWYbByQ6BFWhAqQoh/GFOUtp4xvRMPKhs&#10;GTPMQ7YErDylPNVWwGtUMwLOtUq3TQeUMgBqp4wZ6CGbBevMgFJVfPcUM9LyMpFyg9PLjA5hqB/D&#10;luD2g3WmTLgFOpVaegSKlObabJbdGhG/ii1AA91v68EqM6BUDzWVtMCiSEmqkD40nlILpHS/7Qer&#10;zIBSPVgNfPyy0PMtuxEIlVOr2hYcoTbQ/badci8ApfqwNz9MxiILIo5YxrX4ysd1cvKu6lKFry1U&#10;ZcmWgDVmQKleyipYZEHEU5YpxE9DJAOAC9L9tp20viwjO50Wo1NOTUCRQEWmsnQmkckJbkv323LK&#10;bSaU6qesg2UWRALhVgsZib5jeKKY7AZYswaU6qesg2X2j2R7oWpGDAqRHQUrVhmafAVUBwcKC0+q&#10;9QUtF/7+xoziEaIM2U3KQ7YoNcy7zLewzKFirUz+dS0oREEZsptgvRpQahmwzKFiqzJQiIIyZDfB&#10;ejWg1DJgmUPFVmWgEGVi64BsKVivyvAT4iPAQouuFWHHWDC58vwnSpGdBKtVQaFlKDyJ0Ttp5g4F&#10;U8tHmIuRHWRdPY8cLHO4WJXJXRRLMaAU2UUK06Rrqlssc7jYigyWYuB0xj6AtWpAqWXAMkvFpmOF&#10;ZZlSQQKKlaGXbjVYqUo+8rsEWGjBY/LUd5lMsSABxcrQ/bYarFRlLXWGhRY8RhOHHrEsrYcWUK7I&#10;ek6FvBRYqQoKLUNhtR66QvHR3QwsxYFyJf7O9km2CqxUBYWWAcssFFtORYxUPoGMU8wlcpcnWwVW&#10;qoJCy4Bl5sWWUzOsVFyQTRqkEHHJVoF1qqDQMmCZebEmcXBdq9VNSjJJQ8iYJt1vq8E6VVBoGbDM&#10;rNhiYo57jiQuyCYNIUJ0v60G61RBoSUozKakqwRcapJYwInlBQ51mVWI7rfVYJ0qKLQEWCSUWn8v&#10;DOLFvIYHRQGVofttNVilCgotARYp+PD3R5SYquUYqd9LJaJoipGh+201WKUKCi0BFllj8BUaRqxY&#10;Ioom2JEaut9WU3ySFoWWAIusgXoZXixfHIGiCVaG7rfdQJUqKLMEWGQN1EPsfVp+omrv1LSToftt&#10;N2mNGlBmOsWgWgIVkUgMNHuVfT+Z7rfdpBVqQJnpYIlVUBExUhrnULVP2Qr8S/fbcqBGFZSZDpZo&#10;C83WIYyc89BnOFG35ziDCN1vy4nr04Ii08ESQ6HpOz1ALScSy2/oVee1+VxysP1AlQr4or7pYImx&#10;pxUTKyRPv8WKcXqGzf2H7rf9QI0qKNNH/laC4stGo/VR0VurYqUS9ptJZiOoOVDc4Baoigbdb9uB&#10;KjUVNx5VgAeDC2/NirOD/8WpJRIxr+VBcUPIpPttP1CltuZGU1LA8lCinFrASNmHL0NhDhRXQuY7&#10;ut/2U/j25ITGn1EoJiYUBap9B0eim9/SS98vcqHVaNP9th6oU1t3IynKY3GZRDGxQCoWl5fmRNgc&#10;8Tu6304AdVqu1jJleSitKgGJGXasxW0mBSY5gTiH7rcTpFXqa28E7sadpuYjdNlt1qRCYoZVhs2I&#10;VDyScb/pfjsAVGqxXotYaXAuKEtIBaa5n2/h5Y/8Zm+Esek6zCMvOaL77QC/Q62O8AzFfcockqGo&#10;gsQk9wsulBSpJOJhIauXpvvtAmmd+gocwPeZIT0tqSQxyf1wOyaWDgJhg+63E6SVGqqwl5psUk5R&#10;wixGHnpFqXXvkACFZuWmqfKL7rcbJJUa1WEPVdG4FEO2MlR7J/gycsQucA4JUCoW4QYGI2m6326Q&#10;Dz5nLgNUJfMXYuSOpu6HiYhVDgmFN6YW5N3O5Dfdb0fIP1/V73+RIDhXlONIBSyDrmF041s0lpuU&#10;DB0h7ScP7oNsCbn/lb3G0CMWZ5UlRpLrYrlJLqToBt1vd0jqVUEJR/rOAchM8ooSI8l1sdw41yb4&#10;oUDdovvtEEnFGlBE6ZUpNNDKpQxhRyPjpPxpS39rdlMtXla36H67RFKzFpTJhQayC5MTo7DKpbSI&#10;qrRu0v12inxRkxAtwCqsJAXnwmz0oAq65ySlpJyWG2XbrfDNTNM+oPvtGK7/OB4oALNziSK5oNFN&#10;HSgtVzDp+doHs0332zniyh3DsHYqUSYXLOmm5QrGwexGJkn320Hi6q1SiDg13VSiSEGwkFRayyXJ&#10;hbUPJoHut5MU1sAkxO8dSBRBzpBIlFG5ZKDbTp7EScXyo9RckO63q8Rv4QOshNlIHrjI3mOgDD87&#10;YuSS6ROrGyfV3M/+SnytkER2jML0bfRMpUmIaxiFHZFIEfcG5xiThN9PSIpVQqiO5ezFQ/fbfd6q&#10;F757i0+Uh0p3rlADFDNKYoWk4p7e9WjT/XaUfDwvx8Qs+eV9oQaqphSlCknlmWnLX4mcTaT77ST2&#10;sQp8QghQmeJDGBmoGlMUSt6vERGKBIpidL+dpFynBf4UkeADdVAx4EWScFtT89JAWYzut4vUKrWC&#10;F++j9EoCIUiUkpO0KB2B0t09mu63g4TBXcyp86bQS0YK9/I4O07/rZCmVG70IOWmpul+O0i1Vocp&#10;LbdK+DfyCFg/FZdTSktzEsqdcrrfLhJV62Dvt0xhbmwEcQmltDQnoSZE99s5kgCGmVMYcTuOiZtv&#10;PjFKw6wIlKH77S79FTsV14gbpjh9EqVhViCP0S6H7rdrpDWLuUsyJhBG4sVES8GfUSTc/Ol+OwZM&#10;K2D2KhQcJyYIFhNLuTUZn0X32zGSii3d11bkp/xxIYsVSP0/rJ73JPkDInS/3SKpWAEFBkkG5goj&#10;fUppYVZh58X9D0vQ/XaU/F0bKNFPqY1XXe2XDs/8mTuWglr4tBNmCz6T7rdTJBWroEQf1ceUcFQ4&#10;wvtgtW2IGsOdo3D/pvvtEkm9GlCkTvkhTUu/H4gPFvduAOm+PCXk9u+WbBdxvVrgizF1qqHPgvI5&#10;lelcIWlDxhlF/xrIJttJXK8eFKqAajn2QaJ02rdAccYuFqile0J2/57INlGOXyhVBrXcU0PJMEsk&#10;mSiXgL5xnBX5Z5zsifZJ99sdQq3FoFSRPp3Iq4NkIlElPG2XJPvUdIG9w2fT/XaIqNZiUKxEer/M&#10;FpaGLPfbjmb/O/h+Z+e+SUpUXIF4YIbutysUXh6klCNMSqKQeR8KBL+xW8NO8kuyBaWkJM8nD5dM&#10;toO41hJQMGeEfCoC7qdMmN6zGgU/T997SffbGWx9oZ/U3ClhjHgiU3I/Q22WLiH5yLkFCzLQ/XYD&#10;O1v2d2HaDEUzxomXhJK0iBGR8A+YSsEiDHS/3cBWV6keUTQjka6/Dz+W8ol9UyUjnDCAyga6305g&#10;ayv6GcDXrCDp00WYG4jempWsQoi1c+runIJ6BrrfLhB/ig8qsNejlNHCVaFYv8iIFmF5vQLdbxew&#10;lRX/jkBpYLxwVSgpoUI69lIDZuzofjuArSvTlk/rT0BxIBXuq3AvVM3oZ/TyBz7rsUOk78fDobPc&#10;WVKw84D5Eb6ViBl5d7tG9nW4OrKsn+63/diahc1Af98DXQfzY2oyucvXKTzaQXYYW62/wnZEKg+g&#10;cJ+0lcgmekvu5/Lyl/wWZjvIruKq3idAZfc7VEG8p49gF5RiMnYYUAizcB5akiYNEpKtwdZolhAR&#10;i2egcK94RaCw3CGNkJibFuFT6YO7hq24KJ7koSiWz0DhXvlKPhaQy2RLYWNPS3NG94/JxoEP0Ctp&#10;bQ7NPKCwgDKeSjbqF2QwP2oBllqO73oeriNbg62tUlpEkg2grIJCjkouqo+TcTn1dwoyEG43tprS&#10;viTUYckXIvJ7tVAJPiYTUwt7zGVyoWRACDMNHPfbZsZ+li3NB1DYUFsk/WchJpXCF8qU9pPmF/ov&#10;dL+txlYShKr8JUCVWGZAYQfK1UHNst/g9Eq2i/wNIaViyLbgKgmS83runWlAYU/PAGAKKuaHpKBM&#10;NtCSxz+63xZj6wiTC/WMEjH1Dw31qkWgWkUTZXIxzKb7bTHVKoI6zKs5BYUjULQMalUUUSYXw+zC&#10;uZEtofANZgvUYVEmovSyPkf/cgULKlV2iDLCgATdb2uxNYTJpVocWOeE0gkonFN4tVDRa1FIGJCg&#10;+20rtoJK06T5wvX+RSaFLmcESmegQk0HhYQBCbrfluJHV0r+l9ahgBIpKJ2Sra8CUL62OxQSBiTo&#10;fltKWk3wzrM0U0iyc1AcQPEUlK4poJAwIEH3206wnhQ/HYEZWM05KA+geAIK1+RRSBiQoPttJYXW&#10;vudNoRqHh5BRAUDxiNKCFZRRUEhIBPLpZ7rfVoLVNAyWkIEKQH3eDiXxMXRHvuoeDwsz6X7bia2c&#10;fJKqDhaRgxqAf5YEQcHazlBIGZCg+20h7ialG6V7XwEsowCqAMWQVlZDEQWFlAEJut8WYusmTire&#10;2WJi4RqoA1T8D8UqOytOLadrITCX7reN2KrJV+T9kj1RERhVkagElPsvKFVxP5RREol8pc64oyav&#10;iZvTwHRH3n9UUKxI9BarEiguFOLu6Cm3tMB8nSLdb/uwNYPJKVCNg/IeVEtB6bJCqZeMMoYhEbrf&#10;tmErpn8Wt1CVKFED9VJQuiiPItUOUiqDuXS/7SN7qUEZqMZhhUDZUyz58AtKlHeFIoZBmVSAbBxb&#10;L8XmVQRU47RAgqoxKFsSRpGiUH5ImF0siWySsfWS1uIolYhCd8KBC2xK4ykgUnwSTkilSt2eVIJs&#10;GL+SDzOQQo2jSC+oHADB0sxLeocuHIohkSrvEkTIZhlfLWk1lnSyZVoJqO0ZK3fy19s3b/HlgTE4&#10;ioj5AoiQjTKhWpJaLOqUUz2V4UN8YQxmjyZbxIoChTs92SDRmnjMyolr0YCdVpMKiTFYgGWU0CD5&#10;DB5KZLsimySeUcO8nEi4olRMTMACDGNkBkkLqZWEImRTTK2XVL6kVExMwRKURKJ2i+4nn67O3zEt&#10;oAx5fbBOBJTJKfgFSBQTASxCGBL4pehJEdkrihSUElCGvD5YJ0LvS1uUwnhcKmAnN3o6vwKWgcVg&#10;ZsjPn/ZUsh6HAwVHnSV5cbBSlGotelADW/tufUmSmDHkxZiJ+U3zu42F//7R7+lYzODD8eRVwEqx&#10;oBiC8qhSTMxJS8gUMBPzx4PFLF8SWSP1hlR/BERprM5iYk4e/uLc0vsR4vzxlOZGUIZshko7qq+C&#10;Cms3l3K/3I3jzMK1Ue5YDILFCChDNslPeWWjSAAlhaTx5RKH2vdpEbBPzOs9pF6wGAFlyOZJIiFm&#10;emKhQCQQVvVFiSWSAlAe84aLq4HFcMpti6ksOu17U58QiRYTS8T6QjJkjJnDxdXAYpYvibwOf1am&#10;cXsoisYl5ESCuTRmYv54sJjlSyKbAiswoygal5ATCWbSpS5RnD+eUtxGGbLlYAXmFEWTMpBYEIUx&#10;D7s348FiBJQhWw5WYIGSaFpICi6BTzIhL8sfDxYjoAzZAX7Jh2cSzHLRdFgQy4hI5FAUMzF/PFjM&#10;8nGUbAM9TwuJi+QpFUAwfYIcMoUkfzxYzPIlke2h9hrKrLpR0dEvh7mZwFhKzxajDNlN8rr9yzrO&#10;b8GBUMmAU3dpbsG5SwtJR4DFCChDdpnYk9yISbxmAOUFHA4B54JcIRUYDRYjoAzZeawP2uqWVyVE&#10;K1pQOHeKofxMYixYzOB6HrKr/OLdTzfjt+olcvk9O8kuOw2KjASLWb4kshv89M7VcFLrNuiMWX6X&#10;LwXMZUaCxSxfEtk5sObLoFZRDWXGUXguasmSyA5SimNAYfUTipSlxoDFCChD9hjs4yIoX/GZJWcq&#10;sBgBZcgOAzNxhW5lXwREWQFlFBQaCRZTeCUI2VWwZh3Zc4yl9VNln6r56vqiH4qQnaTnWwuFl5xl&#10;Lpi9RTXNRuD1VyMpfFGB7rcPYKXmDLyiPAP1ARQfRekVlShDdg6s0gqo1gsqAyg+CixEQBmyY2CF&#10;1snusHXyqRAAFcaAZUw7JLKFDPpJgleTjb7+w5uBxay4InAUWMSSXky2BqxOT/SeodiTXLQxW0Gm&#10;Rp8X9rlvifW9qYNsB1ibluyWFvWLI73CqGCReoTNdtQHKgsoQ3aHyqhc8XUawQFlK/yyqw5GRLLK&#10;sn4Uq4OaAsqQnaEygYZijkggkfTphdHBjCwQjvBbB6oKKEN2BVwgb0GxQBBJRH2yYYQ//RwN4GFe&#10;nXgnHhQiO0LZ+3qnI1C4nCqMWNHyk/FBTK5S6nhMazuS7aF85+31vszTTGLhQSLL8HKAN+PdDwtX&#10;6H67SWn6dMTMWioe0vEdBzG/xwVMxd7KK52kCcGTbBNYjQaUyoml01eQxzkFxg7SAFgMgvJkF8Ba&#10;NKBUgfhOC1lRTgVQGAMWgaA82QHKq6tQqkiPfJRVZER/BOmbNFEGmwtk+8BKVMa9eCBqNGJWXFgJ&#10;lB8BFpGTf3KQbDlYhQaUqlBXGApVKD+K0sNtKahBtptyNxWlaoRlzphT8xS9QYbHhZfhTWmlqaM4&#10;SUi2Faw+A0pVcQrZmFs2oaYMDCVO4ZfyUPm46T6yHZQHnFGqjtPInkAqRr/MScsUxq5rrbrSixVG&#10;zPSR7QCrzoBSdVznA9PLBaNQgWpM6wtraUOT7rcrlG+RKNVHTQWKVFAmo8/3DD13b++DdL9dIa1b&#10;B0r1UVOBIhWUAVC8Qu+YkPgg3W9XwKpVJk2JWR1MLpXcE7nKClVQl+wk5REMlOrFDtxgcsmbUCQG&#10;ZYdAfbKDYKUaUKofVcmm0EqNSpQJlAcf465G3pGO9clOglWqTPy2rupgYrFklPGgoJJ5NIpxhnfH&#10;KT/vg1IDlHWwUAFlHCgnlNuJIITZZKeA2rSg1BByX8S0UtGVHmvxxotCnlRs5DA22UrSunSg1FJg&#10;odVyi0N9KBQB8phNdoe0Ji3Z9NlSYKk1TykuNkShBOjUYDbZFUq90zXVZ95RLRc83fuyRz0wm+wI&#10;aTU6UGopsFABZWoLHlAoA1YkYDbZDdJadKDUUmChAspUntat9FBiQAOzyU4AtWhYT2cSSy0/54si&#10;CgqVWEKFbBtQiQYUWg4stVgwSigoVARv2phPdgCoQwMKLUXpuXWUwSacBaXKgFJ5kJpsNVCHBhRa&#10;itJSBpRZafcMf7sPVKEBhZYCCxXGyORSNZbVI1sDVqGCQkuBhZa6NCigoFAVVByvSbaDFxx1xkIL&#10;5WK+AaWqZI8YoQDZcrbQ/arPEuWgarYDst0U3W/SQvsaI6bcMNsAQn2g6prmqsmrgRUorPT+PQcW&#10;KowQyYT6QNVJymQLwPoT1vKUGBYqpBI4cGJIZfrJRw2X+DQN2SBYf8JLuR9EVcw2pDIDoPJEdbJp&#10;sPoElFkKLDQvF7MNINQPKk9UJ5sGq094qeiXCpQfMpm2b9Tm1NuOgdUnTHOBMqVX+6USmGtIZYZA&#10;7ckFkM1SmpnNH2+cDpYpDEugzBCoPbkAsmGw+gSUWQIsMr8vYrYhlRkCtXvewka2Eqw+AWWWAIvM&#10;xoRLw9KTpjwEVBdQhmwzWHsCyiwBFpmVirmGVGYQVBdQhmwzpQ4oykwnvO+5VirmGlKZQVBdQBmy&#10;1WD1raUGsURhWAJlBkF1AWXIVoPVN3XkpaiAJQrDEvmCwAFQX0AZst1g/U2rQjNzi6lYYD6cg9lK&#10;KjIM6gvrGDYirwfW3zQ3KCtggbkIZisgMwjqC1MjKNkshUfSUKSOXbaCyVhgJlJcaJgVMwTqKyhE&#10;thusvylVaMRxhWC+EgqLLA/7pTKDlPrXkwsZRzsMqqRI/kX7HpNJyf9QooZ9PRAmY3FCKrEW9yvN&#10;GE4uZBzoawVQxdO27TcndNQ0PzD/0MEKHP9VNCteSY6B1+Cuxf1Q3YBSa6FtL1JnAy7q7veljRzu&#10;U5+fHipYg2PrsCadlqXA2EzR/aZ2WlFfeZmuR9teXGBaRNX9rLfpTfd9o78rkgdM4TVTKFLCv2UU&#10;M9KiSiJF9wOZQVBfmerD41D30zjnE8yW/Vtxv/ftaXPUNM3pk8p9aprm3vskceSvtx3x1IR3Wlzj&#10;WerWjhBBmUFQX8mGwNdC5H6nT/f31u3E8Z5a2Sq638V3TTyNsr5/a5pPzbeC8EGDlTjGF7woPt+Y&#10;lGMBkVEyAxRi9vRCRqLud9Pet23z5erb/f2XL99mPvrdl92vbZ/kn6em+dbcyOZ9e9o0H26apjnK&#10;pQ8brMXheqxLxqU4lpEZIA/ZAkqtBxP97p++tc2ni2Y2+3Rh7r9NO7ufVaKfet9T07y/atqLL82s&#10;ubhvr9pGW4BHbfsBpFchLWoXwWocqsgewSjLkT26jgICygyA6gaUWg/Rzbf9cvH9/v0Ht2X+Ft1P&#10;/9fcmx6H4Vt70zQ3TdtctLNY1jjlsqyiuy1gPfbXZJ9cnFcRKcnkQv2gugGl1kPW9bDhqup+R5rQ&#10;NleY8b5tmivJuk/Ttaj7WULbtnqLH2Av3K9QndXFx+l3YDA3ySyLlGRyoX5Q3YBS62HywMsP8bI2&#10;HfQzfP/eNN/zkOV7MymH436l+kQRQyqDQx2jVrCOEuole8GVUnh99DqY7H6ztmlO7RTHlzTrRhqL&#10;0iFO4p8PpOpxMjqo22bjqW1vTJLoHlnBtn2/T+5XHI1DGXS+XALzBZQpSqFIP6htQKk1Mdn9ZLTv&#10;mzphnv5De8Qw/jzkflfy45u4n80I0XJf3K9Sp7FAYZo/zhYwX0CZohSK9IPaBpRaE1Pd76mVHoZx&#10;M+3+CrbX2zRP3+WH9IIDve530T7NZiJypJHTZBy17Zc9c7/Ki396wSIwvzwWjCKFgvpBbQNKrYnU&#10;/SQStT8kkLlscD8dVrlXJ1QudNrttJFpD9k06Unft8f97P+f5M+9+WP+37YzmU7ZI/erVWsPoF9y&#10;YBBRUKYsVaXUeJxYxAQi99OW1+xCA4/PxuinW59s2k1z1bQyVdIcmdnf5seFhkLpAQeNqvsNsVfu&#10;V3KMEk4MP+kMYgqIKChTjJF1UNmAUusiuJ90AkKq7dcW3O/ie/NF+xxyG/Z33yed9G2ejqTze99G&#10;nZK6+zU36mHhjzYbfWdk79yv3AdJCQ4ATlOcCktFDPmkxaTFKqhsQKl14d1P3MxFnZnvPhTcr5GO&#10;gt2QcRabbJNM3It1etzPlGbcLHZEGVvcS/crekfAjAfakQ/QQ1kFZAwoVBErU+gCTStgGs792pvm&#10;u/M+vfkat0P3E4e7aU61cSe+dyODzR9kpk5mf4X3fgGWUxFPwpkQ435t88M53ZN3RN3h/rpf/tlS&#10;S1gLY7YTlYJPCamMBYUqYmVQ1YBSa8O6X/vdhz7DlXWD1P3eix9p8065ar63s1PRbL5FUsYzHeJJ&#10;9xnG/aS7+8Pccq/8zTe+EUfl7Bm/hHel/QNjuqHK31qfLH6bt+oWKFURK4KqCi69WR/G/dwdMeJ9&#10;Iwvos+in7ieoD+kvjWzqYbbFl7pN3f0G2Wf368HUefhVBzUN2bMa46csMlUFpdaHdT8z5JLWvSzq&#10;Q/cTX7tw91ntbNiGXjoFFytVXEgHXWSJ/oXeiG/CUMy3DxJ9bw7c/XQtC/oBggtSLSg23n9QUXm5&#10;4OeWHGTBz1Y+ut9F27x3K13c2LPFbEooTJbCVF2obS/kQSWZajMHoE7bts2sfWpNa6Cqu++8tR6D&#10;jpCBioasl4wCNV654+HcrzlKV6QoWv9489U+qm3aSc9BBk9umube+WIrE8LJPIpz7cYOKLtxZe3g&#10;PM3kSScbLdu2eToNHZADdj8HOkIOahhQKlsWWAH1FBRaJ9b9iogr5O7nxvTapvly9N5M9kr/10yW&#10;fHCdiKBixrPV7e5/3LftD+uN7f23D7J2xjjbhcRBOZb3jczCfZAeTeHATCcFV9tYBzc/IS/BuDmm&#10;JtgWbU4tfTz22NIl4ebBBQXsFjoo/189v/9Axzg5aU98qZ/cVSzY3Pa/t+ZXVG4PxcUuYx8OXQrv&#10;fm3b3F8035vZ7Lu6i7TvcvezFvJLWr6Y+vSOcirrEVIXEKuctm379EWac36kb7muh844Z8nxIyZt&#10;2gcvMOt/Jr7ff9eBn7JUov3F6clV0IoX6Z+U/yF/7KhWetyaLTY0grh4q0xStgOF1oq4n87UXujN&#10;9vvR7MmMpKhL5u7X3EioiybVTLabJpZ78Kfc/dqn01Y6FMJV0149LTvpJosRfDW1rY3Ebn83rTQk&#10;7aFL50aXH+o8tVwARrBt5ckUe/O3xSSFXTTaIDAb7/UJetOAMEHWzHtf6AMvMl/dSGNCha+kA2WK&#10;EnuY5Ht9DlA7UjKWcCR3AdWUN0PMZGnZqTsKWfTzpOn2nKRj5jea+1Yd6j8k5rXtfzs5af/7yUn7&#10;P07a/1AdmSwyM6emtP91cvK//uO/OZc1p9NPcXgHhdZL217MjPuJpaVadC1V1f1E9tR3O+w/39zK&#10;vyut9+9Jp8TWmrnlav1pLzu4n/11Ib7TzuRfR+5+ir1dtT+aG/vrScZyNKq0rc5If2jN1pVEw++S&#10;Zm7meo2Jls6tGGVNMLd/3VY3Mad90f6wpX6RVYxt24iRnmS17ZHWd/tjpqWZwSdTvD2E9ovdODK7&#10;arWN3crFedToP82935H8oyOh4TA+SKk2UOqTrCZ7pk548v+Xf/TuK1v/t7no2ubUDNi2bfO/QazU&#10;cvpJFQwjHgxdBTFCpZbVc76A+8mmGFPDXTS6bMZi5OFfmciIsZGjaVu5q8vUyql4GLjfj/ZC+yRj&#10;3C8cknO/IP3DtIASXUmzkc3cp9UTbBDV5ROiZAO4c0q9hEwkEWe21av/F2+1g6V2NsdEMI1q3/Xx&#10;U3MUdh/tvXiFXrraanUHrWpm5aQ5LGn06tF5Ied+wpE7jpu2+fWk/a/W/cQRT/TgPtjylSNwv+Hb&#10;bypvGNZaDa0nc44ZcjqF+TK91xbbT7LaIGu72+j3yXR5fRAM7md6wu/lqr8a537a9DQdGpNg0+35&#10;SOvQXVNmPDNIRA5lwozdk9wk9Uxl0EdQb9SGpFeS/8RPNLz4YtPDCFnqkWb33/Rfd02c6loLaRnI&#10;lnEwuwdjCut+ds2ja2FHezXCP9qTk/8p92F1vy++fHNMP1qYXR6KY6m0oTKuuD5kwFeDdo49YdSQ&#10;tp2f+0j4LkbRUcQYa7WoradGjrZ1iFn8s/3R3ui/lpr7mb+fXD/D3oxN2PlkvcA5g7TzPpiNI3OT&#10;1ShkvMhW/PuZXDZJN8ru414dTv75JM5hxG15s1PxRYmedn2t0VN/mpn4+F1dXEuXYzHXRNiD/qPX&#10;khRr92BmkSRiS7oJq/JTXwHQyHy7HrI7h1/F/f6HqSxb/id7drBCsN//Sg2/F/c+acs4PwOeJMyf&#10;FtxPUuTWBE+0XUjz19kqQsvWp9HNrbeV2LNs10Mwl4q2E437GWFp9JhlNKYHYLb0r9SYb1l9/y6N&#10;Numfm7ZD++NGm2mqqxXePn2x/ZC2vXlyd2pb3x+M47jymg/tt+9GWm6j+rjzkzyH5Q/GH4XX+5Ye&#10;lXDTfvvhxN1t3wo5k2r2jxttgt5/d4XIc7HffshFp3fuaHdP2dqGvtG/kve9xqdk2vZIWmv5e670&#10;NpQ9TmnsMNNm330UAbXJJGPOMBciiTrJe+Wnez/Adp2y+9lBcXmy5LteAi6hefqhoaO90X++ax+y&#10;/d48fZMYdtU0M11dIc0jyXetCnP7+2F7nDM5lxuzYvaT3OGc9IdmJk01tykep+VduYFOOQQ9jB96&#10;5/5k1k/e6730XvxI8r6J8Uzj4EZjnD2KD+0n1f1uO8KyLytkNkzReqymz9I0P/R0Zyb62/K/qMPe&#10;t81MW4HgUPaMc0BO6Y+Wa0LueKXwd9S0p/ICofwm+0Fc8uZU19df6Js4ro7U6Z6aT/EgqkVGdpYl&#10;K+x1KVx7W0B1XLwEuFT5dppN0gko9ELIoLB02lLve68uicMuDk3VAbGbtr160pa8NPsavYPsDfGi&#10;7e1hmokz10KBzEUVXOr/YthQ9932tAym8XFhXp2WYy3w3XfzP+lcb/lmSTZL/hHWeAlL6X3RJR99&#10;MdpWg5dM21rnu9Dl7jf6sFkR46E6+De7v//y3vRF9K5Mto9Sv6KPP7CAl2Rmp6qiiXzxru/yDHgi&#10;mHDkxGWkwzpfjzjZKOVlpGVe7b5r0ZdafDOd3/uZhkDpID75mYAiIuan9+l7207hMyNFXnSBSxkZ&#10;8P0mPX4d/9UnybUrXJzaiHFNxQ9mrp1sNen7s4pU3731ouhM7A8X7a7a9oNfxtGPyLiHzskO0NcM&#10;fI1h5grmVmo6v+4Nk2Q/Kb1//KXXFgyBk2CYT/aQN5Pev/HCBN/DxeyEEEIIIYQQQgghhBBCCCGE&#10;7BdmRlb/6hI9M11rlwnIH/NdIPOlwEQ8/xsXoI/farI8yzeyAPO3XIA5joJ4/tccR7mAUcdBS6QF&#10;LGOJI1W90AetL3TtnXn+Uf9+N5nojISsifxh2wy6H3kp6H5kg9D9yAah+5ENQvcjG4TuRzYI3Y9s&#10;ELof2SB0P7JB6H5kg9D9yAah+5ENsm73u/AvoJePryGaFcrzm/Eust2ZhCT5Inudc0qyi4v0pVml&#10;43K8j0Rv7kX7VD9XeGG+v26O1f42pyobF83Re3MW8nZeJ3B/41IumtOLpnl/IQdSPVsjWKAobTfl&#10;VDQt6J7eu/MLVeE4rbw+zOuk8sXD6QMVvKVrO167+8lCGvPrAl5DL2hWeJmG2dSPI4BMjCaYT6G4&#10;zUwGSHYBJ1A6Lkf05nJ5/WrT6tu126b9ZN75K58kkOVBRkJz9O/FvX5NQT7QJN83uFJl+ZhCM5u1&#10;5kOdzf2NlKGlRN/G8UdqBAv02EaKNR+Xay/sS4nlY+32BENVOPS95DlBJ/063ZCVM1DBW7qy4xdy&#10;v4vm6YuJCKfvm5snuSza5v6HXh5P8vJu/QaW/jI2lP/0QxRfVEber3tx80M+aOC+5qevo5Tr+aK9&#10;aE7lZain9/ci8L5p3n+Td43Lu9rst8rkcxuyO3s8F418xez06Pu3prl6uri3cWt21TzpF9jC23xj&#10;91N3cu6n37/Wb6/Kv+YzREbiRt51eXEvH9i0X2XQb7vNxFF1W/8vB2RKapofIhvtJv4pb8RXA5rQ&#10;9eObsceRGE5LNJ9csK/6NqvmnG76wx6ffnfhvdRHM/sxk3KP3jcXN+/V3ubLR0FHzy8QNszRmEjv&#10;/3HpF6olptRKUk2pQPl4lZWbXXz/Zmss5UXcT6/yi/uZfKZAvwFgLnv50x7J10n0t/wSDY1+8uky&#10;8VH5SF3bPMk/3+QzHz/MN1tMxbkq1uJb862VsMNv5ps9+p10E7zs8UiVyWpIG9H04wkSqU71y2ea&#10;bAnuN9MIBe7nDiIULS+j1nOVE7Df9pJ0++EDJysXhHc//eNIf7bNJznpYC4tXb/L5Y5VTtKfnEgl&#10;O8rK0wLk1YnmW7X2WK+OfNGxTnJkcVn6BSP99J7dY7BDK9+jdccrvzT5SW1uLW3iq+4Q39v9Mu6n&#10;J67OFxL0i4vueOBXSLKxy2d/MR8d8wny7/2VxL/7Zja7/2C91n4g2P2JSpcTaE+bq/vZrLm/uL9q&#10;Pjj3s8cbWzxyP/PlnynuJ9t2pe+Tvnz11Mmqu5jXFxql0BSK9h5OMPoT7VR/hd9qKv3moN0M6bY8&#10;PRgJuy4Sf3PuJ9nqzUbQa8TqcVn2itBo8O3028VF8+XUxGk4PP2l703+NrN7kpTZRXN/IbcdDH8v&#10;737WCPLdG5d11X5Hoz61ErJ0+5Ozlihb95OvXup3pYy0hDRxP2N1535av+4Qog29yUvL6l7u3OZ7&#10;hlrKd/mgaPwZm373u9JvSZp9+v3oF728+/ldmh9WVr/Z6aLfhyf9IqUl/LJnoEfrTt+XIh+b0RCi&#10;v9/Lh1FM1r25X8YHFZcnf2Zyz9Nf+h1l4xRqb/uCWKfzyXwrMy7A8qORjzI2FzN5/7bGP/NGsnCo&#10;9+ZLaaqjPiWm3LT7Xch3w/VT4fL9G2++8Ec1jvTe4tN9M6q9eJLqd6b1QvcffPSTdqBzv1CgNbvb&#10;uJAvM9ro98Ffk0ZcvvET3pXa3/bzB+GrPHK/D/rlP5t+f/M90tD/Pjj3c6fjd5Ps0RgrsUfltzkY&#10;U14oNCrdiYbo9yW4n/x3etHcy2dEnE56ZMlvqSFRSf4Ju0iP6/1T08y+zRqJzSZlM+6njuRbBsZ8&#10;pkMpt8yodSZJ8kGt5ru2FJvv+p1icUT3xU9j7NAqOlL3cwUa9/MFyn0lbvvpfUbdT8Q0Utly1PG/&#10;+U+55O5n/73Qr+DYg7ANdJdzpeeq8UA+pyTp8nl2qy/tJu3gjHO/D9KA1KPTaGI2T41tVFvbfr7z&#10;E1qJcoAXrXTqrMlMxpUctrqfa/u5FpmW+SQnfG913PmVju2D6fXLp4Cc++kXyFzMi39JrPZ70t28&#10;mvvp4enHvk7li2bmQ4n6r3wbTGrgy6w5ao++nertUK4M/XaY3J3002gqY/6ZSZv5Xn5dSJN1Jmeo&#10;19RFeyXFyxibfjetuTo1au/NLfNq5j9LK8WcNlfyvfALEbuS76JrOTP9fOu96V1brkzXWbEnol9z&#10;mM1mR+YsZqfmW25eQj+65s5VP/SmP/Sz0PanOc2ri6aZvbfZfj/RWIv81JEPcYUL/fSaVLkaQrtT&#10;YgrTuWzf32iHsjnS8mayYxlek9/GIvbUZftUPrk9k4GBi1O53q5McnMvH5PVPX8yOvb8kgMKPzX3&#10;qJnJF9Gv5Ev0V1fmKDVP+7nmUMRmn7TL7S19cdpcnZ5qpaWs3f3IqrTN96jiNSF8aS6KSPsA3W/7&#10;kACTJoSgsWeVQfcjG4TuRzYI3Y9sELof2SB0P7JB6H5kg9D9yAah+5ENQvcjG4TuRzYI3Y9sELof&#10;2SB0P7JB6H5kg9D9yAah+5ENQvcjG4TuRzYI3Y9sELof2SB0P0LIPvB//ucLgDshhJBtg8GPEHKQ&#10;MPgRQg4SBj9CyEHC4EcIOUgY/AghBwmDHyHkIGHwI4QcJAx+hJCDhMGPEHKQMPgRQg4SBj9CyEHC&#10;4EcIOUgY/AghBwmDHyHkIGHwI4QcJAx+hJCD5BCCX4cJhBDC4EcIOUgY/AghBwmDHyHkINmF4Hd2&#10;eXmOaVNg8COEZGxx8Dt/7rquu7u9XSwWi7vFnW5eo9QIGPwIIRlbGvzmXfe46Bafm6aR/0v4umya&#10;5mv3sOi6O5QegMGPEJKxjcHvoXtePB/rz8emkS6vhK+5BD/p/j4+P3bPqNMHgx8hJGPrgt9l1z3Y&#10;aPVgwp75T8Kdj2Lz58fua6TUD4MfISRjy4LfbffVhKrHhfxdXDd+lG9x92D7v91Z0zTPX0c3/xj8&#10;CCEZWxX8bruvD9Hm420at847TXPc3o0Mfwx+hJCMLQp+593XKJg9dl+Pm0Vz3DR3Eu9u75rmWMKY&#10;bRkqt587GQkcgsGPEJKxPcGve8yClCR8vbs+a7rm7Pruq5n8SHi+zZRyRogQQg6NbQl+l93tR0wL&#10;Uaszc79mvUvC8cPwzMeeB7/zW1kAidxlpiKExGxJ8Ht8xgi16L42n23Mu3Tx7aH5nAl2C0xBhvJ3&#10;ljuMeDkP7rZBCEnZjuDXfX3EpOayu2700v0qF7Gu+7s7ew7zHZ6vnwei20D2TjLHKNdHwWiEHDxb&#10;Efy6a5i3uO6k03b7mASujw/XehWbVTAR5/P+8Nafu3ucY3AbwzLPBRKyz2xD8Ouu4+G+uS7jczw3&#10;Z4/dYvHQmaXO1zZvkbQUj2/9oGCJvQp+lxjVxjM4OErIIbEFwa+79mPzt/apNodGxRD20mV9kfBx&#10;vAAmoy9vx8B4pjzkU0XN5QKlFJwtJ+Rw2Xzwc33etDGnaLCTyCjhS9p8C2zguWbiWd+4X0/WTnGN&#10;oax7jhvJJR5QY/JbIV4JHed4bebzMctEyb6y8eD3eFtuo0zluh7i6jm7BC5oye8VFdC+oxVfk77g&#10;F3r6vo07l2GQZbiMFLsufp6IHBybDn7XXdeMekyjn3n3+FBt0yx5nWwV0OqrnmuZz6n2Fl7zA8Hv&#10;8+Xl5eVc478e/BqC3/GyRZB9YdPBT5ZhaPAT75cVe53+mjddc3l82T03z3pZfO3Omu7uuLnsmm6x&#10;6BoZvF80XSPtPXHiedc8Vyc9dt/Jj5PYNe6JZiDtAPeEms3Qd0SX8fF2jFlkTWw4+HWfP4fg9yjP&#10;qj364NcsLiWwyeaZuPxz8/x8KZ5vg1+XBr+zj7Wropa+M+g7rB3Jor3nzix8gYkMDZbXaplA2niM&#10;cxArAs1Lm3pdnHZ5LLfebe7wOpvRwc9EP9Py68zZL+RJcIO5//lFkF7DH4Vr+TmT6jnOu87dXjgj&#10;dEBsNvidGR8uXzhTkJV+z5289LkAXOjWzeMke7XYBYRWIGlgJQKQmoWJ0i7syFvPNV7F7UWIQt9c&#10;co57rtZjjX5R4PkYl9SnaEWSRBcu4IBishjnczAjo88wPcHPGOSrFTg2leb291lzn91xabIJfo/O&#10;kF3XfTTVr+b4vFwFkd1ks8Gvu5b3la4HcV0s37Bk8EtEEoE0UYBZ11x/+eAXR6w4Hsv1r8cdevtn&#10;SXCUvEVzlxx0/EAcRvIIJxYluZXV8jsqBIgU0hZrmpHTZ5g0+C2S4Ccp56F4WcwY9nZ+eRmPDl5e&#10;yriJ3A9Chd2F0oReq5A9Y6PBz405p89qjXO/gk6t6bd08ItkEgGLPneXSQqFxGWDXzzJG8LcsV7y&#10;SePNjwum7WjdjgSj4nrGDq1EZM84xf6OzsV1O0tWVYammPsM09Py0/R0OtuccSoe0OAXp0kZDH6H&#10;yUaD3/Pcv6Y50PccwmN0vZ5HOibluNL0G45MteAXXyORQJJmSC9u1F4++MUXdpQsGwsZCXUdbhX4&#10;2jQftbVlg5aM8slIaNIyjWc+QiogRScCTks37O/kXFDBR2OrmXWJU/oMkwS/Wz27JPh9Tk8kHYXQ&#10;Z4MCGvy0uee3zxj8DpSNBr/gpfNA9Soxbu85i3RsUuVqXiH4+aiRCMRJz7ZbmjxlYZXjpOWCX9S4&#10;jPd93HULiXLWfs/d43nTnJkwIza6dTuSE3ucp4aLJj7qbT/XlLOb6Sig3RgIfi7Fdn6jnAJ9homC&#10;nwRluTsmwU/2ZLKPpTV858V1XYw/Sw2DZswvVnhmt/dQ2WTwixecuoWs1WvgfPGcPc9gdXwv53ZR&#10;fH/JcsHPHpENG4mAYls0xfIKSUsFv+gVBumZSeFn5kNP101znL/b6rN996GERWj8eFtnpcZYARvT&#10;Q6nRVnwuWVMxskGWVaDPMMnjzCbep8Evas3KyECQ116E3xIV63NBQe61DH6HySaD30PUyhsKfrfd&#10;Y7421+qEIZ7y612WDH72CjGJiYBgD1jOwPyKC7QpBWrnVyboRT25S7nEv0p7qvDcR8Sik8Cov+Sf&#10;aDghavvV1kb6CtENtxebZ7fCufgCfYprs4qMDeG9w34TDVPg8jIuIt06vrzEGyeKkMNjk8EvHgca&#10;CH7Xn5+z9SSF4Fd+r+mywc8ma68pEQgJWoq9zqPoYjMLVM6vTGW29LnrHrtnb7wz+ZB7RnMr374T&#10;Pj52ErziEqKWYpycYHeudxyQDdoJcSfaDfjpxohhv2mGIWQNbDT45Q2p2jXQdbe4nCQKfj6nfC0v&#10;HfzcURWCX1JIshElFKicX5HouQ7IgXLO43lnRQLx9bNvKmctvCBZniAXrMCx/+VFg3ZKPqlc3Cox&#10;yTCErIONBr/oaugPfud3jw+FWWCr8+gbFQ9F/eWDn4s/WfCz0caFA7MVisTt5cb8bCnZ6hVp7cWN&#10;PZtrm2q2/RXHw7zN7Ibo+iKS68v6J4N9jt3253KerXRx24AvIWOSYZZFDrNnbTc5MDYY/NIXbFjK&#10;18B8URyItjrPc3fF3y2yMLFa8HMbGPxsGUDU0lLcprBS8MOcdA5AkYKvzbWdv/oK1eOy8wa1wwrA&#10;gF8h+EWyZqs2Elkf9hs0jCkAUwcRs7uiS3cRZKmdkN1ko8HPxZLrzjdkytfA2V2xd2Z15JFgozh3&#10;S/4SysEv3pO9WG0LKc234oorPU6Lcc0Ku2m3lOnBLzzaASc17yT4hZI+2oaXbti26mNYeiNzmfpM&#10;dEwIkCWLWbyMkC94Ts7FpunvqF0JVIf9hgyTrDOcQBz8CEnYcPA7O58/z2WBgbsYy46a99uUcFEd&#10;f75dyEOaY4Jf3pJxBdmBMbPhj8TtIwSK/BWhjlTFlSBMD36hZwtKJvjF3Nq2oNnzPPuuWx78orPC&#10;nEDyJqwo3aZUg1+uUU6LwHME9EYg/fqwNsdWo9NzZ+zCq94QHqPgZ1r3tu2ph6IlSJ9BBwxMTjhG&#10;Y36/vMrVRv9xkl1iw8HPeNVDeBCq5Fsfbx/K3RWrs+ie75q7rzI9Oyb4+eveXgh+XsF1ysxWOJIQ&#10;60zp8WOuDnvt2e53QWB68LOF5BEjD36Cru6VI0heX2BYMvjFcb+QXAt+9mfaynNjkEliYMAwRlP+&#10;2mBkSxNksEF/LIyNpfkdZZvjjDalhGgzILdY+Teda/LJrvzq6iCyY2w0+ImbPXbd56ibVLgGTAam&#10;CkHNJtyOGfOruD6O2EVH4mOzCX52I+RHif4FIiix9uAXl2Ti3a08/mcaRHHgKXZ766UneKFk2MGm&#10;Jedio/9H3yTDp0esUmXYr98wtmS96/gE/SE3prkaV49QakpXNbqjs7+8vDTyzsy2BEkNchIN9Ycv&#10;2G05fV+e7KjkYmQX2WDw09ney7l5PMHNF9pr4KE5O/9sn10zGfAkmy1Aeeyej++eLxfim6VrqHB5&#10;W82I6Fo1CXFJrqGlwc/+htnnpDkY/7asPfilnGmSXrXzfMxt6eDnZy6SVJuWnosTzJ/1SAXKw369&#10;hpEIp0FT2+DlGHTtRwkWbghAEOe6jEYQlCgY4o+QDQf02ZfB4LcvbDT4Lc4lcHmfjFzuq38gvuvu&#10;uge/lEIIixXiVF3CX7jkJBUTFDdNIJdLOuMpr0yX1x9FHJs0bSyYn9nFapM1vSBybpIm9JnCuUFG&#10;Kfhpd0z+Jj02x9LB79XAWBMDs9e3efAzo3dzfT+LjCSH0zJjfvL3Nn4U3AvgD/OP/I0PSH1Ryscd&#10;k11mo8HPvB/pedF1czdQZV3OtwSL+AIiLqVpMOoJj10hNFcgMNhu7+W1XskaT03zuDk+NqFPWlfH&#10;HzX74/kq3d5XA88xRg7yo72fyG/bbdU88ZOPYVPupLbba2KU/Iq7vWIfeXl4f/AL0dPsL9lk8NsX&#10;Nhn8HueXzbNfRmYw14Csq7vNHlvwuAJCyuPznaztKL/Tqpi4/YTWHYyTlVp+C72sv0rAjN6u58iD&#10;X5hiqr/bYB2c9wS1mJ7gJwfpp/vVW9L7no1lehMVZGwiyjY+FW1K8JJ/feHxD/tP3Hy2sbN7tOUz&#10;+O0Lmwx+H7vn5vLx610c5fQa+PpZXtLX3UZv7EtwBUR6Xfe1O/u6KK6JwQt/Vwjnlqab4Hdrw8W5&#10;G42aS7vnwQ3TLeQr79pLl1cfX2JwqZWdYgbourvRFzzOtj+WR/hy8PgCGsnDpj9mu3TFjCMc6+DJ&#10;c9RGs1PfImWKNl5ml654MfwRdmbsaGfBzEDmsx1ZIPvBJoOfPNx7LcMp14vOLdNSRzWjLrXHBIL3&#10;2c3bbnH83Ol6waR4Rzl1+wlLbNKYnrX8nj+aGHFpluYtsmGyLPhFy2GSdOBccr+aj4uK7LHpjB83&#10;88VD18hXfzSmnJsdPtrQIIFIPk9w3enSI0kcfKisHvwIeSE2G/w+f2yuF1nLz92BtRNXwusHtGlS&#10;+XB5OXUHyM9YyYKfIq0Sfc9VNtdbCH4hqz/oyCsD5T/9mp68ItCsojvXd4dph1M7kfM72T6/1Jaf&#10;LoQTDQmVi0bGJDW7l4HjIGT9bDT4mY+36aX4bHu0503zNXpHXhmn77rBz123uJSX3Jd7Z3Dl6eWq&#10;l6aOoEs76LqT9+fPpa/dNN3Xh4dmLgumdfjo66MunjYDb9qvXkjLSUYYn+fP1xobbvUJO1e2vEUv&#10;3eWSVN48pd/p9FuX/t6h36r0g3l3IZxcY/CrvCurQHdtQ5wKzk3w00OwNyljcp1pup6b4Kd6RmOx&#10;0BBZfs9izG4GPzHgYKP2pYjmtMlSbDT4NZ0dmIpj3eirINKxkafiCpBsg9/lnQa/41v9VrDLOP98&#10;rsM8c91quub8+uyz+20+lC7B77a5c8/cdY2Gxcem+/hVBDWjciRTCWeYfretaebRQh0JhGaE3mqI&#10;CY+DxN1HCH7RgEKUWsZ8DHJudmC/tXcbgp92tx9Mb9i9EF5E7A1gsdBA+3Vw0HBctfcfcdpRGNrj&#10;ciRHMLiX5IAS1eWIi5C7XJobWMOuDoHNBr/oNe1r4Lnw1iuhHPzkgpO1eF+PbezUjI/X0to7n/vg&#10;97xYPB5Hwa9ZnC+abrF4+KivEfxqinIlzpvrB2k+rsv1opMLia5xJ61dafppA1Fad8pn8+OraZFc&#10;w+pxIYp9yZdHNskuBr/CYk8gOaBYdUmiIs5KL6d2rGFXh8Bmg5/0quRrGc/P591zd/78uXvoLhfd&#10;2eKhe/jafXy+letaHt01HcBjWfn8ueseFtfPj91i3ski6e6rfKJMLv9afUP6mU4gaI/2/Pzc/NLe&#10;s85M3klsuG2um+vFYnGmmc1CfmswkfB6/FUT76TV86jqc73UJPWu0ZUj6aT0CsRjez5Rgl/obNmF&#10;02dd9/Gh6x6u7cKYs+jKlFmQsBXFiBHLXHquMbOH7GHXwZBQYij4Xc/lXhOZ4Xw+n8OO9cTSJHmE&#10;KJP77BMu53NjyM9avENWSMbHUyhDuM6+tnWepQhp7V2nZcuu03O/nM/je9LnaDMqSL7fBcdYvpNd&#10;pxlyLgO2Phg2HPxkGUUnF7MuSdAB+7ms35WlpZp23j3oAJVGgcWjPMt2bjbkz9zmmbZQ7SrNLogC&#10;mxu66SeetnVpc+2Y5/MaMnM0z94486yX7bN3+ChrRHiWuw6mOeo50+kNftEhm32GMcs41mTBL1qt&#10;59/Gr0LqYH5E1ZtMZOI1BlpI2HRvUJDUqF7McqCoGLylaKL+irR0O9qZDEHHB6WlRvn2RoPnD+VK&#10;Oz+Si3pWEgDjV14UgvnBsengl7w1aSXusu8bOfAaNQ8B6CKMa2m0yRqZy9tubj5o3Zx1j5eP3XH4&#10;vLW/DG7nnaTb72uaLCnkc/fcSH9TthbzZ3kSXq/neXd5+dzpEjO5NM8+L9HNjNt+/T05J4XpCfFA&#10;A16kBc6luW0uJ3nGUNq6H+U4bBSRq3NhH6yT625hrSDiz/rVyoePfW/KD/QFP3+s7vTcWYrzRMMB&#10;Sbc3WhBtYoO30OfmWCrXlKlhxP8wqwHVkUTZrRly23Y805akYu5pY5egBYdDUnSv7kccxHwp8kMG&#10;Zu2x6EUR58vB6dhrSNebtfy4thNjsh0fTaSmP27DeyFKB3mIbDr4Nc/hWYMK2fMKRXT+tQzkPMts&#10;hw1+5v86fD/vLrvL7liimbrPZXfXyVtWdZ2bufZ0rb9pdvpLSaeLLyXqyYHaFXE++OkLEI67YwmB&#10;4oFL3G+TZ3UxM2aKjNATbjxya5DP5klAF461MhaXthXkyvOWlNeU2U0V15DSH7MNPUcjl3b0mlnz&#10;1zykaxc3WjD42X9sNNFP+Lqmor/8QxwI0pKsYcQuUvSpXiqKHvIrfn7ObqOOZOoaTHPgmiLb8cM7&#10;eCwiZe/okmBnm/xGEEyPxv9TmQ6+NO1JTD5ANh78GjNgB9xpK2Ku39vuPnfn3ULWXMgI4XXX3UWt&#10;fkdtpldIs6Q5divX5+VHiWnWWc7n3a3Esa5rzruHs4fuTAJad7zojruPlx/NS+Bu58+Sbp6NDy2/&#10;S3lUpVvo93G7xfxRHjZ9PL/rjuWgPndNd3d5KUu2j4/Da7OmkJwoZgaGJZIuMWaWML0lebLWvDFB&#10;z/lRA9y5zPPql5Q+d7cY/K4j8edVg5/EtOjzwWCPqHTs9oZN+4qqkFAPfq5YKawa/CQs2TEDkcM3&#10;JVSCHyxbzd6SIMcSXprmixbkp38k2RYXBEOCNscLR2lw141vEh84mw9+jUxhZHzV4CeDeYvuUlbh&#10;dfNu0c0v76R6o/VvlkVfm2rn6zk1EOY6tMuEHyiPSG4Z06PwtQagSzcxcG2v8Es7ZQAcf9b8y889&#10;9RKDASMCmln+nXwZ9eAnLcSvcUI1+PlN6f/a4Bc/EWfz8ZBCgvyoBD9picVLlsLrCeWXeRNXHPxC&#10;froXuYeZIQvbtpO/qug08KDML/mj58Jur2ELgl9j5ytWYFG8GBx7UM/p6ZZHDu0QXjmswYuuMHvj&#10;YMCIMV1QGT61h67/Xl/qeFz05B8GP5V7vjSrwKV/GfJ7g58Y0nV7zb6kr5B0b7W3srg0vWO3KN8X&#10;Uwl+Zo3SrdUK26brk7f8TP7i8lLHGtwLql2Bn835a8H6wxHk9OSc4UyqeIe53NJjPEi2IfiZBS8r&#10;UPqmb8Q+1DO+pa/3hDNgnKDYVtssGDBS7HGH7po7k+R10VnwC9M7+IGOavDzJftml59V1zDrxf1z&#10;NWZxqU+XH7XgFz2zY6vAb0t9ZsEvyjeTRj7dV6hrWOvhmFdax3K+WaGH5IY9/CzOgbMVwS/p+S5k&#10;ikP9eN413Xl3poOCIiJ1KlMSknAW9X3LL7IKDGTvCBj+Rg2l5a8Crb1KecNgwCATkKsFYjAZwXYE&#10;v+Y5elpLIpsPfjLst+hkglaem5B3lj53n+dyN/bB4OtQdQ/l7wzeRh77Rqca+eDoxCbjq8Hgtwpx&#10;BWMeqbIlwa+RELcUz8Nj93vkD5XXfNln2TxnZvV3RuXrQVsAg99qHKtn3PXfC0nKtgQ/88rMyTzM&#10;+6Z5LXsU/NzLPZcCSyLkoNme4Nd8lqd0p3E35gmtPQt+9fZfH4PNY0IOjS0KfjIbBYNUi8uuO1vo&#10;gvjr2+760rzAxNGzpi1hnNSOURjOq7G9nV1CNshWBT+Zwk9bf/Lk7LOMZ5inMeMnU+9Ghr49DX7K&#10;YBPwYUvnNwjZPFsW/GTBUvwQln1QVKZ55Ts8IeNuQkduf4Of5WPWDDSv5yKE1Nm64KfNP3kxPfAg&#10;y10sd9PeELD3wY8QMp1tDH5m2Wbp9QVmlX+yrH8EDH6EkIwtDX6Cjv4t7mwrcLHQvt2Id9BlMPgR&#10;QjK2OPg55MXbc/Ou9uVg8COEZOxA8FsZBj9CSAaDHyHkIGHwI4QcJAx+hJCDhMGPEHKQMPgRQg4S&#10;Bj9CyEHC4EcIOUgY/AghB8khBD9CCMlg8COEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBC&#10;CCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQggh&#10;hBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQ&#10;QgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEII&#10;IYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBC&#10;CCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQggh&#10;hBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQ&#10;QgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEII&#10;IYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBC&#10;CCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQggh&#10;hBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQ&#10;QgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEII&#10;IYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGE&#10;EEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBC&#10;CCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghhBBCCCGEEEIIIYQQQgghr8vvJ8K73zCdEEL2Go19&#10;Ee/eoAQhhOwhGPwC735FWUII2Rf+wJBX4t+3v6AeIYTsNP9ioBviL7YHCSH7wy//YJAbw7u3P2NB&#10;hBCyc/yGwW0Sf3KmhBCys/yJIW06b7FMQgjZATCWTQYLJISQnQCD2VSwPEII2QneYjSbBh8VIYTs&#10;KBjO+vnDLwH86VcZMUzLGubkb4ZLQshWgOGtzhrCVtzO5HwxIWSTROGol79QcRmwUAPDICHk1Rk7&#10;5ree+ISlInzdDCHklcDwU2E9QekvLLYHxkFCyEuCMafMP6i2PL9Ofr6YTxgTQtbOyF4vqq3Kz7iD&#10;8fz7x3p64ISQgwZDS5l3qLYO3uFelgJLJYSQMWAsKYNaa+IX3M8SYJmEEDKCkW82QLW1gTuaDLvA&#10;hJBlwFhS5gXf3IK7mgqWRwghI/gJY0kZVFsjf+O+pvEig5GEkL1n5JwDqq2RiW9U/QP1CSFkCTC2&#10;lHnJRXZvcGd1/kVdQghZjpGRB9XWychDeOGjIIQcFhhfyqzx6Y6ckYus2ewjhKwRjDBlXvQjviNH&#10;HdnuI4Ssj5GTDai2VnBnFVCNEEKWByNMmZddTYJ7K/MTqhFCyPJgiCmDWmvlV9xbkRcddSSEHBoj&#10;5xpQba3gzsqgFiGErACGmDIvu6wY91YGtQghZAUwxJRBrbUyrvH5otPNhJBDY+QiE1RbK7izMqhF&#10;CCErgCGmzO+otlZwb0VedrqZEHJgjHyRPKqtlXFvE0QtQghZgX8wxpRBtbWCOyuDWoQQsgIYYsq8&#10;6IuSx71N8GWnmwkhB8bIt6mg2loZN+WCWoQQsgIYYsr8jWprBfdWBrUIIWQFMMSU+RnV1sm4xufL&#10;TjcTQg6McauLX7bVhTsrg1qEELICGGLK/IVqawX3Vga1CCFkBTDElEGttTLubYIvOt1MCDk0xq0u&#10;ftnghzsrg1qEELICGGLKvOC3yscew8tONxNCDg2MMWVQa62Mm3LhK5wJIWtk3Orilw1+uLMyqEUI&#10;ISuAIabMb6i2VnBvRV52upkQcmCMW138sq2ucY1P1CKEkBX4F2NMkZf9TDjurQxqEULICmCIKfOi&#10;K+zGvU3wZaebCSEHxrjVxS/b6hr3NkHUIoSQFcAQU+ZlXx6PeyuDWoQQsgIYYsqg1loZN+XyK6oR&#10;QsjyjFtd/LLBD3dWBrUIIWQFMMSU+RPV1grurcjLTjcTQg4NjDFlUGutjGt88lvlhJA18hfGmDKo&#10;tlZwZ2VQixBCVgBDTJmXXWGHeyvystPNhJADY9zq4pdtdY3r9aIWIYSswN8YY8qg2lrBnZVBLUII&#10;WQEMMWVedoUd7q0Iv1VOCFkj41YXv2yra9wxoBYhhKwAhpgKqLZW+DYrQshrM3K642UjD+6sCHu9&#10;hJA1giGmwjpXmdgi/377M6T0kxZCCCGr8AeGmAprXOUXlVpIqpOWQgghKzC207vGT2dEhbpPgnC+&#10;gxDyuvyEAaYOqi5LqcxRwW+dHW9CyGHzOwaYHlB3SeIifTgb9XzHGjvehJCX5Ze3lSUc795uw+tJ&#10;JjT71vX9jrSX7ZNHBb+1HAAh5AX5eeRbUpQ/f0L1FwJix6h4k5DqLwU8SOfTR3V7GfwI2V5+HvcR&#10;ngK/Y1FrB/c4HSxxKtjSDA/MjZp2YfAjZDsZ+XqAPl7yVcm/4s6WYLVGKpYWB1PMKsHgR8j2Me6T&#10;36P4d7UIUwX3sxzLHxyWlM7eYl4JPuBByHYxdpXwBNa3pi6A+1iWpb6iURxgjAUqE0MpsQIhZLOs&#10;oa9bphRjJP2PZTt/vy89HJnzNxbeSzHyYSzDzBKJAiFkc4xqrqT87Z5pcPz8ttplxhAT50HWNH79&#10;My5qaf4Y0Qfu2VP6fsCqFSKWjfuEkHUydQJhoCtbbh7FASJOj0LoydsRMajOz7WliBN497t/QUEo&#10;drChCRqYXQJUCCGvz5iGSmDkUH1pwYdv/iWpQSc8o5E1Kqfz25QFiiuCN4PfUKDA6mdICFkFXK/W&#10;z7RnOQoNJk0vJBXSlX/Wsmbwt9VbhL3g/kZ9PxN1CCGvyC94RfYxss2XgGXINZ9uR6WmGcBf6xkl&#10;+2W4Dzsd3Mm4IVTUIYS8FpOG+pYdjRvqVAfJ8lBhzl9r+vzQT2/XNL9dCstjFg0ta1JCyEpMavWh&#10;8hT6wx8I/zqpYfZnKe4swU+/j2mq1cDSlDHjCThWSAh5BfBC7AN1p4LlRZRfbLdEKHr3+3oaUiPm&#10;doHag3z9Qd8wbRCVELIyUzp8awgq9R5ttrDEsUT886ypY/ymZ2VfBKp5xjT+OOtLyGsy6qq0lJtm&#10;k8FiHSgXMSVA11lPi/D3noNB2YgxI3+9BRBC1smURhXqLg0WbCg9+eaptxeX5J+3q48R/orW6y9y&#10;XONxoBBCyFrAC6+H3tg0keIQWP9FX1RZFyu/gfqNWc2Hycjo1+vz1faEvChTurxrWWHsKYUylEmZ&#10;cqyr8W4NbcIqk05jvTYnhDhGvWTdso7BshgsfzD4lTSKuAnXN6s93ftykw/Te/Dr6KITQjxjnjp1&#10;oO7q4B4Ge3ooXwHVhDdLhMG0hKGDm8i4yY8iDIOErMqUBgjqroHsbQcogKB8md4G25ueeVogHeH0&#10;ndU/VxwbDGTnPxIGP0JWZLPtvsKrDjAfAfEKqFXgpzEhMI0xBY11PF88ZdzBsYbdEnLQTHmgbd3j&#10;fZZ0J0OPd40LFPii1CpDDa9UGnNT3r2tLs8ewcgFMA4GP0JWA6+pHl7qckvf9YS5yLhhu0lxuqfj&#10;ny7nHhd4lX+Xex//r6Xp7yJLFU8IceAl1UPtcdXVSXaDmUgiXAW1hij0ZxWUmzhO4MAyhvh9OAYy&#10;+BGyCjje1gfqro94L0P91XGNr6G+c4FyuEEpx1BvGVj2ecCf6m9UYPAjZAWmDPih7hqJ3yE4dE2X&#10;YxSCWmMoLTvube2OeTWzA3WX482bt2/fvnv37t3bt6t92YSQQwcv0R5e9CGDaD+YhUSiPaDWOLCU&#10;wXJK8bLMMm+8JoS8FK/fdKkwfj/jBtyWXYqM5QwdzYQXX6MiIWSD4AXaw8t2ssK3fYcamOlR1UCt&#10;0UA5Y4IoqNToXXRNCHlVxi0aMaDupsDjKoNao4HHzTC7wOgH1FCRELIx8PLsAVU3Rc+KvIgV3tmc&#10;FoS5BVKFHtb2PBwhZEXGBRID6m4KPK4yqDWBxChDM89CLN8PahJCNgRenD2s8tTWWsEDK7LS21bj&#10;gjCvwIShA1QlhGwIvDh7QNVNMW56eqUOZlTOP5hXIBIfYkxxhJCXZ/RI/bhJz1cBD6wMak0iasqN&#10;aO9OWSW+2nERQtYFXpo9oOqmGPdM2bKPkhmiQT/MKlB9+KzEEs/cEULWD16aPaDqpqi9fSAFtTLC&#10;wuTCcxc/+RbxmCDqSxoFaq/Cci+NIYRMuW73rNcbPZM29BaFIUY/32FYoyH/HTUVTQjJGfd2FAVV&#10;N8W4Qy605lIiWcyaSlTUKFB/aUauwyGE5ExY5YeqmwKPqwxqIZHoqg2/kUcUWFPA0rHPNZVFyMFx&#10;oMEveQ8LZk4lseGoVy5gCUthRiUZ/AhZjvHBr/eddq/I73hgRfrfjJCUsfLCu7iwk1HHt473Q9iX&#10;QDD4EbIc44PftlxleFxlUCthgugYoLRkswIWMR1X0rZUCyG7xvjgh5qbAo+rDGpF4OfRMH8qSXlv&#10;xj3qhmVMJXTbGfwIWY5xU6cCam6IcU+k1ENCth65LjqSpLQsocyYxYM9RLeslQ+fkEMlviR7QcUN&#10;gYdVBrUMP5W+/IFCU0nmTjSoxQk1sJRJxKfB4EfIkkTXUT+ouCHwsPr5W77x8/btu6y95xlcDzhE&#10;0svVmYwxj9+tstukIAY/QpakHhYAVNwMYwbUJoE7mEyhtCSpAhYzGvhaEoMfIUsyetAPFTcDHtXK&#10;4A6mktjPLgcas9Zv2Y954AwVgx8hywIXU5URb3Z6eSa9O2oMK8eOpLRiYoW0mLFko5YrnwAhB8u4&#10;6dO1Po6/PNm1vyq4g8kUS8PVNCWWetcqFsLgR8gK4OVUYeUHIdYBHlQZedHKuMHBFZecQA833B/i&#10;1BpJOaPAj6PLOTL4EbI0Y57HElBvA4x7d1TcRh1o1678nFlSWkgeM40UFzMKqKh3unMGP0KWJ72m&#10;qqDaBsBDKoNaPaEIJSdTKy1JLzO1KQ1n8YuZa2HwI2QF0quqxspdxNXBQyqDWkJ5FG7lN8onc6/x&#10;d4Lj9BqR+AhyZf2XwY+QFRizNGPyxToBfS/9iBey4zKPMpVFJDhgJqDMZKqljemgTwm9ePSSpj+G&#10;rUYIqTNuduClXmoVtcoqgcsSH0wd1PLk438oMZm4sLQbG+fUSBR6geE+fT7E3LIY/AhZiXFLSFBr&#10;PcTtOcxLiQTr9HyrHJtPK3fkk5tGunYlj7Q5o1cPwXCfWXJpfjP4EbIam4t+SV8WMxPGfau8LxrA&#10;U7crr9tOSuvLqwAqNcpaZqPvdAkhIxgV/VZ5HL9CEvv6r+RYsg5qJaTtMcydShJLsRk55gOb/efr&#10;SHVcy9YablwRhJA6o8b9Vm4rIeleMTcBO61lMAYBiSxmTiXpjWLmqFiNOgVgNsp3le02gx8hKzNm&#10;gnL1VcEpaeH9gWtMU2rwAOOGZv93PkYQlVWIY0luhYGjxQAbK9gEBj9C1kB6nZUZvlwnMKlsEK6A&#10;WsgE0SGSF7rkIwKj3peDSkhV3DWZGfwIWQdjBv7ipbyrkS3bQ4GEUbFkeDlOJItZU4mKKhaW5FdA&#10;HSAVjhfTuDQGP0LWwpiXEE99LKsGljsQuFC6DGplhEHG9X6rHDNLwb1A70HAQETcTfcVxeBHyJqo&#10;PwcbQJ1lKKxbQZEUlC6DWhkhIvUvqB4miW3F8cNYoAbqRMAgZ5Lnq4nBj5C1kV5yRXoWEo+j2IdF&#10;oYRx754ZXjYcQhbmTCXZMWYqYybQ87FCBwhWMhn8CFkfY9aU9HbXhii/j7k/cKF0GdQq8dPvJihh&#10;+lRG7DgRqYA6jlQK7B1uHgx+hKyTcnRKWXrorzYUhnIpKF0GtV4Q/FZ5iVikRrn3DU1jLL+eQwhZ&#10;jTGtv6UuPCwjgJIJY4Yi1zkTPUyyY8y0jJk/KupChxmzGfwIeUnGrHuZGG76Qlh/SShdBrVekni/&#10;1UGAWKhG4WMeIIHZceOZwY+QF2Dke/7GXX9DhaF8Ql/UDCzdE1+CpG1Wfepv1DQNKkHsK7z2L8od&#10;Z3xCyFTGTFgqxbUelp9HxK7+wIXSZQptqOU4Ofnn7UBhyY4xM5CIVQAVGO4rHUeUzeBHyItRWJHX&#10;wz9//u6uxzdvR4fO8jXuQeEKqLYsIVZjjieJUIW2mWOM8dK4PzTcB3MtDH6EvCTFZXnrBXcZMyaC&#10;CKi3JCG21J85SQZEMTMmlqvRIx9neWIBBj9CXpqhMbtp/AkLXvpe6DJ6z6i4HNGRYVYg3m2P2Lhp&#10;o6jlmGZUVkDHIgx+hLwGP40YvBvGzOumabiniNGxr6+Q8Yx6q37lW+UFRq0ZcsLQwq7MoyQdYwY/&#10;Ql6P8mcgRxGt6E2bRHH5KRPiLaouQ3xy9agWCQ3tNhGtYHc0YrhPSIQY/Ah5bX4d93JRR/YgQ/IU&#10;SaV/N364T+mfMR7FyLG8WKpHTBj1jliVTJOqz0+nzUMGP0I2xpu+luBf9bXLsZhNehtfyj/1lVum&#10;vrORpMVhric5siysA7FsDTnwNKXe6kybzAx+hLwaf6wcYgxxBLFJUcpyDAWifmASpn6eiRhmImM+&#10;YnmCj1P3vNQ6FWTwI+S1iK+8vjnaYUI5doX0qB7iALiT8WRTEyjgSZ/bwNyMRLrCyOE+nGth8CPk&#10;tYAIUX2odQw/v3XDhjYhLXtZYC9jwWJ6RhATsZ4VzpYJUzaG+p5x5wx+hLwSWRcOBVYCC1+ank5j&#10;mVKbs/rMSWqEEdEnkR+mv+8OwiN2TwhZGbjwesflp/Pz739MeB5uiP4QElN5fgXFPCPFAqnCEKid&#10;gm9DZPAj5BWA605BmTXys33l8ir80/fCBZy3TaiOZ4IcZheoRNcyqAygOIMfIS9O+fVMk3uYS/Lb&#10;6oHw5OTdu7fCn+9GPHSGB+DAcIn5JUClh2rIdaACgx8hL00lXvQOzr8MvQsL1wbu1ZKNDqJACeyr&#10;VhkMZdmi70ENQshq4EXnQcFX5c0flZi8MpVnTvIHjVGiCCpVQLUc1GDwI+Rl6Rm1WueUxyr88nat&#10;cRCLNxRWrYyKPuP67KiVk38UZNTuCSFLUrjmAyi8edYRB7FMoTjqWX0GNwG1CgwvGMy+Y87gR8jL&#10;ghdcSuXFS9vBsuOD+SRx3uG1jJryQaWc6rLCGFRi8CPkBcm7Winjmj6r8+ufSQP0XfIWhBFMmi8W&#10;BV3M/K631avgjkoMfgkZFYoURh8mGoEQMprhkIEaa+bXwT7sn6MaX4FfsgdVMkQM06rU33YfQJ2U&#10;kTcQVGPwI+TlwIutQGVidA38NBj3YupvYany09tyw05DCib2kPeSkeJ4oWOsBVGPwY+QlyJ700kR&#10;1FoP2ZK2USw7ApmGQUkZbvImDEUhlI8Y23AtjV8O7ZYQsgzD3UNl1Fj9NErX+WjGBpMyP739V19W&#10;g6WOoK8BWI+lKFkFFQUGP0JeALzQqqDiioxrb/YCMWH8Ww6Q6Q8YYwkOlLOMHO6rNYUZ/AhZP3id&#10;1UHNlRicGNWZXqH/o+hRkdHyuHfL9ouFX/wbCOtUn/dDQUNfYzGlfEtg8CNk3fSO0ANjpjvHgmWn&#10;lGNFpZPs2ntJjATVZfm5tpC6GlyLS4Ym9NBR1cDgR8iaqVzaFVB7aXp32x8pSvO2GpWT2Je+NuXX&#10;/iJH8SbtjmJ2IBEbEs5AVQuDHyHrBa+xAdZ1CWK5EWPGxgpPYfwGMw1ptHOpfy8/KBj4VfbU806q&#10;7OiqPeScajt8XZYnhAiFJwkGwBKWIosOEShbozgrEJFKY+7JybslVguOBXY1ek/Za7QiGPwIWSPp&#10;qP5feNGWwCKWoeetdxPaSP0TJmnDrHfC5OTdOpqDMenQJOYGErEBGPwIWR/p1fUzJhQZ80qSAXpi&#10;35gub0RP+EsFMbfOu7fViYwJ/BStm8G8QHlatwKDHyHrAiYlJamv2+XAYiZTnAy1oOwg1RUpKPhL&#10;VbLO329fYFV3xKRDYvAjZE2kY2a2yZWklRk9gFUDC4xYpmwsw1CZjugbbOznr2WObQDcRy8MfoSs&#10;h/TKcqvqSqtIEChoKn1rXFB2FFiIgkIR1fnUkaxtpmTabBODHyHrAEabfHpfl9SRFDQdLC4GZcdR&#10;itgok4LSS/FveR32EvxaWbudwOBHyBqAKYcoJ80oUulRjgRLS0DhkeTRb+gYx0SbsawtBirxVEkC&#10;gx8hq5NeVUmgGBMVYvnJYGEJ+pKVJcByhl8/gwors+7VMkLyan4GP0JWJrqi8jiRZhZZ5TofGHBb&#10;tmgsB/MzepbbrMDYd5VO59e/GPwIWRFYzoLZaW4Z1JkAFoUsOZkAJzW8XHD0ZENY9ffr0DMlhn/X&#10;8BQxIWT9pJOteZQYaJopqDMBLCpjaLSuQlrIcCtpZPArFTSi0Tj0nIq8iWGwZ04IWSfpRVr6Dnkq&#10;UWTJACVgUQVQZRRpMMPcnHGtuGpBI2bFe4JbcoP5dy2PlBBCeoHHwYodtL51eA7UGQ+WVCJvjo4g&#10;KQEzcxLxKqWGn2PEs2m1qIZyFoZBQl4KeJwKsw09z8t6ll/dgSWVWeKdqXHMLjVogUi6B9QChu8T&#10;5elrlMrh9AYh6yS9vsrXZSZWBnVGgwXVqB5djXgkDvNyRozbjToI1CiAKqO/FmVhHCRkRaCbVr+k&#10;KotsE1BnNGMKt6BqP/EoHOblRMI9FIcFUkacT7kX/+uktxr0VhghpA8Y4cfsmFSyyHCbqMKImYLA&#10;pOs9qA3NtY47xQEjOcY043rW7+QPp9SYZAxCiAOuJMxOANkiqDMaLGgAVB/B78NhYkR7bfSrC8eE&#10;r3Ljz7LCqhtCyBDpdTTwIMKYAbERcwplxsynJCzdyOwB91EGtSqgWhFUShhlEwY/QqYD0WxwQUUq&#10;XgZ1RjM8RZqxwrrCIiP73qhWYcy9YqCwEctmGPwImQ6EG8zOSeXLjJgMqIAljWLplmaJMT3VCbtE&#10;xTKolTDiiBj8CJlKeg2NmA0YNQo1ppwKWNRIeh6ZmAiWXAa1qqBimd61kSMszuBHyDTgkf9xr01J&#10;dcqgzgSwqNFgQcsxItIIqFYFFSugWgIK5zD4ETIJ6E9hdoUxs6Gje4UFsKzxrGP6A8ss07M+BUDN&#10;Cn3Ra0Q87lMnhCBwAWF2FdArgjpTGPlegSIrd3+xwDKoVQc1K/TF7RGTJgx+hIyntoRi+BM8qFFi&#10;cNK4FyxtCr3L5gYZEWim7QNVa6BeBCc8CFknYzqv78qDgKMCBCpNY8yjEXVWaP5hUWXGx5pRthJQ&#10;MQJFC4w/IEIOHbx6hnj3Nlq+gpkl4p0twxIr/iL6epG9YEFlUKsOalZBxUCtiR7D4EfIOMasm63y&#10;96jWzMCDIiPAEieCxY1izCeapqyrHrliuvdwR/R6GfwIGcdqncqR4E6XAIucyBK9XyyiDGrVQc0q&#10;PfcKFC3B4EfIGODCkaSf3059idIgS4SenNU6vyMXLkZgAWVQq8qYHqsBNQOwFrMMgx8hI0gvm+zt&#10;JNUPY08FC16OcR3RKtPC37gz72mlAahZBzUDKFmEwY+QQWDArv8p3N/GRYMyWNiyrDRAOS38oW4Z&#10;1Koyvt3ac5AoWoTBj5AhJr/HwPHr5Di4xLc2aqzWJ+8P8BEjHqUQUK3GhEYrqgZGzS4x+BEyRHrJ&#10;ZF3ecbwZ+QgG6q3Cas0/LK3CuJZa70sIIibEvp4l4ShahsGPkF5g7HyVKyYtqcwq5RcY1wYq09Ot&#10;jECtMqhVYcwKFUvf0hmULbNmUxOyZ8DlOLo3WGLUpY1KK7N893fMA2m/oVIZVCuDWn2gbsTI5iOD&#10;HyE9wPWC2dMYtYgDldbBuK5pASwoBzXKjIozk44SlWNQtgKqEUI8GK0wfypQXJElxxSHwN2MBIvJ&#10;QIUyqFUAVfpB7ZixQ52oRwhxYIcR8yczatIDldbF2JiQgqUA48YUh54annpo/TeIkVPso1qjhBwi&#10;2RW5hqsFiywx+Has5R8DGTlAFzMw7ofifbz7vTBi+tukzq4BywBQvAKqEUIMeK0MNl/GgGUWQSUk&#10;SPbNeFYYNekS0x/yUfoVGJqEHrnwcB3VScgegpfKiJg0hlG9RFRCItH+yFQGBzKHQP2YUf34tTL8&#10;mNzIpmShFUrIwfM7XigKSi0FFlpioD0Xt2yW/OzHyPhg6AuwKPvSjIlYqFMB1Qg5eKr9QhRcCiy0&#10;CCqlxOP5AyNydUYuhRN6Pqk5/s1762BwMFQZOa7ZP2dCyGFgmhNvhl5QNabVMciomcj+Ua1EFDPH&#10;MzJI9O5jwGJrZKA1HIGaFVCNkANk5AD5eq6XcTtDrYTxkgOMbf2hXgAlyzjpN2N3mPJ3z0O8BVC9&#10;AqoRcoCMHwBbxytXsMwiqBSTzpkMj//3kRRVBbU84yJ5Uf/N28E28N/xF1BGM2pKaenBUkL2Crwu&#10;+lh6jM2DJRbp6+SBKGZPY1TgRyUPCpbp78SvG9x7BVQj5AAZ9cbzmL7INAyWVga1IkBy+RXPypjo&#10;hzoeFCyDWi8L7r0CqhFygIzogBX5q28JSJWRobbem826dSgwESyuAKo4yiuCkNUby1MYufBw3MQx&#10;IYfEL+ND4VKPCGAhNVDPg4KrXsdZMM2oBmIULLPUPWJpcO8VUI0QEvPL2+qaP2HaJKQBy6hSXVyH&#10;gitfyFhcBip4ULAMar0oIxcevm5rlJBdpvQSepQB3vz9x69JfPypN5QilWmCwteDV7ySsbgMVHAU&#10;DqXAaiOkUxm58PB1W6OE7Ae/uetr6BEBuN4mU25YopSw2rINLA2pzqigYJlllqssD+69AqoRQtYI&#10;XnCTKTZPUEhZZdhv8DUHqOBBwTKo9aKMXHj4uq1RQg6McVOhvRT6s5VuXaWPPIahvjjKe8ZNDK1j&#10;Xfh4cO8VUI0QskbwgluKLHSggCMTHA2WBNQ/OYmSZVDrZcG9V0A1Qsha+em3wizJZJIxs56XEcRi&#10;E8BigOqk83B32YBqL8rI1nZ17Q4h5AVY8ql+IQxRYU5MdWKij4G+a6Hj7RjqLhtWm4uZCu69AqoR&#10;Ql6LN3+MeaoM+L3wVZEU3M0wy8e+kYEGtV4W3HsFVCOEbICfh94iGMCLuxC6sPQBUB3oW8wz8jE9&#10;VHtRxi087BnGJIRshJ/7Hyj5FYKVqCQJyoRVL0P98PJCQwsKl5lwNGsA914B1Qgh28NveaPuBNa5&#10;GMFSR7i4PjBjsMGJCikoXQa1XhbcewVUI4RsIT/51uA/6cXtJYqzrv/2ttrGvM1g4MGMcT3M+lzx&#10;S1C4YZQYd28ghGwLEo3CjHEcm0qtP6U81TrU2xUGZ45RocxgMWsF914B1QghO8zIRs9IhmNW7+Bk&#10;ANVelJGPti31IjJCyPYyMh4N0re8xTHca1ZeN86MXD00MCBACNlBRsakPgaG+gxjOs7CCk8cLwHu&#10;vQKqEUK2hjdv3yXd2Hfv3o4fpF8hAI6dnkC9KuOPeg2MXHjYt3aRELIBfhn7HPBfwyNyY59xjRjd&#10;Q50yuviqwQ93XgHVCCEbY3qkEv4dXj/807j1KP2P+aP0FMqzzS8E7rwCqhFCNsG46NTDyDdZ/fTb&#10;n7im+Z8/h6Pnar3o1400Iw/0VeMxIaTEumZnX3b+Evc1jZGxeR3griugGiHkVRnZTBnPv6NmaZcA&#10;dzSR0UOJK4N7roBqhJDXY31NvpTS9MJv735fKSyOXdRS55U+lzFyHuZ1F98QQgJLRb6/fvM92ze/&#10;913mOBEcz6VA1jTejP+Ue87YJTSrgPusgGqEkFdh6vzGv6XGnKPSKItFkt51nLESE95AGPHPqPmV&#10;ZRlp2TFPrxBC1g1eif2MmysoNSR9lEliXxJ7pDXZF1hH09sOLYNFrAXcSYW1nDMhZAo9Xx4qMGX+&#10;tvA8vwmcadMwVkkj1h/YWV6Kn0bGwXFBfSK4kxqoRwh5YcbFBcv05kk+efw3xr7kuk9zAn9O3/X/&#10;y97fNsdt63veLx07iZM4cpJLrn1OyVMj1TnbfjByXTX2SI+2XSPX2CPVkke6Rpru8/5fySnckAR+&#10;BECQzZZa0vezasVqEiDYLfHfuCOY8rz0hBJNvIRMD8CQZgSwVVO6yGb2Sg2X9JP4E07u/SnelfJq&#10;mWHRfinWjiZZQPVXy12MvABoVV+aG06L02PFwpSDgFS0TBz86aWLxsvULSN6wnl3NO0GwMS+vk1C&#10;X7L2F9DEzYspQbn1x1aHbOeY8vkmPgUAW6JXX4nmnS7fvs4u5DStFhh69XKRgZJJCn2JVfR4ALZj&#10;SuVqoxsxWtnKX+no0ypPaRtWWmtpsVPtXMUVeJz00itYLHjogT1NFqtcB7RgsfMv2vw89YgAljdl&#10;mb5SxWwiPbQ1NsyZfPzlFFMmJs6npc6wyOgNgIIpnWmadyN6cGN0jFUzTKXH2w4tdZatzLIG0NJL&#10;rmDm1L4sPX5NbBpOk54kO56yJc9+mdKdOsCUF2Br9HIrWP5K1BIqgl/iHrmCXzX7vXo+a6GFkdX7&#10;AcyiF1rBFlphgzHf8WA1oea3/Ann1st69dsvU2fTvBjeUlIw2hsAYBq9yAqWDyWJKTa6f0hz5GnO&#10;2X6dNmnvr6lP3/hpPA4S/IBl6TVWsHyb15JSdPeQZMha4nyfT4t6akZzNddDSPADFqWXWInmXUjc&#10;iq0IF1H6vE3HZpaYT+38NW9yTRwGCX7AkqrXV9pe7JNgpjuHauckar4pMrWvjWxwx8avfxL8gEVV&#10;rBfV0bzLiSKN7hwKUxfMDhYTxlMmW6IlDmBzem0WTO3CnyAc8K2IDkHqEs1WZ2IX39+//dw/rikz&#10;Dqwq3iKA7Zoy5UzzLikoZny6SOXjf+YE6wmR71XxJr/R3oTZ1VIAS9BLskCzLmpSOUHiEs02qv6b&#10;oDKujszFHp/PCGBL9HIs2G5TLago6a6h8LQKNFtZ/WIJ41XTUPm41P+Ae7Ebox2hnysWX67rV5sW&#10;V/7Q3Dlzbgse3MIS0dQAtk+vw4Kt3Noxj55ahmYrqO7pm73CVHH8ePZRAcykV2GBZr0/Ix1prbE1&#10;AXvVoa9i9nVesfl7N4urAvCq23rb7vGbpDJW1d5SUT3KsentIuX7RQh/wB3SC7BAs94jPbUMzZZW&#10;DEiR2mBaUozbhD/gzujlV6BZ70/lgzHqqqqaK09zzlNusu9QvyrwqFXOFTZ2qEteTy1Ds6XUfwB1&#10;obSGHjm2RPUSwBi98go06z3SU8vQbAmaJW/J2ch6bKHJASxPr7sCzXp/inNGeuO3YJQn30UmzRgc&#10;pUcXO1TJBh4rvezyxkPJndFTy9BsA/UjHQvHvvG3oOkBLEwvujzNeY/01DI0mxpdd6C3eFVsdMim&#10;uGICgE2VRx4jmvX+VE5NHAtYlXfIGVsYgi3OeDF2qKYNPEIPMvjpmWVoNjEh9m08tTlFCxmovz0F&#10;wGT1wW+5iR6bqh2l0HyxCW3ekSPNNF5/3UrMBeDoBZe1O62wynvRykMUo31uAc27EC0mQbMAWIxe&#10;blnlWHKX9MwyNFtMUxdstJRBgZaTonkALEWvtqydCX6VLfVyM11Tl2jepdRUPun3A7ZFr7YszXhv&#10;9MQyilNFxvvbepp3OVpSyraqncCTV93vvzM1Pz2xDM0W0cQFW1xnRYtKKgZxAPPpxZazK8Gv8lnl&#10;xZl5mrhE8y5Ii0rTXACWoddazq6M9up5ZWi2UHE9ZVEMohuqm2k454EhAMZV1qRGBhDujp5XhmYL&#10;adoSzbukyvUZNBuAZei1lqP57kfl8nulemrtJGljmxW/2uC3xV5H4EmrXdpE890PPasMzRb6SxMX&#10;aN5FVQa/7Z4E8ITptZaxGyMeelYZmi2kaQu2W+mqDX6laiyADejFlqHZ7kPdGME/pYeeV06StjTv&#10;smqD35ZPA3i6Khu+mm0xz/55VbtGvJ5ThmYLVd4abGneZVVG8m2fBvCE1V2FWxvvDcrQXaJykkrx&#10;pjBNXFAbkmfS4rJ2o8cBeIxGV9a0NNdCghLGrvLKsYrnmi+kiQs068K0uCw6/YCt0cstTXMtYkoB&#10;YdoCzRaaMtFF8y5Mi8vaWp0bQN2FuI277MPjj13kNeugjB2m8hhGadhkAZVteEOz7qyT1RL0qJNc&#10;rg79T4cHsgtIqmpRLv887ejwYzfxR4nzNFukeoh15Dibq15TYutnspx7C36Hq9XlftPs+SMcH7p/&#10;9zQdkFAVFTTThmTaie5WceoszRapepuOZl2YFlegWXeWDX66cQobtHTjuBsX684/BtHu8MRsPXPB&#10;MEwMqKresLHK2SQyyjx2L1ll3Co3zisPMtZ6XoCWV6BZd5YNfoery/N5TN5pwc/X9LqmrtnUNM23&#10;z/1re05n/WsgQa+5lOJI6jR6aN2vNH2GZovVB7+xoecNTeh83HYYXo4PfkEommRy8DOpb9yPJ8ls&#10;fqNpFZvoSi8gcmqWeFlqiaXh1GpNoTR9hmaL1d/goTkXpsUVjD2BeHf0wa+tkplK2aVpkJ6fnDer&#10;b9orGL6eHvxuVuf233dXTdN8XK3O3wU7905uVlcm2vnj+TKADL3uUjTPLHrQ8dlslQMEYzOTNX2W&#10;ZlyYFlegWXdXGPxOmhMb+MrVwJPVzfnJ5d7N3rTg14ZLF9v2Vzf7TWMj3zdbzzv5dnDmyz1eXZkt&#10;5sd3q9XH8CBApKbnb6xzblxqbFnTKE2fodmUps/SjMuqb35v+0yWFAS/49VqdXK+/3F12Jyfr27O&#10;3cjDt8uTlQlXXW3vZLUycc9EvYnBzzR3bz6bMl2Yu/l28211Y14crlYHq5Nm1dzcuGOdmWFfs2dv&#10;tfq2L4cCOsP26NBmPX/p22s1laiJyobmU5o+SzMuS0sr0by7S5q9n+1LTRQxOc5Xq6tpzV4bKo09&#10;O5B7sDrfM+O6EteOV2eNCbWm7XtpWsY2gwnKcbrY4ers5F6UTwt3o6aBOb8fKh36RqcU192APD5M&#10;UVvl2u4oQ20oN0bf0u5I9/ldnduIc3VyfvPx8OTkMNg5q8/P1BZNyGsOTNJ9O6vvUhO1TMXym4l8&#10;x6vGToT5Nhr8DptjDUx5h41umadpyqeFu1ITIf7WTDXyF72mVJo+Q7MNaY6M7Qa/urupHc27w+5g&#10;tNckuGma42MT15rm7LJZfZO5zBpEVodX9qCfb5rGhEE/TJJhTt9G65Eg2aXpovdGCH67o+rmq6mL&#10;fRYu+eJKLPWjtBVnpFkythv8tLSC7Z7Isu4g+J23k/bOz5rm3aWp0KlEEFk1trboG8bd/JiUIPit&#10;VqvLw0vzz5m7ZeSj++fQ30BitMHPZPU3mPjqrBnlXp2bn20XpdlpfjixqWyub83+vk1F8Ns1hVAV&#10;qG3/jkSvsV5ETZ9RMQn7J82TttWYk2n6J2neXXYHwe/Q9PKtDuwEltXq5qyd3XLWh44oiPj93z42&#10;h8dN8/lbc3Puqo9mXDglDn7n7mcf4nyLPWzVd8Ev+M9nO7rT3DRd8DM/tsHvZO+b+ymqMxL8dky+&#10;kRr7e6TDrqIVrVmUps/QbCmaJ0OzLUnLKhirEu+U7Qe/k5W7ecMk+rgKZzYfmm6/AzOXxQYRt+ek&#10;v9VjdXLysWkO3cBHoZS5wc+wP6xWq3d2AGe1Oj52wc/WPLvgZ/7tg1+Xn+C3ayrrSc7v2jf/S20V&#10;Z6yelZobk1A3A1tzpWmuBVW+G0vz7rQtB799199np7GYNuZhfNearQz64Ldnd92EvYGrZm/VNIfn&#10;NsrkG75zg5/ZfblamXNcrfZu2mpg2+y97Jq9ZstHu3Pv8Pz8sG0rE/x2Ul37dyNapNL0GZotrWY0&#10;u/ZYs2hRBZvPqbxL+eDnpvkFrhLz7caCn5k7aH+wYe5mL4gWlybYmc3nLvjZdHqkY5P9zK5y8C67&#10;2MHM4Lcpgt/Oqhr/mEDrPlqekNRZmi9DsyVppuVoSSWad7elg59pA65uwlvPmgPXzS/32o4Fv+bG&#10;NHpXzbtvNvy4al07yfns0h7Ap9xffXt3bmYAuhcurhyvXH7TWs6udkDww9AzjVgz2WVXEpvyaque&#10;1bNvNGPK2O12s9XMIm9p3h2XCH4m8rmpJR/9wlMm7Ni49dH8GDVMx4Kfr8utGhP/gnRntkiJpXsr&#10;Ew+b876B+251ftg072w/oKlFJpf7mxX8XH+fm9/Y/efEBF//0/H5+Z5ptp93q3bZ9nF/JILf7ntW&#10;24uX1PfJxXOWoyIGamPfWAwNaM4UzbMULadg7EblXTMIfqazq73QlbnWTYY+ZI0Fv0uz72avsXe2&#10;abv13N/DEfh2IonObGGr5txUAPWGEC8OfqPa4PfOnpUEv5OmsfVRc5+z2+aC316zujK3GhP8HqBn&#10;dd1mgb90QDjaK/sitUPOkyprNeM4mmchWkzBgxrpNST43bimZRgrYoe2btRFu3LwMyltHdLeDnEV&#10;Jvt4s7o0sefj8dml2X6wOvl2tt80l++uopt5zS13XfUxHfvC4Heut2GEbGO+D36r82a/jXufVwem&#10;ZmlCnplQM6j5+XD/2aR16xgS/B6gX0crgr9l1r4P0xQqOJOi7NiYcaAi+k042gQV0346mnfnRcHP&#10;Dm92K8tnHNv7zfwtF+XgZyp+J01z2LgFW6THzh1i7/CwaU4OmmbfPcFDxnTdid00zUdTWHp1vzb4&#10;6faUTJ/f5Xnfwq9F8HtCwrUDu43BtlmiEsoqKpSaZQkVxXY07+4Lg5+t+rQLzBe0UXI8+JkKnfnn&#10;xKzcopEiyHXSh7zBsWzvnPupi7kxG/wOa52lgt8cBL+nJHWVB9tmydQy0zTzQPX4yQRaRoFmfQCC&#10;4Peu7f8ftW+S+Q6zcvDzd+XawBf18B3frM673j1z/4R3sLJDHL1DM9jRBb/kTR6z+vxcuO1GkO2c&#10;mq5L79gNcpgOwD6tifiu6ukGvgl+T0k/dtxNjZ7Uxk2KixihmQe0n3JzWkLeNiLv1gXBz8aBMErk&#10;2c4wG5VGgp/ddxBW3zrdIldNc9x0cXBwKBdj3b7BTkeD3zczLmz6G908Zrtt33f4dcHvuGk+mm3f&#10;urEdf7bNuRlTNrnOm7MDWxHuPhYX996Zvj+C3xPV3xaiAWCGSfHqD82tNMOm9Ph52+lw3LY++Jk7&#10;HCawff9jwa/bZ/4b3N1x7MKGG9m1fYyuWnhw1TR7N9FdHib4fbbpPueKMaf/zYcnp703o/1/dFNu&#10;3+x91xyagv0rH/xuzBmZ4Oeb4v0ek8F8XnuutLrgt2/SHJv/nJ8nG+298MlQwZj357F8eX2Re8Wl&#10;IUYcTn2WyuhbvQsf45MonNNx6v29S2202iNpBPjnn395//GfdE/a/1it/u/okF0JJ4PzH/TA/etf&#10;//qv5j/BJkm/oeDAI/Q+wQeiD35TV4y3rcKR4GefQ2SHNuxcF7/RhowDG/nMws6dkxt7O5tx1QZA&#10;+9rXHjNznH3Nb9/coGZPxt6oZv56Tk7MygimId3Fv2/NeVfz83HXjiHb0O9D3Ln7p43dbozbzTO0&#10;b2HC7W3HppwbOz3x3E0VynNVVC/YXvp8y/Zc9dzNXNKdE0w+g0zn7N2Kz/okN1w2SFnaaLwbPlj1&#10;xW92ct//Cn+DGiAS/tfq/5h/XpnCwq8mO0EseQLBxO3/ZMr4lxSk6TcRHrdMcz4UXfDrWqGrw/Z+&#10;CvOf42Z1sjq5NPPc/M4z/6v3CcrBz9aiDHuL2iDdnhnGXa3c3JGm2Tf1v6iCYmOgm9psbrdLznHu&#10;m703e64J27yzjd7WwTsXEVf7dvddDniYm4JNoZm/5UgmwcexpbW3L9PX+qBkPl3Dd+HE9rLftfkj&#10;2T3Pfnllw+B/aIgo+O+r1f9Lj5MR5Fr973/++fdVXMnU5PNFhy2pW55hFyWCnx0EWN2cry7dUiY2&#10;iRm6OD+3j9XwCSuDn01+/s6HsXjXN3MD3cGJqwuaWX6awFWZjpt3e7a6NT7PzwTAw/Mo9Bn7l6tv&#10;Xcv4DoOfnRXtGvUmxvc7uiH1oA4hn2NUUhd/3BT0LnuU0HxY3R3Z9uO2Cfzyg67mc7ha+c8h+JLp&#10;+gzC2e19PHAVEdvPKRlXq/ZM3KuVXRDRl2ur0EZ7Av5YYQa3klj/Fvrf8Hl3bNMgMbVuy7ytbi6W&#10;+Ui6F+Z8w8/F/bfN6Ovd7X5bfDCvoSu22+h6gbq/pKDW6H6Riawn/fLk7q10vwwTI7oMq/9i2qy+&#10;xvY/Vqt/C/eZD+Ckv/Oof+PmUrE3WBmmwmiPM6xgThpBzhtZzzCgOR8Q+3maqzis+blOflPnM1eL&#10;eVTF8cpcx+6v2V8V7q/WLgAV/AEMfOsGVs3v9TJsWrts5r+uB7DfFibw3V+FQNMFv+Pm0PyRn5m/&#10;3G/+Kj48M88bOTF/h25hlmTwO7FVz/ZCdAHdfjT2/UUN0k7xnAaiT6l9EQbEcMjGBqluPPrE3nLY&#10;Jor22btR7K5De330B7Yzt924fLDJ/NcWGZ5OlMK/aAvstn/09e4wo3mUS5+iO/axPZX2F+8jh6vA&#10;6vm5oOK37oUdA21nQ3hS7qyufAfNZ5Pi3L848EP09n503yPjPhxbgu33MC/tCZolysLpWv5ddMW5&#10;GGhWI/Jv+ix+0zadzXMSxuvgF9h+Hu2x3BnYYOH+jV79e/Aq+DTdMpZu9qvZ9NEXVm5TL3KfRfUt&#10;eg+0t8+zvyj3BzbhUvZ/YYerY3PNljp4TCC9appve6azrWsFG8FDPIKSg/02yq72mz17CfdJlIz2&#10;mkeANIfNyt6kbKdS2/X4OuXgt/p8YoOdmVJt3tr+4WG7hpWYFPy6S805bgef+01xgu6Vq4EEF6qm&#10;7O/A1j3xprY+4T72oAIXvKVuinv4gBWXsTloP+IoQAU/nLftc7fZ7zz00ak9maCo/myDt9Bu8XHM&#10;Prw0HM0ya3L3ldLwN2N6lu0P9tvSTp8666ps/o+0q77GH0x3vHDjnmsWeV3Xg08SHMkz37b2TiK/&#10;tZ9foMX9v//5b6vVv5vY8e+r1X/rI6GpD7atcBtj+/N3JbS/gv8uISg2tsz0qOqpzQ9rBash81n6&#10;m/mjS2qMbQv5oDLSJ2Xn0Nm/DvdK9yeXsbdLHPgsIydngt9BN4n5IPiT7a+Nkz7BfnQNeubqaBup&#10;5oK1Odt1nReo+d2En1IbQeRqDzrWDrsYYwNR21t/4qt3wbeNbxF1FYV+jztGt8n+4Kot9qrq+k+H&#10;n+2eaZx2r+zPN77QsEboJsV3SYKSvvXDAu3W3Pm5JD7psAYWH9lo34LlA3PINBTbCnGXsa0x249x&#10;35bXfYrxe/Vh324M32zLlmjinK+zRl8Ffh0k18aOP9fg0+lP7EVbDfRDtsG+4Ru/8mdsr7zyfXoV&#10;y+MX6NFyKp5AsuPst+qe+XO1f7N6hafZZoaZFXjums1j2iSX9vrez4+7tW5cZ7NPaAvJj0XHNb/z&#10;rpskrO8F8StV85tjUvALP6X2qo++NuRj9C/9eoj+Vdsd4V59Nr+Cc9cU8hXLK3f9uVddYvMhmk3m&#10;kSi+lLC0b3ED015g531wdBURn+EyrBS6D6G92ds1drv42JdkD+jmsV+F7dw2hYvo8Tl1YxA2+7Ef&#10;fLjxM0xtpdW+CD6ns+jNdU1v13wIC/T3pgev+rXbfDvXbDx2M+7N1kut+MVHCve0Px3Y309f5zV/&#10;n4Pfg3lx7vb9X6/++eff2hNzXcSH/TdiWOil/44oLzU1vzla2+J96LU+y/xhHJvh3GP/hTiu/e35&#10;6BKt+5fkm8Y3h82Nq96YJ6Nn3fgKwOq4ubLLDKSWUQ10we/bnuna699C0PAw7bxCn98cU4Jf10iy&#10;+fx5mZNtRxSjlrXZ4H7y4c6/euevBRllMExd7bDvH3eT1m2canvdzYXYjhy3bVGn7dU359KdR7fX&#10;/ewP7Aco2j3f/PiFHcpvd7SXsD3Vtp7m97ZFuQnyfdXLML/CdvynnXTqxlq6JF0Po+GicPhZtL9v&#10;N1nfbPFv/rj9RDrRK19ocLi2fJ+gH+PpJvd32i+Js77q7g/ZfpbmRN1JGGHz+6M/kTP/3W3+nlyl&#10;PPF5+fx+jqmh8Sgy754LPUrOxk3r3WBHMmzd7MT+2XTjcVmue8P8guwfQcXkWZvNV/e6ucrfjpur&#10;8+Zz1/w6OGtWH49vfKB71/5VtX//ee4GlXtQH/weo1SjEGldtXhh5erf1Pj3mx4gY+pxd5j7KjHf&#10;N32DoOCgrXm3XWp6vJyPJqtdusXUMy3TPDlera6+Nasb02yxq1vZvxVTMbHDwyPjKUa6S+4uPOng&#10;N+FX/+Rt8bMaiVjVg7/xeq0Fj6TS59k69/6V76T1lfSMPVf9thVzl0yPlnfV9mC4gGWqa4eHzfn5&#10;3upw9bm5uXSTWk5s48aNdNgCLsuNXuCJC9fbShqszRqbsOJ/+UAPke2BuLS3QJnKXNufPGDCle+Z&#10;uVyd+7spJrAZbIQ7tPn2zVyws2PXDWVnm/jhP/vf8fYuAKdqnOLv3+KBkJ9H10qIPK46X8u1X+2j&#10;uV2Icv14B90Eq0vXE21fH7hJn3b7nNuebny/9Z75J2rSmhdugwusegslgKxnVQFwpurm8wPkhjnM&#10;aOlBN0wV3fDob60xfXFmKMxVDMME9dzQVm7qignB3/YOT76dz4mswJM20gU4y9+bzRt8AHxwM4HP&#10;dLIFC+C1bEXM3Fzkg+PobL2ck9Xqyi5Lb5x/Pjk8PHx38q0vUNMDmKA8CDzJo5jOV8F387l7exNN&#10;ThsP3d5gftMmzHFM4zc44t638NYqADP9XD+OkVR4UNNj1N0ccdivINH71rZY43s/lzF8jCWABfxc&#10;PYvF+32hpWEeHDvn2XMPXTMO2uc+GmPz7gDspJ9++T13V/Crl/NviXtMgrtjFYMQAB47szZeL1qJ&#10;DwAAAAAAAAAAAAAAAAAAAAAAAADwILT3iJlV2tufwyfvuDXuup/bH8Ofw6zhY/jkMN0taUESsxBB&#10;+3PlGYwdZuIZVL6RKWdQ+UbaH3OHmfhGcmdwP2/kbs9g7DATP8r7eyPtj7nDTHwjuTPY4I0UzmDs&#10;jSx0BifLPBWsWxkFAB4Ggh+AJ4ngB+BJIvgBeJIIfgCeJIIfgCeJ4AfgSSL4AXiSCH4AniSCH4An&#10;ieAH4Eki+AF4kgh+AJ6k3Q5+dkGG7h/v0C7NMOq8O6tUhn7barXac//GKVq57b0whVtDItSVNNgz&#10;zYldzCLWfT6lX0Dq7dfoP8B4q+ULb0/K/Oz/Fm58wtVqdWD+bdfZsB9yl7jP03345jzbz2i1Cpbw&#10;aI9w3DTNgfvxLE7TLtxhUnSLebwLi7KvBoa/kv56qP3QhsdwUr+vnj9n94bCjavV6ipId+U2BVui&#10;zy/vJPnby7oclNP+/pKqP525yp9e8gQmvuOHGfwmS139UfCzh59fSJBztTpbfY52JkufI/Xn0H0+&#10;pV/A3BNIBr/Vat/94/4fBz+b3oeg49U3d3Ynrvib/poOfqvhh2/O85v79C5Xx8Gn6gtZrb6ZP1fz&#10;47nZIn8cB6urYKf9VbQ7360ug99RIL3VF7Kh1O+rt1pdtR9XX1r3jrpI7bbsxyckbzxtWihw30Fh&#10;Od3vL2nmn1S98qeXPIFp79h4MMFvtbLf6DdtDcEUaa6zPXsCprphf2g+238u/bV7Zl6cm0+q/2r7&#10;1m3zB3d/7P4/hqsz+OTB9u4Hc2hfH4n+Cg9WV/5V91+b6Lw5tv+embO35ZvdH9ttjXtvK3u2rlJj&#10;fGwPa7/+7TXtKj6X7Y7u82nfqslz4o5jdtnDfjNvtT+r1eqzqU65Ij53dan2kL1U8GvjwuGhO1gi&#10;+PVFmRDWBb/gU+rO2uaxr8x/bJAOz7NN7wsxBzoJTjQ4jP/XhU4f/D5HhzvvP81AcLSAf5M33efi&#10;PqHunOx/3d798NWleyf+c7Vn3eX0f5ddee0bPzC/rH6j/aePQR/9Z2c+7l74xt1pHJh3bf+uzIVg&#10;t52Z34ZN4j/XK/P7cSfxrj2d9g/po/8pKGe1aq7S1WUjEXv82zHF7pvi3aJ7Jt1qtWd3tleL/foM&#10;PssT8xcZXl7nZlt3mbSH9+/Opo1/uc7Jyl2S5h13Byx6QMGvbcb0F4nb3v9+uyw3K3ftHtvqxuXq&#10;vDm0v95+21UY/Pba7P0h4p9y25vDoArS/Sq/Rb9ae27HtvjPq7Pm0BZvrgy37ayroJzbSzcuxLJJ&#10;GhOx9vyvv/1WDH4BrsZp4o07AfNW3d+0favheZsw4CJbV9hZ4u88FfzaSGa4N5sJft9MKfanPvi1&#10;h/NvrM1jTrL7oGyQ+maiZvvWfCF7rl5nvsN81To4jC2m/xxPmmbfJbf/sZ+XTxZLbvTBz+1zJ9lG&#10;pH6bCwztNtdCND9d2kvb/OSDX3SQvj6zWh224ak/ifanbouP46L7rZs/dHcae825/aYx21yctx+3&#10;PZC/ONrzCk6nUE7/+0tKBD9fjMlztdqzeT/a74PD1Zkv7qz7sojOpf+Dtb942RakPlhdNu/sJWDr&#10;Lv0RLPsX0FyuDv0v8KN9XfKAgl/7k/2Ur1b7zeXqoD//NsXNanVjL2Tzwd24M3O/qj3zXWK+/IJt&#10;/q/kY9/MOjbfm+HvfbVqG47xafgvofC6+tyFLz3dttD2WOYq6Le51H08Mi01dxqW+8HE2bY7qz93&#10;/495Wy7Ryl9h5miuhC60h+/ApDUVSlcRtg1VtVHw8+/opCL4HfsP330y3Sl252mOcHJivtX9a1Ox&#10;PYgO0/7z2Vwy50Hy/j+D7ogu00Ab/Pwflq8IdicW/BS/Onfb3rnPVYJf/+fic9lfWRcYukOF/yaC&#10;kuF39wWbSOEKD7dJ8POZ/d93d5lYw3Js+uHmViL4ubKPT/wZnLsA6H+3B6szc4b2r9P/GbgzMv/t&#10;/2BNgDNfb7ItCFPtpmTwM3vMfveX5K/agoca/OwHuzJVqu4ddp+CqSTsS/DbtyfZR4Q4+DVX7miu&#10;Y6ovzh82GfzsH3LwF243O1eD000HP9uh3B21D35Xvhnfn0EX/OK/Rp+kHPzkD8X95BpbbRHnqfiX&#10;Cn5ts7ctMRH8bBPHtcb8n3Eb/NqDdMfweS5ds8h9Mperw5Pu+9/xhVyZsY+Tvs0UHKbr1TAvuj4/&#10;/6vxYwb98XqpbX3wi14GRQaFR69M/DnvfnWDmp/tkQiD32fX9I0P5dqOfsPwswte9XlNsqrg1/99&#10;d5eJ1Zfjh6XajywqN5CKK8erw2+m+LNjV8u82l/tm7K6y/W8+RzUc90P5r/9H+yJPYF4m9UHMoKf&#10;rZebT9pvP+g+C9e8PbRfhaZS4VqW5m/DfM+ZYNhva8twMScuJP4psd11x0Qtqivfr9Sl66/pNrVp&#10;9rbBr9/mUvfBry/OcpUWc+2bPsX4EvL/mBaDa/Z+DP5uXAl9n589n/Dg+jqSCn7t5dFmdI0QV1AX&#10;4Pe7Xqtvq7P2wjLDFd0xun/CD7/7itEz8u/X/MrspxW1QePzP1ldtsGvbRm5/ibfBygS71qCX1eQ&#10;L7JtPPYNXfP/my5c97ni4Oc+BdcT5jbZ2NQPyrTZ7D8+JrVb2rcQbYxOw3zXt9u02WvrB/152f+2&#10;4aFtGAaHNMLfX1LiszS5zWZXc7Pf4L77zbx6tzoz/64+d/0r7i+p+6T8t7XbMwh+bs++bfaaSyDd&#10;5/e4gp8bzbBvr3+n3UVirzvXX9/XlLqBDfvB9YMbduuZCxM64OH+sXnMsXwcDAr25xGdht3ixw7a&#10;I7l/j21nsTuSO7K5ao3L9uzt79aNS5hQbNP1wc/t6L93+wEP16Xb/UX6FL7+ZE8o+rvpBzz683F5&#10;3ACMKUJ64nvJ4NfW6drC/XH6URr/q+hqEImpLv7TdAn7D9//Xi99LdRn66qyLib5X29QM/bn4s/V&#10;Noz65LZ94ENJ4j0mNoVVPVu6/8l+dvvtKQV77X+6v7r+ATo++EXp7Z+LZU/4c3+A4Jju7zo6CdfN&#10;NfjK634d9lcdb7ODyXZn0D/W/33r1Ja4nPD311b2I8m44kej2t9F+6AhN5biCnOj7vaM+s+y/4Pt&#10;W7fBH7HN0l/m9u/VdON3nUD+w3pswQ+4fyc26qRiQCubIrEJO4PgB5T1s6my3GXQV2777boFu4Pg&#10;B+BJIvgBeJIIfgCeJIIfgCeJ4AfgSSL4AXiSCH4AniSCH4AnieAH4Eki+AF4kgh+AJ4kgh+AJ4ng&#10;B+BJIvgBeJIIfgCeJIIfgCeJ4AfgSSL4AXiSCH4AniSCH4AnieAH4Eki+AF4Iv5/W6BlAMCu0bi1&#10;BC0DAHaNxq0laBkAsGs0bi1BywCAXaNxawlaBgDsGo1bS9AyAGDXaNxagpYBALtG49YStAwA2DUa&#10;t5agZQDArtG4tQQtAwB2jcatJWgZALBrNG4tQcsAgF2jcWsJWgYA7BqNW0vQMgBg12jcWoKWAQC7&#10;RuPWErQMANg1GreWoGUAwK7RuLUELQMAdo3GrSVoGQCwazRuLUHLAIBdo3FrCVoGAOwajVtL0DIA&#10;YNdo3FqClgEAu0bj1hK0DADYNRq3lqBlAMCu0bi1BC0DAHaNxq0laBkAsGs0bi1BywCAXaNxawla&#10;BgDsGo1bS9AyAGDXaNxagpYBALtG49YStAwA2DUat5agZQDArtG4tQQtAwB2jcatJWgZALBrNG4t&#10;QcsAgF2jcWsJWsb9Ol3rFgDQuLUELeN+EfsADGncWoKWcb+IfQCGNG4tQcu4X8Q+AEMat5agZdwv&#10;Yh+AIY1bS9Ay7hexD8CQxq0laBn3i9gHYEjj1hK0jPtF7AMwpHFrCVrGho6OjnTTFMQ+AEMat5ag&#10;Zcz26XYdONXddYh9AIY0bi1By5jnq4l3F63vF+bld01UgdgHYEjj1hK0jBle367X19/X6+tT0949&#10;ao5OL9brix/r9Xpy+5fYB2BI49YStIzJTOQz1T7z42sb+5rmddO8v15/X6/XbzR5GbEPwJDGrSVo&#10;GVNdmMj3tWlefzVNXxf7PpkdR6ef1hfr9a1mKCL2ARjSuLUELWOaN+v1dz+u8aNpGhO5jprGxjvz&#10;8wdTI3yvmQqIfQCGNG4tQcuY5Ov69vqifXHbNGZ448iFvWu38cv6Ym2iYiViH4AhjVtL0DKmuF1/&#10;bSez3DbNh6PmzQcb+05Ni7dNtP5i+wLrEPsADGncWoKWMcF6/f1Hc+QGc1+vTXXv6/ri9PR6/cFW&#10;/T6Yxu7r29PvP9ZrMwhSg9gHYEjj1hK0jHpmUov594ONfq/XzRffzm2O1tdN89UMfPwwLeK369v1&#10;2zhvDrEPwJDGrSVoGdXWt7dtQPtgQ1s4qHH79uJD03zxg7yv1z8qgx+xD8CQxq0laBm11rdhQ/bD&#10;+s2XaCLz7VuzrXu5/lHX7CX2ARjSuLUELaNSHPpM1LpomiMf7N6Ysd54bktl8CP2ARjSuLUELaPO&#10;en3bh7IP6x/vm+vmvZnuZ3e+aZr3p6+b9/38Fxss+xdZxD4AQxq3lqBlVPmx/hH33735ets05ia2&#10;WzPzZf3djPpeREle39bc4kHsAzCkcWsJWkaND+svgzWqTpvmzafvX5rmffPl+6c3boJz6O2PipVd&#10;iH0AhjRuLUHLqPB6fXrdrVfl/ehGOtp2br+kVZvkdHyw92nEvqPTU/uJfDlte0gBlGjcWoKWUWH9&#10;Yxih3naxr903THP7dbhNPPbY98ms7KWuT2uGgYAnTOPWErSMcV/W14Nr9e1Ffw9b++9w8b71bTv7&#10;Oecxx7730cLWyq59AyBJ49YStIxRr9efpLPvzfr6fRfyvrZTW76//b4OxnmNt18TATHyaGPfe411&#10;CYQ/IEPj1hK0jFGpFq9Zxs/9+7rxfXpfU317P76k8gYeaeyza/hXGFaoAexI7PuQWpLq4totWmXW&#10;cPbPKbo9Ta3ZPPYUj8cY+9yHUivxoQFPnsatJWgZY9afBtHLLljwyazeYms4tllrYtjpsIX7/kM5&#10;uD3C2Dcp8hlEP0Bp3FqCljHi62AxPnvzxuv1UfM16K+6NWtatUu8hNbXxeGORxf7alu7oYo54MDT&#10;onFrCVrGiPUHW71rvb52tUCzXlXT3ef2wQRIF8U+yJL1r78U7+t9ZLHvSMNapcHMceBp07i1BC2j&#10;LK72vb61Mc/7/qY5Xd9eXJhW29En/9QOc/1H0fL2olSteVyxb3Jzt6eHAp40jVtL0DLK1h/6Ruyb&#10;KPI1r03b16xW3zRf4pnNUfR7XZzg/Jhi31uNZ52L06Oj101zZB9knBF9YQBPnMatJWgZRad9heSN&#10;Nszs6Eb3rKLX0YhImPjWDArnPKLYZ55ZPPQl0eI/1URWYjgdeKo0bi1ByyhaH/nqyJFGvubCXNQm&#10;ch25x1XKpdtHv9el+Fba97Bcayxbr2/zT+t8m0j+aD4KYGMat5agZZS899ejdOEZb2w9zzR7j8wE&#10;Z/fktkjXObiO28qRRxP7NI6t1180ifigGeqf8HS32mnsd+rt6al+2+Ip0bi1BC2jZP3p1iw/sh4s&#10;0XJx0W/64f+1SSM/XKLr9/mL57HEPo1iwy+LhDeaaTeD373EPqrBT5zGrSVoGSVmcdJFpO53sx5J&#10;7NP3WxP5jMHwSPaDukfF2NefelfP9bPdp1v394N/J/Q9cRq3lqBlFHy9vl3iT3C9bp/fNvQ4Yl8Y&#10;vcywru4v0HGPHaz5Vca+bo72ErGPu12eOo1bS9AyCtbv3y4U+7JHeRSxL7z+p4cvmRQ4MfcdGIt9&#10;R8apHbyxJ79A7LutrjnjkdK4tQQtI+/1+raxse92fdR8WV80t9fN+uLH7dH6+sv6yOwxO5rmwsxy&#10;+br+sL5Y335Zf2+ur79emwvg9frL2oxymIsi96f8GGJfHLumT1X5Eh9Ad9+7sdjX/mg6SOKdwFwa&#10;t5agZeR9//7DxT77x78+ao7sT7fN+uLobXO9fv362v6tr9fN0frNRbM+PVo368asXvDVpDTf4qbp&#10;sl5/+pS7KB5B7ItXZs4F+RIZ89Dd96029pngV5jKCUygcWsJWkbe+tMbjX3uD90+fvJifXttI9eH&#10;I3Mzr60jrr80a3+pmNh32rj/r5vsvR0PP/Z9iuJW1GL9bm5+0Zt1367X12/99MhOdIzpNcftqo59&#10;/oW9h+Xt0VHTHLmlHz9cr9ffu/f75mK9vu6XwfhiHvPnOveOjvxQz4cf6+6pf+Zor7+v1/0DYvAU&#10;aNxagpaRZ77Eu9h3tD5q3jfmb/mHqdC9by7erk9t5Fqv19+PXpsqn7nI142p453G9T59cHnvwce+&#10;11HYCveYvlJTJ9RxHrfte1xDjI5Sqju260HHW9t7StKrKcQPD221/Yy6faA+9n21A9W2v+9ivbYl&#10;9GPZvi+vPSk3LNy1990um6ab+Nj2HvrZBvpB4jHTuLUELSPri1l9yv5R3q6/ro8u1qfmkbwXF7dH&#10;ZvDiaP3G/HF/aE5vm9v16fp0fWT+OE1/3+31l2vTFfh2fWpXLl2vmy9fMo0hiX1vTp1wW7TpQyKB&#10;zxRuMnxK3Z7amtpWqb1OLdlzZMLcMJCZ8HT7WlJHIx7RHuGTxN8lfuP3dOxLLxTT7hodUK2PfUe2&#10;oDb22dEPG/q+n5rgbAObPZlTE83MKZl/L07tWHcX+8yra7fN3jpkJlp9PzVBMj9FHo+Oxq0laBlZ&#10;6w/vfezbkDlGbglTiX3tlRtuiza1awGELUafKdhidFMTZXtqa2pbnaizr99sGn36OPfYh0/m4g/a&#10;ceGBSmfiU8SVIL/RrJcQHCU0qDR1bfXMt1KvPva56NXGPhdW26J/2JfX7VNKbD5TabavvtrNLva1&#10;v11T/XMv3QHKHwseGY1bS9AysszX7BvzJb0p80dveghT5sa+MEU69rUJteI1zJ/eViUapQji8e26&#10;ef/a1HWC+lZQvzJ1oR/Np8aNFXnhoRLVtFbbIgy39U3ebOwbvLvsjoHZsc9s+dLttzGsC7VHpnl8&#10;Hey0ncYXbYw02ha0TxOsq4HHT+PWErSMnDfmTy1/JU1y1Fzfpi/n2bEvaPMlY18QleIdqY2pbVX6&#10;QuJbMtyVHM1yvgiDo2/RJd+oFW4XyeIsM0iS/41Ji7HfMWyVx+bGPvcsg65eaWLX+76JfXRkRtLa&#10;6uiRGRrxubsD2ncURst2Bx4/jVtL0DJyvtqncti/yoCmShvm+fBp0OiyZse+IEky9gXrpMQ7UhtT&#10;22qEN2VED5xcr83YZjCW64ZEguUNzMilxL7wBrdCQzSRwm8yYSUf++K3F96tGO0YmhT7vvaxz2+5&#10;7u7uNnMA5FcbfSP62BfcHGe/QnwaYt+TonFrCVpGTrtqaXCNjF8mXiJPpsNvfuzr40gy9nXptAHp&#10;N45uqxEUEoQi21CLg1e3tl+01UaCoKUcTnLO397RdtT1W9p85ufhJ9gNm2YHlsPtCfWx78gWIrEv&#10;YKa39Kl9yvCljX3deRL7njCNW0vQMnLaP7noj7f419dfW4k8yYf8bhL7+jSp2Bc9GjzaU7utQrgI&#10;c7/1jZnjY/oLTtvmXTgPpq0evj41jTxzrQchKUhXOBmfoO8/9BvsvMDEJ9gWH4bjqHo4Mn5aH/tM&#10;1W4Q+9p638XFxVuXoJOOfd13FbHvCdO4tQQtI6frivnQ/+2WbtI/CidLBFm6aV3J9vIGsa+7lFOx&#10;Lz9lpHZbhaCIoPfthzkzs/BXezzbMr5962t/7cdqZ3K8kQeiBEfMTz3xCfqFssMcqU+wbf8Hm+Kb&#10;iIMdCfWxz72Q2Bcu6D2o96XavMGCBsS+J0vj1hK0jIz+Ly3s1JJEgevobzzI4vN8v0jWLjaIfV2z&#10;MBX73Cbf1IxK9pnDTclt44JF6qXzzUUbHw9NmDF1O1MNfG3mxLhhGlsb+x7HjrDVm+4fNbTRG71O&#10;fYLtbzDY5Db88G8hH2eN6tj3w33U2ub1e48uLkx1vP2WMB9Kv9P+NBzr+E7se6o0bi1By8joY9VR&#10;MF1FEvX0ahvkOUrf0rtJ7OsuqmEe38eVCmqJTclt43wuzWliiYl9LqB8cD2TLj79eNM0R7dtpDRb&#10;TFiSzKljxiSBf+luhUt9gsPY57eYkVajMLIyIfaZuO42BbHvQ/gdECS3C/Rdd2HXD5Jc2PDv+wVu&#10;7dcbse9p0ri1BC0jY/2pb6P6S6fwpze40WCYJz3YsVHs82eYiH1tHl+vCQcO2l2h1LZRwZrzUcXS&#10;3NHwpq3d3Jr7WMNbfk34+9SGgzdH5gTDzEE/XP62Xp+gLdW/9PfE+ldhel+bDHosukSJ1ANVsc++&#10;k2ANq6512/5pfLW1X/PhmFef3L/tabujdHObbbS7bpMQ+54ijVtL0DIyUl3w4f7I7fCRHIM835PZ&#10;Z8Y+P3svyjTM87Xt5k80x4Mt6W2jfKZBxjfmev7kQtfb1GM5TPgz4eDU1XXi6XVBumh7KBzX1cnO&#10;hU+w75PsPxZ/qOIUv7HY13Ouh7MaAAD/9ElEQVTfMXHs6wd6bCu+T2xe9R+OOQMX+4KRIZeB2PcU&#10;adxagpaREdZlwj/FlNP19eDJPIM86ewzY5/vq3eFDmOfv6Jti0n3Dbekt43ymeJq3+0b801gZup1&#10;92WluEamueRtqUGbM6j45QOSTxC98NXExCc4XP7A34lnfhzsG6qMfWZ1Gr8pjH3duIr/C/FVcf+W&#10;2ynoNm9bNfVjM+5jJfY9TRq3lqBlZIR97f7vM/unZ7qthtskT/pZFHNjn98aZkpm8Vd50Jnv96UE&#10;RxgXTA4Otra3ZZlQ9F5WZA7ZRXJMr9vFa7lZK0yU4/e7aOJf+Lc4+ATftLccB5OvgzSaPKEY+6q8&#10;tctatV53a1VZqRnzcQY8QRq3lqBlpEXLjPjrI3sJmBU7Bts0z0V854M3O/a50GNrD7nYZ1q6vl4R&#10;VKzchqTgCOP6bOFIgVmpzuxyLd5M8DN1IluYqZ++9/fst4Jh9WBrLLh/V2t1Qb0xFnQf+iw2dPoq&#10;snZZhDaPfcBUGreWoGWkHaXCRZggYJarH3xLD/KcJie5zI59frMpdxD7fJXMd7zLTr8hpU9Uoc8W&#10;vnfTWXUaLNT5afgcyvX64uubD37g4asJhPE4UZ8us+Zh/K58fG1DWy72hV88flPiRRKxD3dP49YS&#10;tIy0U383r9VeP2GCgKnI6LZhnvenqZnR82NfO40lEfvCHL7vaDhondAfYVwwEy/argO3qfJsszjY&#10;H08x6SuL+aknPoEJaP7HbomALnckmsHnt0UvClP8Er9dYMs0bi1By0i7+B7M5WsvoDBB72jdr1PU&#10;6/K89132R2Zp+4H5sc9vNyujSx5f1XI1Id++63sv3eukLk2FPpdUZ/XDeB8/z8OPCVxctCMZg8ks&#10;we148Y5A3+htF0Bo92RiX9h9G4/t+gk4+ThL7MM90Li1BC0j7cLcbup1PVBRis7RWtZft7o8Xctt&#10;OB4y3Dgl9nXzXDT2xeMbUfZtxD5t7r8ehJFwtHfwSQ1rXH1i3dNp54F09doufuZi3zD6Z14O3U3s&#10;Mx0V+XtZ8NRo3FqClpG2ft/HvvQiJJ31xcXgau8v4A/rr76rKTm5eYPY5xuHp4PYFx/DvwoXB4lS&#10;57aN8FlSuU6DIQ7/qIx2drM7C7uWvXc9vFem3zkIlJ0ugf+hC6CDT7D75mp/ofETRjr5su4m9hH6&#10;ENK4tQQtI62/yfx9fy9FnKS1vtZmn93q2TuZrKXrfe0ejX3+ZVsT0nWO5WV2W1lQldNdQeyy3Il0&#10;SV8HKwt2GyP9fcKpHlKnfXxPO5TS7Uh8gu3R/EstvxXkiI3HvnL+rDCXe65RkfndD78p8Dhp3FqC&#10;lpEW/JH1l2KUorNOPoCyy3TdzutbPva5APBDYl9mYknycIVtZf29dcOrsdvVstHPV2uGZ6fZ80tO&#10;B9rKm69B9l2GiU9QNvlXA0GO2GjscwUkvgBHBKWaQ8jeAWLfU6JxawlaRlowMNr3IEUpOt+/pv7q&#10;2zwfvn7wT+RJXkIbxT6/yw8OSHrVTvLwL9vU2W1l/XGlu65fQCFkwr85fOo+j+EdL8G+rPAI4UmM&#10;foKpU7BSv0Ur+YsL+Xium0cFmWqyE/ueEo1bS9Ay0oIFJMfqfekbdds8t+ZxlXZL8hLaLPZF13Fq&#10;Wyh1uMK2ssFh+x3Rdfwmmjvsz/5LH6pM2sQxMgcPxKPH/fbUJ+hjU2od7lCYJZT8xYV8/sGgzZhS&#10;oXjiNG4tQctIs7HP/DH7x6wWLo7BQKfVZfre/HD3XiUvIW0ID0vqhzSNOPZFF3JiUyTe3x4hu61s&#10;cNh+h9l3ap5Osb74/sl8NrZpboKfjVdmXOjNqV3b9OLCLmGVOEbm4IFoznQwSyYV+/y3lxvN8PvD&#10;1WX9plzsSv7iAu1Ux8SIV5meJ9DRuLUELSPNxr7T09ugYyv3d5q6VS28fm9PX9vFm5OXUCb2BU2b&#10;9gSiV+3OMAL4TcGWmG/T+VftEbLbyvrDDnboGRy54YUPLgTJcvrJ2Nd/5sM7XTvhIYKolYp9fpTZ&#10;fqg+DkZzCv23Wy52JX9xAXsGUZn+19Iun9OeUzz89L6Pfa/bIXvDvHv/jXfanrudJ9W3ef0B21Z6&#10;W9UPl+vBA6dxawlaRpr9I/uyXt9+sLefOprIStb6wkvzyw/3V5+8hDKxr69LtnN3/SogEvvCoQO3&#10;wVdCboNqTds8dAmiF15qW5nPMcw0jH0mgpmL1byTL4PIl4p9/T0jhdgXDtcGm1Oxz2+zccPvjn5r&#10;Oj9aJH9xPRum7HHbaTJ9e9wOcwVnaottd/vvAh1NM7/i9oxO27Tm19/Fvv6Xbo83+BvAI6Bxawla&#10;Rpr7IzMXYfDkRE1k/vBPf3xJXqB9rg9vjm5NkuQlpLGvu+z9QbvXfr/GvkEQ8i9Sd8i66z1KHSeI&#10;tpX5HMNpKKnYt7729Zi3iWHeROzrlzModO0Hv5ewEpeKff6MzKkO5sQE+3NT/JK/uJ5t3btflNsQ&#10;NhVet08p8d9A8d2AbkMf+uxQeJi9F8S+8DPsehIubIRlhuCjoXFrCVpGmos978PePr1grB+nH95f&#10;p9oabZ5Ppz+at19M2EleQhr7wsDh/pyd9o96EPv6paSi/H2Cfps7zUKCaFtRP/adjn3XX0/fHx19&#10;Og2qzDYQdLlOPxwdfTj9bme1DQruj16IfcEnFXbUFWKf2eY/UvmNtR90vLWV/MX1TEa/UqJ9bcN8&#10;G6Nu3Q5T/3P1Q/faNK9dDPTbXdey/c6yn9mPtrX73f/glgQ0x7Xv0C112j7gw36t2S8DPTk8VBq3&#10;lqBlpNk/Lru6kv0LdDRRe1Xp9d/tiLINwlxyY7i+e6DdPYh9fUH2la9DxN//0cN8wp9bqW1FY7Ev&#10;3OJOqXm9fuvKieKO+4TDLdWxLz0GNRL7UnvHGr3l2Gcb8f7ItgPOnJf7VNye7sDuB/vLsK9thc2l&#10;t9HbB0f7K27Tdz+cdrHPvLI9ID69HB+Pg8atJWgZafaqe/smnjLi972/6HuL7Ha9/rsdVhuHBmEu&#10;vVFv/be6tS6Hsa87QfvK/5x+eIi9wsLUsj/aVjQW+3rmpjbbhm3cg4G+xre0mR2DgutiX5cqGrco&#10;xz69yUUSpKf4lWNfm6+Laf3xj6JlSX33nqkN+uExt6FP737quvXMD/aM/JYg9rn08fG7mInHQOPW&#10;ErSMtLX5q/r0wVYI9H7e02bdPojNXUsX/lW4Gm+bZ71++/X90bV9Yk+wuzWMfdIf5A7R7RzGvq4k&#10;83O6O6tN4u+vGKZIbSuqj33u+r02CU3Ii3q3nLmxrysnmpuSjH2+Y+CizaIPGOi+cHS7NR77uh/a&#10;pmucpJ3kaHcEu/sNPYl9XbdzKva13o5NQcXDo3FrCVpG2o/To+aT3vnp933ve5tdKPIBKbqm2k2f&#10;btc/mvXri/rY18546IRzLxKxL4x3/hrW2RrttWF+Dn7spLYVTYp9prPqdL0+MsF3OMybiH19XbsY&#10;++5KMfbF31Tmgzf/himitRNGY99RIvaZenM+9gWDPoNPEg+Wxq0laBlpF19P1+vr27iS4vd1d5G2&#10;+vGGvvkV7r81nYdv36f+MFOxLx76i6cPvjXtHHnAg9tkt/kfB/Nuhklyuyt1p6dhNhn71t9tPPua&#10;bNAPY1/VOO/dKca+6K3Yd+L/iVN8/+AGetxL//vpN/RPc349Ofa5478f7sBDpnFrCVpG2unF96Y5&#10;iu8e8H9Y0fesuUEgetkeINpouvyOTmWNTisT+3Ze/94GO8y+rpH+3n86P5pP669tffl7F2VN/XEY&#10;+/pPdEo43ppS7NMl+T+EIcj+1I9tuB9M+HftAx2r8Opjn/3JfPG6LyA9EB4yjVtL0DLS3vvpyBc/&#10;1tfd0Kvbdb3+alZqzmibveG2Dyb22Wg68EhjX3PkajEmdr2xEe+i8bU+0/XZ707GPpm7e99Ksc92&#10;i/hqs/84zNn304n6COZjUzsu7PO69C7Gmw11sc9udveS2BPoX+KR0Li1BC0j7Y37Rr5+G845cbvM&#10;4Eeq7ea0B+her9e3b7+a2Vm3qQbcI419ges3roJz5GpAr5sj6c4cxr5g3y4oxT5zku2UaB/VbAz6&#10;5Kt1X233ha2X2bfdvrt+7o9Lb6KX+aP6Oh77bIx974//wU+tDo6LR0Hj1hK0jAzzpI31+joKcnbH&#10;2+vTYGmXgT5/57t97lG6Aff4Y59tAZsPzGz/EoyStO4v9h3lVi+IFWKfHZXpXpkXX+NZSm2ruL2x&#10;cDCDU2Y1VbR55b4OP9XAj8sF54YHTePWErSMDLP+yo9ubbzgD+v67YeLi9vT4H7ZSJc/yGbuWh9e&#10;4dbDj30S0VOxb/3Dh7zKe9qCfXkXfnWcIx1prnZReQdYIfaZc+yP0tbs+mDWbQ03tN2ZNpnZ0Kd3&#10;9/+MxD6Z1d29aDfgMdC4tQQtI8P2Wp/eXsRfsmbH24uLi9MfGvNa/ePHOuaL/iJzBT3U2NfXfKUX&#10;08W+Tz4iHrUdo3aEqL2n7bZ9ENRRcg2rmge1mTMw/33rn3JeQxK+rs2Y/s1Z5hz7eeT2xE1d0nVx&#10;ukDVDlu77k67yX0RnNrcNoVP3651Nhb72vT+b839Lr7IyeBh07i1BC0jY/3BdsSvv3y9br+n3cX2&#10;w/wp1vf3dZuTjyp6sLEvaLrGO/xYR3N09MHPmnGNsubt2t3Y4SqKR0fv35vdqdjXfd6Z+yw8W0m6&#10;rqy7GXM/6kLsA7ZE49YStIwM84Be86ChTxfxGlbXb+zX8HU/py/W5m9fX3y/tpWbo8cV+7Lt0kGb&#10;19zEZpO50Pe2eS0f3SD29bvCG2UGbI3TrILnutB+uN7/HyYousVT7ZFMbDS1pLfmJE5tIDZJTk25&#10;bmbyaPQk9uHuadxagpaR8X59O7i7zGz3j0Uzi/IltYO5wSY7O/lrcorLY4h9cYffIPat17ev3T1t&#10;9j/RXQ5WIfbF28UX+2Ry8xt5sz5qXpvnVdp+isY0Bk/NXBoTd9cX9pkBpoVsBx5MEnNv23f72i7A&#10;MjbiQezD3dO4tQQtI8dceRffo/BnmrzfXfeL3u7W6bPH2zRGeA829vUfQHxnRyL2mUDzxQ4bfQja&#10;sx2NfcFHHm0fWL9urq9NCPth546/tTXrD2u7DoX5XN+Y16/XrnFs2teNS/neF7luXh+ZBMlfTIDY&#10;h7uncWsJWkaO73mOrtKmMTNzbd/1j8RVbHTZA+bi8g8sUg829uUGJJKxb31rG5t+ESuhsa/fk6wp&#10;99bfbZ1tbSpyhr8VzsY687n6Psmun8/U89xMOFsjNK9t8/uRxj4z8jbyCW6RKX0nZqY/VBq3lqBl&#10;5Kw/2N4mE+LaMVx3vbhrrL1ZS7XZ2zymfmTawZkgJ5vNq6OjU3tLfLM+tcuC2Ok0zfri4vai+frj&#10;1IyWNma+WPvcR3NXnT1V88Keo8321TTzTpvT29Pb08beT9dWhVJzrKfr33K03PF63QTr2Xzo+0o/&#10;BKHvtk9yZNqoXXqjO+5YY/TD2jR5m3Vzaz6vDx/axSLc78i/Wf/avGmzVp5JeeSqhs3aNpvDx5Gm&#10;PczYZyL/aFfm1pgu1swy2KiicWsJWkbO9ws/ytjfWb9ev+kv69TduZ0oML6/aJr36aGOTOz7Yu5M&#10;b9bNddO8/upCldlz7WKd/Z/d8uGN67Zq7B+5adBdNM0bcwud2fD6e3NqFpBpLl6fmltozbX/6c3y&#10;sS96C8OGqpuCcdu4cXN7o0cszhJ8dOHmlLVdMduEVdNt96ExXwHX7kOyn6vpaf26bkyr3MRFWxU0&#10;FcXrNvaZqHa0UOz7cHHhpxwmtd+Fju5dhJl81R959AOMz2jjc4oOYQJvZpA+PkvkaNxagpaRc9T+&#10;6YSxTxPlhLHvzZHpaLpOXxfp2Gf+9SHuwocqH/Xs/C0X+z69dT/YPGb7xeknE/tuTcj03/inrtFj&#10;xqxtwh9mxzKxL7g9IWzbmCHtYCDXrtZvo98X96HYr4y+0vzj1Ez6C/IHMbX47WLc2pL9+gDX3V0W&#10;Xeyzq068dsMrb82RT9sFRH3s8wMvelxRF/vMn0nhmu7fVkWJ87jhdM/8DuLdKj6jsdSjokPkQ198&#10;lsjSuLUELSNrrLup2msz3Ji5LT8T+5pbG9fef2iXSbV/WkdN8/6HndXh0r3+2phZiPY4tr27NrHv&#10;unlzatu+ZrP79+K0eW2OePp6udgXXDth06rf2rJ1s/Yxjm90xTsryB/cLqj1w/vyIGPfeCHxGY0m&#10;HxMe4nvhi4vYV0fj1hK0jKx1uFz9pjLdfdnYd/rJ1enefojqffYRNT72fWnMzSXuZ9s3aZ5bc9F8&#10;6TaaYGfrXW++nDbNFzO8aW5JWSr2BXe8BHG9e8N225tT099p6qFuq+8/dXcfHOmC2GH+HbpAHmLs&#10;e5tYxFHEZ7TxOYWHKK0FSeyro3FrCVpG1tfcFL45PmW6nSX2fTU9VjY43dr49eO6raa52Nf+1z7e&#10;y76y3Vvu9iy3NrT58eubLx+a5ut7u7y+jYH2j/ONa+ktFPuCpeuCN2dfR+37N9ft/VtrEyDitpBr&#10;/Pavg2rfEqc5HgEqLBb78gHh/sQf/wYWOxAsjVtL0DKyXGfQ1/WH29P1h9sLMz3t68Wn2+9f1t8v&#10;fnxZv/3xfW2qhm/Mv+YBrObF9/X6y8X6zfrrxe3tFzOj7Wv7uI/MoJfWB7+animb9sLEstffXSe6&#10;fdF8MTdy3r42u0z9zX65vvnU9bHb51e/djOpzaX4oTFHurY9YfaIthF/GvdKb6APU0HzNOqne+2/&#10;/7+ub82O17f+YwirBaZG2L8KjtlvzGkPn+CC3pE2vd4cFW8VSRuLfW9OT9/Hse+D3RIx70jP9rVf&#10;4TDw9rQL+aenbsnut9HBzMqHn4KAnjiG8VYeH2M6aAdbjOiTNrnCLwtTWNzzEG8I94cHet+eu/cp&#10;PmxHzvKNPvTmKdO4tQQtI882ei/Wp+tbe1vbrX8wx3fzuPKL9ZG9qfd2fdQ9tON0/f293Wh2vV5f&#10;r0/XPz64TN9zl4/GvqTbTKXxniUeYWcuAXclvg1mf/9435hP54u5pyyoTP9wl425vawVtKMrwvNt&#10;rhe1PY3BJI/TmsOqcuzzy3ibZxz4g/s3EYddsyWOUe3H587RZD9yKznb/7iD/GiHY/xpdx+qj5Dt&#10;bdX2GH1rsh1sCpZQ9TkHn1eXp69zt9GsHZCyZdl0Xc9FtL+fCGt/6O7cad9um8ul6M+yLc/3q3fj&#10;XzN+RY+Qxq0laBl51+aXYy7atZ2m9v77+sIEwFu7Ip959M76en20PjIbjNNTE+ZMSrPr7Xr9/tQ+&#10;ycNsycxwqYt9H7L9xves/WMNpyG7q2u4wOEH89gS3eguKztLz2ovZaPdVjAIMD0NNJsoxr7ulM1f&#10;gblqg0cahOnM6+iUgi8B85HZ2Odymf+0XwLdwJANMO2L9nXwMb8OokqQrH3ZBc3wFNqd/U+Oq3r1&#10;r01k7V+1GfqXNvK224P377o3ulQuRXeWwfdcfLjBN9aTpHFrCVpGnn9ApfnzM39k33+4Gt6H9e36&#10;1MS+T+vv6+/ro3ZM5Nb8+X4yaY7WX03EtP//4OqMuc6rQewzv3h3U4L7aziy46JuIoj5/7UdOvBz&#10;NuyfjMvm4o/NYq9Is83dffHWTWFzq6eb+/jtiIO7Iuw16OsggyrBqDCWtbntv/2jd/za9O2F/tUv&#10;Vt8zybtmTnC8ii//T6aSbX6wn7P/fb21p3VtA42pqZv3amoi5thvXb3P/DLf+4uwZiy5GPvsybY3&#10;+ZiTdj/YDTr+/ckvbm/er5s55Zc07V7bF91PkTZaHPkVrLq42x2jjSp2t199bRC24kdf9SHL5fIP&#10;n2l3rP0aRn6l/I6tU7v9NpudOR/m88cx6XyrqFtbtT1Le9b+LP0vZf2heW2Tyzk+SRq3lqBlFNiV&#10;95bg1ppL0dj3yfzifew7PV1/PX3zZf3VTDV04wXN7frDB9t5du2W1X/dPXH89MJsv3bhxMe+t+sf&#10;R7fr13aqool9p9/9LWQm9v04OrU3+9v/fH095y8ufI+6LxI1n7KCmkD5cI6dNvPetvAuzA/r9acv&#10;Znrhem2uKDOV+uJ2fWvKNheeObiNfT9scrP709eqckqxz88X9N8DZnZl27drXifGv30y+7pL97WN&#10;fddH7RTwrgbV/hDGqeC1rXCbH8xXnN1sx6BMybbxaeZytxvMv1qnao/ZPe3DvKNrH6JMJv+sJXuQ&#10;NsNFsN9PomwPZD/q9jjtSZo36prCfewz/5gvAf/m2pf9m3ziNG4tQcso+HERPDxwAz+Sj+a1NPat&#10;f6xP29jnbrdyz3w1l5a9V/aDG8x1D+iy3552LQHz85fuztY29rk/sosjc4m4uxj8ffwm9pkpMd+b&#10;97YvcnizRZXwKWV6UUWqYl/YUC4m9OyNcr46/MaMYn+yP9t4uF4ffXEPTWsu1l/ax6/Y2Gd+fL++&#10;eHPqdo8rxT5zrm4kwvxkPtL20jVV7qBFHrw3k6x/YpF/WpuNfa5SZn7qwqLd5BN3zxF1r/uHE5mm&#10;gX8cgIs+rrXpw5jZbDfEK+w77SYTs12odlvMaz/DoItN9lxsKzw4Sfu79U2O4Hjup9fBG/UZ/Vnq&#10;4+XkvUHj1hK0jAIzXjEirKoUZEZ5E7HvzbW5QsPYZyemmL7E2/a+fBO41u/X9j6tL+4I7q/KXWFd&#10;a8jHvvXR+v36tYt9jelU6tq89m/49dotSVjRyhwIP5/cRH6jJvZFvYG6M+G7qeS6t+A2uKqTe+n6&#10;Y42jC/spxrHPcKE2OmTaWOxzP7mP0JRq6t6n5tTCo3fvzH3S5gPxH4ZLFyTvfjI/+Fp9cKg3/n3a&#10;YBLOv/dRJUjcb8jGlXaT+Tc8b03avR6U4kOw+6+P5IZ7iybG+SlPbleQf/h9+9ovdIv7jn1LTW/O&#10;V/s09tkButfJet+F67V675ZpMpHQ3Phh0tsJz3YFz2y9z3yN22vYxse23vfB3ANrLlazlpPt95ss&#10;fJvZAF8V+6LHHtf0PfqkZq1228X4yVxMNvbZFpiLeS4Mus8njH2np1/MbKGqy6wu9plr+iLotrPi&#10;hMFYR/DSpQu+fbqMgx9eBwMk7kMNP/NBVPI/9huCXa12U39gwzW8U+lGSjF72/sp7TsaBPlhfi+4&#10;EzLe8TRp3FqCllGSDn1v/Yjc6e31+ofpajaB6NZ0Dh7ZnQPX+SqV3tdxcXS0vniz/v7GrnllLo+v&#10;69O35oq2f0amQffevrL/NZe4u+94vTYXs/b3Ha0v3v4w/X0mgenvM/WkH+v3RyapbfN+WR8dfTcT&#10;Ev3zL6aKnuWUD37jsS9a07TmbkLzodjy7VqlP9Zfv6+/mKPYyYRv7Adz69+2xr6j5odZj/uTP8aY&#10;O4t9UYxI/NB2CtjatvtQw6HjYVTRDfEpRZv8ob2NYp9v6U+LfdF1E+54qjRuLUHLKEpV/K7NIKL5&#10;4dT8c3HxdX1hpsGsv6y/HK1vE43gUlSJY9+RqbJc2648t0RVO1D22oUq1w9jLukLu25J2/3n/pR8&#10;b5N52Y7zmo7q9/bVFzfOayqRttffHdBOfG7WH0zzKR+5SqJegewh7Hsoxb54OWfdm3LbTvt47XvR&#10;feej+xBubYCzp6Sxzya/bS82PWxCXeyzk0F9BEwwCYNAZT42/2m5Q1TEPnvi9uDutflQwztohlFF&#10;NyTecLtJd2Vfl0tph2V8pP5i35fr1/O7hvm7g9hOZ93xVGncWoKWUfQ1Ecq+r79EsW99amKfqQDd&#10;msktw7Hhr4VhAO3ve3iit5oLfqbKaq7dXOyLa8u6d9SRu7vggw8uR+1EjnaD8Mnbh8mNGYt97jAm&#10;moVjHaJPaPUhweeoiH0miatTudf90IX56WsYVdzvwSfoTylxcu0m3dWfrxwkKMXNTTLfm35EJTqO&#10;O0I/IGN+6GOfubBc4LajLH3M1BN5qjRuLUHLKEuEMlPHe2umSbjxhws3CerWhD/zex1kuEj06XYe&#10;fuyLa2yZ1qoLH69zsS+uXevtYPetFPtsJ5X5oa2UmX9sTDAXfTD8Y7aHsda8tr2afrGHitjXNR/b&#10;eNKVZX5400aVPiSaH+xgdhiO3E+ddpP5sw3HXf2obDQHxe72pfRjM/4sgnOyfwQ+nd2wftO8drWI&#10;bnu724+OdC9T5/gkadxagpZR1s7J3ECpyfsIYl/c5ZeZ6uKbga/Tsa/tDXRK48X3ohT73KX9wT+H&#10;uJ339v3oyL4nSRfGPtsg/3J0ZEOCrwiOxL423LjGfRt4vx65X4BEmw9H7ks4iib9T52ojPV7l8uc&#10;iH/t5xz36UZKsSd37d+/qdjFdYFBfvvBfXcR0Hbz+N1PnsatJWgZI9afrmV926lK1b7HEPv0BrbS&#10;202Ks8ePPtoFxdgXrUZoQnwwFBv2AJjXURs7yGbSVcS++IMy24MemeCetrAm3k5pliP3uk26LE/Q&#10;DdHeHGLTtaWEczvDAwV/De57sN3g66NdDa9PN3hvlZ0Rj5rGrSVoGSPcTTcbuEjXhLzHEPvCy92+&#10;Y91fJCOjxU/rfhRjXxf8zNVr33kXDaO2u9kQX9Jdi8Jurol9bdeA/bztV0xXYzYxLm43WvFhirGv&#10;D5n+26d7HQyvhKV0+92vrEvQVfTa/g97D555ZGgc+7qztOV1RzOhMt08eFo0bi1Byxgz7MCbxDxb&#10;qOBRxD4NfhO+t+PewuGluQvKsc8Gu+sP9s4Ef2OyWazGr8/aMfct6F+CWdj1wud5c3R05GvM3S0O&#10;wx++rNe3X+zKpG1Z5hjfXcbXXbLmtYkgX315/eb+p0646c13d/jw9bWPQ126oBSz3z2VID6QeSTB&#10;D71xuI2OcpZ9eZ9u1+uvb8L9T5rGrSVoGWPMElYdc4eE/eIy/zE3il6YhVwu7HoHR+uL2+v1hfnz&#10;7DOsb3MrjTiPI/YNgl854PcGvamaYBeMxT6UdL9VU7NNP7QGCRq3lqBljOrXETLxzSxbZe6Uv7B3&#10;TR1duAX8zG/4aH3xfb3++t6u0dnKLl7lPZLYNwx+txXdfoPIt4MNXmLfhszv1Xz/921d1NC4tQQt&#10;Y9SbIPi52OfrfWYl54v12yD2vVmvza1VfYYfgzWDxGOJfTrgYZTfejw8bJWryPeG2LeJcOrmzg3h&#10;7zCNW0vQMsYFdRqzWJ+Jf6byd22WbXOr9X03d7T9WH+/vbY3ttmV/Kzrscvm0cQ+972ucnOdjwZV&#10;vh2+Moh9G+m/5BjCmEDj1hK0jAp2+eU5CosYeI8n9g2HLZwfGv/6h/PGdvZBDcS+DX2w87f17wBF&#10;GreWoGVUeGNXYJ7u60iz73HFvkSnX+jiojhdaDe7+oB7onFrCVpGja/riy/RaqRVbivm6T6q2Jdu&#10;91ahOQSENG4tQcuoYtaomswuQzXiccW+kapfFpU+IKZxawlaRp0Zsa+qm+ixxb5cr18RU1kBoXFr&#10;CVpGJXcjkfp+mxqwtL5Xdd4/utg3veFLcxcY0Li1BC2j0utB8DNLUNilk+20vyOzgHLgU91STI8w&#10;9k2Lfoz+AQkat5agZdR6q8HPPjPSPfvVNomjFT2+V17UjzL2Nc3rbHU4UnPzB/AUadxagpZR7a30&#10;+ZnY9/r09Xr99drd1hG4qAx9jzX2mWl8oz2koxOAgCdL49YStIx6r/3qQd5ps37zdf3h/fq1fd51&#10;v3CQGeGt6eszHm/sM98WmVnMZqZrVY8A8FRp3FqCljGFW13MO23Wr7+vT80tO+ZRYf2ei+plTB55&#10;7DPenGo/6fVp7RcD8GRp3FqCljHJtQlsnmnzvnHVPfdYWO/7lOUqHn3sAzCDxq0laBnTfLKxTV2s&#10;v7bz2i6yz+tJIvYBGNK4tQQtY6rb9a224swd+65n3zy7t7q9axD7AAxp3FqCljHZ0Xp9m+7ENw91&#10;mzh4SewDMKRxawlaxgzmmTEXGv6uZz1khdgHYEjj1hK0jFnemLm7txffXQD88f3CNoNn3JdK7AMw&#10;pHFrCVrGXDJ57ce8CWvEPgBDGreWoGVs5Oj96enppxn1vRaxD8CQxq0laBn3i9gHYEjj1hK0jPtF&#10;7AMwpHFrCVrG/SL2ARjSuLUELeN+EfsADGncWoKWcb+IfQCGNG4tQcu4X8Q+AEMat5agZdwvYh+A&#10;IY1bS9Ay7hexD8CQxq0laBn3i9gHYEjj1hK0jPtF7AMwpHFrCVrG/SL2ARjSuLUELeN+EfsADGnc&#10;WoKWcb+IfQCGNG4tQcu4X8Q+AEMat5agZdwvYh+AIY1bS9Ay7hexD8CQxq0laBn3i9gHYEjj1hK0&#10;jPtF7AMwpHFrCVrG/fpwoVsAQOPWErQMANg1GreWoGUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAHbKP3+80E0A8Oj9Y/32XLcDwGPmYp/x98ufdCcAPE4/9bGPAAjgyXgp&#10;sc8iAAJ45P7SuNf5+yV9gAAeK4146ndGgQE8Qhrrkl79otkA4EHTMJf3929UAQE8Es81wo356yUR&#10;EMCj8OKVBrhRREAAj8KvGt1q0AoG8PDlZ7uM+IOREAAP2ezoZ7xiOiCAB+qFBrTJ/mY+IICH55nG&#10;shn0mACw8xYIfnpIANh9ybUNpvhTjwgAD4DGsqle6gEB4AH4XYPZRKx+BeBB0mA2kR4OAB4EDWYT&#10;6eEA4EHQYDaRHg4AHgQNZmV//dxlfPHy1T///BEda9wrHhEHYCdodCvZ/E5ed5y/Xz7THQBwpyas&#10;aKVZZwiO9uevuhMA7kwQjUZozjn0mARAAPdDo1GWZpwjvXoCARDAndNAlNMPcmzgNz1q7y/6AAHc&#10;IY1BOZpvlr/1qOJvRoEB3A0NPxnLrNOnR017tUgdEwAKNPBkaLZ59KgFPB0EwBZVPrXod803z89T&#10;18n/k6XxAWxD5fQ+zTbfsxkrxxABASxMw0yGZtvIs6m1P+cvWsEAlqIBJm3qbbujZlT+WjwhDsDm&#10;NLKkbSHaVDa2swiBAOZL32gxoNmWsMBzklgzH8A8hRstQpptGWMznWswFRDADHXh52/NthAtZwY9&#10;JABU0FCS9ptmW4oWNJ0eEQAqaChJ29rckl+0pMn0iABQQUNJmuZajpY01V96QAAYV1nv0mzL2XSm&#10;C8O8AGaoDD2abTmVc2yymOMHYAYNJWmvNNuCtKyJ9HAAUEFDSdo2l5TXssa9evnCjr28ePHyt21G&#10;ZQCPl8aVNM21JC2r7C/auAA291xjS5pmW5KWVcKgLoBFvNTokqbZlqRlFXD7GoBlVK6jp9mWpGXl&#10;0dwFsBANL2kLrVefpoVlbe2+OgBPjsaXtK3d0WZoYVmaEQDm0viSprkWpYXl8OByAEv5WQNMmmZb&#10;lBaWsa1VtAA8QX9ohEnTbIvSwjKo9gFYjAaYtD8126K0tAzNBgCzaYBJ2+pSKZVrGWzzrjoAT41G&#10;mLStNjd3YHY1gCfmJ40waZptUfe+iBaAJ2cX6lxaWBpNXgDL+VNDTJpmW5QWlqa5AGA+jTBpf2i2&#10;RWlpaZoLAObTCJO21Tva6s6BtasALEhDTJrmWlTds5J+0WwAMFvl1DrNtqi6YV7NBQDz/a4hJk2z&#10;LUoLS9NcADCfRpi07fa1aWlpmgsA5tMIk7bVO9rqzoGHsQFYkIaYtJ8025LqnpXEzGYAy3mmISZN&#10;sy2q7s6Srd5QDOCJ+VVDTJpmW9TfWlqS5gKA+eqml2w38GhhaZoLAObTCJO23XEGLS1NcwHAfBph&#10;0rb7PHAtLWmrj8gE8NRoiEnTXIuqe1bSdm8oBvC0cEcbgKfoNw0xaZptUVpYmuYCgPnqppds97G4&#10;Wlqa5gKA+TTCpO3AHW3bfUQmgCdGQ0zac822pLpnJW03/AJ4YjTEpGmuRdXd0bbVG4oBPDF1CyZv&#10;N/b9paUlaS4AmK9uesl2A48Wlqa5AGA+jTBp3NEG4HHRCJO23YcEaWlJ231EJoAnRkNMmuZaVN2d&#10;Jdu9oRjA01K3YPJ2Y98fWlqS5gKA+eqml2w38GhhaZoLAOarm16y3cCjhaVpLgCYTyNM2m+abVFa&#10;WtJ2H5EJ4InREJO21ZXz6p6VxB1tABakISZNcy2qrstxqzcUA3hi6hZM3m7s+1NLS9JcADBf3fSS&#10;7QYeLSxNcwHAfBph0rijDcDjohEm7VfNtigtLWm74RfAE6MhJu2ZZltS3R1t272hGMDTUrdg8nbb&#10;m79raUmaCwDmq5test3Ao4WlaS4AmK9uesl2A48Wlqa5AGA+jTBpv2u2RWlpSdt9RCaAJ0ZDTNpW&#10;72irO4ft3lAM4InREJOmuRb1q5aWtN3wC+BpqZtest3YV/esJM0FAPPVTS/ZbuDRwtI0FwDMpxEm&#10;7U/NtigtLU1zAcB8GmHStrtynpaWxB1tABakISbtJ822pLoux+3eUAzgaalbMHm77c3ftLSkrd5Q&#10;DOCJ2YU72v7W0pI0FwDMVze9ZLuBRwtL01wAMJ9GmLQ/NNuitLQ0zQUA82mESftZsy1KS0va7g3F&#10;AJ4YDTFpmmtRv2hpSdzRBmA5ddNLthv76rocNRcAzFc3vWS7gUcLS9NcADCfRpi0vzTborS0NM0F&#10;APNphEnbgTvatntDMYAnRkNM2nPNtqTnWlrSdsMvgCdGQ0ya5lpU3Z0lW72hGMATUze9ZLux7y8t&#10;LUlzAcB8ddNLtht4tLA0zQUA82mESdvuynlaWprmAoD5NMKk/aLZFqWlJW33hmIAT4yGmDTNtai6&#10;Yd7t3lAM4GnZhTva6oZ5NRcAzFcXd7YbeOqGWzQXAMxXt2DydgOPFpamuQBgPo0waTswzLvdG4oB&#10;PDEaYtK2ezuZlpa03VMA8LT8pCEmbburhmppSds9BQBPy+8aYtK2+3BILS1JMwHAfBphMjTbouqm&#10;2WguAJhPI0yGZtvEP3++jKuRddNsoiwAsIm6OyoWDTxtK/uPrgOvbtH8+CgAsIG6xaMWDTz9QX/z&#10;W6qmNm93lg2Ap0UjTI7mmy9YLrBdCjosKIspLgAW87NGmBzNOF/ioMGmPKa4AFiMBpgszThbOKbb&#10;bgs25W13lg2Ap+SZBpgszTlb6qDhtqz4MAAwX+U6BgtGnrCR3Q51EPsA3KnK+9mMpR6RFh6ze+pl&#10;uDErPg4AzKbhpeBXzTtPNJOv2xpuzIqOA+AhePbC0e33rL7F+88/f2rmeaJjprfmRMcBsMN+/j0d&#10;Xf78bSei4J96XkWae5b48+g2R1tzogMB2E2/Vtwv8XvX33Uf6od4Hc0/x6/REbuhDmIf8Cj8mq7t&#10;Jf213Uc/BuLpcT9VxObYErdVxEfsQ3+8PSM6EoAdU7kcXuiPpcZQS+yU4le/v/z5xa8vq26fHdAj&#10;Tpc9oOxIC48EYKfUrcWU8OfWw9+MmCw27qPUqma/R3akhYcCsDt+mtDUTfhdj7csLW4GPeREGn3/&#10;7nfJnrTwWAB2RbA6yWzbHPvQsmbY7DlpgzX6gg7EqkZ4eDAAu2F2Y1dsb+RDS5rjDz3oBMPvhqCZ&#10;X/XxhUcDsAuqLt1KSwynJkyd0ZI2f4KzNnjjWFa1klaQHsAOqHvQTr2t1P3imXWzBX10k6SmUYf7&#10;dV9KmB7AfVumQhXbwqBvVY9ajVn39epBjCiM6s6UMD2Ae7ZYTIlsNqqQoiVsYPJcl3SdM2rc686U&#10;yeUC2Jbah5xN97MW5drWr2ZVu0zmRIfbbJNa5bmKcVS5rZketKWeUACTpXqxavz5ytCtsWHPWr/v&#10;95nLt7+ce8ID9XOxdUJzJ0qVrhrGlq8MA5hjwsKfnd80Zrz4Q5N0ZLZfOEkk3jPR85n3tIm/ElVT&#10;9bxQn4tT6t6UOAeA+zGYqzsmW1d6nqmOxXd6hHuiHTP9skAE/LPU+v0p87YcqcXp7pQ4B4B7UajR&#10;JJVrSellVcJ2bzQ3uN/8x6vNhgAW6Af86+XwFArVWU9672oC8TZvewFQJdeBn/F3RQddMgj1u0ub&#10;/5o7AtJ68TIZeycb68QMyCdS04Ewf2Y1gGVMnM5cEfmMVPRr28nRYMCrPk+/8fdck7rai+XGQsZp&#10;4bo/RfMAuFvTuvrKrd1IovblG3rRtqC9GG0v979Ven43EVCLrflMN47uADYxKTZMm5mRqFDacBbf&#10;Mdx3fKWair8Pu9+mW6oVnDP8WDRFwjATgLszaZRjchwaHt0Ev3hLnzq3isLfLxepIy0wEpIxnKhc&#10;01WoeQDcnWFwKtDMFYbh5hcNcX3iYhV04yEQ7+easDRRogtUkyRseX1XAHl6OZYM782oMVzQSW+d&#10;69PKjoQ/FwqAPy3bDaiHp+IH7Da9GEvmLvWpoW6gT6p7Mv5apgm8YCNYD2xomgR6/ID7MaXBO7+B&#10;NhL8gpg6qTK2yCCImdz4a00VrSgZw4YV3qGF3gKASaaEvk2mm5SDn0yaeTapLvbqZaKrbY6NqoDD&#10;oQ6j5uPVPAC2b0ola5PQl3q6RUATV86OC/0xYdJhybNJFc9eJv5qshTNA2DbpgSY+Q1ep1Sp0rRW&#10;YmbgmL9/W6gFOX73rtIjeOX6rjNvAAnAbDUXZiu462ymQvtPk3q5uX4jUksRzPH8ZeGUlWZulUJ+&#10;i+AH3KkpyxcscXnqMXuasjXlDNWfL5dZJaVuGCS/KkHN3SRLfLoAaukVWKJ550jdrmblA8ekc0z5&#10;c5k64Ohk6MKcQ02alOkuBLC8KX36mneeXABJj5Fam9T8esu0gkvjwJo2pGmTCp8BgCXVzD1rLRE5&#10;DD2uVzr8zD6/pCWmAz5Pjw9psogmTqPqB9wJvfQKNh/n8DJDt5osook39uqXjaPMT4NREE0Rk8QZ&#10;i33MAPL04i3RvPPpkR1NFSk0NDfxauOhkJ+CRbEKPZZWVHQe0Q/YtppHKLY2rib10t13miqmqZf0&#10;96bN4GcuABaGOhwtOOfvhW5TBpCm11zB3AUMkpLVTU0U09RbsGEl8FnFQEXyjSdtOokcQF7NpLOW&#10;5t1IquI30tLT5Nvzx2a37ZXlBrlT/qD2B2xFdqZdwoaNQqWHH28wTgkaS9DylzJlYH2hQWkAMb3O&#10;Cpa+5SBxH91If2L1LJf2OD9vNjwixS9ISxr36ldqgMByimuqCM27MS1gtIja2CfZfp0ydzskx1lS&#10;em5glVcjPQMAxul1VbD8FTeslGkKURn7UkMyzwbz8MbFQw0/bzQIMpDq7qylxwIwUWUwsTTvArSI&#10;sTIqT1ezdX6ZMrCj/Zums/GPJePflMlFMT0SgIn0oipYvto3LD652ntg09hnTGhsxhnbrUs9IGmD&#10;sRs9DoBpptQ8NO8StPzfNIGoi1tjEbS6kzPOFe16tdAcmHnRT48CYBq9pgq2Ue0bnMDYXI66SFEx&#10;vbgu/MVZdO9CT4ire08xPQaASaZMM9O8y5hYiCTPqOyTGx38je/MTczIcTZ+PEhdbTakRwAwiV5S&#10;BUvP7fPkWRi6W8WpczRX1nCcORLXH0f6Gjeaf5xZ1CZL8wOYYsosiwUadylSmdLdKk6do7kKis8h&#10;it9z1RDx/DrgpMqfZgYwRdXV7GnepUwrJU6do7mKCrP+4oS6t2Dmeggj1dCA5gQwhV5RBctN6xBR&#10;KWPjKXX3Ho8dReTbspLwl0KYTPpj+sqoOvCdodkATFA11Olp3sVEo5xjA7T5MBWaOvskG1E1YdM8&#10;K7aR00Zn3IjnFWVoHgAT6AVVMPX6rRcF4LGWYl0jXXONyvR7pu6Ma5qf6k4ioEeo8Hyk+avpAUyg&#10;F1TBWFDaQFiM7lNh2jzNNS4d/LLDFiOBSWn2Wi/yFUBNCqDelIFFzbugKcWEafM0V4Vk818TBSbN&#10;R97si+OXPxLdjJoIQD29ngrGHr+zibAc3afCtFmzZiKmGrKaJpSuKaal285TPX/x68uXL1+9evX7&#10;y5dj/aIACvQSLdjS5D4rLEf3iboZwGP3BKfpUUbPJhUtMzQrgHtUN2bqaN4lBc3HsSfz5Pu/QvPu&#10;rxh+HGPjO6O3xHU0J4B7pBdowTabvGHQyQ4ueOE55WmuSnqY0Qk39cFPMwK4R3qBFmzWWT8iaMjq&#10;LhWeU57mqjSo+I2/a82Rs7WJ4QAmy65KkqB5FxWMGuguFZ5TnuaqNf04tQMes0ZfAGzFlFkamndZ&#10;/ZnoHlEXaibe0dbTwQvdnyA5sjQfgHujl2fBaMfX5p6/NJFHt4pBqzRpdgNTa8K6P0FyZGk+APdG&#10;L88CzXpf6sYWJi8f0ImPU1N/jHPkzRt6BrA8reSUaN77oueVprnqxfdP1KyIEGUoWGZ2M4DN1U2V&#10;czTvfdHzStNc9eL1o3RvQt1ca0NzArgnenEW3EF3Xx09sTTNNcHU49R/gWhOAPdEL84CzXpf6mpZ&#10;Y/eGlEQH0p0JUfqi+Z2QABalF2eBZr0vdStHbTKsEB6nZk5emL5sZ+rOwBNXV4dyNO990fNK01xT&#10;hHMea1ZECJKP0awA7kVdHcqqmetxJ/TE0jTXFOEEwor6Y91ca0fzArgXemkWjC0wcGf0xNI01xRh&#10;bVj3JdTNtXY0L4B7oZdmgWa9N3piSZstORMcSHcl1M21dnbmGwR42vTSLNCs96Xu6Y2bDSoEB9Jd&#10;CUHqUTvTcwA8bXppFmjW+1K3+MJmK0z3x6mJVWG5ozQzgHuQfSLtUE0QuBN6Ymmaa5r+ODUrIoTl&#10;jtLMAO7Bz3pl5m3WiFyQnlia5hr47Z9//v4tN4jbH6diMvKUeUKbVkgFvYfAPBNGKBe9ZjehJ5am&#10;uQa6lK8SixX82jWsdU/ChHlClfMFq9WcHoChur4zS7Pel7pa1uiCKUFrPxH7rBe//V31tsNyK2j2&#10;Dfy55MGAp0SvywLNel/qnqQ+2hgM1qnSXVOF5VbQ7PP9tOTBgCdFr8sCzXpf4sX1cjTXwJS0I4JD&#10;1dDs8y16MOBJ0euyQLPeFz2vNM2lgsb+ZrOgq8+ok2tiT2ZqwLoNQBW9LvMe2RSXIOlo83hE3Vzr&#10;3saxtmUOptsAVNHrMu9hTXH5S3OJcIxH9001YbzI0QPMZBv/uhFAFb0s83Iz4e7aL3piSWOROkyr&#10;+6YKj/VPTSDUA8zjpmbqVgBV9LLM05z3pSa4/PPPc80WC8dLNm6CBsf655+ayeIjJ1fJHUu3Aqii&#10;l2We5rwvel5pmisWPZtu46GH8GD/1JzfJqvpd/zaMboZQBW9LPM0533R80rTXLEJScdFc63/qDo/&#10;PcQM7dRs3Q6gilyUBZrzvuh5pWmuSLzcnu6dKppr/XPV+ekhZljwUMBTFF+TJZrzntQ9Sr04IUe6&#10;5HT3VNFc67rbTvQQ03X3YesOAFXia7JEc96TusUXSn148nCNsRHhUdHR6lYFq1kXq6w7lO4AUCW6&#10;JIs05z35S88rSXOFJGnFGlVl0dH0ddrY7MNRfV1T9wCoEl2SRZrznuhppWmu3uCRappgsvBgJqiF&#10;r3P0GBMFwyu6C0CV8IIs2ngW3EL0vNI0V2fYXagppormWpsGdM2Di/QgEy13JOCpCq6isuLowR3S&#10;80r6W3O1hhOjN35f0SHNrOWa23s3u0lmyRvygCeqppJibRwjllFz20R2aeTUOElpVKRKdLThlrTR&#10;lVVLoma77gRQ5Y/wOirZkdhXe75/vtQl9n9Oj5JIqumGR4u2ZOhRpljsQMATVtNAs3Yk9ulpjXj1&#10;0ho2dTtawGTDo0VbMvQoE8S1V90LoMqw7z/jYca+cVrAVNEH6D6kmrqpHmaCxQ4EPGnxlZT3SGPf&#10;xm8rqoW5zsOahynNn1EtS/brbgB14ispb+MgsYiamyYm2XioI+pF9NvCTRnZkegxGlh1P4A6cinl&#10;acZ7kRqp3YgWMFnqaNG2DDlMtaWOAzx16dHPBM14L6qn5NTSAiZLHa3mSXJymFqDURtNAKBOdU1K&#10;M94LPamNaQGThQdrG7I1n+m82c2DO/I2fwPAU6UXU47muxd6UpvaeFGBaK51O6V6GKGG5vWf6lF2&#10;5NcCPER6MeVovnuhJ7Wp+cOtXjSfpavLhRtz4uPUSVQoNQmASnox5Wi++6CDnBvTmz8mi46W3poR&#10;HaaSHmPmYQA0TfO7Xk0Zmu8+1J3ri6Z5/rJmvGGBN5U+2mBEImHGuoHynuw3gaYBUKmmc8qYca0u&#10;Ts8prU39y3j8iw8/Q/poNSsuTG9uyz04f9vXmghArfiKytp4FvAC9JzSggzPR6bwBElnieZaB8MX&#10;4eac8DhVNL/t/dNEAGqNhIfWRssuLUTPKS3OU1qtYd5gayAafAiewhFuzgmPU0NuE37pfnGaCkCt&#10;2uUMNN/dq2ueD1aYjlZWjmxcl43mWgfbw805QfIa+uZ9IZoMQDW5qHI0290rVeF6iY603HMjNd1k&#10;uaPlCgz9HKSvILmfEfuATVU2ejXb3asZPk0PymilydNkk+WOVlOXntbglrhveiDsD5oOQLXKxVHM&#10;syi2o/b+Lj2jNM3lJMd8NdFk2aNFOzLC9KOGed1gsqYDUE+uq4zfNdtizNFfVTyvW88oTXN5qWUQ&#10;NM1U0Vzr6PMJd+SE6cdI3dzMyXZjH5oQQL26KcNbu8yCAUzdFQtPJk9ztYY1v42HrqMPLqq91vQj&#10;TLipRNrQ9jZk96OmBDBBfGXlaK6l1BZRd0dbPqBpys2HeaOjRXtqhmUyT5NLkZzBNk0JYIKaWsrW&#10;OvzCOXK6L1IzeFpaHGoQOzXBZIWjRbsy4hwFMrXPjRBPPAaAocwwqBhMnFtGUEK+zmYMG60pmiug&#10;B9D9kxWOFu3KiHPkya/HLRPoR6g0LYApNCqkaa5FhNW+fJ3NCBIWaK6AhnjdP1V0PPlmCHflxDny&#10;ktn856ZpAUyhUSEtNXNuY2EBui8WpszTXKEJSWtEnXoypbrmQZWV/Y1yX4rvJvTj1poYwCRVFb9t&#10;NHqjO2J1ZyxMmVVciTleX2XjtxPNtZYvhkHnYkLlCUiueKukBTBNXcVPcy2g/vj523JDiTvaAhOS&#10;VoiOVtyZoXmSZCCqjbFTDgEgq2qod+ItqBWiGXLFOlvlHW3lSXNR9bbcu1ghPNggCEU7MzRPitx1&#10;090JN+EQAAriSyxDM20sOnq5IhYlzdJcsajuqDsnCw82OFpNL0LNrCHJ0m5u29RxYgCTJZ6DM7T0&#10;aEccIMqhIEqapbnEhKSjoi69wfScms+z4jZBueemq6u22+PUAKaLL7K09gm0C5FbtXR3LE6bo7nE&#10;hKSjornWgwZ0VQ+qZhqK0/eff/0RAJRVLeeybMVPDq67IzXLQo0vDBWm1X1TRZVW3Tl4c0maZ0Ba&#10;zv2O4RYAM9UMJixa8dMCdX+kpg05PhoTFFkeWakQlps492h3huZR8tCjxKr4YWoA88QXWlp5HHUS&#10;rWiW62xVA9GjoSCIoBWdbWVhuYmCNbKnjC3cJcn7HV2LOkwNYJ6Fuqhq6ZHLdTZNnaa5VDA+UXlX&#10;RV5YbqISWTMfMZEtJGsOBh0O3S0lYXIAM9WslDJh5aWyQUVOE8Q0dZrmGuiTbtp1GcW21PSccH+O&#10;5olIxTgcSu4qlcE2ALPVTErbNGZ4w/47TRHT1Enj3ZF9Wt0zVdSmTXUFhPtzNE+kkDa5EcBs0cWW&#10;oXlm0c6+seNKr39GqvoV69PqnqnCcpMHixJkDKbGBKQWHoXXbmu4EcBsNV1+5TGJSnrQsTpbzboo&#10;Y7OjjT6t7pkqLDd5sJpHAQymRAfilPHCB93maCuA2WrqVxuPEuh1bZXrbJo6TXMNTUlbFpabPFjV&#10;jETN1MtO7YuGbKLNAOarqa2kercm0QMapeZfOseQ5hrqkparmeOiyJauCocpcjRPR76E4kHwvjkc&#10;bQawgdTDHNWG4x3JIRVNFNPUaZprqEuaDlf1orGa9PScMEVO9pOMk0mk7j/AeDuADWw9+CVDX/kq&#10;rmo/1sWzF65mW25ij4um6OhOZzCLJyF3GvJLkL3ZHQA2kI5NsQ2CX+bwmixSM/NwUkfkr+PDImVR&#10;wbrTqXlQZabpLcPgGiH7PbIDwCYy0SkyO3bogbxynU1Tp2mubaopOEqToXmckUT5PQA2UdPs1bpI&#10;newkmvKtrZo6TXNtU1hupvJWddaax5KJ31rJDm4pkT0ANlMT/EZuRk3KNwM1ZUxTp2muLYqGYXNf&#10;A2GanOQwSZxkUCUObinRXQA2UzPVZXq7t9CY1qSRmlmHY8dYVjTXOvc51CzlMghsw49Jd4ehUXcB&#10;2FDNMiQTq37F5zZq4khNNXTBZRYqRAXrzlbxDbc00yDbcOJjsFN3AdhUtmcuUr8K3rNCpW/sItbE&#10;acMgsT1RwbqzE6XK0DyaK9GZGOzVXQA2Vw5WrcroNzLZrVxn09Rpmmub6gqOUmUMbpKRlrLujic7&#10;6j4AC6ibVffP34PLVz0biXwjdbaq9vedxoFo/l2qy84JU+Vo1Jf6dmL8OxwF1n0AllDX7jWrjJTC&#10;X35wt6d5Ipo4Q7PN9cs//7xKDr/2okko+SnVw0UKEyRPea8RfpHoPgDLqBmq9H5Lxb+fqgaMR65h&#10;TZw2beCloD3g3/mgFg2+6M5eYpXCoTjLyNQ+I9yv+wAspLrq57x6+cKHwBe//F7XYWhpsaHKGS6l&#10;tfAm6Y6Yr/xFBevOQJQuo5Qj+Z7CBLoPwGKqGm4byneZVY+5ZGcYT9VXdXVPLypYdwaidBlR7XJs&#10;ap8xmgDAMiY0fGcqxi1NnFEcLpmgP6Lu6YXlFpJVTUwMV2SWqX2pXoS4Gqw7ASxqdJx2Q6lurVZt&#10;vXOh2BcUp7s6UYjSgdpQ1Qh1kD7eEa9T34puKdGdABa2bPTTQQAtLSRJsxaKff0BE7OKvWgAp1hu&#10;mDCnTz06tc+oSAJgQYu1fP9+NogJWlagqupkFGNQtaC4fEM8LLZ07oP3mdS1bGVcKTPUEqXRnQC2&#10;oLb1WeSGNeS5a1pSIE5YkA9VUwQHzC1RMCX8RCkzujtj4s25ameUSHcC2IqfNm36toOa8byV5FQO&#10;pz7eFg5Sr+6eiSBRKZm2jnN8WnmrcqRW3F2gewFsy8+VU04SXgVDGtGOfHN1yvRCzTtH1fGikypO&#10;z6l70IhPG2/MVWPjCKl7AWzRz3Nqf3/FEzaifdGeSJRshOadIerT1J2dKPwkbrgNhUlzXMqaqX2D&#10;aTO6F8CWVa5z4P0xmKkW7dadrSm1vvxR6lVW6KLwU5qeo+8zw4ZPqSFmDxsn070Atu/Zy6rm75/J&#10;8cqaGpYMiIwpTbSrEx0ufzdvlEx3ipoqsr0TOd6UD7xxOt0L4I789LIw9+XPl4P6XiucutLO4f01&#10;rOzMaFgHuWeJ67K6t1eZzKoaqxnGeT1MrzYdgLvw04uXr1611cBXr17+mh++8IIL2HfrVy3xXjJa&#10;Zpm0sHV3J06ne1WUOEOPWXgn8iHpbgDbkq/KTRNcwP6I07oQU7SMaWoPFlXl8o1TL0yc81xSFZbj&#10;kkkzuhvAlri63djanhWGF3CwZabRQFSinZe6vxMlzE1F6YSJc/6Q5V31GIE4YSklgAWF3XR/j173&#10;JUF3nt8SHHqu/PjEKF1yJT9yEiXL3/zhFbpDc0rTZiSp7gawHctdecP1UsIjzzU7+A1uwMh3uUXJ&#10;dOdA5cqrIT1EaEJSAIupnH9b5ed2aLNtqcbHnilfXSsahL78e4vbp7p3KEpeIzu1bzDOUlM8gM3p&#10;SGy+blTrp5d/tuuVVC/YUpZbAqBIG7ylqBLHf907FCWvUHzopz73SfcD2Aa58MqX6VQzOsbSpndD&#10;6jCHoWk6lck6cfpxmj+iH5LuB7AFw9nGmmITeuwNTIt+yfUGskPGsuyq7h6aOHWnPIVIU+t+AMvT&#10;Fu/Cl96Ll93k6M39Weo0iw0jupEda41vwKhoYesa1WXpdeo7mlz3A1ieXnfbuvRe/JbofpvuVbkG&#10;5WkjspWNnXGybPUwEOcYoZnFxOQANpcKSJsPduS9eJmukU3xe/kEC2sRatKWDLQuHftG5owPqt6a&#10;AMDSkk23RdZKLnr+MhVzJ3n1MjUB+flwWktIk7fkbGp6Fie8gbEm9KDvUBMAWJpedY6m2pLnC9QB&#10;//nr1R8vjVe5dm5Iz6AlyWpi34TJO5pVafrRDAA2lIkXmmyrXpSrakvKzd7ROFYT+4YRK2f0aJrh&#10;bj9/4AlKtnjv5dp79msmDC8q10+o6UajlaGZsjTjgGYYzwFgI3rNtXIxYtteDHq+lqXleYOxhlz9&#10;MKKZcrJjyx3NkTtPAMvIrh5fM865Pb9srQqoJXmarO79Zz+92PixtMWdPU8Ai9A76AOa9O49r3ts&#10;yDRaiJNYgF6TpAxqi2mabWgY6jUFgCXpFRfQpPdl2Spg+u6K1FeApknSTEmpiThCs1QWD2CeUt+a&#10;pr1Xi1UB00MYmsrQNEmaKaWwTn1H81QWD2CWVHWnM3Ijwn1YoAqYvB1OE1maKKkmImueFM1TlwvA&#10;PHq9RcY76O/Hi99qAk6OHi232kthzYNQop9Q1RwncQqaBMBiRi5cTb5T5s4F1OPkVntJJh0q1pwd&#10;zZKS+E1oEgCL0ctNaPLd86JyjklAjqCrJYckaZpmGtAMSYmarCYBsJTEBRfR9Fvy/GVUhfvz91/G&#10;ZwKHJg2D2CUazA9/j9cba8YoRmNf1RTp1FE0CYCFlKo81uwno9X7NRu2RtaoUs8qF4WxAzi6MSc5&#10;LiLGQqimT9Nc1RkBTKYX28C2BztG1y/4a2r0HR8HNqkqJyTXxZ+RB1XWhM/070KTAFhGtsbV0yxL&#10;Gt7Elfb7tAawiUalAGgSTOgk1GMnaJZIeib1QOrD0DQAFjFSX7E0z3IS45p5c5ZRzY2CmH26rUSP&#10;O6Q5Ipo4IxWtNQ2AReillqJ5lpKq5pRNbfw6wwBohy90Y9Ho/WiaIVTbZ6n5DE0DYAnZSW2heRFn&#10;TMWUuIS68dKEKADaO9qC1xXGmq2F2wLH1qnvaEZD0wBYQF13/1YGO1LtuyqbnE0bAE0tbnLsLYfd&#10;3NqvE8JX8ow0EYAF6IWWodk2l7zMa/2mR5vm51f2DU3qa3T+Kg24aOJOetmEhGTVURMB2FzdXLgt&#10;XH/Te/pio71vFcYnwqS8yhatKTuaMEszWpoIwMYSd86nacZNjc7oG6X3WmQj0qgX8e0k43K1ztwX&#10;SamuGNOcliYCsDG9zLJqliCZIBclJolmC9shm1ebjMn8XB2Pc4O2mftj6rsn05VhTQVgU/X1nbEx&#10;zmnGZ1P//dsvL168ePHy91LSsP6V2TzZz4PZMEOap6MJHU2VpzkdTQVgQ4WByQHNu4mxWp9UMp8l&#10;RwCMvt0bRnFtDU/3rNwK1uQdTWhNaIxrVkdTAdiQXmQlmncDxbiSGUn9OVP/a/eH26pHVUdkb4nT&#10;hB1NaEyIxJlGtyYDsJmK1l1PM8+X6RXzkpHPStf+3L4oSk2oaI1LBMB8/13qE9U0BZrV02QANjJt&#10;gt1igx3FYsuTh5NDAXbPcEtngYeNPIvXBcx/FImJ4vnEA5lqH7EPWJZeYmWLDXbogUOjNbbUbGSt&#10;9kmsMOe+yfBvq78jTvcEovMYSyyyXwqaEMAmcrWMHM0/U2mcYzT0pYeINeRE6buq2G+VC+iVPLOx&#10;V7cGovMYSas0a0cTAthAtpaRoweYpzSZuib0pboLZdH5uDsuCvF/vcx3J1YrVSI1Mk+YbiM5A5oS&#10;wAb0Ahu1QNQoF1sbJ8aidtzDpntNAFygBpihbXLdnzUcUelpWgDzxYOmWl1JWWTmiMaGkKbN05yx&#10;OEjr3tYfuZszNiJxuSrIPhu7rVgzAJhPrq5SL5w3YZ5anh40MKVeWYzVcVLdG/nr5dIRMDp8fnwo&#10;OWKdo5kBzBZfXL8W62MtPcYMhWKmhdZS8IsSjjWQjb9/Wy4CRgfWnb2Rml5MMwOYS2JQXYjQg8yg&#10;hwxo0hGF4BelG46MZE18FmbGi35wpXC8qOAxmhnAXMNrK96SNKVRmlZq6WnaMZq/Ew/zpm8GKfhj&#10;gbnQTfPrq/I69VpqkWYGMFNcabLjq9GWtM0HO/SIgQm3P3h6hNZgCsqEql9nmQiYp+UVaWYA80gw&#10;sNviTUnTeuRS9IgBTToucf+YpemMOeFvsVZwQmmW45DmBjBPfGW5pmxN21CPM1XpThJNWyEzNq3J&#10;vEzqcduYDlgY80nQ3ABmiVu8vnssV4sK6YGm0uMFSn1jWXoQR1N1Jo2tqmWrgIWRmgTNDWCOn9MX&#10;Vrw1adP6jx4vUHtPRyTdctRUgWkhZ2iJO+IsPXCZ5gYwR3xddffQxpuTNhzsKDX05h06Fcvyi+uN&#10;nEKlP+ruOh4x6fFImhnADPaZPp1+/CLanDarYdrTw4Xmxb7UIcsDxqVZNvWWiX/VIVBzAZhO+vX6&#10;Hdu/CPVooZmxLw7k1kiztOZtVpl5xknBfOgUTQ5guviqCmax1dSIwgNNp0cLzZ0/o8cZP0dNv4FX&#10;m3aAxl7kxto1IYDJ4pkeUSM22pO20bVeDq6autKwx09TqNlzXZL+2ugjSUk8I1OTAJhKRkajffGu&#10;pI3aeeXWpqauNHzKpqZQ6cHhDfw50sqe49nLMETrXgBTBRfUIJTF+5I2GuzQg8VmTXJJHDW/bFRL&#10;cyxg7smPaLsBdTuAiaTqFe9MjBsMxDmm0WMJTV5J+8jGq6aSYRl/L972bf30cm5fKABPGojSVquZ&#10;+xbnmEaPJebeNzH5MJJhMYM1FADsiPha/UP21nSEbTKvTY+lNH2lyUeRDFn95/P8ZU2duKbOCeAe&#10;yACi7q4JCht0bI2G1pmRY+xdDcTps3SO9M818W/mewCwRaOP0Yn3p2meeuOLJWiOOqWh66Q4fZZm&#10;M30GFeFvpOX76p9//tSoCmCr4ms0MR4aJ0jTPPUquhM1S52px4jT52QCVPkGDGv4pRJoE73a8tqo&#10;AFoyIKq7h63HJM1TryL2aQ9knegQxZUMnCh9lubqjH9Kia+VTpSQAAhsn7R4U8Oh463STQY7KmJf&#10;eItdvehGjUx1LRQmz9NcAU06lP+UNCUBENiy+IJLT1KO0yTNH+yoiX067aZKdOBig9MaHXNxNFto&#10;vOqXq34Ob0NxCIDAlgweSpkSp0nTPNWqYt+c4BcFM905VHce6S+Hliz/mqJZnGLhr0bGSQBMF19l&#10;mZZhnChN81QrXvY9zVZhWva6tQxGJqtUVB6TNdDxgeK/FlsbGsAgquluryYsaJ5q5WVcetMv/TC3&#10;7hsKU+fle+ycir7R1CE0Tc6yTwcBnqzUQykTap7kOPuirIgWzuTgF2bWfUNh6jzNNaD3ESckmrCa&#10;pOjPLTwgDnha4msqO14hY8FJv2umanqkrFSFqSTImhtjCASpCzTX0HDlwIHh98RvFbnEq18nfxkA&#10;cOSC0929OF2a5qmmB8pLVJhKgpyZjsxAZfVTsyVoloRkFH9WUWWM6REAVJFRyUI1Ik6Ypnmq6YEK&#10;pk1yDjImg02k4saMuvpj1ZE0T+v5+KBHQHMDqBJfSKXLOk6Zpnmq6YFKylNMRJBPdw0FiQuqap6a&#10;KUXz9GrHfooHAZBX3eKt6sBPdGJVKq9Zrwq104Rnv7qj6/YhLSdNcyXVVPxK3zTV0U8zAqggHVzF&#10;VmFNZ9i09mig5uCB8a67gRfZUZyeFpOmudI0V0pxqLZy5EOzAagQX0Yj65/HidM0TzU90IiRU52n&#10;Zii7+j1qriTNFKmZUTlyCABJ0qmuu0WcOE3zVNMDjSrWmeapmcJY/R6rblUp3yGiqZM0E4BRcvPV&#10;2C3zceo0zVOtpn8sVuotm6eu07Gi7WxpviTNFNPUKZoHwKj4IhodPq0JDbMHO6quc7F01U+Pn1b7&#10;FjVfUrnjsqbLT/MAGCP9Sbp7oGbocfZgR12oEPNLS9LDp2muHM2XprkiNZ+45gEwQpaLK3c9WXGG&#10;NM1TreY6H9KjbEQPnqa5cuqGKsp1V02doFkAjJh+DUmOJM1TT49Up2qicZ3KeTaaLadmPmR5Dfuq&#10;z0SzACiT3rua6cJxjjTNU2/6aIe13GyXumBVPcRSNdA78oFp4gTNAqBI5rJV9ZzV3Gc6NlhcoIeq&#10;VRO2a9SMLIyNTgSWqEZq4gTNAqBozhVUU5OprhYNzaz41c86GaGHTauOtJWxr9jPqokTNAuAEnmi&#10;TrnHvZV7mE5EM02gh6o2Oj2nih41TXNlVca+4rlr4gTNAqBAWrzlDvdenCtN80xQGS1S6oJ3mR4z&#10;TXNl1b4bzRfStAmaBUDBzOtHsiVpninqetySik3HKpWTbDRbVk0PgaH5Qpo2QbMAyJMRzdo7FWou&#10;xU0GO+oKyCi2HWvU3LYyZVl+Yh+wc/T6+eePuog1/tztjQY76tuJSdWjEGl6uLTq74nKWFoOXpo2&#10;QbMAyNLLx/vrZXH9vtrQpJkmqQ0YSfVxKUWPlqa58jRnTumsNW2CZgGQU26MvSrdKaGJUzTPNBt0&#10;+U1pkCbowdI0V57mzCnEvoqnnE84IeCp06sn4e/f0lekpkvRPBPp4SbZoNOvJs5MeneaMyf9SVvl&#10;bylH8wDIqK9ZDZ/+qilSSvXGCpWLJ+fo4arVxJn62UCVn5VRiH01PQCaB0Ba5eLEvd+Di7PmYtxo&#10;sKO+ApYzd6ZfzQ17U6bSVPWNGoXYp0lTNA+ANL126vz50saUqsCpJU61YfCbWe/Uw6TVR9aaMXGL&#10;2AfchfoWb8IfVfN/tcjJqkrJmzfioUdJ01x5mjNLMwY0aYrmAZDys146W6BlTrdh8JvQKdfTg6Rp&#10;rjzNmaUZe1XNZs0EIEWvnG2Y2egMbRj8Zgz3Vn4paLas+iEbzdmrWlBQMwFIkA79uv79qTYd7DCq&#10;qjx504NfXfdc1TKHVv2CXJqzpymTNBOAIYkodhnOF3VX/RRa7BwbDnhMPgfNn1Z365+hOfM0Z09T&#10;JmkmAEPxVRNUjp69rHuyTp2wyNnqG41perwRmj1Nc+VpzqxCVVKTJmkmAANjD6V8Ud9QK9LjzqSH&#10;nUgPV6a50zRXVtVkIGvDKS71pwQ8WdKMzLXffq2ZwFxU/UiLERvNx5kWFaqWpJ5wSM2Ypzl7dQM+&#10;mguAiq+Z8nDAi982CDyz5pikbNgQ18MV1N3RVv9MOM2Zpzl7dd9BmguAkEtJd6f8Unf5DehxZqsL&#10;STnl8B6pi7LVd7TVf26FcKpJ0zQXgJi06nIt3qHnLydPhdFDzLfZcG99BVRzpo2tb9jRjHmFyZCa&#10;NE1zAYjFV8yEKpHz85SpMJp5E3rsSapvb9OMaZorZ8KYkWYNaNI0zQUgIqFLd9f5qXIqzFKDHVZ9&#10;+zGhtnqr+dI0V47mK9Csvcoqr2YDEJLZchsEp/hAafVtzRqVt5ul6QqEaZW3kWi2jAnRuvCLqOzr&#10;1GwAQstdMFXtOc20IT38FHqspKo3VXuz3pRZ2Zo3UDnQrtkABOSu+PpV6IaqqkiaaVNTOhtFVcDS&#10;TGmFcYmQZisodbtq2gzNBqAnNZHSFTcuPlZaXUtzgsrOr5SaQK950jRX2pQ4XTo3TZuh2QD0Fr1c&#10;5GBJ1RPh6k2eaNPRIyVoljTNlVR3N4anmUOaNkOzAehIr3lVKzAvPlhaYcbubLOHPMYDcWUPnWZL&#10;mVRBLdzLW/t2N/xlAo+aXC66e6KqUUzNtIjK3v8BPc5A3coDNV0Fk0Jf8cSqPub6STzAEyRXy6YT&#10;UKoChWZaRuW0DzVa8auLM79ptqFpJ1jq7dPfWo5mA9DS61H3TybHS1p8sMOpbJwqPYzS9GmlFqoz&#10;rWJa7hjQ1BmaDYCn4aKm5VYmB0warWrNVVdFE2OTUzR9muZSVY/XCGj+mKbO0GwAPL1YNq+R6RFT&#10;No+wOdN61Dw9iNDkGb+VPrspU1uscjWyckHB7X3OwAM3mBqiCabTIyZppoHqNVEGprUsLT1ErGq6&#10;tvf3b4mY9VPdfSGRkQFa7anI2Fr9GnjgBhflAhdLVdtOMw2YRK/GGqNpgzc1qryeS9Ubiv396uXL&#10;ly9evHz5+6xG+HiFbfCdlTb/GwR41IYTbTXFDFXVpOIYZnyQivFTMb3dq0eIaOK7oOegNH2GZgNg&#10;DEPfIheLHjNlrH4Ztul0X4UgdxXNH9HEd0BPYUAzZGg2AOnQt+nkPksPmjLWpgubirqvRt1Cgp3i&#10;FGBNvH16BkOaI0OzAUiPPI5Vx6roQZM0k5iQNK1yMMArxnxNvG1j3wu1/QqjAybAk6TXiZUYpJyu&#10;qs6lmcSEpBnTOv00dyBRPd6qYhz2Ut9bCfPGioDHLFMtWiT2ZY4dGxnsCJPqvko6a7tIMwdmjtTO&#10;VfUr0EwZmg146rJVmaoLb0xVg2xk9DZMqvuqhQcZoVkDmnSryjeydTRbhmYDnrSfChWZkYhUSY+a&#10;pJliYcqRKmJBeJSywkQ4TbpNtW9V82VoNuDpcRfVT7+MdRRpvln0oEmaKRKtTrdBr1V4mKLCQK8m&#10;3Z7qWndtc17zAU9P1fjDUleLHjRJM0WiWzP+0L0ThMcpyQ9wV46ZNM2zlzPupuv9XVvnq+1RXaoW&#10;DzxoelnkbBJnOnrQpEIrU+/J1b1TRAfKy88GqYsz7eDss18LPQoFhYdRJlR+k1XXI4HHSy+LrNJa&#10;JLX0mEnFSkmcVPdOUdk8zMe+uspcXG988bLyflvrr8mNej1ChmYDniC9LPI05wx6yDTNFapPOaqu&#10;3paPfZoyLfWV8ezn30dD4B+z6mZ6lAzNBjw9VdNOPM07nR4xTXOF6lOOi4+VsWns01yR5y9e/vYq&#10;aqe+evXy5wn9eyo8VIFmA56eScs6FcY869R1R2mugIwvbHZCVa3erca+pVV+k+XfE/Bk6GUxYoMq&#10;iVHX3V8Y7Fj2qZmjDc9S72PlsyA121ZVfpNNGz8BHiW9LEZN7n4P6cHSCguGasVR909TU/HLznGp&#10;i+OLDI9X09IzUn2QwBOjl0WFv+eHPz1Uhmbr1aesoodLyA45aMK0bPat0NIzNBvwBP0yPuKY8tfL&#10;WXUHPUyGZutpykLzuEbFovPZVr4mTNNc26WlZ2g24Ol68bKuCdebVaHRg2Tk46qm3LRJqccb0hwd&#10;TZimubZLS8/QbMCT96Kys3zm9fOrHiQj2+E3vI1MU0ykhxvSHK3KZ0Fqtq2q/HyzHy/wxL34reKW&#10;Bc1UQ4+RpRlbw+nImmIiPdyQ5mgNTyWlcuWphVTW3WdV2YEn4+fylaTJK4wtFdPTnK1h32R2Ckqd&#10;4QFFdpn40ZxWdpR4K7T0DM0GYOB5bgmSGTPr6kNftlWm6Ta+kMvxvRS8NGFadqRkK7T0DM0GIO1Z&#10;4gb8semx/7x6GTetsitCJ0VZe5osn7LSaMs1G7w0YZrm2i4tPUOzASiQReh0twrTzpDpktJkG4/0&#10;jtZFNUNHE6Zprq2qvKOt5pFHACLPu3Fg3aPiy206PZ6VvI1ME00y2ubVDK3KOKPZtqpitqKRbcYD&#10;KPrF3FimG0UySk2RbGsma2nz7zKpWIMvW6tMnsrAjF7RDYy9GS/50QKoMnY/xWh9apQe0dA0jqaa&#10;Qo+lsnFCE6Ztts7MVFp6hmYDsBy93qZLTV7RNE6mb7CKHktp+o4mTNNc26WlZ2g2AMvR622GxI1t&#10;msTTZBPooUR+arKmTNNc26WlZ2g2AMvR620OPWbijjZnbL5N3li3ZLZpX7P6VeotbFPlLKJsFyaA&#10;jVXe7DpCj5odx9SE1YbzFmOavjM6L9DK3hSyFZV9rHfbBwk8LXWhYZRUu3R3Z/aMNT2QyN1eMlxD&#10;Ne1uZ5No6RmaDcCipq+KlRC3z3RvL9s2LRurnmr6nqZMm3laM2npGZoNwDa8+L1y1llGOIir+wJB&#10;qglGmryFJqsmTdNc26WlZ2g2ANvzfINKYNc/VbqVohCmCvQoIjHS3NKkaZprq3IjQSI/dA1gS579&#10;Oi8C+pZvcV3VOV1+I2dTiKelMBzQbFtV2cd6t32QADqzIuCr52N1rfy4RJYeQhSqfcUw3LnbO9pG&#10;GvCtu+2DBCCeJ9bFKvl1NFRNvq93pCOy1DjUtGmTz2gjWnqGZgNwD+qfD6IX94vhtT6x5jc2FVjT&#10;hzRtmubaLi09Q7MBuC/PXlbMltMH8aT69ie1McfuzCjeLKKJ0zTXdmnpGZoNwP0afTxI1EY2kWl4&#10;m0dhdGJA84ryoTR1mubaqrHb87xJ3w8A7ki+DSzxxqZOVBere/I1o9L0kcpnQWq2rapbUPCO+yAB&#10;TPB8WKEzfXny0kiMVpRGKHpjDd6RGFquorZSq3Btj5aeodkA7BapAb6I23RtqkTwq5nANlpvGxk2&#10;0eRpm6wrOJ2WnqHZAOygF11DLq5r9ZW7VPAbrXAlM4XGJkpr+jTNtV1aeoZmA7Cr/ONBMhdwos/P&#10;BMfsWvM1DdbyOEdFi9nRbFs1tiyDN/bWAOwUc4tFPxUmuoBzffx/Jpucz0frfBXxIdEfmaLZtqry&#10;jraxKjGAHWX6AeNKXWGO8p8vw6Q/1cWH0dBX2by829kk6frvQPILAcCDVNkErVQxUKxZ0irGXBak&#10;pWdoNgAP2bRbg4tGRniN7BzEWKHLcQu09AzNBuBBq1xTalzNwyw0T4Zm2y4tPUOzAXjgxkdva+hR&#10;U+p6DeuOtZjK4H+3fZAA7sCzihHcEXWDoJorR/NtVWU7vLhAA4CHqXKKW1ZhrdJAdYjVjFulhWdo&#10;NgC74vkvL1+F4eXvVy9/qZ6YsUndr7KQygrWXccZLTxDswG4f/k1XKxXL6vqZeWDZNUub1I5jc7Q&#10;rFulhWdoNgD369fKCttfFR1WP02IT15t5KscUXA08zbVTnHUfADuz08Th2j/Ho9/P+VudEv5q6o+&#10;6e8rnkDzb9PowjROxeRFAHdiRiXNqLiIf6468l/FhfomRuWYHmybKk+0sk8TwJbN7Jyzaiak/PSy&#10;2JYevetMM0yiB9smLTtDswG4Bz8V41KNymrMi5eDatGrl8X6XkuzTVJ5dovQsjM0G4A7N2nYIGu0&#10;5rYZLW6SsQVQl6RlZ2g2AHes8qFiFSp6/mbbMD7r4ban8kTvMhoDGKq8VCttL/pVrlGas70TU5Un&#10;uuVaMoCi2rlo9bZ1TW/aIVk5eWZzWnDGnZ0PgKHBuMMSqkYuJtNSJtMDbouWm6HZANyZZZu7veRq&#10;y//8ttlYqxYy3R3VtLTYDM0G4K4suMCyGq466h/k8erXuRHo1982rqTWzELcWO0CNpoPwN2YVen7&#10;82VfeXvxshA8B1W/YN9mPYI//75Bz1/tvcIbqBzq+EPzAbgT0ytRvyefeZFdODmu34XJNmv7Oi/K&#10;N4nkbX28VwvMWOJDADCZXopjSiHj53QYilY5CHeE2zczstJWxnabvlpahmYDcAee65U4YrSSkqz9&#10;BbN3o/1hxmRdcppnv06vw/4TPSt4SXT3AbtrYm2pKkykHkreP1g82hxmM6nq1kEd8aKyny2wlc6/&#10;2gW7NB+ArSsMUSQMh2wzUnU/vysOtmGmdtuf4+sA1phUBdTMi9BCMvqvBQB3RC/DoknPUUwEVbcj&#10;2hQdMt6zTE2sthdQ8y2h9j6ZUv8pgG3Qq7Bo4i0aiXkzpj0bx6KwhpcIFQsFwJ9KM3AczbKE0UK9&#10;Zd4kgFqJYJM3o2Gmh7DBL94Qdh/mlndfqAnc/FJoA29lIRUtJGd09AjAkiaFvlntsuHi9Dq0EqYu&#10;hKZ//vlrkUGQpnmRHn/YbIp1WmVrezt1TgA5k0Jf9SBHbPTyDxPrvqG/f5vY7s4YBsBlAmtMy8jS&#10;jAC2aFLomx1yxoJfmFb35byaGYhFFAB15wLSk7xTNCeALdILsGSDWlE5+EWdiLqz6O8NV4LxfvYN&#10;bd2+udQsnwzNCmB79Por2SD0jfTiRXeUvRx2D475s+7JRiN+/WvGQM6I1PTuHM0LYGv08ivZKPSV&#10;237DutuE6lJnmQi4qNrpLZZmBrAtpXikqu5iK9EDBjSpNfOp6H8FS2rdsV/jzyg3WSdn408YQJ1y&#10;J1xsgYCih+xpytaUFqP4Y5mRkEn0HCZaaP4igBGJOy6ylljjKR/JNGUvn6dK5SPOlzHl80zZysRq&#10;AAN67RUsc1lmm9iaMJTNNMHd3C02pRqdpAcEsA165ZVo3pn0sF55cYQFgt8CDfYKWupkG44mAagx&#10;uKehYKmLMtP7P3InmSafTo+4HVrqZIMHmgBYXO1awsZynfB6ZGekT27KqabpEbdDS51uqe8YAFl6&#10;2RUsOOM3HcY0ldL0k+kBt2LS3YEZekwAC5vS4tW8m9BjW5pITV96PlbuT1xKpkE/jR4UwKKm1FGW&#10;a/HmKn6aSCUzTbDoO8gq3rVXTY8KYEl6xZVo3s3o0Q1NM6AZJtLDbc2sx8OJkYEfABv4WS+4goX7&#10;3xMTgMfXQ9UcE+nhtu3FjOUYAnczIwd4ivRqK1hmVnNAC6hZEFVzjPm9Gzl+YR7RER/srmxQCbyb&#10;udjAkzNlkRTNu7HhwIWmGNIcRX8vXFPd0M9ThpU6f43M+wEwg15oBePt0cm0iIVj324GjRkRcMGp&#10;RQCMKfedat4FaBEVZWiOAs26see//pFche/vV9MXyyo9Im5IcwPYjF5jBVuo9g2XZtEEQ5ojT3Nu&#10;4tn443znrBdY8ZRgRzMC2Mi99vYZUkbFzGPJkTcxDOU9n9hG/WNqye0TQgo0C4CN6CVW8IfmXYQU&#10;UjGhTXJkLbQYwJRvh8Bfk+dQvyh2P2hqAJsYNDkLNO8yZKR3vMb0PM6QpxnnKIajUX+OT9hRz3/L&#10;rNKlCQFsQq+wgoWqUUpuqNPdQ7X1sM3nIk75YsiaXP2znYDDAKhpAGxgyp2825ooF5eie4fGu8Yc&#10;zTfVRndjROaEv6b5Ka4R624AG6gcY7Q071KmlhKnz9N8k2y6YIKa3vh1nncBUPcA2EB8gRbNq7xU&#10;iLvUdO9QlDxvk/NN3Ga8sQ1GiuwgiG4EMN+UDi3Nu5ho7GK5KS6ard7Sdb7W3zxyF9gRenUWbPGe&#10;qrCY8fv2a4d5NV+tZ8NhhuXMbfoCWJRemgVbvDE2LGZ8QKVymLeiAplUO5Iy13hwB7Btw0VU8jTv&#10;gqYVUzk8Mz5PMGXKUoZGcBfv859/qzu1eWcGYDl6VRZsPlkuL6xq6b6hIHGJZqsyqbmbHkx5UVFx&#10;HK/cAtgmvSYLttlNH7Zidd9QkLhEs1WY8nihYtP157EK4Da/SQCM2YlR3nhGScW9I+FZFWi2cfWV&#10;vor1UF+MHK0YOwFslV6PBRUxaQN9OeMrGVT2yE0e6qif2FIR+azyrcBbHDcHUKaXY8F252b05YyP&#10;A1SuJjW1XlU/7DN+ip1y9Jt6igCWUV/TmdOCnGJKOeFZFWi2EWMddJ2JPXXFgY/tVqYBZJRrJTHN&#10;u7R27U7dPqRnlqHZyjR31uT6b3mxiMrWM4Al6YVYsI3F6od+ellRE9JTy9BsJeX4FJoTq4pfMel5&#10;MgC2Sa/Dgm3OcJmmsqE+ZSSh8pATA2qvePyJbWgAG6uv7cy96Leh8o623zRfXu39wRt8Cnqg0JQo&#10;DWABlVHE0rz3p3JB0frB2DsIfSNTBzUxgK0qXo+xu+nuq6KnlqHZsu4k9I182HN6EQHMpVdgwRbX&#10;cJlKTy1Ds+UU++IimnMigh+wK/QCLNCs90hPLUOzZdT3eW4c/vWAEYIfcHf0+ivQrPencjH52jva&#10;NF/WhLGTHD1khOAH3JUJCxlUzLq7K8XJcr3KaXOaLWuJwdhyzyLBD7gjxbutYuMLDNwZPbUMzZZW&#10;fSNb5fFGlOM2wQ+4G3rtFezOzObas9ZsSfXLF0y+ky1NDxvT1AC2Qi+9As16j/TUMjRbSv0Q7xIt&#10;XmNkZEWTA9gGvfIKNOv9GYkeHc2XonnyNOds5X6GpUIsgBK98go06/2pXFW+Zi52ccJdZIEx3pYe&#10;OrbB08sB1NILL692wsgdKFecOhV3tFUu/2xo1g2M3Ee4UL8igLzKiXLGDq0vrKeWodkSNEveom9f&#10;Dy4Y7AW2baQGEtKs90hPLUOzDdW3eCsONkF5nsvChQEYqnzshaFZ75GeWoZmGyjPM45UtJ+n0MML&#10;lvMDtqyy58zQrPensqE+HkA0R4Fm3dDYfOqFQy0AoddcgWa9P5WzkUfvQ5nQ4F+0t69mlo5mALAo&#10;veQKNOv90TPLGB0x0AwFmnVjWoDaoZungcdIL7m8HZrioqeWodnUhPb+aBVysrHRDlq9wFbpFZe3&#10;/OU/m55ahmZTmr5Asy5AixjQDAAWpBdc3g7VQ/TUMjSbmFDtGx81mU7LGOD2DmCL9ILLG+09uzOV&#10;Sw6OxQ5NX7CN9z4eejUHgOXo9ZanOe/PeNSwRiqqE2Y2buW9j88tZFEDYHv0esvTnPdHzyxDswlN&#10;XlC5/PNEWsrQDi2YCDw2ernlac77o2eWodlilUvBWJp3GVpKgmYBsBS92vI05/3RM8vQbDFNXbCl&#10;tmdF052KH7AterXlac57M95RZpUnB9ev1jzacThXzZCN5gGwkD/1asvSnPem8k608nzEsftpQ5p3&#10;KVpOAhU/YEsqGl6e5rw3letOlZ8irqkLyhXIDWhBCVtqbgOorETtUuzTE8vQbJGa9mZrS03eujei&#10;eQAso37Nds15b/TEMjRbRBOXaN7FaEEpYxO0AcxT3+evOe+NnliGZoto4hLNu5iq/gbNBGAZeq1l&#10;acb7UllTLS47M6XJu/TKfb2q/gaeWwRsh15rWZrxvlTVlkZiRuVwiaV5l1O3/LTmArAIvdSyNON9&#10;0fPK0GwRTVyieZdTN1FRcwFYhF5qWZrxvuh5ZWi2UH0n53YHG7SspO3cTAw8eaPrB7c0433R88rQ&#10;bKEpS7hsc3axlpWmuQAsoa7TaXcuwco6W3FSsCYu0bxL0rLSNBeAReillqP57knV4OjIHW2auETz&#10;LknLSiuO2gCYSy+1HM13TypvQC7djFE3xuD8rpmXpIWlbWPBfADV8z003z3R08rQbKHqLs4td/ct&#10;8V4AzFW7iGd5bYA7o6eVodlCmrZE8y5KC8vQbAAWoZdaxvbub5hETytDs4U0bYnmXZQWlkGHH7AV&#10;eqllbLXnq1rlsHTxjjZNXLDN2X3VJ1J8MwDmqhw9KM4auTOVU/NKE4Irw6dVGjLZnJaWo/kALKFy&#10;xtxuXIF6UhmaLTRlqEPzLktLy9F8ABahl1qGZrsXelIZmi2kaUs077K0tBzNB2ARlY1ezXYv9KQy&#10;NFtI05Zo3mVpaTnbbXkDT1Zlo3cXBnqf6UllaL6Qpi34TfMuS4vLKd6kAmA2vdbStnd/wd///FZZ&#10;tam8o60YszRxwZbnNGpxOQz0Atvxm15saZptMf74r359pntU5cKlpUhaW3U0NO/CtLgszQhgGXqt&#10;pWmupQQBTXep8HQKNFuocs17S/MuTIvL0owAllH3pO5t3V8QFKG7VJC0RLOFKpvNluZdVv1EQ80J&#10;YBl17cAtPaQ7nG+n+1SQtESzhSqbzcZ27+qYUAPVnAAWohdbmuZaRlDAWHStrCkVxwY0ccG2Krpe&#10;fQ1UcwJYSN00l60s6BRW+8Ymc1TeklE8jCYu0KwLq6+Bak4AS9GrLWkrs1zCAsbmlIRpC4rDxZq4&#10;QLMuTIvL05wAllJX8dNcC4iqcrpThWkLNFtEExdo1oVpcXmaE8BiqpZv3sKtHdHxdaeKEudptogm&#10;LtCsC9Pi8jTnzlot4VCPOsXB6qr98Vu8B8jQ6y1JM20snl2je1WUOE+zRTRxXnHIZAFaXp7m3Fka&#10;xmbZJPYdmwO8Mz+dr1Y3uhdIqep5L/akzRBPrhkLNpXL65enpmjqvOKQyQK0vDzNubM0jM0yJ/at&#10;VquPpqrnjnBjIt9qtbrUZECKXnApSy9gGh99rEldFZ7Ld7RpkSXl42xswuPiNOvOioPYTDNiXxvz&#10;9FA2+B2czTginpKqyXOaaTNSkdPdKk6dpdlimjpPcy6sfnrfts9kOSbe6LZJzAGmR6oDH+o+h1nf&#10;mbrftyu7I9gMDNUMd4zNPp5GDq67lSTP0WwxTZ2nORdWWYs1NOvOsnGmr3ZNNjP2mVyfdaOx79q+&#10;qxPdAUT0kktZssdPg63uV5I8R7PFNHWe5lyYFlegWXeWj1/n89xMjn2XPmae9ZvemXZuUNHbtzW/&#10;/jWQUHWDqWaaT4cuxjoTqxrlozOwNXme5lyYFlegWXeWj326udL55NjnIt9x9/KkaQ5MHe/cvOiO&#10;c75amQ1AXs3q9WMDEtUGCygUVxyt7yAbGZ7V5Hmac2FaXIFm3Vl3HPvsjBYf+ZLZ2phnop+h+4GW&#10;XnQpmmcuPe7ouKo2kTNG7jrW5Fkj9ceNaXkFmnVndbHPt0Xta+MgTNE7jxJOjn32CE3TtE3eY9+9&#10;Z7Wju8em7D1fBJAxqIsljDVNKw3rmJpCafoMzSY0edbYbMMN/aLlFWjenWXji8a+j99OPjc3J6uT&#10;w+bborFvb7Xatz+s9ppm/3K1+uxeOoff3ADINzPxr2lOzKG71jGgarr8Sg/+rpZowGoSpekzNJvQ&#10;5FkjbedNTRjmHXtLu8OGMI19zeXq4Or45Pzq7OogFftMZc0MSEyLfcffVvb2tcM98+rz6qqrWgY+&#10;+qOZ8Geqft39bsDAH3rdJSww1pua2KtplKbP0GyiOuZsefU+La5gyzXQBdlY52Pf3v7qsnk31s5c&#10;rd6tmqvj8+Npsc9GTjut5eZj05zZSSzmVrZDU7NbNSs72mFdmVvcVjYw3oydDJ62ml41zTNZqm09&#10;doVXNhLHDlO5BuB49+OGtLiCLddAFxTEvq761xw3nw8+f2vOzj+f750fn59/O3MN0Lbed3NgIuSk&#10;2PfOpLO37drKnZ2+d3nSfFsdmprdqlndrA6uVueuiXtlmsTWZfcTkKBXXormmSgV+kab0pUVtrHq&#10;ms6sydKMC9PiCrYchRcUxL7D1Wp/9dG8OGnOL89PzvdXJ+eHq5Pm8N3HKPZdHq/Oz1b7k2Lf2Wpl&#10;q3KmHuduXNvfW52s3rmanT1Mc3PYrFZ2LZc988+x2XO5MtVEIEMvvYTNxjuSoW801mj6DM2m6lYq&#10;rDjQZionK1qad3cFse/d54+rvW8mpDUn+83x4cfm5Lh5d3LY7Df7Uew7OTlZnX+e1t9340Jfc9i8&#10;sz+YyHdpYt6eiXAn+x9tu/fb6qZxi7mcrfxQs50MXV7iwJ/aPdAzwd3Tay9hk+CXDn2jV7imz9Bs&#10;A5ohR/Mtq6ZftaV5d5e9gruxjpuKWypsuhu7CMGE2NeN2J7Z0La6bG6OhyMZq5vD88vjcxP0Dlys&#10;NA3gsVOy0fgejJwW7oZefCmap1pqmMPQdErTZ2i2Ac2Qo/mWpaWVaN7dFcc+pzk5P1g1l6vPZ+c3&#10;q9XVzZVfYMqYO8fF3MRmGrGXrgq3ag4Ok5HjeHW5OnBx0vzXNojHY59uuRv3VS5ievWlzBztzQ5Z&#10;aEKRC5lifLEFzZGj+ZalpRVsUse+YzawDGLf5f7q+OPq8vP559XV+UcT41qzYt/+lWvIHjQ3ZlLz&#10;zZXJpYlaB2c3Nyd27+rYNXsLiS3bSq83JW0BsW9n6PWXMqsLPtvW+11TisSEwJTxMdHhpOo0zbcs&#10;La1g7F6/HWJDmMa+gY1i38f+mJf2fo6rd+W7dW/MAIuZ9OwPfJA6pUBw+hqgIu1Zd+e/EWLf7tAL&#10;MGXGXV96iN5YJI1Xt88ae9Rb/UCv5ltUtvabMP6Wdoa9imdfxFWxz6TYt6sVnNkVW/aOV3syc0XK&#10;PzB9gXbe315zcG6LKQlin+6KtGna6LUZYt8OqYo1Ey/L0l0jmlZp+gzNlqBZMjTbomorn4bm3WH2&#10;Kp59EdfGPrdK1aFp+JoXg8dyaPl7l+6U9lbNgakqhkteDUm1dcyUtAXEvl1SNQl4Ul9Ucdq0Jlaa&#10;PkOzJWiWDM22KC2sRPPuMHsVz76Ia2Of/8H8f79xU/giw/IPbj6bdO9cmDx0D/fIiGPf4WH0j21x&#10;rw7N/ELPp7UnbWbqmIVS7T+uPW/+c27axyYA24aynWfjmsx7zWGz7w8z/2PD8upGF8YHF7yRucma&#10;XGn6DM2WoFkyNNuitLCC6g94B/irXTdXqox9bhHmGzd1pV2dYK+9yyMZ+xpz49x+01y6mFcsJY59&#10;/uf2HxcCu/mJQewznZh7bq7OmQ2N53Yp/Tb2HXQRzx7K/WQm3PjlV4l9O0Yvw7S/R1aNssZqkWN9&#10;h5W9dGN3tBm/aaY0zbakUuNfLbZg4h3wwUA3V6qMfWZNlub4yt7ZdtCVFRQalt8Og6yafdMraGJM&#10;4+paQaLIBrHPRrRvJ27b+cnBWRf7Duz4jot4N3YK4Wr1zS4/2B5m/seGrciOyoqRQdqfxjsPx8Zn&#10;x49g1QSKzNxqpdmW9Ei7++4k9plq375r8Tbv+hHej33bNyj/oJ3vfLj6aBq6JmS255mxQeyz9T4z&#10;8dq8OD9ZNW4V/vOTA7d+oIt9q7MD+5PN0h1m/seG7ai+A+yfP3LjHj9VBdCx2YKaPkOzJWmmNM21&#10;JC2rRPPuMh8MdHOlmtjnD35mIuDN6iZIa3d0/9lz4xn9qXxbuXEO++KwcGPbzNhnsprNV2adBV/b&#10;MzfW2dbv2bHN6GPf6vCj+enEdg+6IxL7dtFIN13kz5fS/H1R2b4cv8I1fYZmS6qrQ45NutmEllUw&#10;1hmwU3ww0M2VxmPfYfvkjVXT7N3sfwwD2L4ZyDjzDdvGLWN6Hh5rZeY424VezIlmlzGdGfvO/Y97&#10;Zu7f/o2LfVc237lpnJs+wDb2rfbetT8R+3ZZZRNxQ1qqqJ0Pp/mS6nrbxhaE2UDtuzFy1emd5IOB&#10;bq40GvvMuIAJgM3JmZmzLBP1zGDGflu3s7v2wzt8D8xiB2aHuf3NLG6QMT/2ubBmX+750d3PNvaZ&#10;n/px3u4Il83Z+ZnPT+zbTVMu1bm0TKHJczRfmuZKGuuB3EBxso/QvDvNBwPdbO1/tqOgRlQd643F&#10;PhtW7E/mvyfRoynbreH/w44/d3KmX1Abw2pe7DszY7bnl6sz9yZNnc8Nb5hmcPvTuR0QMS9uXF/f&#10;2cm39jC5jw33bGyUdmN/aIlC02eMHcaravTWDBnPpEUVTJpAee98MNDNTXPYxb1W4nHhY7HP7LWR&#10;a+/GLFNgn0bZ7TLR8KSxE51Ng9ik+xbMezH2Ls0dIT56Jk7SmRf7NlU6I9yvKd1+M4x0rtXWPGuG&#10;eatnLmquxdQPIFW/ox1hr+LhRdyGivOTk8OTk3Z4U5ecGo99Z2Y6sA9qqz03XNHGN7Nn1RzcrM4/&#10;mxKOXYRswh7BlW3puvnNpnsujdgHtWTd74VWvbQwESfOq5lpaGi+JM20mKqBb0/z7jZ7FetFbBeY&#10;X9lRiI67P0LWIBiNffbQV+em6nbQ1hz3bvxRzF0SfSv4zC1jemOHNL75M1rdrJrm+Mw8vsMEsTZt&#10;jNiHodra1wg7F1qWZdGiYtXDLZoxpyqOa6bFaEEFD6vJm4x9trUbPjzSs6uIRg9Xq4t9e3s29jUH&#10;7X28++3Y78eo4Jtv/hlFJ90R/Up+blWXXPCbFfvc/mOz39YpD13F0t5I3BXkhmp8ett5ed4VRezb&#10;dRWTlMf4LjkJZ1pQrHpsQDNmacYUzbMYLajgQY3ypmKfua/LRb79tlvfzIGz+0xUDO/GHY9932yU&#10;OzRRrfncd/e56HcsixpcfjTtYLOCVWt1c2JbxvbnlVsFcGBm7DM1WTsJJ4x9ZnKzi33n56Yzsj2Q&#10;OV3/b3sYYt/u26zy13dfRZvL96zW949pzqyaaDo23Xquqkqnp3l3nA8G/QZz25YNb33gc65ME9i0&#10;hoMANBr7/O27Z4emhXsWrkewvzqzbdzIzYF7TFFvdblqO/zSldH5sa+xfZEa+0ygbbOfuL3+cPZb&#10;gdj30FTeWzsQLcIZ7SnPJ4mSFmnOrJpWdPmk5tNyCkbuFdw5Phh0r9vnqYV3b7XckzbC4DcW+/bM&#10;kQ/dNL13WmtLLVq/uorHU9zwyOdDc4TsYEcc+0a1QbHZu2zONfa5NnYQ8dxPN/ZsiX0P08+TG7+6&#10;+nBU8yqOUUy4+VWz5mnOhHJldLaasNvSvLvOB4P2pan1te3eBPNs8Zsg+I3FPnu0/c+u0eoWonfb&#10;P+81zf558/ldc9yu8nJ+uP95/8y0rd/ZR5hbe4fNYdMcnjQnJn+62hfGPt0VadO4/x6aUmy98MCE&#10;vX3f1ed7Fu1/+nqfK/kjse/B+rWm4Wj9lZipEd3tpjtDE0Jf8Tixmna05lnGhNlCD2ykQ2OfXcPJ&#10;Vf7STNS76W+tHYl9Zp/7wUSucPLKwTd3rL1v347t0nyrq5NjG4zOVm6k17MTa/Zsp+G7XKgJYp8u&#10;Ux/xadrYZxrTNvadNY2PaT6e2Z/Ozz/2/X1dSWYV6XPzCCdi38PzYrTz6lXm3rBojp3u7NXEqJ7m&#10;LtCsCZplGVpKQbE6vIt8MOhf7flH4ua4VH6O3oTYt3ej1TZ7KNOBeN4cNivTyL7x9S5J1DS2IZxq&#10;I1s+Pl2dj7Nn5N7H4erms+8PtGWagN8FQF9UO857bPceNmd+gNreDkfse5he/JaqnL16WZyxHCbt&#10;NsZZno9GVhFmHlERVIunP9fjfCi554OBe+EeIF4MfW3wcxlGYp9LuG+nuJjRjXinbTkfHvq1DA4O&#10;7HJ9+hAjd+hV89GPSqT4cJW472TAvgF9Ryb8pvo3y4h9T0lwjXe3j9XdcJE3ZUrIeIt9K3e1aSEF&#10;W4m9W2WvYn8RuzVX3DLueTc2YXuvRTn22cd3r7752psVVML6jf3+k9Rus7CUndycDm8+9k2r922M&#10;2PeUBBd51yyufBBllg6oFGnmIc2xBC2jQLPuPnsV+4vY1dL0Gh/4bCuIbsWpkdjXHTmKb1469vUb&#10;HZvK7s/e2GHj0GEtYh+mC9qz3bbxutiIqIQR44MOmmMBE1rxD6/aF8a+Y9uNp5d4gplt7LKMxj4/&#10;hS8Z+4IN/RG0zetSuQnSucnNNg7pxqw29l2+O3RV3MvDd6Y+eHVyZpZpsZu+uX/OTtr2/8dDP1Ly&#10;+fCjX+SB2PeUBB1f3bbw0p8lKmGMZh6YVI2so0UUaNYHwF7F7iK213MwBzjPdvbb3rmx2OfHJ8x/&#10;o7C1d2bv1HU+XvXzmQf9diaVuS3EnVq0q+XiUDWX1t6b11cl7YiLeSd2LrQ/nv98/Ps7a0OvmwFE&#10;7HtSEld5eOnPMmky8PgapppjYxPuitnWbSXb5IOBHYow92B0EaLErCtlp6yMxj5z5I9mIXh3b0e3&#10;2ayTkFyD/sbOfwk2mJ9PPpp/zkr3dUxh30P7Vo/NBOzz4y72+QEfs+usObD3MNv5Lzdu/s+x2Wsf&#10;WTS9XDxsbopMP41Nr//posOPGW1iLx5/tIC8Lc2s3i57FduL2E7tdau1jDFzUWyesdjnosl+c25u&#10;HutnLFvn3ZJY+3t77ZIxZ5LIVRfPbcy7yq1ar/U++8KsPODqcPaM3eLM/W4zsmzv2uuytrGvsbU7&#10;v8suYOBXcegS9//VM8Gj96wbnR2viI2Ljz1CM6ulH5YxYYKLZn0QfDCwP12ZxUSr2Ki2Px772hbs&#10;iZ2+HO45X+03Nzbi+XtIXJVudSIB7rjPmXimuaOx76p9zK6JfXb5+baPz3I/+ymDg9h33tjwa1Mc&#10;r/bMD/bVeXPiYz6xD8b46MO4SfdCjAZbzbAhPXzetm4m3i4fDOxPsmhymb0dYiT2mRjkKnfmv0Gk&#10;uLoxoe7YbbF3kbhOPtOJeBJ1+Ll7iN3OdItXYp852v7VavXuxsU+W/f7GE7c6dLa5xJ18xl97DOn&#10;4B5Y5A5u73kzq9f7CTttrbc29n00a7Kad3R+fh6t/zVwHE7GCbafn+eC/piD8/P2d+pa8jPF5zNu&#10;7/w8U0W/S/FZnxTeQ/L9JTcax/4XqQHgn3/+5f3Hf9E9Gd1f2fl52OBxRQ9PILot+T//61//MiX+&#10;z37TsiHosVf7+th3XHUl9+yvbST2+Rhx4m7oPWsvvitb4dtbfW4X9PvoD3BzZVcybW/xNUzGvSu7&#10;rN9w2WjPnnk7SHNsb0lera6OV+fm+eI2WgUtXh+5Vs1H86dluy0/npnqXRv7Vs2+/WfV7B0emvVn&#10;zOHffTs0JRy6KmzXWNYzGdgzY0LmgedBNM1pG9bu9Drdmq/TfeuOs7+ydw7OlBlfzzrZJNAuJl5u&#10;rfTxJ59/mn3TV8GRXvwW9sIFv78gIuX9a7VyAetd/BRCd66Dp9vE4fZ/rlYrU+J/BNs0/UaC445Y&#10;vKPxbtjrzIWx/N9Gik0/Fvvc/bDHx67m5v+WLm1T99y8OnAr2nur4+ab+3V30e+deX32ztzeYatd&#10;STYOnbXR79gEi5Ob/ebw5OTEjV2Ykzxzbev9fV/vszlNlc9+ub4LYt+l++fA7j02h3Unbua2+EWl&#10;3QGyJ9QzSfyqXKWLz2ovGyP4q2+X/Z+hLzJ5ddeaHH3D6HBvjuO/y8LHf5j6Ysi/6eGRfnrp2r/h&#10;bzAMSTmr1X82/7zQi882ST4mrqtwVZXVavUv859/C7b9qhk2UL/21xYm19wJ82tqG412g731wc7g&#10;M//fM01Q0+PvGobtzvaWjdHY19y4lvRx/5Rxz/fvtevXm2O9O2+aM//a1xtsFpevv4tY+dM/82sw&#10;mODXT9G+2T8wLd4TG/qO20i4gLrY965df98vE1GQSZDZPMme6aKd7XNugP0h8V9yKX31OJD/ysn+&#10;Qv4/piZm/Z/up5L/2rWN40MmY7ETzDpZrVb/5d+1HE2/gei4JZP6LHeJvYrj2Gdbl3ZCidlmYp9Z&#10;Rc/uPrcDnzadX/duLPY1l67SZDK9G/Rb3eybR7Gt7MIo+65ieBZeZvbhRfY/9gQzjRB/+uaL2ka/&#10;z25qSsuc+7Hp9vvmG6vBvg3UxD47JdHVLT8nmjARE611m5HZfIfu/ww2J63KSPL9JTca+24pt4Qz&#10;28p+8fIvG5g0RJSsVqvg5t5kLPaCZRj+uylCypk0Y7CofiRHcz4Y9ip2F7L7XrSx77JZfV7dmJ1X&#10;Jva1weXc7PTTlW0MrIh99pEc5/Yx5HHFrw2G5v9mxoldG1AS2I7BqwOz3z4/SXZ7Xexro59Gt+bg&#10;2AROOy1vuHemmthnQrApzt0vE3xMbQdkULXQpxe7mus311xtayGuz9EsimO4A7qVqdsvBlf3tUdq&#10;r3f/ZGG72zRH7RdDVLNwKVzd0C9gFpyZ/+D9cg9B5dv069kGgftSW63Ozfvad9Hh42rlv4rcW2l7&#10;POxBbOnHq9Wee3CAr6WHv/7+ofH2ZfC22nfsU4cv/HHakfo+455vVfo5XL4KaD/FKwlz8UbXkRJW&#10;GX0t2D3PK+qDDn7Fq9XKdAT+D5vmv9sQsVr9z/8wr/6Pf+WClvt3tfqXTeo6JlzRqRPwvwJbXfyv&#10;5kj/a/XvYRhaLhDVr1k6ZUWG3WI+Sol9Zsvx6vzKbD9cXa1OVjerY7P//HMQ+3wn4WjsuzTX342r&#10;vB1Kp5M9kv09+//LSOi+/Ys2oyXRqoEqiH3mAj4fBDcTxc0V6Qx2z1MT++x1GP0pO/3asP02GYn1&#10;gdp0M7gp53ar60lr99k41E/JNAnan8016a73bpzHfZidvqguhQkt3WOZ+/3uaF3GPir2tWvzq9lb&#10;rey5+OhwtVr5Y/nTNQGyK8qOfK9Wdvy9fz9Roe3SOu6VY0NNt9CQvuh+xeborsB2i0vQJTa72l+C&#10;aXh0xbYbr9zG9tMIorI7UrfEZRD8+vP39wu1af6XDVUr0xI2TMSIYmC/r/0d2U/K9hO1/A7n3/75&#10;5z+bA/xvH1d7SzVA5bB5y9U075z9WM0nG9T72vBgxifPV6a/79J8B7ud+/4XXNvmbf8g7CUT9xu5&#10;+X32j8T/X2qG9pWfLlEoxZ1+Z3+4Es3Hg/6aTsY+u+1ktToxl6F/xIfN0X5AQ67cav2F4V6Yd6Pb&#10;ghku5jI+9ldz+Cmaf/2+/gLb71rMropgIkx307WrB9mp3u6V+fcy7MnvU9gX5vozk4Ta3a776bwL&#10;jf3vwRzsXXcitoZyeXLSl9veKGRu1uk2noQna+6Zfuffgj+BrtDgPdy4v06XznRcuFUmz12he3ab&#10;W33WrPJt87gasl9k3A/M+3L94uTuXGw0jt6SXULXnfyVi203YW23y7ynnbjdC/tHZF/78PuPqaHZ&#10;CuC/rVar/2oilx8MsSPCZt9//PPPf/LTXNs3dtCd/409m3N3vP9dHEhZZp5LtE51yYO8ocMzv2Qb&#10;ztpfnA1vZ+3fmNlu1pp3l7v7KnYZw9gXHzLWVhTc6n1h0o+2aXJgv6PbiS4fwz5586C0Not9SHmG&#10;P33/F29O6WZ1c+iqDVf7XQj7tu82tW8mZLeZ2GeeTWevu7MrF3e6/yhXbi0fHxxTQzL/RuOhwaHd&#10;ZWw/tu46DZpD7d3IbhDdD0TYPWf+G+ydvaztpisf5fbsVdR2Ku4Hse/M/2znwbT97MF+1/3kM/p7&#10;X5z2JM9sJlMLdN9mbQb3vNGgMuMqsfb8XDeA3fXOHzP8iNxKsr7uety//XZ97eCzGLxo37d9S67G&#10;5iq17XCqTdAGtCjkXvkTdBuD7H3Fz4ZDN20pPmXfCnY+2ndu+wJcDW61Wv03Eyz+k63x/Y/V6j+Z&#10;V/+xMo3Wthn77/b9ua4K+8vtFosL3/ihzZO1xIST+hav5nxIzO/psHsu4wR+pq89gO4LmIvtqmn2&#10;r5obG9uCdqvLZq/i/gjBsdzsvyv7nKImN+HA8H/2Nmocukbg5ZVbjvTqzPy4Wr372C9M2KYN2W0m&#10;9p3v3bS3wrkexu4/ypVb61tqykT40YWPSDk2H5tvh9k0bUSyPWl7cS+T4y7W+HcRRQr3g3mL5oVb&#10;syfY0aY3x5FBxuig9pL0wpPsal32lYuy9iyvuoDY3QlpX7lw0B1Lg1AbR20Ii96D+XLqkn1uhzBs&#10;WDO/8LZFHn8e9mFUreO4dCk2+KF7s0GSaBXJg+4T6DvjDLsxPpb9z08v/3at3La773/77j4/YmET&#10;uQgdn3/oamQcRdPPoIfM0owPivlNnZhuvKnz+/wfpT2A7gvYALLX7NkH9Joel26MLOy964+w3/0t&#10;ueWvTAA8Nt+z2RkK9izsaTi2hnXe7NuqlpkZaM7xyg8I2LPtf4y32di3auwRrs78kcySf6kcE2Nf&#10;/IDNvfYBoH11wszD6RN867rVbOWhHfmzPWlnccegr83atlrUJ2rj22E3KhldzfbmbS94T+dtl9hw&#10;pq3vdA9/2yfxSba7XHRo5ze3W83Grj/OFvWxO7XuLfQTAfps0S/X/aa6VPEef/y4huzS+b/ud22H&#10;36H5dPybDA74rgv8w3I9P+pkps1b/SdlfgXmhk+zJ+qq88fqfw9/xUMd/2abwf5lez7xd4Vz0nbc&#10;xAFIbN7lN7pqQkszPizmF3V5vDq0w3JT+F9T2yGVd95e4a7OFz2JqJU6gq8u+BeJqk4n/jO1P97Y&#10;P3Ib8OyDhcKAF/1RBtsuTfg5X93sde3TNnEqx/TY179o76KTTrfh0GrbxgxPSC4IfzlcmVBzGAUt&#10;G9/6uXlR3uAYwbeC/YLxr7vDuEqdH45wD2nyumqRjXb77TCsiw7tTp/hozmPcIG0z3389W8hqptp&#10;COvEbz/a09W9XEep/S4Ia89tavu13X/XB3NW+tklbTSPju52BEcKv0L6E3MV2LAif2Xeevd7sEHt&#10;yt6gZuPYf3TBrK+pu6nVYbUyGBFaldukm65pUL1i6RLN63vk7/S3v+hUVMpyfxx+pYCyK19PcWEv&#10;VUziCC4S+Ehp54pkmX39uszBX2xY2Usm6Jjpz+ZP1nxpm/mAN+YP7cZ8H5i9qRwbxD7TBWbe3ccw&#10;3MXvsHvlugTbl77YIOWVDxL2KvQzYDybrrvE3/mGXtf/1SaLM1nmzXffNa77qZ3ckqqbmcLNJHj/&#10;a3ab/c42Itr3kTg/F69sYeG0tqiRH3Y+ytuPPzVjz/2tuLPpMra1KHsu8QfzOahGdxvdTRVR6PFs&#10;5hv/MWTOxf4UP2Kh69q1XbF+37P/rx3/cA1fO2PPdYO66aB2pbhgKmH/Kzgf6ZDbLPhVr9r3wEOf&#10;ayb4mlN7q+s4+8dx0Hw0XYX5uScd+2ReU4SLZ8OpofoH3Oz5TvRLOz9wpHLpzr47t/5H2/wYbE2+&#10;yfND+7V6ZqpkH9tpGabS5f8dcuVWehdWXNs3k7lyolfuB38RunGDtkZlG2jRsbrLzZ9eGG5svbK7&#10;USsIYd1dBGZ9nvb++eBsbDxo5xeanoB2h5zk4JRtlI2avm6Iwxc1+BjCTyBo5NsQ5s4qyhY9PvTw&#10;5GR/368xYM/RfUhtRlfDjuqSXZgLi5WNXYsluC3GHiTxFWK+MNoejDa3+0Nvz7r7Pdi31b44ePYy&#10;7u7rlk+3+91fjXnV1hxP3IeogSiySfCrfgLTQw999mN1A732mymoVxe065z4OJKoyMUO/Z+gX8H+&#10;cjRY+hVejv0fky00ThFyp9IKfrQzVgZbgx834cqtpM1b84+b1usdxq36y264NbgGTCvqxObrKx3+&#10;GJcuRf/q0A8vtgMIruehbQFHFTCf4tgcVlqq3Y/24e0yHGFOx57IjY8sfpeNDm2U7Q9ofpf9Oz/z&#10;59dvdNMKvPbn9u3bV26o2vecHtgXl2Fo9ZEuGB7p35oJ3T72udN1z5l3De6u2HZA2bcz+nK7JO6b&#10;woe5tvpnBb/iKPdBe73YV27xb/9xmi9al/D/MZNK/lfb4aqHMA9TGPwKNBRF5vf5VYc+zfgAmV/K&#10;t4+r466HocKeH2v0U+/1kAN2HSjjwKU9Dvv9E65ccPQR0F7YQV/YgP9bN0H5XbMXdKjbmWPW5X6z&#10;VxrnncGVWynKaP7jn5TeBcR28MOlsH/hVyd2o59udnliZxKbz8E0x+0+//s6se/MVKfNhfzZHPmm&#10;i299gv5a6ltghqkcf7bd6G5o6ps9dveFZrebOP3NnUFXB7LTe92JuGO7byoXHdoo60v0c2rMxd4W&#10;FdZI/Rn2Lbz2RN2/rnST2ayB252KT2AftOI/ixv3ubZnY0o6cyMEYdrVpe/Mc6/i6cntx+m7Pl25&#10;3d9rN+HnxuW96e7F6TtsfX+xOcyZP1H3R9n9Hswbsr8nv8+E4/h35M7KFOHOP/wQVif2c4pWtBpo&#10;T2ui0TUCW5rxIbK/wTZ81FX8buzFs98crz663GP8H8Peqlu45aYwdHHirwkT+twfStBvkuJPfrVq&#10;3pnur/4tdNP4VwfmK/rA/7V1Wzfiyq0U5PtmA5vrcu+PECSwG/19A3aIoB0cufEtwbYX3VwBflJZ&#10;H4BcyiC++U1tpGi3tQX7Wo5hfjXtR9bfXufqR36zSdrWGE0Ot9UU1zWno+mAQdPXho92oDIcKfFv&#10;x5bsD901Vn1gau+iaNu0lv1Laj8Lc77dt15/Nu61r9v5jCbImNkD7tVxWCNvD9dubAdndGaz/xpt&#10;w1Wwx2jHytrP0i5K6UYFgymQLr/7kmo/3u44be9F8Hm1acxR3a+gPAH5l/bEpqh97Ob8euUusX++&#10;ttHr5n75T7ikn01mU/fV/hzbX2b++ExOVwNsm8EDx+1l981cNMfmz3GsAHPscNnP4OfUttT+GVy5&#10;lYI1r00M+LZafbO9b11FJ0hgFt4y63+aC/rY17KOb1aXB67nyDAXjf/RpWtOVld2w/GVPXTbzWSY&#10;iR3fXMWl3dbtc8wck3aVU/Nz2CO7f3Jif2MfzZPtzMXY/Tbs7/RsZU7M9bi5rzV37L4k+27a9+GK&#10;shmCc/hm38Jx955MoTZb+69NctlWRc1b7hZldXWo9mdzA4g5enc2xzerm+PmxC4c3uy721m+rS7t&#10;Uc1M8L19WeKm3ehremer1VU439GftTnSZ/N76E4qfD/tj2Yqk0tgA/1HM4bmk7h1D+zbs6k/m+cF&#10;+szmnp32/M390u2dnoNfQbl9OiM+BSslFP2hGR8oE5euDlwPrg9rZba/Y3XY7PtZc6XmqGeSdR3B&#10;/g/V3Be8at71X6lm+Kvb29z4TsG98f7ECTFoUfdV7o6oGOSCF9QPF1WeiTfx/rby4HFgVpVyF7mK&#10;u/ndHNsWxlir1yx07Kt9Lk7qAVN8O8M2Yv2qVvaLrLk6NysNNHurk2b17l13rMPVu8beBWeKGAuu&#10;q/oHky+q7q0/VoVV5qD6r/6FjTRSpzwxvNyEDjz8Ad6ODWiHfjDK3kNRctO2eA9X7o7XsVpZ68D+&#10;+k1j4KCt3J2f25sojlfNt3OztNJNezXd2L+UQ18LDY+Soqd4d/RMnpLSKnOI5ReB3thYZa22jlZu&#10;Pwc2mT+zc9wCBX4ilemSLgU/P1PBdgy6oKOHywruHDlzEfPdyiyUZepPq0vzjFy3kH1zbhrUNp3r&#10;eu4Pgd3BL6ZefhHoBYxU/ao6537STFlTapIPgItp5k/ZjBrulZq9pofHRcDL1WebbML3mW++2mXq&#10;z9yQhpk831yu9lcHeyu7immz7x7Da2uAbmm6zKAIAKvc6zf+RI36R3PMGD/Zbbbi99Es1GyrfH4p&#10;tRQzMGH+tVFyYrXP5ey7iI6jG3acg/OVXeDZuRrcbAVgqKLB+leu8fvLaOTsPbJKn+GC2I2pipnZ&#10;Q6beFd523jIVMN8BZ5YytXOPpkQnG2Ndn6+LgcdmSsLJoYl2h4dmFqgbze8e7rOl/mHgsamrur16&#10;Ga0w/9w8WqTeqzDvY+EmyLrVDEzNz84n7ddCd2wbtZ98fuCmteuhSvzE0baV7Oac7R+f2OlyfiLX&#10;cVsXNLNoy3d/AOiMdftt7BEN74bszH7T5XfsO/vc4K2ZKuoDn+2qteO67r7RYx8vp+sm7Jk5scH0&#10;vqb5bDa4yNg+AhdApa1Gv0fY3PVsqLncs11wrrNvOHXFVds+2gSf3Ytu8Z8pTKBtu/0+f3aTnO3N&#10;a91cfb/8yoRhFAD1y09NNXGW9IPi4p1Zuc6M5LrbFa/COpl5joVv45oF3Vzo62/6nMQdPdegNfXO&#10;5vD4xM13AVDvpwkjF9Uec+TrKnUm+Nl5KN3Cd+fnJ/bBF46/r9487rZm3b6Mdv7gzeC+AP+ItVnV&#10;SQBT7s+olBsgfjz8nD7T09aukynOTVA03Xw+eM2vl5kqo1n51B7l/OTj4eGhe8yBL0jTA6j3rHZN&#10;gnF//6QHf4x88Ds0AxpusPW4XwNq5ZaVMGsX2OevbhT6Wnr/yE074AxgIz8tEv4e8IPHp/FLwdnn&#10;qqwuE/fgmO1u7wYN3pANfsdtHbNdsDRRMoCpNmz8/vlIJ7UktXdznLnmqFkrrLNv49S5W4pv/jCH&#10;uGyHk28SN3kA2MzzPzSiVfrjKQU+q53Pd2YXZ1TH/Y2+i49GHC9+RACm+Tt13l/29rfHrR/hMLOc&#10;++GHm5N9u4SsU1hwHsDu+enlKw1xSX883jnM49qHN5hG78duDt5h+CwdqmjAg/QiGwL/+v1nTfz0&#10;7HU3sqUNb/gA8PA8e/HiScxgmcI+2j5jyrotAPDAvEtW/hiKBfDo7blHUbfOqPEBAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAJB10j7wp2ma7uE/wc/nwc/mkUBBksPg5/Pg5/bH&#10;8OeT/GHCM0gdJjyD8DByBlt8I7kzOMyfwdhhCmcw9kYe9Ee5W2+kcAZjbyR3Btv5m0hlrXwjU85g&#10;g4/yLt/I4eFll+awO/pl8PNZ8PPh4eHH4Oez9ufdek/pw9z/Lyd3Btv5Ox97I/9/9u6lt3VbAfe+&#10;kziJkzhNstCcSTNYfgc7k3rSoD6jBqiBBstAjQZYRny+/yd5QVJXiqQoirrY/v+AvZtly7pbesyb&#10;DnpXjmtDHGtQtyG2NejmnDB91HNDmqxBi13Z54akf7Sjp0AAGDf9KhZGnysAjJt+FQujzxUAxk2/&#10;ioXR5woA46ZfxcLocwWAcdOvYmH0uQLAuOlXsTD6XAFg3PSrWBh9rgAwbvpVLIw+VwAYN/0qFkaf&#10;KwCMm34VC6PPFQDGTb+KhdHnCgDjpl/FwuhzBYBx069iYfS5AsC46VexMPpcAWDc9KtYGH2uADBu&#10;+lUsjD5XABg3/SoWRp8rAIybfhULo88VAMZNv4qF0ecKAOOmX8XC6HMFgHHTr2Jh9LkCwLjpV7Ew&#10;+lwBYNz0q1gYfa4AMG76VSyMPlcAGDf9KhZGnysAjJt+FQujzzWO799/Ef/59ftv5VeL/7LKJzN9&#10;oPiuaSEZ04fLfv3+a+Fv++RfX/l0AQxz/i1ZsuGtAve7dpbP/f7jx1/iv7+IHZZMI//zXcin+57s&#10;UO3l7DNyt31XW5DOKzkW8mDIz8mPpv9Vb/3z48fv4g+x8ek06fKT+WeT/5bML10XXXUTS3P0UTz6&#10;Je45ZAv4rbAo03L/+PHjz/IryU6S+8yuMqMaleXY9pnQdObN1SzB9LbpNTf9KhZGn2scX19yc/78&#10;+lF+tfgvq3wy0weK7/4U/9EWkjF9uOzPr/yk+flV+IeSzuD7l7xkBDOsyI9kYYa3Ctzv2hk/94s6&#10;3n+L7fmRTSP/k5wK/1MT/paeFcnL+d5NXpe7LZkondc/X//I935+/Z6dmNkc5GH6mb4oNz6dRrwg&#10;1qy4QDH5D3UC/Wo7Q6svF+fopXj0S9xz+Pr6UpeW4qKSJSd7UBB78evrS17s86nkRsl9ZudevE7s&#10;ofJysuNn4ngrkpolmN42veaWHup29LnG0dO1T/4Z59pn2BfpC+q7G64y40GufV/i6vTH19cvpmvf&#10;9+//+5l+df/NL0Xfv3//8fX1bz4L+R/Tte+3wvy+vv6Ukjn8/fX1n/jQ1y/iAvhTbbx4X003mfxd&#10;WqCaPLn2/VM9Kkr15eIcvYRf+9T5Vjxj0j2YB5gvccP8uzyrLq591eVkx8/E8VYkNUswvW16zU2/&#10;ioXR5xqH+drXmGn1iiecSDEtFlI4+2UqKr9rXHoIw3z6v/YlF6f/vv4xXfvEn/9kL/2njp76d3pV&#10;y+ebXvvEzs/mVZif/gE5h6TcQPypb/zX1z9ff2iTJ9e+r69/y9EplS+jyPxqU+65pCfKb1/pDss+&#10;8iN/4Q9xARevyw3Lpop+7TMsJzt+Jo1mHqRmCaa3Ta+56VexMPpc4yhe+75/n/zz9a84879/T4vV&#10;VDHPf18/RAHI9++T/4kv0h8/1Q8nNYn4FaVW7++vrx+qaCZ/TS1E/q2ufd9/fP1UP01//ZEtTfz/&#10;v2ohv32f/Pqf/LpOJn/9/PpXvFm49v399Yf6dqqCJjH1d3EzF1Orb7mY3x9fP9U3sfDa7+Jn3uSf&#10;5HwWOanwC/mXH19/J2ucbp1U/vr/nXzm+/fJX1//qfM23dRsfWQx0X9fcvuS7fg92YE601H9V307&#10;/vf1Zbv25f/5XUW97N/pXkpeSK994l+Fa59Yk/+Jr2LxCGX/KfxZvfYl19fSNMm177v6cuvyZRQl&#10;r/7y4+s/lWF///nz+y+qeFL8Mz2z5FFU5X2//Pv1p3o9269iLr99n/yeHoq/vr5+5CVo6Zfmn3St&#10;04+U1ir5YfxX6TJXvvYlq1H4foiV+UvOJF/d377/8uvPn+r8VrutdCIZQkZ2/EwM+03th99kIeFv&#10;33+Ri87+v7jf0mK5/F+FE7a49/74+plMKifMztL0nE6XmJ678iNyNvI7VrpfmOlXsTD6XOMoHpJk&#10;Qb/IbfwlP8tFNpenyNfX/8TviOJk2aeycioxv+y1dCF/i8uVXIiamXjrD/nHX8ls1Ou/yy9cOoWa&#10;9O/Ste/ra/KXPHbqS/fjS/xIk5NnM/76kkVW4ipVeE0u4Hv67x/ZO1Ky7uLfqrgrfaP09S/MTRLf&#10;iOyD2fqIr4x4Ra1XPrmhXDtfTuU1cVLbr31iyX8mX7/s5T+z3/zZC/La95dYs2xeaot+iFnkiy8s&#10;pFBfpF37/iePvTa52uw/sjuHzvWqKmoTX395OP5Sq5u+r47Jz2Qz5LT/idf/KuxX8Unxc7twsAtn&#10;yt/JyWja0PQ7n7xQrkErXvuy1Sh8P2TZ3U+1t9KZ/BBfjq/C+Z1NbVnOX9nxMzG881u6FoWNUj+i&#10;//z6Sy1JFYekn81XLln13+U9tbR+eVrPvub5Oa2+d8ntLX/jf+Iv+T1x5mIh+URL+lzjKF/7/ha/&#10;tYq/jf74+lddBZOfQ1//TH6Vt8jkA2LH/CevF2Lf/SNOl9Jr6UJkUVz2GZU9ssun+J9ciPy/H/LL&#10;J/76Q3xIvla+9ql55Nca9e9/xJfob/ERubN+F/+XvCYjjpyNWgP5tZcLT69HctOTz8k1TTNM8esv&#10;06jcSvldkKfdv2IJclOL175kE34Tn/l98j8xdSF75Gpes1371EpleyJ9We77fOLs2if/mc3re/IN&#10;Ki1K/fWr+E/huGnXvv++fktSY2Fytdni5fxzRa5XizdQecRK177kO/Zruhm/J3UtSXmkfFOeLr+o&#10;k+QvcdCSW7aax6/yu2m69qVbZlm/4rVP/p2cM/9k34/0dMlX98fX13+/JHtBrNPf2dckmWVpCdk2&#10;6q+mTO8k8052WPqv38Te+EXeONQJ/nvya6OwcvkJK6eXm5+/JuVf83/EG/+Kv6rXPvl9UpcCyzld&#10;pl/FwuhzjaN87cvLfMT+lF/d7+KGlu1BcSR/ZKd/+j/7X+lC5D/UQsQ3788v8UtF3PB/Jl+aHzI/&#10;/5SLE/dw9Vdy2y5c+35Xlx7Dtc+0+OJf6oZWuCKo1cjWMPku5x+Rknyoneemv0rXvmwe30V1QXap&#10;0tW8Zr/2Jd/p5Ady+pHso8kf6Zb+LF77Sv8npW+oi4949T91T9CufeI/f8vvVTr5H/m1T3xlshtU&#10;QWFzCuSr6jolvrQqyVeuffLm+1fpgKWv/y99TZRVqFvMTxlY8+VlF/1iJE3+qr32absmPzXkSsu/&#10;sm9KuiLqbXF+i6Sdv5PMsrSE5BVLIalx+uS1r7/l/4sae3FRll+Xr6/Jr+LK/588T3+kt/R8FbS/&#10;CidWtpx/kp8xxTeq1758Nvk90CXbk63oc42jcu3Ltl78jDHtt8mPrJCi/K6UnxqFHSOLrsQ5nN4E&#10;1SU1LS3IP/Ln1z/ZNaS4v/NrnzzBxYWx8bUv/asws3+NBzX/d/C1L/8pIL7ZMr8aZYsxv2a79qnS&#10;WXGyF0Jc8aPZdOoC8evX39q1T35TStc+SZW9iW9QUqxQvPbl0TydPDtQv1qTrXETk1fFj3a1kerO&#10;VP7Nm5cfis34Xe3TbG7yQiv+pXa7KV8l174fX7+WXxR+ZCVxxvVLtk/smuRgismyVZNXQu21wvmc&#10;nt+lsrzKcr6L99XxM6lML8/XXyd/fE2+/pBfp+8yBsjfN9n/fv6brVM2j/JqSn8Yrn3pP9MAL/7f&#10;de0rfdgq25Ot6HONw37ty/5IVyC9lYlfHipUV3bC76IQoLpjkteSE/QX0VRCzKy4R9XE4kQrXfu+&#10;qztZfrmS04lf4tZrX/GOa3otnVmyGlIhqWm7u/D1L01U/ct07RNFU6q64R9TVUfyaetrtmufzH3/&#10;5kU76UeyjyZ/ZIGpVG8icvxf2U0+/cCff/75I9sfolAoaeOSz+7vPGOmk8ufT9+LmaHC+KJ6VRwA&#10;IS1FFBk5+TM/W5LNSA5aMrdsvyYnQHoN+Z86XbJliAK/ZPvzF4Xa3KfOvq8fyQW6MBe5L7Mqpuy1&#10;/AqRnFj51ySZZf63pG68lZdTpjdE2P33a/L170SWn8s1Ef//S/pj6OvPP4pbm69c/pdKz8ZrX/lr&#10;Lv7/lK994vdCZadMfpHFnNWdIF7ObkPFHSP++vvrV7mQ38VPKrE3y2+rf4nLS+HaJ0pf5c+c7Nr3&#10;q2oYJl4zX/tEJMwXn/5VvfaJb7dcDamTa58onf8ps4xKUoarX7YY82v2a5/84qs9kRaZZVuRT5dd&#10;+/7++i2flwpahcmyv+TBU76LC1v52pcuUFZ6qdmnm52+Zeh/UdicAvlqmqlt17708iT++ju/9uX7&#10;VS1ffVSWxyanS7YMUeAnXtA3dCLqjEsvlJWufdmCs1UzZcH0CpGd3/nXJJll+lf2QnomGxnf+Pop&#10;Xs/L+ib/iP00+UPdhCa/ioj7+yS7aeQrl/8lLsk/ZYrOX0smVrj2yfPjF/F7obCB+V/iCOs74ae8&#10;G5p2jPzr6z+xkF/kAtW1r7hH1cTl3KfKYcX/Zd8DWaen9ob52ueb+5IqZdO1L1krpcW1TxaHpWsu&#10;6wArXK8527jI642SVpSLZRULI4rXvsnXz8K8ssL/fPGFhSRNjn9+/Vm59inldUqufUrepCNj2sTk&#10;VT186de+NDVpuS/fr2r56qPixCn+/k+nTW7fxRflf8pf58J9o/C2PfdZr335+S2or0kyS/mf4v0p&#10;O34mpfUpvPj1l7jgyXdFBBQXvO/ih+7k+9cff4oV+vHdeamSCyyfDMWJyx872Wvf9+Qmql5Wrf/T&#10;v/LJTLtD3zHJbMRCVFm52Jv5NS7/SLm8L59Ndu1L5ila6tmufXV/JV8l8TW1H9Ssz0Hx669PVP5L&#10;v/apn2FyYdkO05lek60Q1ZfEfu0TP/vkhaZQ4J40fVF/yZCZX/t+fmnXvqShbTJ9ccbJn6IOoXTt&#10;+z0pfystUG22LD5KKgR0pteSV9VR/fVP0blO7Lt8dcX/ixY1efTKWzKqvwrXPvVRrb1PtqLm23fx&#10;BRlW8/uGejG79qnVKGx1uf1X/pdakfz81o56shxZXCMUj5+J8fWfX798/Tb5/iV/5E5+Tw5qUlf7&#10;9a+o0xIte9LJDauplme/9uVfc/H/x33t+0fdd0Q9mWHL5H9F04bqBqf/rn6oumPkX9+/fsqbs9ib&#10;oixYXX7SyWV7s8l/X//zuvaJhih59XPh/6wrUlglMTP1E8qrrsP/2peuj7r2qfIq8dtMnfbZLAtM&#10;ryU1I6L+znLtk90U0h+Y+UoUvkZJubusE5Kv/vaVtV0Sm/23ukrmHygsJPtT3F4K1z7ZqkSfJj1Q&#10;acfZZHYFpteylUrvDn8lPxnSL55o2K3+yjKf/NdfWTmgPIBq+eKf/2UVGvnyxF+iYLDyovhQ9oJs&#10;ipJvXTpVdu1Tn9CaAMi/tGq99LxNz29tdf5WF73kzibeyI+fifH1P77+kpvzt9rhX3+rlj7p5Vnc&#10;nYqdC+Vf+b4U/6/uyKa6jrz8OH9Dfe/kaZTPUJvGTb+KhdHnGsevMiKor011y+RXSO68woEWva3y&#10;f8vqrKTJjyrzS16rdCSSx0i2nPst+dFWWJo8uZL2ffm1TxajF659Sccg+RHZkleVUCWF7v+ICWX7&#10;vnSh8rW/yq/JmckLzK/FXz6yaaMsGvs36fUgFb/+P1WbjtJp86/4p/wq5eujrn1yn/4ivs+y4Vny&#10;mTLTayq+yU/LGcnWVqrhopz+l7wBpJpaNLqTm5X/5PzNcFTz9c5+f8tuubJHQPZCWnQhj2jp2pcv&#10;UOS07PX8JiX+XbyApK/prwjpSuXt+34XR1pez+Rr8rRIShaTa9+/asXlr0a5X5Plp+375PSyWVq+&#10;jGT0BfF/6temfPHfYgsN+bH0PMo+Wrz2yQZ0f+TTi//9kZzq8suQ7CwVQNPzW7YGLTU3/J58l5JZ&#10;pC+L45eeh7n8g0Xp5qg31X//TXb7f3KffJdXwHSvphMVV13+UTqJ5a5J92vWKla29VBvFL+thdlY&#10;VrJIv4qF0ecaSdIOPa+ny7csbfeopsjL1NW/8/2RrJ4suk4repPXFPXXP3lrir/Fx9WS09nI6oC8&#10;wZj4f1FaouaTXvuyL1e2ENF3LGnWlC0z3w7ja8lXSXYkSE+6Qr+O7A9J+/pX56Z9UKxPVhykyt7T&#10;sVAMBTv5cgrygUXUjPIlpH+q5vlq6r9l9yOp8KstOapZm0bZ3TBbXuG7k8w6e0FebtLPFjc++0Er&#10;7j/Z5L+KA5UFThXfyoybmLyqer6IH4myr0ZSfyG2RLyveiDIBsJ/JkdI5L7s0In9KtZRnjn/S+eW&#10;Hzv5R9rjI7/2SfI0UlMmZ1m+q+Qf+bUvORzZ2+L/kzFZ1FyTv5JfhvJf8vxWb2RXtfJytOPnf+3L&#10;u3YkV9+shur39IqefZflAuW+zFddviY6/xVeU7tGdWhSP1Gk9C/VkLC8B/K/3JJZtaTPNRbRjER1&#10;41MlFOL/1V+/pqVefyXfq/Tf/4gm7Nm///36+Yv8S37P//dDpI/sNSn5688/f59Mfvnv6+cvk39E&#10;v9/fv77+E7tavf3719dP8a/f/8z+/38iyvzy48fk+5/q5Mhm+cef3ye//vz6+cvv8pW/foiLhLq4&#10;FrdDvibTUOE1NbN/xdLkaki//Pf1n/YR6ffSkn9U55Zv6q8/v/6T6yNKsNQ7osLmx//klafYcTKT&#10;76ISMSSL2L/JjETnP3XhlKOuyBml6yUPkny53EhWHFW1FcWdn/2tmqKpUVzEi8kb/5P/FW00ZD1D&#10;ceO/ZwuQC5R//f7nn+JA/V58S2d4KX/1ezaiyi9//pHc4f4Rd8B0h8rvcXL0//gzaXr2r7iC/P1D&#10;Fan9+Pr+ZzKT38Vq/yZPhWwZf/6ZnqjqbM73YLYSIgaqz2Tr+qc8B5P9/8t/ye5Xb8v//0WkY/nX&#10;d/HdEH+p87Z4fqdfk0RpOdrxq1aQ2/ab+Fh6LL4X1qi8fsn/Z/uy8OI/4sr/149kH8v/T77o4muu&#10;1jc7p8XW/PpdrJ78Z/6R8pLt9KtYGH2uwLFQV7ekFMtMfRWTi0dBXhCPEdKvYmH0uQLHIi/ttUp6&#10;8VYCEte+UdOvYmH0uQJHIx9DxEYVl1XLE7n2jZp2EQukzxU4Hr+kZZB2f/4ty+40+eByGCH9KhZG&#10;nysAjJt+FQujzxUAxk2/ioXR5woA46ZfxcLocwWAcdOvYmH0uQLAuOlXsTD6XAFg3PSrWBh9rgAw&#10;bvpVLIw+VwAYN/0qFkafKwCMm34VC6PPFQDGTb+KhdHnCgDjpl/FwuhzBYBx069iYfS5AsC46Vex&#10;MPpcAWDc9KtYGH2uADBu+lUsjD5XABg3/SoWRp8rAIybfhULo88VAMZNv4qF0ecKAOOmX8XC6HMF&#10;gHHTr2Jh9LkCwLjpV7Ew+lwBYNz0q1gYfa4AMG76VSyMPlcAGDf9KhZGnysAjJt+FQujzxUAxk2/&#10;ioXR5woA46ZfxcLocwWAcdOvYmH0uQLAuOlXsTD6XAFg3PSrWBh9rgAwbvpVLIw+VwAYN/0qFkaf&#10;KwCMm34VC6PPFQDGTb+KhdHnCgDjpl/FwuhzBYBx069iYfS5AsC46VexMPpcAWDc9KtYGH2uADBu&#10;+lUsjD5XABg3/SoWRp8rAIybfhULo88VAAAAjfx//+9A6CsOAACARsh9AAAAp4HcBwAAcBrIfQAA&#10;AKeB3AcAAHAayH0AAACngdwHAABwGsh9AAAAp4HcBwAAcBrIfQAAAKeB3AcAAHAayH0AAACngdwH&#10;AABwGsh9AAAAp4HcBwAAcBrIfQAAAKeB3AcAAHAayH0AAACngdwHAABwGsh9AAAAp4HcBwAAcBrI&#10;fQAAAKeB3AcAAHAayH0AAACngdwHAABwGsh9AAAAp4HcBwAAcBrIfQAAAKeB3AcAAHAayH0AAACn&#10;gdwHAABwGsh9AAAAp4HcBwAAcBrIfQAAAKeB3AcAAHAayH1HYLFa6S8BAADoyH1HYLXf6y8BAADo&#10;yH1HgNwHAAA8kPuOALkPAAB4IPcdAXIfAADwQO47AuQ+AADggdx3BMh9AADAA7nvCJD7AACAB3Lf&#10;ESD3AQAAD+S+Np5fV+vN5z6322xWyxd9sq6R+wAAgAdyX5DX9a6Q9vb7/Waz0V75WD7on+oKuQ8A&#10;AHgg9zX0sEzK93YfH8Wst8kT3+ZjkxYC7t6f9Rl0gNwHAAA8kPsaeFjJnLfbfGz3+/12tSiW6O0X&#10;2Z8vbx+7/f7z40Olv03+TjfIfQAAwAO5z5cq59uILLddPkw+dir0Pe+X6v0k973k+U8UAe7WHzL7&#10;vXdZ6UvuAwAAHsh9XlYiu31+fO53qzTAvSUB732n/p3882OTvP/wuRX/WX7ud2tZCfzRWfQj9wEA&#10;AA/kvnpLUbu7+djv16Xkttiv5H936j8q92XFfem7wttuvxE1v9oMoiH3AQAAD+S+Gi+iKd9mvd+9&#10;FV5UQ7U87D7kP/YyzanAlxb3ve/Lo7m8bPdbUeO7S2qFoyL3AQAAD+Q+p6Wo3n3f71eb/edr/vLD&#10;didj3eZTRL7tZrXZbPbbzep1odJfUsc7KXTmfV6Lql5R4Ru/0I/cBwAAPJD7HGRU26YN8xabQs/c&#10;h63sz/G+3+w/37Oivee37f5zkdbxLvfr5PXlp0p7b/vd+26/30Ye3IXcBwAAPJD7bB4+xPB7u3LF&#10;7PIzz37r/dvG1E/3bScj4Tpp4Pe82W/zgVyet/v37X6vigtjIfcBAAAP5D6LtUh9+09DPhOFd7LA&#10;LqnsrXrY7lRx4GS1yzsAp9aiDDFq8iP3AQAAD+Q+I5X6tnpkS4kBnD8KHXYrRE2vqBc2hzuV/Kxz&#10;b4zcBwAAPJD7DERvjuXOlMsW76/Jq8v9YvK83mw22/027/Hxut1vN5vN+vlhl3YAfjY15lPJL23+&#10;1xa5DwAAeCD3VTzs9vu3na0e9nm5Fk/sWO9l2Ht+e1u9vX/uVcYT3TbEv0XSe96/v33s95/rNChq&#10;NnvRwyPOqC7kPgAA4IHcp1vLMZrrAtlGDt232u/FcM57UeW7ehb/fN/vP3ayBnilhvWzEiWC+70c&#10;CKYtch8AAPBA7it72e13q/1uVSd/Cm9Kb+73vF/rH9Js9+vtPikqbIXcBwAAPJD7St73+7W1m25B&#10;Mj5z0T55Tm/+QmWSis1uFaPIj9x3+BbLlRzV2+Zz8/62aH2mAABOHLmv4OFzv3/bv+svm6jmfaVX&#10;tJz37JH7Jgs5mp/HhE7kvoP18iYf3NzI9r1y8gEA4IXcl1vIln01hX0Pr6Jfx8enbN+XWcoHsJVe&#10;Wu12+/1mVZfptqLIzytq2pH7Ds/DUjyuuY3tm6mnOAAADuS+zGq/X+3Uc3WtHj6Sm+2irufHczLB&#10;y1tNqFvtl7v9p/5qI+S+g/IsenLH8kHZHwDAH7kvtRF1vI6hmHOLzf5zKcbvS4lhnNcf++KjOZ5F&#10;+Z9feczLfrXd7/ymNSP3HYzlpx7cIth5nmkAgJNH7lMePkU/3rpK2STzqb/yet3XtIduVke8FN10&#10;ZRz0uCM/fG7WrRr5kfsOgTgdOuRzpgEATh25T3rY7TfrujK35ed+k6SzxXb/8bwu1PUuPuRozcrL&#10;7jMLhYUP2W0+39uM4UzuG73XLsr5KirPggYAoITcJzzv9x8b53gqxfi22O2S+uD1flPJig/v+92D&#10;KPHLu3nUZ7+1GMM5eCQ/ct+oPaz0fNYhyyOhAQAQyH0q9q031q4V9urah93mYb3f549ie13vRBJU&#10;81ru14Uk+ZpVEBut9kv51I8g5L7xemjbbbe5T/dvDADACSP3JbFvo78q2TOfiHJJCd1mu1ytN/uP&#10;1fLlRTXT+xAlfpOJXoCYNw6sahP8yH0j9fCuZ7KebCn1AwCYkPusse95XeqhW/GRtAdMnt2h/n+t&#10;BoJZ7W1hcWGbqwx+tlToRu4bpWWjfhyfH6uF7aSZTB4Wb++ux3lUFQubAQBQyH0PO0Mlb13mm0ye&#10;d+nIzUlmVLnvIYluxWFeKsxzX+2W++pjQHyQ+8bnYasHMYvdx7JyKrgs3n27iOyCTiYAwDEj933u&#10;N+tS7HPVxmbesoS2SJ7wkQS9VfKY3rqBnZ/XO33YtbUIfiEVdOS+sXn1KurbuE8Rl5e11xLKj5CB&#10;28uCJyADOHonn/s+9p8r1RpP8Mp8oowv/0hKL+B7rm+tp7ce/NiqvsBNkfvG5U2PX1VeZ1mdxVqf&#10;bdU24Hw6VZtWo2geElVkHOMcBHBwTj33rfaiWd1orD9CHtlG7huT2jAWJfOlnmsXR/LzFZz7HhY6&#10;U0vNZ/FGrwdDrle1BuFZlhVTFgycqBPPfa8i9ongt9Yv3AMQd/DlLuB6TO4bj7oYVm3X2d6ipsWf&#10;c2RKZIJz30Lf44rWiFcO4xi2gEByvSpd1uSr/BoATtZp576H/X71uZ6I27H+1gDkfUEkUf2NOuS+&#10;sXCP29JhR4tnd2df7vI+Yuc+YZPv+ZHkPtEKYVctBARwKk47933st6JPR5b75EN2xZU5+WO5Wq2e&#10;J5Pn1Wbz9vzysEifw/ss/ko67iafEF6TLr5vm/ViJd8Rkz2ouT1PJg/L9eZ98fySL2ex2myyp/qK&#10;+8L759t+3/QmTe4bB2eLgV3jON/Qs7MHcdr7HHYtc1/5s8/vSc+bLHMvN5tNv49TeRFLfC+/9rbZ&#10;tOhPBODwnXTuEwPmiYH28vK+7Mqf/PG6fxAXdXHTXItp5K/nh91CXunFBVVktfR6L572Jm8CO/Gj&#10;Wt4NVmKCtZjbZPLwKTttvIhZbPZiuRvZffdNzUnNa7Jdbxvfo8l9Y6BaTVloN9+OOLsRc7OvEzX3&#10;CUmlf/UNABjMKee+h/3+bSceuWHPfYu9fFf+Yl8uxN/bxUZMu9isZar7XOWX9d2nnM+LuNSLUXNl&#10;7vsQ/ydz3yZ5Au/LUv4t7woyDqRvyNz3vH9rfIsm942A43lsPdaqiecG2iTjjMMmeu4Tg4Na3gGA&#10;gZxy7hO1vPLxGrW5T760kLlvM3lXuU/Etu1OZK7kqr75EO3rXycPLwvR2OpD3A3WqjddKfc9r1y5&#10;b/K2e2sa48h9g/Nr4VX2spWlvg+y3VddPMzGgd6I9LZxtBV01DY37zJ0UuLnviT4qTE9C+37ZGtM&#10;WRErP6ma4IlhnTLyB2lBMmViU16WvOBkPrJ8r7fvK/8q+CycQum6vRVWod86aQB9OeHcJ/vyykub&#10;nvve9ouluklu1nI6UfH6ltXziid0vMogt3sQLfnVNVhESHGVf16ICdf7jbjqJtV7qp53JztWvuxU&#10;BnyWo2i9yPu0uh+r3Df5fP9seIMm9w3NXthnPZIPohPuhzgdlNpH6j5kC1mqbGf9wMJa3Rtc5Fee&#10;YzI2uZm2cJl6HbFY9+nZ4/lV+5x6QGIrHeS+JIXLAvxK7suOvbioZP/IFDrjGEpxsxPL9GSY5LpT&#10;zn2GTkfZItS66YsJGUwUwNidcO773K+36vpY7teRdMJYrjebN3Xde3nfbN7F6Fvp20vx1/Pk7Vl9&#10;QlzVl+I/sivH68vLerN+maips9mKkp23zWa9fF7l/TrEQt7T+0WS+xaiptd6Tzdx5z7tnqu/nUpL&#10;nZRSJ0Ctr6i173NpSXo3Qk2lVMpafqWUJ9bfzZRX1Xgnjs/ess+a+tTQueL3hOgjZBzuzeRh8bZ6&#10;FeeGTD32k6QaIlLWg+emHS7HdmnZQTVZaJD7hNoMLBvTato3oewi96kTV+4vPfepHLZdvS5e1K+A&#10;fJSf5NHOycFK9l5ajveQBDj1z2SQ8Pfkk8/q14FKbMXcl8zkM1nLdNzHpC1xVuacroGaLcEPOEKn&#10;m/uW+73ofCGE3w6jSnLf5OPjo1nXjp5zn/Wu3yD3PRQnVdy3mPK0+ruZIXKf9fEc5v20kifb2363&#10;mizFDwjDwLouMvq9vj28fspdvLAM9F3J1anAcjGtRNO6Z7ViuOQ8bpj7PHqhGIYsrPnlUK+T3CfP&#10;SPll0HNfYStVii1us6oglllWHcpSrJWfl6Wu6mtbqhSWu0Ye5kLuUzMpfSnVS+r0Sb79xU2QxYhj&#10;uC4CiOt0c99uv/qUV7Xm96QuLcRNYGm7iZj1nftsma5B7jPUTbmjbnla/d3MALmvsncSljHzRDCS&#10;gTAbbdmcxN525iZ8ecmM+Jccc1yfRNEr7VJhdb1aUDeHzWoeS/ZBwHfMXdRk3DjnJzz0nfvyr4gM&#10;edrn5Z58Tfe81txPvrlMOpFpiVd9QMwtz30qWGopTr0oA6U6q0q/QIqFhQCOyMnmPjGGi2qmFHBP&#10;6pC4XK8/PhpdcHvPfZbbvn/uMxaRabe2svKk+ruZ3nNfUkFXZVt2cvdPg4uKb7qkni+rlSvJA+OD&#10;3C22PW1q+CUZ82QdrQDRUquqtSFLD2nQd8y07QlzaaY5QPvrOfflXyL5ddB/96S5S37MtmlyRvon&#10;M3l0k6dbZSZqN4q/5ELKJxK5DzhSJ5v7PvfvqrhPKaeespjXPq/lvDRs4dd/7jOXxnjnPlVKUeEq&#10;iCpPqb+b6Tv32Zr2WW/F6h7/Lsb5sSmPwudq6/Yud6R9T+t9H1LGrFlHOwuMB0s7sFnQ0M7BN/0R&#10;hYvV2pCfrfuo2rhPsYRRX13kPlX4ppr55hPJfZkfBcMXLFWZtkxOY83xeXSzVNrKj4tVkutWfp/c&#10;BxypU819r3nrPskrj0Xgt5yP9cZWe2cyQO4z3ve9c5/hHi+YSxGV8pT6u5mec58tgBgX/K5qWMXG&#10;W+/Uxmft2qOfbAUm392ad56lyK+aAOpp21opPBK0xZUHFMkZd0917EFreDbsI8W+X310kfvU10q+&#10;pee+fHrjF0xZqDPfdsCSaSzy6GaZLnuZ3AecjlPNfZv9R+kBRqK3ro31ruu2/DS08PJbzkK08Ct9&#10;zmmQ3Ge4i/jmPv3+nnGU15Qn1N/N9Jv7tF2bMkYiuYNFy/2H3X45Wah+EtoKihH9Up9v74V4I0ft&#10;K5BFgtu3h4ednIfIZPalGjT4VZHRKucN1fLWKbxyX7V8Un8/YT1/HEWEPjrIfaoAVH0X7LnPkLpy&#10;9eV91j4weXQzzyRvCWhYA3IfcKRONPc9Z2P35Sx3yKArnxxrzVz4YMkK5XuceEqv4b5qMUzuq66g&#10;Z+4rNc4q15Oad5lQmsy6Ef3mPkt1deX2qsj3XieTt1VakVuuLM9D3zrfDQ/LrCPtR2nqdEPfF2JH&#10;m/oFJCwr6YjYVlppXiVj2UsEPXOf3mvY/Iur3LivXNNuDr+e4ue+ZOerPWXPffLztlWXH9NHTJTt&#10;KFfJDtO/anLuIgzm0c04EzWXvFswuQ84CSea+1b73Uq/pMXLffLGZGwBV70FZkoTrbbvDRY8UO6r&#10;ZAe/3FfuGfpaKryp3JkyxansG9Fr7rNU8lqyq9o5m8k67fpQejzHs1rxzzdVrvf8JjPWNv1nUvRX&#10;jH5Zr431Z3LsLHnT0vPEMrWLtsGValhbLW/lHLQeF+07qL8tldfiTSsk1M/JJqLnvuTcTnaEPfep&#10;+KYdkTTaqe9LuYBW7YPnNFiWPyl3iPwmFaKbTMdaWwB9TGlyH3ASTjT3bffv20pxlXiEWpmhDVs9&#10;dbE3N7dKacup3DHkU3q9lz5U7tPvCn65r5QO1trzHaz1j8WJ7BvRZ+5Lnr2qM5dRpVuwUf0XPtfF&#10;yUTp8C4p5EsSX1Ga/mTRXzo+b3HanYqS1q01Hz9r7aCd1ltXS7haJ9vi9yss95l/BZRirMie5Wpf&#10;67zrRc192VPXtGdiyD/13Kc26rP4jZdRUF5F1NzFs35ShcCm/iy2KFH7UM68EN2SYtHCQU9+OKiw&#10;R+4DTsdp5r5n0avDUB6nl8UF3AVeV6Lu0jz0Wk5bTrXsZbPaGV616DX3lZ4FWk63Xrmv1AZM3NnL&#10;5TW2NFKayLoRfea+Sj6T7GFdbXhyUJ+zVXtYJ7nuYWmeYyKZ6rnQDT2diSr0qRS/5czBz5pQ7cpF&#10;h+Vcpo3wV6q29M195T1g/AKUU578EpfWylbO7qFl7jMq9Mlx5b50s7ZvCzE097tKacl3KK3KXr8+&#10;TyaLt2Rzk0tMWo+/fn0QY3onb6qllqJbchJ8iucDvSzTUyJZPXIfcDpOM/et9vtKNa+gX7+b3wW2&#10;+91+o98Rq7TlVG9wq02Dit5+c1+p1Kd0l/XJfeXmZvLeVW7UZbltl6axbkSPuc/cucAU+9ItEp/4&#10;SJ+yVSwNKzTiq5OW/Umqtm/zLCNlGsFNa2AOfnUnqYHWWLBUOqttQ2k9PHNfeZ8ai8zLhYoq+5TX&#10;ynLieYie+zal2TlzX+Hxy6ltvgurz90r1Gengz3m0h9P5ej2UDkL8p+n5D7gdJxm7hO9eatZq3r9&#10;bnoXkDdicQk13nwLtOVU12Wxf3WkG03Pua9877W14rLcMSq1dHpBkaV5e2mavVZPnisXSDU9fg3o&#10;XU8V43F/S0dnftvtF8k9Oj3i/okvt5l8JqkxDTzL7U7ubjEIjHm/V275gqOE0Ear6S0UGWo7pNyK&#10;wiv3ab2BjQV35cZ9ae4sr1X12+QpOPe9bDTvK1E0p1mKd9Qee8//LE2RnQ3bShuTtI2nOG6VQvFF&#10;Nvzh7qNQ1SDXq9TiMV/C53txCXLdyrOtfhjAUTjN3Cd685qu8G1zn7ipLz/tlZUZbTmGO9Xu1X/x&#10;fee+8izztfTIfYZaOv2Gb2h3Wd1jfnx3YHOG5wtbl6fSmWiCle5I1RzrIa2Ua2gz2e8nu5WcR7Y/&#10;H9K/zbvPPORd7XlaVS5bKhTJld/Q0rt2Dm7LKWmz2VSKrCyhtLQZ+dLjxP3g3AcAh+Mkc99CG7Q5&#10;0zL3iYFnl+vKTc9AW44h923eN6aXjXrPfeVilyw91Oc+S1u+crOuajlIdY/5aXj8GjDW8loiV7pr&#10;l2r/aE9mkyUwm/Let9qIWaxLg/y8qszznjQCs5175qBqKlJzsxXraTtEK63Sv1i1yoPWZMpLyU+U&#10;ck2vsaTQA7kPwAk4ydz3ZmneV7k9NbsLfOxe9+uP/W5Tf9vRlmMIeE0a+PWf+8qdWdPVr8195fCR&#10;l+iUb9vGdl2lKXw1O34N6CeKZC6hEpICTVUZa2Ssh61SM3hdrfSSurdkIET7EowV09bu03bmgKft&#10;ED0BG/eX1Vqv40zZC4bL79j3ghO5D8AJOMnc977fGJv3VW5Pje4Ci/1+uxaFN/pNz0BbzqraHH8h&#10;2glqr9m4p+wk95XL6JLEU5v7yummsMnlBlqmNFKawFej49eEqeets5uEsw62smdsdrK5lUzP2vmi&#10;knNpSECdsYjS9QGLcpVscpjLFa2VQkf9i1XDEvzKPw/KC/HoCVyL3AfgBJxk7tvsVxvTLfhNvz01&#10;uwvs95vt1hx4dNpyVpPFPh/ZI5nEneaK3FN2lPtK/TfVPbgu99mLa7QwYRgFp/S+r2bHz5+x7Ewv&#10;gtOIh3S41+dZ65VStHuvSWgeYafahs5VRmmlDdMnN1vr7lGJbfoXq5YxwZY3oFyqro0p7d7TFseU&#10;+7LHmBgeFgngpJ1k7hN9bk0X+JV+PzdNZLX92H2sa4p9UtpyVs870eyrdIXeL7yXP0zuK31CNqmq&#10;yX2u4hptz1fvVeX39Xcz/YzjYiqdq26vyfPibfWRdmPYbTbr1Ws54SyqRYmf5US5WIo5JG+JOSwX&#10;D9XyYgMtsCken9NpXZAf9CNrKNbUzkG9X0d1m037s7zcd+3p1uXizKAmfkeU+9IdbszPAE7aiea+&#10;Vz1ZLF4fJpOtVmzR6C6w2H+u18VhWl205XyKW9qu9AyHiWjqbyj3Mhko91XGc6nJfeXSLC1wlG/q&#10;1WKo0tvWjegn9xkfeVu/LFeh12ehPC95ZptS6ODwujaV2KWyyexMxYkBA3VoXUTWeiVrpZa3sunG&#10;faV/+fRzQBvmpUb19KsXIfflxY4BO7ax9ESprHX6Za680Ug6+7qCZAAH5RRz34so79NfnLysV5Vi&#10;hyaXzdf9Zvex3794FaDoC1Kt8t/fC0Fvs9r6XnCHyn3lWS9qcp82KK+7yKdSaVp+W38300vu0xOK&#10;UNncKlfuk/KCvSRRZ6U12UO/7PLlWBkL/PSJPGjzedUSmeEb4JP79IOnnQPGsO3g+d0pipD7CtHa&#10;80dbG7bcl/yIqnyJGiL3AUfpFHOfqEA13O70Sl7D9dRl9bn98P6EtpzV52ojbvLLQnXdau09kMtg&#10;uU8bz8WZ+wy710UPD+V3tTdzveQ+UwZz3uUXq9WqciDM0ufvLvPUVyr/s1JPly4ttsK04iH7qLxC&#10;2lyrtbyVTbct01VuaFp3J9tC7NrnvtJvm5Cq5mYsuU+FT1PvqGbIfcBROtHc96qnEiG7YGea3AUW&#10;m+3nTk8rNtpyPlf7j5Uo0ig82Gm1OYDcVx7PpTSdtofN48fZ6ZWF5Xe1N3N95D5TfnO36hT7Nv3c&#10;drNardJGaauVOMyapJgmOfh6N9zd5mO1eks+/7pavW/UbV7Nv7TYCtMogSH1kVonihL9wEmeuU+b&#10;b/Hb1Py5Js2b+LXOfeWCUOOeiMqS+2KRTxWpPMcDwIE70dynD98na6qqd8VG19Pdh94iyU5bzupl&#10;J66tpfu2CASmdGrgzn3awkzFMUI5fpQSpyP36WU0OW3dK+mmjpZHym+W3yvoI/dVz5PK2mqKuc+y&#10;Ts/Fh3dkRTUPhb1bfrBWgVofn9xnSqxB6cTR1s64kp65z374HAu08vz25NrmPj0Ou0+KCDrOfQCO&#10;0onnvuX7UnTokL/Td897vVChyfX0zT/16SlGWUzWxRGL4+U+LXKZi0G0NlulLXfmPltJTHndA+7b&#10;5R4y5fdKbxVZg0NEpgjrXlIx95l8rsVZWKzRVckvS32q5d/D8sNe2+mT+4znnT6NF1vat/ys8M19&#10;5Uid//jQPm/MltU2gOZ1sWub+9Lknu0cY+X/w2tSjva+NHwVH15Fb21ptTRs5+tKfVauqDn3JZNs&#10;VvaNeX6TC1lna/CwXKvP1PdLe14m678ybd5DuvTNx0qd1ABG5pRz3/PqI3nGlbrfbLb6ndl+4az6&#10;bDKxthzl5f1Z3jHU8z7i5T79efeGu4ne+q78yAx37jOWf2m5r2mjfKFcdVp+r/RWUR+5z9QtVp+m&#10;rC73KSrcpXvzJTtuso+4eOyzk1fuax5ZLfSirZSl9NA395Wny3JfqTWBK89pPW7qQ0xJy9yX1shv&#10;89XQg89DpUtQ8eE+D4afUKX3y4dvbch9b9oPg898F6QTT15Kp9JaPV+y/Er5E3n+rq5h2h5VeDH8&#10;GljruwDA0E459wnJXXa12iy3y5V+Z25wF3g2/fi10pYjvD+8rh9eV+/pnTNe7qsElcpQri96MVJ5&#10;Y2pyn15WqJTWvbwGthbn1QFCcuW3iu+U9JH7SotQ3M37PHOfIG6jSeVuMsbf0nS3NfDKfaaI7tmI&#10;VFMJMIrpN0Ulz9mPi+VBfuWj6ipYL59oNYdF1y73Zd+C50LJX2mKYq19Lu2+86B/TRPpF8n8aSlZ&#10;a/MUaeu8dCdWFlM9u5L56bmvcpmQ0quJ+d3Q8wtAZ0409y3zVPLwtv1YvX8aL1p+d4G33efHarNa&#10;bXaylZ4PbTmryfrzY/H5Ia/bH6o4Q+Q+zwZCdbnPUDizfUvu0C/L6mVfv1TX5T79ti4Vc582pm7h&#10;nTLToyAS5XcKb5T1kPsMe7MuoPvnvmSrs6KjF3NWM/DKfabq9sD7ciU+CLaSON/cVz7M2o+zlP6r&#10;pUgrWHZFxKpWuS9bsjh+2T+K3+B8Mz7fl8vCqFHyCGSnVXIRUWX/2dvFXfixen17L+5/tdb5t+dj&#10;9brMJ0h2Y/Grsd0kvYEym9IrahdruS+/UGzLKyAXny19q9ZmkV1Rw/cpgC6caO5T47g8v6Uj4W7N&#10;N1e/K5acdCsvgzX3/4y2HLkWWinY6iNSf16xocZUa6XfvWtznykLFXaFVonsKBnVCiwKd/jyG8XP&#10;lPSQ+0zxrea41/XrWLyVGu6JM0HsCdEjtRiZdx9vpppL/34dxnX3PMl0pqp7Sy1vZbmmfaCUj5/6&#10;baJ92HH6VMsh9VPZqVXuSw+giprZauRrm11isnXKopKYKE1V+WUgPfTy5Mq+YZ/ZlyK/Zsm1Tv+Z&#10;l+anK6HOzmzXphPkn68EbHVOlHNfFvuyfVSqzk5jYL7H0y9z4AkGoCMnmvuScZsfFsv3/f7z1ZaM&#10;/O4ChQ/U3P8zhY9kym3qJptVvNynl7g5Vdv/1ec+vQVWaVe4qm81Wn4s5IjyG8XPlIw/9729irFb&#10;1OgtYvDq99UyWc3C4MxLUW32Ujxs6+SoLN5WogW+mHInG8+vkieU9Z379IQlVM6clHfuK//+kqVl&#10;2qnlOn0E7aeDKSjbtMl9aSpKC7Oz1UhTWJaTC4tIt9ZcLJmey/LkSudfjNZZbhSzTOdfnFd6iGQW&#10;S2eXzyFdx/yVctIr/StbWOHHWLpSxlMoq7c2vgtgMKeY+yb7/bJ0g1wnF7hPvaFa+S7wul8tt4Y7&#10;fOEDhneNCh/JvMvOcKu0SEc8p82z2tgj9+ltwq1MVdUeua9yvy3sinJFsr2WV7AW15RfL32maPy5&#10;z+bzTdxQ04b/cvC59FYua86eSzV7Vb3nvupIyvbCNe/cp/1GEBOWTyzt11GV9tPBfbqVtch9WQV6&#10;Wr6XrUYaqtIzuy63ir21eHsvbLU8udJ/lFYwPdvFi1kwTLrTCulM5E4oZzqfV0r/Sv9hP8iph8Vi&#10;tS6sf/AJBqATJ5r7Vur6KUpKtpXbV658F9iJf36+6kVnxaihhytTihK0yVaL9+XndreaTHa7hzf1&#10;k30vqqP1z5n55D6RWx1bmig8DbbAK/fp47lkUUhrU1ZTAKOFm6wEqfxy+TMFh5v7hN1KdOtQO3KZ&#10;JAVx1lW7gVb1n/uOTnjuywrzRBmskp3ISRO/9My0XBGEpf7bSREnV3bgSh9IywvFWuuXnhLxNapL&#10;ecUZGnJf8rdjDz0Uh6As4AQDxuUkc99mv9ouRQyqC0Lla9xi/7ndv1c+48p9tiilTZNmz+3kdf82&#10;eZF3CjGMtOmjBp65r1yVWGEflt8v92l1dGkU0spf6rqq2AaUKb9c/kxBD7lPP3hCpNwniLukGk9S&#10;/J8YBsMj9PnmvvIhUrgtp8Jzn/1blRUBpmemrXmi3hn3873Yvq9l7itO0FHu07vzbrOOK5xgwLic&#10;ZO5b7zcb8bzU52dRnFK4F+q3xfI1Tv2ard6Fd2s15unH2jys7q56qdcnyayWScXUYv9WexdP+ec+&#10;5Xm5Ui3EhM3m/c12LYeJdsgkfZoyPfeJs+VdPqMtPw450e5etThYT7TB1qSkXZ9s55eHheDcVz07&#10;T1Vw7jN0iS+SP9/SEFWq500et/dS7c5bOFilet7S0UqPvljrdB2s9bDVlFd9xZH7qv02ZI1uuv5Z&#10;E5l8HNPq7AGMwUnmvtV+lw3g97p6e0iuWauFXiJTuguIwLfb77fmyhg3vShNfz+1W6a37tVmVVeK&#10;lGma+9CKqWTFXXtdzH3mZPFQGk5HJL+1OPzFPg27tSWhqZu1V+4zrbp5hU5RaO4zjY5TJJv4ZdeW&#10;wiLSD77nPXgKsTA9WPIykL5ffOpwqV9HOv9SA8gXlctka4lqDKu+4sh96boWVyA9Z5d5BC3EQvp1&#10;AON0krlPDOCn7pCy8E6EMnUJ1ctWincB0YTnXVwX0+cQNaF3dNSW854UIm5elpskQazX3t15yX39&#10;0ht4CtZSFkkv79Ok47MUauHfJ+L2mmVB9SiPyWJlKB5MeOU+/UOCPs3pCsx9WeM+vVtudvjkFzmr&#10;KMh+BKaviCiVZqy8HUSW6tTPv+zAZ6uYn4fypXRu+UAv2RQxcl/+myH7jZO+InJt+mb+2yRbPd/L&#10;GIB+nGTum+z3r+pauXrfvu73H7Z6muJd4HP/+b7dv21NNb21CvORtLffP943u8/952YnChTV4pb+&#10;NyFyX6/0Xt+Cu2i2JvclNrLYJvntsXvIu/PK57TVFTP75D6t8aTkXvOTEpj7skRWaY5bzmp5Jfvn&#10;+2qVDh2aDJyUlRmqYY8fCg9cU0eoUPRb/nh2nSrPvzAutPrVWU151VdcuS8PfvvtarXKr5myhDH7&#10;54dc2nPhIknuA8blNHPfZv8uGvipW+zHytTqSSrcBd7Tp/iuQmp6iwsX9PeVyWYzWb+vVs+iuc/S&#10;cB+xIPf1yjBIdc0B8Mt9gnhOW5Irk+68rxGf02aazwHflV9Mg022EJb7sjikN+Yo5GxVOap33VCS&#10;ml1TFbySJvPq0UuzX7LW5vmnH6+mvOorztxX6bqhJJut15Xk6rpyAejXaea+1f5TNfBb79b7reGC&#10;msjvAi/7z+S2vVsHFPjpN1f9felzMnn/XC/Xopn029a/eR+5r2emW7SzoteU+0T1v+k+Ktr1ZzdY&#10;0dDP+KtEjPhcvsur+TtjkDY4nuJumWi1K/4s+dzvH6oneVvLVTVJFb2aolYbQbkvOzymgfmyus70&#10;u6z3py8M9KT34HnPrhLZQS1feLYP6bLztdZPFjE2VEJPcaZX3LlvMnnQ2zjkvTgmy/Km7Zbp+d5k&#10;CEUA3TvN3Jc+sWO1/xTXtt06fxhmSX5R+xQXX3VVXO725qkdSku35b7EbrV5nWxWn/73UXJfv0zt&#10;+J3jCRdznzlZvBbr7UQ3XvFP1b0jX8S7OaOp01LN3zz3hB4KBOuj1WqI5hHp3+8igCW9ByLauH/5&#10;PK+cWTtAUO5r7uXtXYT+bIT2gtfVh+zqbV+N56X48IdjinT+74b5R7GQPck3q2XlgD+IgQI6XDKA&#10;GE4z900+9yvxS/t9v1MRbiOe1LbSf4znd4F3WZ6T3DeXzrGejcpLN+W+3adoOiiJggMxiovj0l5G&#10;7uuZduwkV9FTMfdtK6WF2/QuvihWGS5Lz2lLHtO2WOXjASd2ySv1uc9Y3BecnWTYk17kKbtKNuL5&#10;Tdz5s+b9r+vNZp32ShGb9bGRfzy8fchU97zabD7ko0oE8aqa/Hm1+tx/JjPNXxY7c7WYPL9vlll5&#10;4IsIGx9vlRTSWE+5DwCGdKK5L6noFcV8IsJ9Wgrw0rvAiyoWWarOuR/vezVgn7/y0ivBQd25t8+v&#10;m91q8imqeT9XDUpiyH0902u7BFdtlqmet0I+rCP9bSEbhKUtC0Q2ey415Deoz33G5gn6RP5E5W7y&#10;hyjsVNWBoij0YyUeKSdOX9HgbKv+JSus1VOJxR/yCyd35Oe76IEgQq5sDrcVeW+/e3gRteC7jRhM&#10;XLR3VHORU+33sl3GKikPXInyevmus8jVB7kPwAk40dz3st+/iZrbpAm9JfZld4FPcYd7yVLc6nMv&#10;a1L86YVB+oIS2WSb1c6/mpfc1zdjzw5H83Wv3CeIQuikF8dbktPEbAudO61qc1823EiR/0lW8ZzU&#10;9L6rNoJyXlkhoHzzudBpYacSmqwAFH/IyLhNBx1ZiXks09V52MlEl9TzvmeFkhu5pKwpnXxffJPl&#10;v5oUkFuQ+wCcgBPNfZPNfi169Cb0urNUchd4T25mWfuoV9MD2VyyJSX09xNZxzlRzevbm5fc1z9T&#10;gZ+jh4R37hPRL334gch64uG8Ho9VFmpzn/Ek1ydq4k2GvJfktJX/KQ8Ls1K9V1QXlKX4p1q9VdJV&#10;YaH6pwgiJm60Ersk9+XzfJBJM/t32v7vQTQ4Exvj2Hgv5D4AJ+BUc99S9M/I/mUsCsluJC9pC/Ys&#10;932+NQx+2ZIS+vsZNS7F+mNTGQTWwZ370ibgz6vnyWKVhBPxj+fV8zJr3rV6XawSy0n6p5p48ZE2&#10;wVqIp9vJd/KW288r1ZYr+UzhxrmUFZfij7RlVra0Z1Fe+i63VX2i8EK2jmJpwjL5r6ste8+MTeXs&#10;Nb2F3LdTz1iT1uYevbJ1n/iviIDGylkRl9ZqHu9pv9663GecUXDrPmkjfpx8Jg0SzLkv3VRxYmSn&#10;afrHYr9PtkKedaqUL1fJferP7OeRfF8Ma7ddvcq52zfeD7mvR+kgCqoI+KRk9xG9Ggjox6nmvslu&#10;v5LtppTF5kMUh2R35ILnyTZ9NFGWjFaLzf6tNFWNfLkixpis30XhiJrioVGvjrrcl94mF3t5c1R5&#10;UvxjsV88p7WT691E9nBW0j9X+7fJi6pVexU3WfF68t5yl+yV3VaN0Z+8/rrNyr022SPp1XZ9bJOl&#10;Lfdr8dmHrdhIsXpvyQtrEURWaZVpMsfV7lN9vk2lZGymLr1abClQuc/hdV0ujXsVRYpp/MttnR0l&#10;nbnPNNh0gyakRqL87T0tmJZx7CNdA1k0lxYFyqW/VHNflhlFjfCq0FNEvZ7kvnW2VWu5Y8q5b5PO&#10;692x8Z7Iff1Jz3fLswePWe2TlIGOnWzuW+13b+VqJdMoF+JOujBWuD4EX7AsJYWvu+Vip+5h7xsx&#10;qqC/Jrnv4TPpMiBz32Sp7nTiP4bcN9luJqtk+LDF6rmY+2RUVFO8yymy12XDSWGzWaiUqXLf++7h&#10;NXkmXnp3FX1r9qvJWxYVX/ZvYh13stmXmuPr/iVJp2PKfdnzSEtMQ7gJxdy3eF3JwTqE9WolBmtM&#10;PBf6k4t+EJPnQmmgfJhH6kXMRFoWTk9X7jOXaLftAivDZJLVVBzbimfKLV43KlOKNVq/Lt4+5VTV&#10;3Pfwud9vloulrOaVN8Td2+J1nTT/24jiwIWMe7t3+bJMCeXct5ILXMqK97SgOFTM3JdeTay/BVws&#10;lwhpTF+CGlnDBv2N7MxuUeBV2CVm+gf6ZV+LJPHarhUW9n0JNHayuW+y378VBk115L7iNDFYLury&#10;uy2j1IN4VkeTWNkk94mp3/Lcp9Lbs5hGdLeURMmMfJz7aifihxiPdaPqWEu5L//4VgTo7PWH7L68&#10;mUy2ouJa5r6lCHcyIpa7N4uOmfkLGxE0xa3+NZnjs1jbpbrhj+mWZ6zpta2hOLWW1tHBhW0yDMlL&#10;licXeZliWjD98m5Mm8rnWizFcrYaO6JEKHBYbbJWsmnnJRHi9tu0iv9ZFGTuPtSPi/Q4Z3+IEVrE&#10;JmX9npYfotpWPLREEKO3yHcW4uXPZCybrJfU+0b8HHgQSxDv5cWFoch9cVmzSvJGw+hTVtglZvoH&#10;+mVbiyTxyt91TVj3JdDc6ea+t/3uzd4iaxiqqdy6YXFfw9w3edlv8tw3+fyQhXaF4Jb9+SxTm/Sw&#10;3MmausJk4hHHS9lA612O35a+/pLefuXd/S3Jdc/7jSif2n1OJpusnPVl9SxzX761soBRruyH+mP3&#10;KT4mh80e1y3P9Kxb213Z+JNiK0N2sX73U+64tEY2LeyTd8d8aD/ZRFAwNg005xZz7GvQgvQ0kPvi&#10;smUVtW+C9kyuuE+M9A/0y7IWapc0Tn32fQkEON3cJ1r4Gbs4Dm/Z8P5Tk/uSn9WiwC0JZ5v9W5b7&#10;XvZv77JarZr7ZNTapdfn/aqU+x52ogGXKjJayOrZZLos1qlSnefdVvyxUylDfCprVDj53MrZvmQ3&#10;s1W2jg/b3Xqfz0wUKY7slmfsKGFex1Lu+1garvov6ajdm5dypexyMnlWMWC3fjV9UIxclzOeN+bY&#10;13q4u6MzvtynfhuUtCzTPBrFfZKd08UX9Q/0K10j/XVgBE4494kuvdkFY0zWjTrz1ua+593ubbFY&#10;fop7WhrOZL8RlfvE30nHjLSPSZ7hth+iYuJ9IVpXbR+S3Ccm+RBDzT3s0pqat/1L8vouH8cuvfR+&#10;7Dd5GBRR8WErWn29btSTSVayh4d4QS4jW7jYKtV0MMmLqsRQ6yUzIHPFrWkYvyz3pTWYFgvZTG0r&#10;u0BIa1Xx+5lWm1osCrXDVZbxY9yz7I3Y5IDyjy6ML/dFW53jlp3T+hvDGd8aAZkTzn2T7f4juXWv&#10;xIVWjDohBsgVV39R5yaKZnb7jbqAL/b7zasYuE8Qr4mb6Up8fLeW6VH+u/DDU0wpP6reFkU4u08x&#10;1Vo8o0AMUSvazcn7/EbemPMPvzVtcO/OfeiKuTrOcKdX51A5rz6/rpIRWKTt5v1N3uWfxTnxporo&#10;Xt7Txn1yjLpCyZ54QmspLCWFgoagYPlx0+wUs5Blns1+pCT3xHRFxRM93KlP7DzDPu1Au9y3zA6P&#10;6INjyn0PhQqGravczi/3PSyL50+pFDl5spAoPBY97NWs0oHnxdjgWRei9CdFvvaVNSu3TP1cVc6c&#10;4gTF9chGui9O/FJ48MwuabKZSKaWI5Vnq6MaP7hlM9ReLz7kRrUxLVsUVzx7WGC+4qU9Ve5aJS0K&#10;8/9Uo1Cl0peLrz0Xy+YN61NY1sezaL9a2HvGfVncPm1fyj1drArYrasLxKk65dz3nBX4Zblvv9om&#10;uU/ks92HzHhbMTrFx0oWTCxULwc1yV7cnT9kklP/zktWNvvlTuY+9baKdnKCdMKVqGZWU2xFC/4s&#10;9y13TRvcR8t9m1McTasFczuBdNif3Eo8hC/7V/H2b/CxfHjdiZ8cu+1+8/KcPbbZqHibFQM8V6/t&#10;xiGmTRMGSNo4Njxdi7nvQ2UTl4PIfeKyULSt5L68x07Gmmg8cl/yVJeSTXYupEtfiCflJX9m5b4r&#10;fXSgh3yq9JVsOcbTp9ghw9DcIV2Paps0wxjku7wHW/LK5kXfmZUvlCabsvjiorKs8sXN8HsoXZBt&#10;T5U23DCUk3jEZiJ9KXvhxfClL/0S1JclO0gJ8t3qvtT3ktjA/HzRT0j1ft13DSfilHPf5H2/U1+2&#10;PPftPz6S3LdffopLWlbet0m+5x+vWe7bvu73YkiO10/1703+1d3s96tPMbvk7aTJ1mK/F2NciMC4&#10;EhW6yRRvH3nu+1g3bnlVm/ueF8lwIekfD4vFYvIiO+1K8nr38LpaqSZkD+n0YjLp5S0dqll8VL2Y&#10;/yWmK1yb1TzTGtpsIclFRy47mSyZvjjzwoLVCqbXqnTyF7Gs52Se2VKzTRRTrlZL/cdvNwzXckHv&#10;jL3K71yFsVpcxBOjd1vPabPFvRQu/IoYKcVEny5I1qe5kGkXxTG9J89iyMv0TFBnmBiyMV8BcahK&#10;N6OXt5WMss/LlSr/LBKfL0z+LEazyefeWnDuE4NHWyS5rzgkT4F+oiTqc181RErpeZbmvkI4zHOf&#10;j2SnGrKNku50Q+oT0kFCE8nE5q5Q+V7QX8/VHONsuvwl88Zm/dQqKSuhepiZPyxkl2bLnsmSVfpC&#10;8k9DSJOy5GceaEmS7+v70jLDZAOtJ+RY2shgWCed+yaf+7W6Mq42W1FkLi6X27WIfOJF+VXbLDeb&#10;993+dbffve33b+uPtar7Xa43H1vRkFj+ZN3tlx9q6OeEuB5+rPfb9O39+/pdjGMs6na32bJEx10x&#10;5W7xuRdPbxAr07iWtz73yUpDWbggnpwl/is2rVhNuRBN7BJb9ba8wqnrTH6NfE0uQLIRm/yEXIBY&#10;70IP5Gxy8Vs+v4Ymt0C5bMPMxSVTpunsvXwFxeUq/Zi8O6c3tvTxaPKyKe8f2c2lUZfoUOaq3lbl&#10;U/os21yqLXe3xmeYmTgB3sQNMLkbFoqNRMFI4dYkb0eFYyYTTT65vFuK7U5fyR7mINt7qv1ZmLs4&#10;lwsholrAGiY09+X9ZjZyxz4U0pA6E7KUIOrvRIlv+m/zwdVPgUyaIrMX1Pxk2wBFHdnSrlZKuW8j&#10;viqlIqGPF9VpP51AziY7fdIS3eyQJnX7eeWwWo8sZ8ozQssq2Uom42flS0uK0dJ/isrdBzHGj7Y6&#10;VtnnsleyZalq7HzF0rEG0n9v5RHPD4gc4kHfU8/5/kwOmPb5whO0kwnSf6p/5Re5pCNcdi4nX518&#10;iaoJcD6BOffpYzzl+1KuT/qv7Pdmtr7Jv3HaTjv3iZpe2y+jgSybV5vV5j4xhJq6I5Ryn5BeKETR&#10;jVyuuKA8qIuMGDpFTCYaJIrrh/gRuUouQOlDZOVc1EUo79CQzFRMKacvX7XLuW+dXJzEHeVNzVyE&#10;hDT3iavosxjdt5r75FzT/6qjKGaULHxtu6dGZqhuk4IChKTf9MM3Q6++S+WlHq3I3zZqD8gbt8ze&#10;4r4qXhHdtpMYIovN1a1YBLxnuVYLObn4t1zLVbLdaphmeU7IosqPLPfJ0000uBKTr+WZIvOemDx8&#10;F5WE5r70ElIop8+Snzw709t+oSVkepSNX3b9FMiob1JWmlOYXxZ05J2+kPvyfZNFB/ltLn0oW/Ns&#10;veW/0vXI51Guvk7Pr2yG+aqJ7SpnlWzWeYFtVsilrh3pv/KfJdm3K/uIUfbB9IV0w/IVz1ZMLj19&#10;v/BNSLdFrEq+p7K304SrNrz4uySRfUYly/Rf8h/Zb5S8fDcriJczzErO8yOaF9nJf5b3ZSWQ50dG&#10;rHK6vHycsmwB2Ss4Zaed+8T3x1b5MIz3bfNm8nW5b73fv72oC4I194laZzW1qHIWWU0+Y0FOll2I&#10;xWVafFTUQYoriSjNVC9/iutidlFLZyqXkv+STav2CpurZpm9LGcu5yRfTnJfMsPCzUjmvu1isRDl&#10;p0nSWC5VEZ+6/n2uLVVo0RmKVqTaRkk2+k0/ONRYqqIaNyOwkPceUSwj/isOglhxrcna8+JtJW+o&#10;G3WPV6+KvxZycjVOiXpH/EcetHRCcUaoJ3KI/4jboJbKsrkH76KywNyXngGl0UDTZCC/bsnfpR2f&#10;3taLr6X0UyCjUkeaoEq/p9IFyq9xdlIWJ8m+eFnYyV7JNjtLYtmnSrI2c6U4W9zwl6TPvTgRSlkl&#10;K6MsVutni5OrlP4jP4my993HJZ0qXev0Y8VLafqauEaUF6s8m1Y8X9csaYl/ZO8Xv+OlKcq5rxiG&#10;M+kU4pxPj1exjqJ8KMq5zzTDZP2N3wX1Wyv7OE7diee+yXr/abs9evNssuVjsy7fPfy4c99SXqXf&#10;5R3BlfvSJ/UmuU/8IW4wchp1fUtzn2jHKCrIRR9SdRF6lpf19Cqo5z459LJ40rEkXpX/Tt5N1j2d&#10;eCPuYGrB7tyX7jKVcNZyzeU2PCxVRzbTiCodKObYksDHEeg3feOFvJ6lAVBA91szbVBAVUZbuj8n&#10;9xrZa1mMFJ7d1sQWyuNZoHKg/Lj4p/hvOfelryaS8pKdTI2Bu0gXmPuqpWKFs0Kcns6flqYCv+wU&#10;0MfvU6d0emRLK1sKBtnXwzqF5ZVyXlFkX3LtbJJXEeOGFxhXqRRWy7NIJy+kqfQl93FJp0rX2vZb&#10;TCp0trZ9FdIVL1yLS9uSBu/yNzydIjuJ08kNu7kwE7ESxj2Zvij/UZqHeYYVL2/vpXHh6z+BE3Hq&#10;uW+yFVnLk/xJvX2Xz4zav2/W6837fv/5IZvlfYi5iJvQ7mMjHzalOm2K59aLC4Q2JwvRzSSgDs6Z&#10;+wr356UISLLQYZkWPqSXKTGV/JktUvCzqptNK3JFVax4S9xqZQWbjGZiepn78prO9NdqMlPRlr22&#10;nld0mRb/yCqRN2lBVZb7RM3eh5xc/DQWxUt5Pe+7mKTQJvpVlBiKN/KCxM5ZG1HrpV9+ouQ+W38O&#10;a1eCxsQCPlUakX+qyjN5JxQn007+U+aUpJ5X7CW5Q2QMWhQqaJer1VuaBq25T5xmcnbi4xs5tZzb&#10;8PW86QEzxjBxljpjiGnds1PAvDrmd9NXxd/GkFVNC9VX9NyXt1srK+U+81p65b5ShWxx8kT6km0R&#10;SjpV+kn9K1SysMSsguLB016SizB/3phhi58tb3pxhxhnaM995n1ZZOg9rugT4iSdfO572Ilxkr2s&#10;38W9JxltT/xP/N+bvF3t9puPV5n7tiItiTFfVuL+9LGWU2/kUC/1Gj6XN+XMfbK+NglCz3lIS1q2&#10;ZJfUQr+OhzSrpVVzee+ApbwAqZv4h7wyiZCmLj/brIQtmzyZPqXeLee+Qo/AbObpgvPjIuJEPiP5&#10;MGG1VPmBdPwSsccLbepDdmUY+9ENSH7pVqd3XNvNycHWsC9eFwi5yVlxiFjVdfILYKuKhp7Vzeld&#10;PGNP3aHUD5D04Qrp3XerSiTEY5vduU8VH6q57x7U8t9X4kdY0C4yaZn7rOV96W06ecBemekMCcl9&#10;xmBgXKX8YlF9pZy9ilUhmw/RlbqUOIwbXmBcpXJWsWalRPqSeUek0qnST6bfx+R3SdmL/4rbcl96&#10;FS1/Pv2plZ3E6eSG3aztkFIlfarUEqA0j/S42LquFX+Jfm5kx/jix3HyTj73iduRezy11FrmOz33&#10;yY5Xy424n72KSif5ophmJSqQP+TUovWZzyIW5lqfWq7cl49vkvz1/CYGv0jfLg2F8rZavan+hsXh&#10;XiQxYobKUeq9Z/m5l8Uin0M+cWmMlXwcl+TdyjguYnSO0szTaZKBZrISUDmhGrAu2ywx0Eu2iS9y&#10;4oelmF+sgOOlUOKoM93XndRNaZ2lN9vNySpvzFMRrepb/hTIWj/JErzCILdqhNtkxDI5hLnMm2JA&#10;I1GonSa8dPJPOXld7ps8JLdzNeJfMhScHDspUovFwNyX3sBLa1Fsg5eeHd5NOGpyX/p2KSWUGv3F&#10;yX2O3gNyKekii/EjrV4QE5Rmn/2j+MXMuhtUslKi9L5VOlX6yXTFbeVhaW4qHZDCPOpyn6lho7aB&#10;xcmzf5R+iaZ3BLFzsz1d2M7sx6T8V2n5xraS6VmxMHTnpV8HSsh94huVjw5vJ8oldgv1v0LuUzex&#10;T1mOsRRPWBPXlJWofty/f3zIBLgV92FHMkiJh3joK+fFlfvQj7y2u6JhOz9xQiUfSbu6NlEdrjYT&#10;qR/v0QrMfdk9tRATshu5fK1Um1mewpgFa3Jfdi0p/KbIcoGMAnFyn6FYLP1JoYJ4OnFhgvQzlX4d&#10;2TekGI/T665qaFeaXElfMu+IVDpV9sl0vsWglaRUuebl5UrpMSr257XlPtPnszK2ct9k+Y+swLeQ&#10;edPlqRMg+6mWXiwKzXPlv8vLzz6czzA945JhuPJpS+9yo4BA7lPBz36zTGzFgC+7t7fdfrveyKbq&#10;O/lUN/EocNGeT9YBv29F0z/5thzjb7f/WO4+5WSr2mwpOkvoq+aH3DcC1n4U4uRpErjUY4sTD9tm&#10;uS+v5a5qNKNTFJj7Cv02kiBWqGdX0SH97mfD+mbpvFhik6nJffldPD2x8iJetQZxcl9WXZq+mW+X&#10;2qzs8+l2ZZslA5E2++wCmBYfZtXIyQLKk5desuyIRDpV9skshGXfvPQKr5JSVmCWDnSefXtLAw9a&#10;c182DHf2tJGsdC75TGny/FfhOglq+a8ztYLlmtlygb36QOlf+RmSHOH8yDwXps32Wl5hn76Ck0bu&#10;S4JfXSrrXHjsI/eNg7NjuH/o0iqGH/ybKTqK+lqMK3M6QnNffqOtSmKApQWopQS2LvfZ2xUkH4iT&#10;+/Kl7NarVeHp49lm2bo0mZ/XYSsTT0vN0n8n/yy+ZNsRSjan/CVLW4d0pEFbC9jy8zqsuc86/6wl&#10;Rfrv5J/pAdHl38rKGbJLb0nybX35lh946oTKb2ab1WoliiUyxt8ZODXkPkE2x9umAyANYC0e0xEa&#10;+8h9Y1G5dhclI+t3xdqDT+LJnB6Cc5/hyOvdGIxBw9b2szb3FftaFWTzi5P7DPEyixDp9KZibv0x&#10;t9nExp2QR5/0lfTfbXKf8Xm4yYNC1PuGFc+KLZN/O3Kfcf6FS3j6SvZC5QypfCtL44HtXrOzQL5Z&#10;Wf5DMYan0u2r7ud03v6/InHEyH3SQjwsV/um9Cq4bZ9A7hsL440t11n0c4c+fuX7aZH7yk/WEsc5&#10;+bMQHV5Kt/6deoKYkUfuE9GvlDw+S2P4Ji+2zH3aibVb5YmisLTyeqg+PZJh9sVHygnrYoGnYfL0&#10;JeeOMOY+sfzSJf2zcoHV3s9DoU/uq3x+V7ctD+LxnLnCjsq9yD5uakbu3FfZl6UTqvioQLmX67oA&#10;46SQ+5RnOWayyeZ1s3kXV7bleiPG6xN/vYunRWzE6Hwr0a5vsxB9Ppb73eJ98yGG8BPvJf9WDxTY&#10;q66M2/f3d1Nt4Od7YE9ehdw3HjXJT7vTRVHbONVWrISyVrkPCJcMXZAPrlDuGQ1ERe5LPHzud8ZG&#10;GGokluV+n/+6W4gJJ/v9Uvz3bbXfbESv3sV+L+4cm2f5nvy3+Ij82fb+Kb/F6UgUGjHwc5sbDrlv&#10;TGqTn7Oop6H68YGylueoQ+7DQLIOutmvwqwemu8voiP3ZTZ70ciuQo3XN9nvF+8b0V9XJLrlZrMR&#10;r8jRXBZiDJfVKst9k0LuW8pJ9uvdfi0b5Hy+PlQbN79/2tp3eyL3jYw53pet20aMZ5/nA9KurwFy&#10;H4aS/37brlbJY6clYh/iI/flxDNqq2U1MveJ1FYt73sXWe51Lcfu24gnhIk7x/p1v5dFPuojYpC/&#10;T5H1luv9Ttyo88YoibfWjS7IfaNjbHZf9aFGoW7qRTY8qLcJmvvJIvdhMOYrRnBfP8CB3Ffwolra&#10;lX2+qwH69u8fG9UEUD4LXg2ytE3+X7y6lY8FUmUwn/IPOc3n9lM+iko8kOpTPcu0aCse6aavSEPk&#10;vhGq62pRsH33jRsvb6VBGdxo1tcQuQ8DSh9fk4nfFBiQyH0loq7X/8YawWrXso5XIPeNk6nZgNN2&#10;s1qV2nYLi8Vy1byz+QdFfY2R+zC85+yJlkBHyH1lr6L0xfwA9eg+99uP0qN+QpH7xqo8nEJvtrTq&#10;AwAYkfs0ommeoZVfJ0R5UIw7NLlvxHqPfoQ+AIAVua9iIcZd1W+mHfjYxmq2S+4buf7aDny0bjQA&#10;ADhm5D6Dtazs7Zao4o31yFRy3/i9NG6h11jhgQMAABiR+0xEZa8IZj4+Jpv94kHvpltDzDze0Grk&#10;vsNQfq5TVBGHggYAHDFyn9nzrjb5rdRDGB8mm/0qfSCmek08Y3G1SJ+zUyXGbok5yga573A8lx/S&#10;GcOGoV0BAJ7IfTbiOTnO2t4k9+0Xk5eHpCBn8fqSDsv8URiBvUzGyYipj9x3cF5ihb9N2LjPAIBT&#10;Re6zE7W9u3frHVrlvncxSttWFPrtdw+r/WKylx/YTCyRcS0f5aEvqh1y30F6bZP+Pt7owQEAaIzc&#10;5yIfpvthaZWlcp8c7XW/mizSh62p5/CKgQCr5NNA4rXrS5H7Dtli1eAZHPvN+ytFfACAUOS+GiLG&#10;7damOluV+1TTvlfRB1hYyBi4m0yqt/KdLOpbd3DXJvcdh+fFcrXKnvWX2Gw276u3RfQfCwCAU0Tu&#10;qyUL/arR7/N1sZCVwOv17j0rElS57yGNgRkV+j67uXuT+wAAgAdyn49nmes+3P17cwtV2ZvZyoZc&#10;u866XZL7AACAB3Kfp2cZ+nYbS2M/q0/1ic8uH7VN7gMAAB7IfQ0sVV3vxtbTQ/P5oVpqdT6mLrkP&#10;AAB4IPc1lD5zYbf5EA/YNfr8+PhImgN+vnWc+QRyHwAA8EDuC1EaeW232WxWH5vNar3ZFDt/fPQ2&#10;pi65DwAAeCD3tbB4W1drfLcfq0VfgS9B7gMAAB7IfUeA3AcAADyQ+44AuQ8AAHgg9x0Bch8AAPBA&#10;7jsC5D4AAOCB3HcEyH0AAMADue8IkPsAAIAHct8RIPcBAAAP5L4jQO4DAAAeyH1HgNwHAAA8kPuO&#10;ALkPAAB4IPcdAXIfAADwQO47AuQ+AADggdx3BMh9AADAA7nvCJD7AACAB3LfESD3AQAAD+S+I0Du&#10;AwAAHsh9R4DcBwAAPJD7jgC5DwAAeCD3HQFyHwAA8EDuAwAAOA3kPgAAgNPwf/7vgdBXHAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAADGc6S8AAADgGE2/Sfe31xf6WwAAADgityr35eazy3N9IgAAABw8Pfbl&#10;nkiAAAAAx+NST3smJEAAAICDd6dnPDcSIAAAwIHSg52/+c0VPUEAAAAOxbWe5kI83s2mFAICAACM&#10;2lzPVikWSQAAs5dJREFUcC3d386mDAgIAAAwOud6bovocT67muoLBAAAwEDOprPbRz2yRUcGBAAA&#10;GI/Lm+7zn/A4v7mmLhgAAGBoFzdPelDr0vx2dkmvYAAAgKFMY3f38EJBIAAAwADObvRY1q970SKQ&#10;EAgAANCHs3s9jA1jrq8YAAAAYmv4FLduXOlrBQAAgOgueu3lYaavEwAAALrQz+AuDnf6GgEAAKAL&#10;Z0OX+DHeMwAAQD8u9SDWryd9fQAAANCRQQbzy9zoqwMAAICOXOlRrFdU8wIAAPTlTI9i0d3P72aJ&#10;u/m81JPkUV+byC7JlQAAAJliDovq6eZcX1bR+XR21/XgfemazGeXznUBAAA4Bd008Lsdw1PYqp1W&#10;Hu9mFAECAIBT1cEQfk8jyVauB5Lc316PZC0BAAB6ogei9q71RQxFXzEzEiAAADgN53oMautpDDW8&#10;0rW+anXub2fT0aw9AABAZFM9/LQ01xcwnBYtFx/pCQIAAI7OjR552hlR7ItUkkkhIAAAOBJxu3Xc&#10;67Mf0ExfudbmREAAAHC44lbzjupxu/f62sX0eDe7vNCXCAAAMGJxq3lHl4TOr11juURyTwYEAAAH&#10;QM8wrdzqcx+Lyx7Sn3I/n10xKgwAABihuNW8+tzHZXqrr2/X5ncznhAMAABGImo52GjGa7Y77z37&#10;ZR7nN7Mp1cEAAGAoejhpRZ/5SF096Ss+AJECKQsEAAD9udLjSBszfe7jFX+Il1AHtNMAAMBBa/FE&#10;i6qDer7FxRgK/Q5tpwEAgMN1pqeQNkb0pA4vUcs6Qx3aTgMAAIcqanXnlT73sTuL+6iSIAfQFQYA&#10;AByFqE+00Gd+AIYPfvoaAQAAdOJCTyFt3OlzPwBR67lDUM0LAAD6EbWa9yDHJIm6BwJc6isEAADQ&#10;iahdWvWZHwZ9K3qmrw4AAEAnoj6j7Uaf+2GIOpBNY6N9njEAADgyUR9ZdpDVvN1X9D7eXvFoNgAA&#10;MDg9o7TxqM/8QEQt8yyb03gPAACMxKUeVNo41MeNdZX7DnV/AACAoxS1aduhVmZ2kvueDnVvAACA&#10;I6WnlTYOdhy6LnLfwT24BAAAHLlrPa60cbCPG4uf++71RQAAAAwsajXvmT73QxE99x3oeDYAAOCI&#10;neuBpY2DreaNPo4L/TkAAMDoRA08hztiyZ2+Ke0Q+wAAwPg86pGlDX3mhyNqbTfP3wAAACMUtV3b&#10;AccdfVNaoUsHAAAYoRs9s7RxoM9oix1/D7d3CwAAOGZPemZp4Umf+eGIGn8Ztw8AAIxQ1HKuA+7M&#10;ELOV4+F2agYAAMcsajfWw63mvdA3pQ0ezgYAAMZIzyxtHHBvhpiD2Rxw5xYAAHDErvTQ0gbVvNK5&#10;PnMAAIARiDpq3eEGnpitHCnuAwAAY3Smh5Y2Drg7Q8zevLTuAwAAYxSzWdshj14ScTCbA06/AADg&#10;mEWt5tVnfjhiVvMecPoFAABHLOroJXf63A9HzMFs9HkDAACMQdRq3kt97odD35QW6NUBAABGKebo&#10;JQdc0BVzMJvDHboaAAAcs5jN2r7d6HM/HBFbOR7wE4oBAMAxu9VTSxuHW9AVczCbAx66GgAAHDM9&#10;tLTxqM/8cMRs5cjgfQAAYIwu9dDSxgEXdN3r2xLugJ9QDAAAjlnM0UsOuKAr5mA2B5x+AQDAMdND&#10;SxsH/JSKmNW8h/uEYgAAcMyu9dDSxgEXdEUczOaA0y8AADhmEUcv+fbtTJ/7wYg5mA3PaAMAAGN0&#10;roeWNg64oCvmYDb6vAEAAMYgZrO2Qy7o0jelhQN+QjEAADhmEUcvOeSCrpiD2Rzu0NUAAOCYxWzW&#10;9u1Wn/vhiDmYjT5vAACAMbjRQ0sbB1zQpW9KCwf8hGIAAHDMnvTU0sKTPvPDEXMwmwNOvwAA4IhF&#10;reY94IKuiIPZHPATigEAwDGLOXrJARd0xRzM5oCHrgYAAMdMDy1t3OszPxwxB7M53CcUAwCAY3al&#10;h5Y2DrigK+JgNgc8dDUAADhmEZu1fft2rs/9YMRs5XitzxwAAGAEzvTQ0sYBF3TFHMzmcJ9QDAAA&#10;jlnM0UsOuaAr4mA2B5x+AQDAMYtazavP/HDErOY94CcUAwCAI3ahh5Y27vS5H46Yg9no8wYAABiD&#10;mKOXfLvU53449E1p4YCfUAwAAI7Zo55a2tBnfjhiDmZzuENXAwCAYxazWdshF3RFbOV4wE8oBgAA&#10;xyzm6CUHXNAVczCbAx66GgAAHDM9tLTxqM/8cMQczOZw0y8AADhml3poaeOAC7oiVvMe8BOKAQDA&#10;MbvTU0sbF/rcD0bMwWwOOP0CAIBjpoeWNg64oCvmYDaH+4RiAABwzGKOXnLIBV0RB7PhGW0AAGCU&#10;IjZr+/btTJ/7wYg5mM0BP6EYAAAcsXM9tLRxwAVdMQez0ecNAAAwBjGbtX270ud+OPRNaeGAn1AM&#10;AACO2b2eWtrQZ344Yg5mc8BPKAYAAEcs5uglh1zQFXMwG33eAAAAYxC1mveAn1Khb0oLN/q8AQAA&#10;xuBJTy0tPOkzPxwxB7M54PQLAACOWMzRSw65oCviYDYH/IRiAABwzG711NLG4RZ0xRzM5oCHrgYA&#10;AMdMDy1tHHBBV8xWjof7hGIAAHDMYo5ecsgFXREHszngoasBAMAxi9is7du3c33uByPmYDYHnH4B&#10;AMARO9NDSxsHXNAVs5r3cJ9QDAAAjtm1HlrauNbnfjgiDmZzwOkXAAAcs6jVvIdb0BVzMJsDfkIx&#10;AAA4YjFHLznkgq6Yg9no8wYAABiDmM3avl3qcz8c+qa0cMBPKAYAAMfsUU8tbegzPxwxB7M53KGr&#10;AQDAMYvZrO3brT73wxGxleMBP6EYAAAcsxs9tbRxwAVd+qa0cMBPKAYAAMcs4uglh1zQdaVvSwsH&#10;nH4BAMARi1rNe8BPqYhYzXuvzxsAAGAM7vTU0saFPvfDoW9KCwecfgEAwDHTQ0sbB1zQFbM37+E+&#10;oRgAAByzmM3aDrmgK+KgzQc8dDUAADhmEZu1HXR/hoi9Ww74CcUAAOCIRX1G2wH35o3Zu0WfNwAA&#10;wBhEfUbbAT+dLOJ+oJoXAACMUsTqzYOu4IxY3X2lzxsAAGAEovbqoHmfpM8aAABgDB710NKKPvfD&#10;EbGZI9W8AABgjOIW94018ZzXjyYdsVvHAY9lAwAAjljE2s3x5r4s0z3NZ1eWCBixW4dlCQAAAEO6&#10;0TNLO+PszmuswtUjarxuHQc8lg0AADheF3pmaWmcNZzGMk29z+29PkGwcYZfAABw4uJ26hhp7jNv&#10;pD6V/n64Ue4EAABw4iI+kVYZY+QxV+DeaFOd6ROEO+CxbAAAwLGK2JUhoTeaGwFz7Kv0vYjYnVeb&#10;MwAAwODix74R5j5L7KusaLzcV5k1AADAwDqIfeMr6zK37av26phc6lMEI/cBAICRsRSEtTSutm1n&#10;xp68gj5lxBQ8xjaOAADghMUewCV1qy9oSPaN1Ht1kPsAABi9i+nVbDafz23FOvP5/GY2m07P9A+e&#10;uLN4g9Xp9EUN6Fpft5zeqyNm7htXkScAAIfsbDq7C08tj/bndJ2OqS0mx1AtSRuKoyLb0ASP3AcA&#10;wHhMZ477eIj5zeUpFgNe2Xo6xHKuL3EYF65wW+nVEbNfB7kPAIBgFzfdJpX7m0t9kQfs7Nu3p/nN&#10;taFm+2x6E15O2sCjvuBBOEekNj1AN944LuQ+AAACXNy4ymwiu78eSUFVO/GqK4MZKlH75izsM/e8&#10;IPcBADCUq8iVur7mV9WCsoMy0H4rGbrEr7bXijHh6xMFI/cBAOBteqffSPv2eH2w4c8+ckmvBu06&#10;46ziFcwFku4iwgbIfQAA+Di77rYpXxNzQ9v/8RtBNa90P1hyvtJXpcrcnjNaSem1PmcAAKA5m0Ur&#10;cInmcTZYfAk0ntx8N8iuqy3rs/TqiBmZTa0HAQBApvPBRcI9HlK5X7zOCRE89l3be+bXQsCSy6Lt&#10;O3M1MgAAmEwm59Eq2DozP5QmWzf6mg+sz0I/79Gojb06IpaVDt2tBQCAsbryvVkP7clSSjQu+lqP&#10;wH0vmbnBjwdrcVy0il5bsAQA4JRFu9H25Na39Gr+eDe7HODuH62qMrKOy0sbhD5rrw4xG33KUIfU&#10;MgAAgF4cWuhTvCouSzHkcT677LWh29llP8/laOjpppu90LTE2NKrQ/BrHljPWqIIAMBJutZvlZ2Z&#10;384up5Wit4vp1ey2USlR7qYu+llSVzexx+VsejW7mcdqthZF1KeiBA3746ivjzb4Yd0ZAgDA6bhs&#10;WEIT4vHm0vfme3512zA+PDkr8iwzu9en69v59Ppm3sOu9zGftaz5Pb+2pOtartzpMwqMD0e2BADg&#10;lJyH3q99Pd647ux2Z1dN1uzeWnpniX3mLBC2qhFcXM7ummxvV+Y3V80SYPOUXnanz7DoTJ86kKMu&#10;GQCA09Fto76nwMhXcOlf+Wt+LIM1lBjjjZr6/uaq9Yq3cDaSgsDH+d1sdjmt1MpPp5ez2dz/wDgZ&#10;D0MmVvsDY8gHAOCUXHRZwPQU79Ea577VfYaHkVlj3zd9SkHrf/s0n02rs+zX9Go2rhaBcdWNrRer&#10;a8fQhxEAgGF5PDc12FwvImrtwq946alc3XtmLzW7LU2YsA2z/HTXtv1bFGOpDI6otiDOfgQbcVYn&#10;AwBw3M58i9AC1PavDXRmS2UlxT4ejthnHjXOMb0yhhJA5eI4ygFrd2asQfzMrQAAADh+Z90VGnUV&#10;+hS/6JcmP1fs86nmdZoP2wawZHo1ivaAATyK4ZocFJcxFNgCANC7i84iwrzT0Kd49T+Wyc8Z+4xD&#10;+QY1Jnu8G0sRoHA+PaiqYJ8wFiv4jSamAwDQm85Sn3sQvZh8OnleuWOfudpPn6ih+9trnxzTG9Et&#10;WF/Hcanr1aHECn6jOjgAAHSvs84chq60HfIIrzVTmAp/4u2c+1GVASa9gmv2yBBqe3Uosdr4Gdt0&#10;AgBwpDziUhhj59hOtdwUYzVvF4VjT/PZlXVI6UFcXI6nQ4hvNj6LtMI3+owBADhWLaOSnbHOtHOt&#10;Nsde0DS9vu2ofdzjfHZJBCzy6NWRCmp6WfXomzQBADhonfXh7a1ZX0WL5Fff1Osi+IGzHkQpYP0q&#10;9ElEwPDdGajJLrjUPxzInvgBADgaXY3XN+xtNLRFnvfzWhs9IzjM/HZWeRLaoMTIgL1EwHt9yU6x&#10;frhoQ3sDAHB0QvNRnf7b9enCwkCjdl6XvVWFjq4YsNsewU3bB8Q6i0l+AIBjdt5R6U2/fXgtggb5&#10;aBquLnqLfpnHu1G1Bjybzu5i7wR9GfXCUn4VyQ8AcLQ6quIdzb0zoERKn4WHjvail/tRZcCLSE8H&#10;CSksbtGkUzNsAwUAALoR705Z1qiqtFs+4ziXGEdxqTVk8ss9jqguuF0hYNhWxKrs/fbtcTxRGgCA&#10;ODoKK09jqOLNNK3IDuyCfKHPZ2hP85vrkYwP3bwlYLNeHQURT+l7oh8A4Ig0DUS+RldJ1qzhV2hU&#10;cj/6bWBjqQz27Q7ctFdHQcTk9+0x8EcAAABj07gC1M/TqIYdUZqM6xtWzSuMOvgVyILAwY/SuXNM&#10;QH3qRmImv2/f5mFVzgAAjEnDijdfDZ6y0KOZvpp2LUorY40e3KfH+Wzo2mBDQ8CQXh1FcZPft2/3&#10;lPsBAA5ZV3W8Y324vX/wa1Mb2qRccYzuRbeQAUNglgDbF7HF6+GRuSP8AQAOU0clU+Pq0FHiG/we&#10;9Q82ETRc4FjJksDBq4PDXTRr1unp6XasP20AALDwDUENBXfC7IPnNreo5p1MJh2Vog7vaX47jo4h&#10;jXge8wCPt1cHHIkBACelo+rIto2yOubX5qtdDWP8RpNPt7OpcD2bzR39IPrRLhQP4byTQr8C0UdG&#10;XygAACPS0a1w9KHAa7v1DzUTu4DJEqXPLys9IXpxcAV+wrS3PXU/v52JlD7e1g4AgNPT0W3wABq9&#10;exSXteyOHDn3eeSs6fWtV56NYdT1+C79Rb8ySgIBAAPrapC5Q7jFeTxSo2Wj/bi5r9HKXFzfdp1u&#10;XCW6N9++Pd1dewTVgXTTy6PGIXwpAADH7JRjn89Q1fonGoqa+yyVvDXOr+86OsbfXD0Zisucz0ZZ&#10;1Xl2U1jHXhzGtwIAcLROO/bVN/ELf1iHEjX3uWJWrfOr6L13XDvHPILN/OZqZCWA0/g9bxwO5WsB&#10;ADhSHdUEHsz97Vxfc02Lx8JKMVOFK2b5OouZ/lwtOOs6S89vx9Pttb/sN5pNBgCcpI5inysQjExN&#10;VV+rIrbIOzjeXj2/iVLMq8+2SJ/W7ml+czV8HprWBdUoht9OAMAJ66icI15A6YEzAbXtsHqmz7AN&#10;feYttU46rq7OgU9Fm9/OBnwiyNlVzJhuQu4DAAyn7Y3fwtXLc3ycXTvabkrMx9+F9epwO29zCrh6&#10;F0f4RTFQBjy7rmvz2QK5DwAwGGfiCecqBhojV4Ff2/t0xMZ0rdfFZhqac/QZFUQt55QDIM+ueu0S&#10;fHnrOi2CdXUMAQCoY+5x2dqjvpyxc8TfJ33apvQZttB6XRzOQ4rnbvS5FFx2WWHaXwi8vIm8HeQ+&#10;AMBAYhfJpHq5IUelb0GubdVqzGretlXONaaNy7fqM8xFl1Wmqfld1ynw7CraANj1+wwAgE50dEt2&#10;NfoaKXuX3ra36UOo5s2cNTsjvMt1ow4dY9Vp8lMu2g+A3flBBADAyB52WnFV/o2VvcJbn7IpfX4t&#10;tO1Z7KNR8mtY/ngZUpXcQMPVaeNsOrsLLAAk9wEABuHxZNoQfaST+Gxxp+1AyY6Wg431k2su/Au0&#10;Ap670ar3cB19Yb2YXt3M/XcZuQ8AMJDA8oo6A4y7EYHtYWptxyGMWcTV1571jWahmfiqSUxqou2T&#10;Vdq7mF7PbubOHEjuAwAMoaNa3uHvvUFsFb0t24zVPQOuidCY1ZxtZ2haHOpuop93e0MAAE4Mtbxl&#10;5iDSNmvZihFDtIhZTZ2b94amVSZu1JDQ1wH2KAIAoA9d3HZ7rIuMztzhtG2Tuph7WZ93l848gl/b&#10;TNxB8mu7SgAAHKfAh6fWOcS+vIq5A0ZAz4UizwpTL/0+A8Uj+LVt+uhbrNgEjecAADCIfseVunyg&#10;RMeMEa1tg7GY1bw912HWt0zUPxEidiPTfsMxAACHIWYgKWhfBDQcfVuEttW8MdO1Pu+uGYNwQdsH&#10;mSixy50Ptp0BAADd0W+XcRxsp47E2fT6tjTwSstqw7ro1EScmNVETVlcy32T0mfb0uE2NAAAoCsd&#10;FfdFigKjML2+mbctY/MdCM/HAPvWOcBjpCr92OV9bQ8ZAADHR79ZxkFvSo2+g1po29IwhLO4MlLB&#10;WsxxraW2VfMAABwbc9/V1gYokhq1mGVZg8QZ89g2SpyDXd97pKlI5ZAAABwNZwVeMIr7NDHLsloO&#10;KBPGMbZ3pKacHTQ4OOS+RQAAxOesvwsXpwToeJzpO6iFgTK1PblGKn+MP3RzrEQKAMCRcFXfheN+&#10;q4lZmx4pZjV1qa9HJs54KY4CxXD8/gAAIBezHKqA+jWNvbCsuVaPwm1BX49UpPLHDqp5o60bAABH&#10;IWY5VI729JqYZVmDRRlb0fC1PmGYmONa5wZpCwkAwDjFLIfKDVQTOV4xy7IGK0u1VfTq04XpqKFp&#10;/0NcAwAwVvGHzpDiNPg6IjE7Tevz7o2lTUCkx+DGHNe6aKhacQAARqebat7BaiLHKmZZVqSYFcKc&#10;Xi/1ycLos42FsmcAABLdVPNGSgLHo+bpto0M2EPVfLboU4WxVSK3py8JAIBTpd8j49CXcvL0HdTC&#10;kF1mjK0UIzWgM2fKGCJ1OwEA4NDFrH/MRUoCxyPmbo7wKNzz+7vZNKQJpvFZc3HKHy1tB2MY4mnG&#10;vmh8CADokbEAp7U4SeCI2AZACRFh5xab6T3ezS69I6Apv0ZKVd00NFVG2+zg7CnC0QQAwFc3lWv6&#10;Uk6evoNaiPAgFGMK9S+jPb+c3RWeqBap20Q3Z6ISYZ91YholxQMA4MvcQbOlATucjpOxejRQ+5hl&#10;7mPiXeZXdD6d3cUZF7mj8YQS40xXorB9nGsGADhS+g0yisHGFR6rmGVZQfmsyBxCI7QabKWbBgep&#10;Uf4SkWcFuQ8A0B9Te632aKteFrMsq/XIiObYN/gx66TgOdc6LUd3pp5KR+4DAPSnk9w31tZUg4lZ&#10;ltV2TBLLER+6uM+yWtEMvX0V6fOayX0AgP7ETCSZ9i3QjkyhE0Rr+rwbsuWroYv7zG0OIxp6AzVZ&#10;72VyHwCgP53kvtGOmjGQtGgnhpbVvLbYN3hxmKr0NLC+0dC4fozkParJfQCA/nSS+8bXlmpYMXdy&#10;u0xtads3fGmYLY9++3YTae8N+ZQT3VmhMSO5DwDQn0g31ZIx3WFHIVaRlaDPuxFrZergxX3GEQWl&#10;aazneIynk3mp/JfcBwDoTxe5r2VV5NGxl2U15z+4soF9NJnBS2j1FcrcuzJhI6PpbVR+MAm5DwDQ&#10;ny5y37haUg3vVt9BLbRICRf2YsdWaTIGa/2zOJli5eZ2VeTRaDG2xREFAKChLnLfeCrUxkHfPy20&#10;qEK31vF++/YtzhM3WnCXREbqDj2Kcuhi0z6J3AcA6E8XuY87Wcmlvn9aCC5KdRT2jSAQ2ZvwyVWz&#10;lwY2M3i8NXXt5tsCAOhPF7lv6L6hI2Mvy2ouMLmcuUvMBo8e9rNQjVLtCq0NDF6drTXtkwbf+QCA&#10;ExKrKKVIX8aJ03dPC4FdE2oaGD7q0/fOHkvV+/Zc2MzQ3VdMPVTIfQCA/sRqM1+kL+O0GYp4goVU&#10;89aU9UV48ltr1crPVFIDba8HbmbY4WoqTfskch8AoD/n+m2ovcFbi41LzGre5jXoPqlT/0zv7MV5&#10;aRfcmhJLb9qCe2VJt+Q+AECP9NtQe+S+opjBuuGePbPnqaJhC8EEYzmYlE5hyUyNDVi0aWtRQe4D&#10;APQoZnGU0jCdHDm/7OVnfuXdr2PqX0LmPc+u2Nsa5B0xIp2mwzVltB4Pch8AoEcxc4lC7iuyl2W1&#10;8DS/mU2NgeHictYwIg1/uKyRqJCJYg2GM9TYkvbTwHgYAQDohr2wJdTwQWJE4u/e2IZKQjl9jTLF&#10;0jl7cGoksEd0S67KfnIfAKBP+n2oNXJfgespGeOgr3Hv7EV5xe7LPh1UfAwRs2xN+6QhVggAcLoa&#10;VgvWI/cVRBpxuDvD9+qwn4Cllof6m4HuivPsh70eWyD3AQD65CyMCDFMVdo4jb+ad/BeHfZAVz6R&#10;YpWc9j52c00NNbkPANAr/UbUmr6AE2Z6QMOoDB/S7RW45VGqYw3l0vPD2s7rSnzJfQCAXkXPJvoC&#10;Tpi+a0ZnwAHtEvZqXm2UavuEzTQf/LoFe+PFFLkPANCr6HWR3MlS0evQo+s1BJnYu7rq7URjnach&#10;D7sL5VE5zbcFANCv2ge4NpQ+XAuxiqg6M0AvB419/MjKADM1DeV8Penz7Y7PN4vcBwDoV+xSqT4L&#10;VEbtTN8zozN8RLdHI31KR0vAZvqq265t2ieR+wAAPYtUkJLSK+hOlr0sq7nZ9Po2fvGhvsa9s1fe&#10;Gooi9UkC9fSwNnfTvsd0dBdyHwCgZ+47VHP6/E+VvSyruUJDvIur20hJffjB++wN4Ax5yD5xM72U&#10;crpX9jYLsYbtBACgUzEDCreyVKyRRwRTGerFTdv4N/yBslaFmlrh2fuANGPambG5v1KX+W+t4Y8B&#10;AODUxEwoNPBLxazmtRdRTd2Pg3DpqcLTwV7NayyKjDXkUOeDVbub9j2dF7r8kPsAAL1zV0o1Nfxg&#10;wKPQtjSuSJ+35ipoWcPnc3tmNcYhe0xsxtB2MCp3wwn59cj+ZdxQAAA6FZQbrDovTzkEsUKK4POQ&#10;iStnGZPJ8IdJX6OMpSjSXXvqr9uHtbl/RcmSzLxvMrkPANC/uDW9xkq6U2Mvy2rOMxxMG8X34Ytl&#10;7SMIWYoi7R9optMT1B1OVY193jXb89ACABCTu4yiKX3up0jfJy2YOjlYNEhGlmzVI/vANLYCucZl&#10;mhb6fOOpadqn+mUXeqiQ+wAAQ7DfgwNUnrUwflffvt3fzaa2wNGYu41XM40S2oVvod/g1bz2ca2t&#10;PW5j9ZXpbOxmd+1+ul2FzSD3AQCGcOYsp2jI0jxrxLT79ePd7LJdLorV91RouCYXXody+Gpee4iz&#10;xjJ7VGymQQlqI/ZNErL8XqgKJvcBAAYRa3Q06dAK/Mwb36YZmD6vFponNJ/a3kaFiJ2wFzEXRqnW&#10;xGo12c0Jat8iIYt4xR8Z5D4AwDBi1kweWIGfpRipxT051sNkhYCEdlZf2dti4+Kw9yWyVvNWymWD&#10;Nc/S9dxF5knTPqHYmHbwwwAAOFU+pUS+rDV1Y2S5YbfJBu6Sn2aC2hzWFYwNn8ztdaL2Uarj7dj4&#10;ecsdSYtZtni6xV8PAAD82O/Ezdmr6kbHEvtCytlS5nrjMI7SL5eag9mmDjsOe5GkPmVRrFLpwL1q&#10;597fxd9BpYBI7gMADMZ972qk62cixGOLfWHlbErEHRncFM29DoPnDXvxmHuUatvRaqphZ5k67nLI&#10;0sJKXX4GPw4AgBPmzgqNhMaVvlljX5sSIffYvc3o8/bm7FKsT9w7+4iR7igU6xR1p8uGrCeR9Fgu&#10;/C69595YAAA6Feuu2q64rEf2O3aLJor2sqzmWhScWjet1Vwj0dcoUzfGij59qIgtEdzHW9vX5Wa0&#10;5D4AwJDide4YvueAB0dDPH3SBuxlWc25OjnUcMSRwUtj7e306ppV1vVY8VW3HH/uH0v674dyjTC5&#10;DwAwKEdYaKhNRWlPHBvbpkTMUdDWmD7vJuwRKWJhVxh7JXRdwzv7+C8N6TMO5W7apxd7a2MGkfsA&#10;AMNyFIE1FLUJVRdchZvdlLM11qrfrfVQthmiJg59jTL1q+bOWf70grgw9oYCQrXQWyscJPcBAAbm&#10;Meivp3hVaZ1wVsfqEzdgL2Zrrl0usJWqDX5g7ONa16+avYq4mWomC+DO+IbUrqXWdscXAIAIbHGh&#10;sfqb+ICcnW7blFXq82qhZTaxpZLB04a9zE6vFzWI9bukRZFuyt20z7AAvZZ68CMBAICjOKah8Qa/&#10;c2f9XJv7sav2uKm2+8+ykfpkfbNWQHs1Co11dvosy80eX0XHZFOE1YNii/MMAIBYalKRvzblZl2q&#10;yQ5tytmcYaChuk4OdcxV2e0DT0t6+sl5dTTWPxSqZehyN+0zN1TUyypbrgIAAHHEqusdPGMYOet4&#10;25WzaR02W2m988wVvS22Lg777tenNDKn2eba9Nm27duUoWmf6TPkPgDAOERrPj/4mCEVlbtvRYty&#10;tpqSxEZaBzRzCB06bNj3v18Ss1cTN2SqifVlL7MULLu4klgt0wEA0Dt7qUwzY7u31Rdlmuvo/MSs&#10;5m0fmfU5SvpEfbNHJkNPCJP6I+jHXCjnxXmYn2wHTp9wdN8NAMAJi1Xk1+L2Gp+9sCnXopxN77DZ&#10;RutqXnM8iTDbduzt4vQpLXyOoRd9xr7cTfusO7j6hSL3AQBGxBQbAljLP3p35lWI2WJ17WVZzXl1&#10;cnAzlYy1SLVR2FOb9w8Er6PoIXBXuMO9fabVo0HuAwCMyYWzYMOf9x29W35DKlvLazzoHTbb0Ocd&#10;wBRDh84a9oPgvWaxxsp50mfsxd2E07ER+qTOiQEAGECkW+xTi64SsfhuSotyNntZVnMxxsAx5T59&#10;mr7p65NpMHqO/tFQIYe6WmpX4CraNuRFch8AYGzs5TON3DvuiH3wL7rUP9lApcNmCzEygSH3tSnN&#10;jKHayC1lryCtMGxXkOY9eNyPMXR2SDa0mohxjAEAiMqvUVy9IZOff+pz37tr6PNqIawOUnMxm+s5&#10;pUG66oQh/SQaFAmbB6gJ0DR4uZv2XeuTF5mGn2m6eAAAehDr+R1DJb8Gqa/Vvdi3JtlH5CaR55ez&#10;OxkBW2xeDPbE1qgg0lnZ2kCjhRqragvcwdVURjnwwQAAwKxRcnIYIvk1S2NtytnsZVnNHWkksCcn&#10;Z2GZLlpDSndW0zjTZt0I5aZS8yM9yACAwxcr+T15Ds4bS9PmiS3K2dyVgM00b3l2GOzRuCY2aUwp&#10;KkSD3jMtmvbZkiq5DwAwWrHa+X27a3aLbyEgrLa4FTeNmC5DN8PriD0aN6xxbVaI6+B9LtpXXajt&#10;GWyq5m1zsgEA0LUzZ0VXE33EmqC1bTCYiM7edC1Am2fHjpgx/Ui1wUnTPNGb+Z6J9gpqof5wGdeX&#10;3AcAGDf37a+JmXdJS4izwCFVfGOAQeASjRqWfh0Me1WpPmUde4JsSJ+xmfM3hEelvLGal9wHABi9&#10;C/u9u6l5o1b1/s6dd2mn+oIbm6jFfY06ORwOc/oRGrSzU6Ltbp9d7W7a59Mk1NwGgNwHADgAMUu2&#10;bsOTltmV8x5do0U5W8yd4lkIdXDs+6h5AjInqeY8avbdTfu8OirpH1KabzUAAAO4iNXHQ5o3bdxl&#10;0yrzCT6FP2amYXmDtYifo6ZvZyZg9Bx3GGugNrc5+5A8ef1uscyC3AcAOBSXxpbq4e6vve6gNhdR&#10;yn/C2xyGVy0b1EaR3s2uI2QUezWvT1Wpzj4kTDN1Idt5Ynk07RMs6xphnwIA0JfryNFP1LrdXDbN&#10;XhfX0Qof6yKAnf2xsyH0uQ+ukGrnt9fTpocoYc/GIQEo2i53L9xZhOzZDcjWGNG9ZAAAxqaD6Cc9&#10;zWdX7rvi2fRaPXksovBytqi7ITx+dsTQedYz8ZTo88h4lpppYh1915DL7up79xmas/WC9/08AACj&#10;MY11/60xn3e+IH3TvDnrAhsLyVRdMrVOC+iKbZqNErbBtjTVmL2BgX2VxW8T72JPSzUvuQ8AcJDO&#10;4+aeoTQeTCQVrcpRidXNJRJTD4qQIklb+nEFLyd9NqGsrQudp7X/LjDtQIncBwA4VJedl8Z1LvQ2&#10;7K4MbC50PbphbJwWUEJn30v+CarMPixMQ/qME84zusEeMFSTK+M60AAANNN6HJWOuVcvYDARxT3b&#10;5kYVB86MTRe9qzhz1vQTPHqOtRytKWOGOzdueKrJMbKeH01mAgDAGI00+z2J58LZBxIRjHd/D9E3&#10;eFRxwJh+Qkro7L2u9Sm92WuOmzElfmfd/WOT3Gs/60Z1oAEACBRnML1oHrMGc86IFtBVQXDOM8iY&#10;4oB56wJaINoL51z9ad3siaqh6vY465CbrbF9VmM60AAAtHJpH66tP0/l58DZ6xpDBxNxP7o1TGjB&#10;Y3zmSt6gEjr7rg8fPceSSpurHHt74WTzemn94zlyHwDguFzcWpJD955uqwV49r4FgWnLXorVQkgt&#10;aidssa9ZeZdimVVYiExFG8qlnMDcTfuqp5WTo1CS3AcAOEaXPac/+zPfHC3CbB9x6ahIM2RVOmAN&#10;tQF5xZ5+gkfPEfSZhSpF7XhN+wTHORKwHwEAOBAX147UFYk98Sn2W3pAIVtnrRhbRaForIMWm7pB&#10;1LHvq1bhx952rqFCIZ5zns0PjT6HglabDgDAITi7vHG2ngpzf+N3E9U/l6k27Xfr9DElDasSO2GP&#10;P9Zxjh30eWQe9SkbcVXcN5LnOefJ2fQscaRnch8A4KScX87mbet/n+azaaOKN2ua0Sd06bzLSrsw&#10;FIOrv0pAXLE3xAtqVpmLdiSSs8jZtO/JXZhs5CrjDtiRAAAcvvPp9WzuGwIf57ezy9ASMVs7s3JX&#10;BfmMiqf53Ww2nWa5cjq9mt05S4PiCah1jsq2m4RK51cP9hTZMvu4VrQRlT/t7QACN9xZINly2wEA&#10;QA1LcCsPJmIvnurLsMHPVUgVUkJnT2chbQVLLMezOTEza2mwEFK97Ri+htwHADg+KkHNb67Hco+z&#10;RLryRM7c04+nRtXXUTkLvYJ6G9v3Z1CYKnK1n2vkuiZDhg0z6JzlWL4TAADEUb3hz2+vm7XIi01f&#10;IakcP5yVc70JKFeL4cwZVYJKIq0DwsSIPp6tA2o9Rm/a597yKBsPAMB42Mb9FQa75xl7ApTXxlk5&#10;16PmvUfbsw+4kmj4tArBuMsVfdLmejlYAWFXcq/cYN8BAADic9YXNh8ILRJTWzOt/6y9F0Lf+k5+&#10;takvJKk5Cr1C81SB7IPTseCiV8cPH3IfAOCoOEp5BH3ynk2vbvIOxOX7uikZDmYeVsEYxCP1hSQ1&#10;x4kQHKgKfNa6neB8VnMmBc8XAICRcQ0AJwXUF3bk4qqcrZy9OgfQT/S7qGnXl2jevcEVfmIkH9f8&#10;Y2jRw6YmksbYegAARqD+Zjz82MQ27sq5QTzNwsOHF++sq3+wnitPhg7DWFLtPBRTQAFnRp+XhtwH&#10;ADgOPjFirHe9+sg6kNsoKcnA3fugpHmzTMvAOYo+cRBnO9K22tRE163YWL8BAAA04iriyZQfkTFC&#10;59PL2WzebWlSY3dXcUv+ps22r3FUcXa7aFOWVtBhAW2rqF23axvvTAAAxsfRf7MkboDpnnia3F3d&#10;vbwfj7dam8QQZ1de+byo+eM1HJ06ouW+BuWVzTy2O0X12enIfQCAw+d9F25ThTa86WVvT+t1uL+d&#10;BQyDfX51G1ZG1viQOWt5m8/OQp9vJC1LpN3bTu4DABwD/wKx8fbsaOpiFBnwaX43u55ObQWBZ9PL&#10;2a3/0TFqWu1ZU/QbK/fV9JsN1LbHee2+JvcBAA6c82FXuqO8702vCwMDHpl7fWNruB7YIsTKfTXx&#10;MkzTjKurf9rfUZ7/AIATUlu1VdKyHm30Lq5mxxUBm+a0ujEcm87PqrZorbH2hdH17R3IfQCAg+Zs&#10;xG/QvGXaobq4nM3rUtD4NTxetWksWu6rGzGlsebj1VTUH25yHwDggNXV6lVFu+8fkvNRNAYM0bD7&#10;bW3sazpDh/qQ1Ujzp5JUeAwDSe4DAByugDKX5sOCHJfz6UFFwCt9/V1qH9QXNfc1a2BQ48nWNaYJ&#10;j6HLyX0AgIPlcZ+rilCuciTOprPbsUdAfZ1d/Lpa6J8Kp8+5haa9V8w8Cr/JfQCAA+VTumMQr8Dn&#10;iIw1AjbphuM5skq83B/0s8PoRp91EI9qXnIfAOBA+dzljGLUqB2xUUVA/5hypX/UpkmUdKsfNcVT&#10;pCjq08XJf4cCADAi9UNW2Jxkz44gw0dAfY1sPMv6pHi53ydo1Xtq2GXZSp+xCbkPAHCIWsSRU+/Z&#10;EUT0CA6rV2/Dq/7zrOFPgHgFfsFFzkXR2h14lXiS+wAAh8evBb9NpGq1U9Xj0NC1KeV8FrAmbR+G&#10;lmvx6yMVr/S5fgwbnz0KAMDYNCzg0UUrYRmX6XR6NSuY2p+bG8v0uu3Td52yB1hMxUOAC9Wh59NW&#10;2bPR4DAuXkVsTvFy2Jk+a6N4ywMAoB+to0bXcag3F1e+uetpfnPd5T2/k3rgrCzMcyO9RStk02fc&#10;ULSmfd4/hro8BwAAiO88vJwn5dVsbNQub8ND1v3NZafBd3odqzPIRTLHaB1nM3HGy/MNWzZRC579&#10;sjG5DwBwUNpXrTXoJjpC5zfhia/s/qbrEHBxddOiNjaPRe3SlVmcul6/ylWLaKWOgmeT164POQAA&#10;McUZOiPOTb9vZ9exIl/R3VXEykab88vZvPHKZ/0vIhUfaqKcBC3Ox7Q0Mw7PQaTJfQCAw3HWovSo&#10;KGoFWy/OQjqu+nu6jZtC7M6m3g0B0zwaZbgUk9v2iTd43R7bL7tEn78FuQ8AcDAu9btYsL5SThzT&#10;bgq8dE+zTtv96eoSYKfVvKnWda2BhybeIIKKb/MHch8A4FB4VmX5OKCeHdedFvRVzAdIBuYEmA2z&#10;2PEOuG2Vdn0DV1m8IQQTvvFzgKMLAECAs2oyaEGf+0hddZx5zNoloTaKCTB9LbgqtYG78DwUcoSi&#10;71/vkvDw7QQAoEeR7/5RGvV37MK3EKcDT9FLpBo6z6rimzx7t5WwHi7Na6Gz4ajj8f5NRO4DAByC&#10;5ndXt/H37IhYqx3oJiQGdUQ8oeO2eZfgAI8Nm/w1HsqlgzYG1/oyrMh9AIADEL/ka9w3wLP4GxzE&#10;lYFEy7b721nnD4MzORMPautoHzUtCm5YHtnB06EbRM9xn/YAAPiPSdvIrb6QEbnoo1zL05MtBukd&#10;Gu7vZt0+B8TqfDrzfVydD332dRqdnU9d7KIGgwiS+wAAY+dfi9WEvpTRaP8gOsuT2M4Cn6B2b6rv&#10;tba31CfslygHbLf/mo+w0iBzxno+XImewF3IfQCAkWtwW21i6I4LFu1qeJ9uTIFPd3Z12ywbPVUq&#10;J62xr3ls6spFWASsbGot7860XTTta1jeSO4DAIxa+9Ivi06KXlpr2Fis6MnVGM/kqkmiLsdka+wL&#10;iE3dE0+J8z6N9A978K2W7yR0netLcepkFQAAiMS/LKWxEd4C7XGqzmPg1jR45m+hRaRjPYszH5+L&#10;2prukCI5v4YIT6bq8tYa/i4KPE0AAOhDgxbrjY2vZ0eT8rcSW98LT76PBEn3mCP2uXbqXLY87CT9&#10;NHZ+dWMOgEHBSJ+JSTcjBzkOhVHQ5gEA0IczzzwSSF/cwBq10yp4ivGw4XO/zCmrkl1Zw5EriqON&#10;PN3NHFP26eKqVAIYNqayx1iLTSvh/TRuFjCSvQ4AQIUrX8Qwrp4dgSNTR0l90plX9Lt0HpYnfaYF&#10;xg18ms+m4ygBnF7fPYXGs/rI3kneatKRN9HJegAA0J5HIUo7YWU7HfEKXVUta3g1PgMHOstgXa3j&#10;zPWqmce7sSTAADVHr4umfdOa/WlG7gMAjNKZK4IE3fKqxnMTdG6tXQd9ktulbccerS8Ty8xvrhwz&#10;GiNXGWj8pn2XN2Gni/sAAQAwGGdKuPRqSF9vNGPNBTZkDKuUrDMNWxnBVYJqrOat8zS/uT6IUkBX&#10;EAtoTzD99u1+Pp/fznK38xgPpiP3AQBGyBUSRKVZ4/bsZiNJFIGxL24db8FF2Pq4g2joPDOP89l4&#10;iwEdQ7mENMBsV+rqMNodCAA4Ya6CDVlp5q5X8+bKKf0ZW+wLT36OVBHpiCXGVw5oK/B7DFrLsN3v&#10;wXGEAAAYhHMo2iSquSbx56qX7I8tMrh1nFkD+oo6d2ekElqT+e3sMqRQrQsXl7O74vEMa0oQNyQX&#10;kfsAACPjqDLLK81cFcENjOE2WNMX1KKDLh2a5knNGUXPWvRG8Hd/N5oMeH45uwt8al3zXe9rDCc8&#10;AAA5VwzKK82c/T78hRXHRBXYlOtcn098jeuffULF+bXrAEclMmAPu6kD+pbE43OIAADoizNrFFNa&#10;pPQQ1PoqpsAHELsGyounWamqq5pXc3HjOs7xyfaA+kqMVkgdu6fD2QkAgBPgTEGlSjNnbbA/Z9Vk&#10;HwLzT0/lWM6mlrqm+3IaKbs3NP7RATvcLyPfcgDASbnTb1MFT1rU0d8P43qwWB8CW3LFHgnYztW1&#10;WhOSKcKeOhHJ/e3VSNoClhQfZBxbyDECAKALzodWVPoxuDJiA4Et7yMJbabYtGitBe/2h6ER+rzD&#10;4i1Pj6MKgJGKso3IfQCAkXAOXlENOs7J/fVXcmYSGnmqu6M7vq3NWjQ59F1E157m1yPKf5PJ9HJ2&#10;O29S1V6L3AcAGAdnuZLpdhXpfthTSzmj4OzaZ+7zTWWmY+StyzKu5h5vrwbv8FNxNr2atX5UW6uD&#10;BABALK46XvFktipnUPTXa4TShBb39VxK6Rf89E81c67PbgSexhj/lLPp9U1ISSC5DwAwAs52bpZB&#10;9pyf8RfaLC2CFlvQbx7xCX63+ocaGmPwU+6vhywTrnc+nd36/oIg9wEAhuccJ+5anzrVts4rMVzP&#10;jhYlli0a04VwHiCldaIYV1VvxdjTnzK9chcDtj5KAAC05SyssN9tPcKIj37rTItcN+g69t3Sifre&#10;0/onmtPnOEahT14bwMXlbF5pPUHuAwAMzDk2cGX4loJY45wN1YUzuFeH0ODhGFG4DpJgqYxvInAs&#10;w/7Nr/RVH7mLq1lSCkjuAwAMy1m9567OdJYT+nMvpDvtyit7Lqasa4sYIQo5z4TRuSNCAQDQlDO7&#10;1dxanU91a0Cfb0+cm16v5+BX0xhRnzxAq/JPs7vskWzn0+ms/TAomsdZv/1rAAA4aGeu6kPz8C1F&#10;+icCRSirCqGvRlM9V/W6DlWUEBo799kP69nlrGXozj2R/QAA8OIssPOIEjVlUL48ltSBCDGn184d&#10;zmrYGKMgRtghBT4H9fw6TgFg6+w3e7y7rincBgDgwDk7iVqHbymIlRQG6dnhMyheHZ+dFI2rwC/G&#10;HnQGy6ZcHYI0l87z0Nd9m9xW6Hc7vxnTs4IBAIjkrDLIRJHfvc85C3+D9Oxo160j8diyoKkJxwpH&#10;qXJ2zL85v/Mncx6jM/FTaKmn8ffL03x22WuBLgAA3THe61K+OSJWVNDn24dI695jkZ++6FyU4Byt&#10;yZ1nLa9uGuNXxE1IEK8JnSRAAMChczbN844RsR7uZe8C0J1Iue/bU8OirXD2+tA2dZwZfaZtBKbh&#10;ixjRr3mpnz4HKxIgAOAgOdvTN3gmQqQyogatwaKJlfu+fbsPKWMKYO+Go08Zwj73AOF7JEYrw6cG&#10;Z3Dglj/NZ7QDBAAcBucgwPXDtxTE6BwhRCmwaiZe7ust+emLTYXUqlbUVHY20mqFLlwdWHzdNTgi&#10;9nJUL/e39AUGAIyYM/E0vGXrHw90q8+3e8690FgvG2ArXQ2sVS3TZ9pGy3r7KMnPv/5d/2QwCgEB&#10;AONjSw9S08ZRsUqJ9Pl2z9mxJUAPZX62qBqjyVmskltJn3ljUdbmyS9+xqhZrngkAgIAxuDcWZbS&#10;uMIqVnqKUmTVSKw+KbnOk5+lIVqU1pHOXwMNxSj8dLZA9eaT/GJuudH8djbt+tQAAMDEWbgRMhpd&#10;jB6YsbJLM84AHOapcW5uxBKym5bRmpzpM20jyl5wnqnePGt7z6ezu0hnslOUPQMAgCdnE/Y7fWof&#10;trrHpvq/I8aqoi7zHgMnhL4wJcaui5OylCd95mGcvY/8NSuFPbu86TL/xThUAAD4OXMWcfnUiVXF&#10;qi6NUTfYjKX0rLX7GM3tzPRFKfpUIWJWdsaKvu4mCf4C1ufiJtKyNeQ+AEBvLM3DlKfQtBIrMejz&#10;7V43t3YhRs2r0cXVbK6vdsMe2EaRytaUaOEm1m+KwHP7Mk4bw6JouwYAgBrOR3SEt6+LVUPYWVay&#10;ilVFbfLo166shYvL2VxWScbYcTF3RfipVBGtSDa029CZ80vTHLkPANCPM2ezpTbZQZ9XIN9nAscT&#10;tS9DVZOhg4fmPDkaanMu6WL9qGhRKHoes9SP3AcA6IW75KTV7cjZV6SBVisRJGYpl1HMCNQl99nR&#10;UFilqkW00NXiZ4X7J1Mj/Z/jAIBT5Ew4jZ7MVhUrNAR1J25HbyoX31NoDWOvYtZmhpesmcQ6udqd&#10;5c6vTxPkPgBAD5ylJq3zVqz01OLGHMjZ0yWa8Uc/fY3biLy1sboNtQt+UZ4fQu4DAPTB3Vmz/X06&#10;VmnIALWiMQu6HJ4u9QWPStT4q8+8pYjr1qKqN9Zgj+Q+AEDX3G3jI7TGcudKf23uy6GcJaExPY74&#10;lh+rhabQuvRYpy+ghRbrFmlImRGfBACA4+CsKIsz5kas8DTAXdE9lHVcHQ7o3I6+om1EL9l0nr8N&#10;tSjbjrMaA5zhAIBT4n7mQcCTDEzcJYr+WpTHBItUkONplGO7xGq8Jukzby1WKwIpPHnHOcfJfQCA&#10;Lrlv6bHuQtEGwgu/LYfrN/gN0oqxRpyiLCX+4/bcp3BD4b8s4nQsjvWNAwDAwNlwq03/Rk2s5DBI&#10;Juo7+H17GtfdP+r2x9+0OIErFbx+cX7bBC8eAIA67rZrMcdZi9Xp8kmfcS/cdeGdGFNTv5gVqR10&#10;zYmb+8LPen1OQch9AICuuG+YLZq4G+hzDxW9V4CfeA9k8BepbWV7sXrlCB0U2LpP48ZCA3ecUlFy&#10;HwCgI+6h6S70ydtxL8xfeHFMO84K8a6Mo7431ig8UuTTSohVlpwITaZx4ucojjgA4Pi4nyn6GK9p&#10;nxLnrtiiOKatyOnC1zz2gWguZjVvnGGBymKuX4tfFnFOEHIfAKAL7hz2eB39/hOrsjC0OKY1d1Du&#10;UNwK9+ZiNm7s4ujFLorV5+8pTvyM/r0DAKDBTWp+ez2NUuTkvcQaw/TskGJtQmODdvJw/0JoKMqp&#10;pIn1iyIVuLPjdFkn9wEA4gu6Vd7fzlpEwDjDXAzXs0MYrMhvyEK/SA+elULrUF3i9KcoCIxe+mzC&#10;BC4cAACr9nfK+7vZtGmxSJzykG6yg7eoYwQ3M1Shn74ebVzpM48gznMyCsKiV6Ri0bCFAwBgFfdG&#10;+Xg3u/RKJNEiUwddQhuIWfzVVBexqU6c7goJfeYxxPo9kQmLXpHOi7CFAwBgE/0+mXmczy4doUyf&#10;PNTA49qdBVWSR9J/996Yp0v4Q9DsorUfyIRFL30ugcIWDgCAWU+Pnniaz670CBipRKSbUqMmLvrZ&#10;h2ZP+m7tVtRY1UWoid/ZJmgtYxWLBi0cAACzWLenBp7mN1fybhapBdQw1Z1l0eqsg/TZxyNmo4BO&#10;umLHz+D6ErzEKhYl9wEA4ok91NkwBu3ZkRg2+d31Vt0bK88IXVTQd3Ac9EV40WcSitwHAIjlLH7Z&#10;yDD6req06CBxNNBT7972Xb8Lusg08RtbBv2qiFYs2sU+AgCcpGj1rIProuAowLDJr5eGfjFbzz3q&#10;M4+gg0MQ9EiRaMWi5D4AQBw3+i2m6Ol8Mple38wPpERQ37ahDNrDo4+GjjEHqg4KVDVirl8iJE7H&#10;KxYl9wEAYnA/akKv25pezUYdAbsPPL4u4lc0NtHxjohaRNxBzXTM4sjEvb4MH/HWg9wHAIjgQr+/&#10;lLgefXZxNZs7M+MQgm7OHTkbtrNMp8nPWUbckP7bIoJ4xWy5oFLJeF8Qch8AoD1necSTb+fQi8vZ&#10;Xbw7XCvjuj1Ga9UfpMPkpy+qjQ5Gn+mirNX3y1AUsVh0XCc2AOAgOe+PQQ9ROJ/O7pxz7ditvkID&#10;G7ahX1fJL2KeCQtUbjFLI1NBJ1bEFSH3AQBacj+iw1XH6+V8OrvtPwLqazG4s2iPIwnRTVyIWYMd&#10;v5q3g768gY0QnV+wZro5kACA0+GshPSu4/VyNr2+jTaihVsHtYatXUa8/zfVyagu+kLaaP37Qudu&#10;shooqLgvZrEouQ8A0IozhwXV8foRo8Loi4toTD07ckP28biPGuGFqAVq+szb6qJPR2BldMyDTu4D&#10;ALTgfkRHTzeZ6VUHAwP2tO6NTaNvqbegrqgOMXN7UEGaQzexL6wUWZ9LG2M9rQEAh+BSv60Uxa3j&#10;9XPhrHVuInaQiChiM/9m4lb2numzbyNynukm9oUVIkctFo28nwAAp8RZARV2k2stWhcQfcZjch6z&#10;qKyJmGnYOfhPQ0/6zNtx/p4JF9SpI2qxKLkPABDK/YiOmAmhiWhpInatZmQD1feKB+5FEi2hRz9Y&#10;HRWohg2HE7VYlNwHAAjk7mUY90bcQLTb5KM+59G5HiT6hbVRq4raXzZmBbT790y4G31BfqL9kJHI&#10;fQCAIO4ykbCijSiiVYsdwi3SfRS6EamTdsw8E7NNQcz1KgrdbTGLRQ/jpAYAjI/7bjRg7IvXNiv0&#10;Rt2vAcZzjlMSGrNULV7pcmcPRgkdVzpqsWikQwcAODE1N6NhCxX0tQk2QH/kIL2P6hejp7a7mUBD&#10;sRoddpb6gmNf5OLHeAEZAHA6au5Fw8a+SbQCsAO6SfbcwTdC8It2lNqEqrKrzlJfi7LjmMWicdtB&#10;AgBOhLuOd9BKXiFaSdJhVYpd1ByWqNoHP32ObcQ44866TM7hvyCincxSpIAMADghNXW8UW7C7UQr&#10;Ihm44LKxHh/g23bAvGitMAV95o11XFza4jyKWSwary82AOBk1N2Iwos2oqmphvYXXjs3mGjPK6nT&#10;sgttzKB136p53/lNx2n5sU3ZqD6zdtqsCQDgBNU2fB9quOaieA/ZahUoBtJXB9/A4egS+tzae7yb&#10;TRser4ubaEXDdq1+CEUtFqWaFwDQTG0pzTiaxNWupq9W92xp/u3b/W3jQNJSP039LvXFNtBtseTT&#10;/HZ2ad/n08vZvO73SywtG0LG7ak9fBMMAMAB8bhZW++1vfJYUT9tW7Hp5Vr3d7PLfnZRh31TU212&#10;TrRkPnJtk5Y+v3b0uQMAYHWl30UM2tX9xaOvV7A2ZVqCpTumPlkXuh/VL/xox6uJH7XwHZSI9gNG&#10;GkMbDADAYfBJff3kGR/RIk/bFlGWLiY9DaPWdf/e4DpMy245LhFiVtxi0RbdigEAJ8Wzq0CEO10c&#10;8ZrDt6yVtdy4e7sDd1voF1ye1Uv7w2G1reEV4haLtqmXBwCcjgvvTo8x7nVx6GsWrF3PjjN9dol2&#10;c23Gr6Q2jL4sT5ba7+PxFKdAN26xaHBKBwCcjkYj2vZWjFUrWjFXu0ISW7ljv7fg886K1wLHAb7R&#10;53Ncoh3duMdtPN9OAMA4XXmX9CnjubPEK+Rq1bPDVj/ettlgY7YVaSlwOzpudjiou+BGjxVxi0Vb&#10;DrQNADhq57OAm3Of1Zdu8VpGBUYbxboP9Qm7100Zm74UL3HzzJjM4oW+6IdsPF9OAMCInE1nwdVL&#10;IypSCN6GihZNtewBZ4iS0XhloLmg7eio8HFg86B94WL91RCkZQ8lAMAxUO3g5rFS0ng6dsTLFi1a&#10;a9nb5Q9T+BI/+QVthz6TNq4urm4btkbowF30zOf81RCiVbk1AOBI6HeHtkZTqGCPXI3ps/Zn7xMz&#10;1F04XhxWQnJf1PSZz/b8cjYfIAHOO/utE/dYBXbBAQAck6i3YKmLgo8QEQtLgm/stlFchKgNwRo4&#10;i1W0q4TkV3sabs48YuRFLxHw/rrbXzn68trR5w4AOEExb8GJO30ZA9HXK1xItpFcqXq44pcLfVXa&#10;CNg3rjTcWP3PjOnl7C7uaX5/e9Vt4FNcZ09zY/laAgAGFPUWnDGXwfRNX6sWQnt2uOJGQGCKJmKR&#10;X8BmRKyBbz664vn0cjabNy8MfJrfzi5Dz4MwrrOnuVbDEQEAjkPMW3DR/VC1mAX6OrUQ2rNDn09J&#10;H0VGNvGOe0Dui5lnQpoX2kyLhj+BI/8m02cPADhBEQt+dPMhc40QM17o8/Zje1iHEhomo4hWh9g8&#10;90WtZq6v5j1Y1/q2tjKOMngAwKCi3oINbofMfjEHPwtrjFfzrDh98l7FCn7NC9zilTWOarzI6GL+&#10;bjnqgAwA8BXzFmzzdDtQyyJ9RdoIyxf6XDRhYTKWSM+CaJ77Gjetc2i+9IMR9zfZoz57AMAJinkL&#10;rnF/c9lvk6mI47gEtop3V/MG9EmIK87Bb1yOFPW4DFme3LG4v8mOOCADAJq6mF7P5nGrlayCx8Jr&#10;Ku59M6TAr6aad+gCvzgFSvpca0UqZ5SaNy48HHFiearfnsgAgANyNr2aRXtuW4W+tK5E7g0Zklf1&#10;WVTpn+hXbS710Dx56XNoY9jg3KmoxaJBP1sAACfobHp9M4/YQ6K30WPjFpeEVMp69JwYtEtvlGjR&#10;uP6wrvK7EX3mRyRmsWjAYQIA4Hw6u21bG9y4OViYs4hRNdE4o/nsqmGr3/S1CdC4gV2MQsZUbz8i&#10;BqBvazv9Nq0FABybs+l1UARsXmoWJO4D7RMNI6tXRfOw3SxDjmDZsNW8IZ1tDkTUYtGAwwQAgNn5&#10;dHbnXanauNAswKX32jTz1KzQxG/Y3T52iFX73Nc4efntFU/6zI9IzGLRoMapAADUOKtPgA3LzHR5&#10;aniaz29ns+vCE7Wm0+nsprPuKEKzxvGeoapxcoqodZfn5sW3nnvFyzE/gkLf1nb0uQMAENP55cx4&#10;g29brWmcaX+aBI1z/cM2jVvIxdN6dzbuT+u9V3y0/BExZh59gho45naQAIAxOZvOir2BW3YrjDPi&#10;XAsNgp93WVrzMrNo2ua+5qvuvVc8tP0RMWZtj0zZEQdkAMA4iQDYumwrZmoI499AvqbCu2C4/KKv&#10;SVPNm43FrIdv+SNizKIWiwbEcwAARsA/S3Xm0bNzR5Ox8fzDZFxt+4w2a+8oNNkrtYYdA6dTcX/g&#10;DNp3CACAQFFTQzC/SrNGI8kMFPza9hltHrxi5pmBdlovYhaL+p6xAACMS9xHGAS79yny0z/kNkhV&#10;b9vKxIBipJijaR9xNW/cdqyDnFwAALSl39AGU9+9o2l/zIZjA0bRMkY3r+WNW2A7wB7rS8xi0aMO&#10;yACAI9a2OVpM85rU0bw/Zu+VcW2L+2r2gEmjyu8ax1zNG7NYtHVnKgAABnExuy2OCTOwJ1dn1pCK&#10;ur6LZVq2IQvJqfo82nDt/gMXtVj0qAMyAOBEnE+vZ/OWyaW1J+uwxUFVqL5dheNoWZcYEruiFtjq&#10;Mz8iMYtFA8bWBgBg1M6mV4OFwLmx3EufylNImArUMoMFFU42r/y2O+ZHUOjb2k6vvyYAAOjX+fT6&#10;pufq4Mdr7d6aP0a4od6K/FpWJQbFvjN9Lm0Y4/ZxaBnJNVTzAgBOxVmPGfDp9jILbS3Gl67vKhzD&#10;ELEvPA0bHPMjKGIWi377dqnPHgCAE3A+nd3GvaOayDHt2hXY9NAeq+koM5rANYy59wPGDjwUUYtF&#10;j7odJAAAXqZXXRUDyupHR8C59elP0XUzv5bP6QisYg3p42wVuA6HIGaxaF/lxwAAHIaLq1nECCgf&#10;jeAIOKKx1ZnH4rq8W194LN/hKXQ4OI/A6y1gzOiD4fjVEOCIAzIAAG2IUkD9ttmQbPhmH4YjeWKW&#10;TzXrffOH3/ppuYnh3QRaNHqsCGtgeBDaDqdddsztIAEAiONsOrsLGhdGhDX7jTt/GJs9GhbcdNC5&#10;12vBDoFN+9p3JSkLLXM8ADGLRY86IAMAEJ/oEazfTK1kYZh9zOZCWjnzi5WRb9ttU1+bpwjbd0tz&#10;4YWO4xezWFT9EAEAAI1dXN3UhTVRGmbvjlm+B/s2s7uLVbZ10TpRhBf2RR6MuNWKjFvUYtGjbgcJ&#10;AEA/pte35gwlisOs9XSVFva+ye/b06xFOZty7l9oadMuQ/i0afSmz/yIxCwWjV5eDADAKTu/nBXz&#10;lKx+LPy7xDQ4i3fyE118K7nR26U5pTby1LLGsK6otIljruZtcEZ4iFVWDAAACqbXd4/y0QiXllFh&#10;LCUvnu38UvfXDe/kZ1cRMl/71NdyKGvNET+CIm417zEHZAAAxqQ8MKBjQL7mnS2e7mYehX+XN1Ei&#10;X4zUF7m3gj7zI9JySG2NqYwZAAB06uLSfQNuUt2ruZ/fzK6n06nMgeK/17NbS4ljqAipL26rNUeG&#10;Pnj6trajzx0AAIyBtTfI0O5bdylxP8EkgEdZ56GK2vvl250+ewAAMA5nUcvEIrG0SmzI58l0Deiz&#10;PyLte10XHXFABgDg4I0s+t037ENiEzn2HXFnBfvYj0H02QMAgHG5ihuSgj1GKyyKHPsilUGOUtza&#10;/ht99gAAYHTOmvfwjSxe6Is9Mslx1142G9SnzhHvKAAAOnch+ssWRKoGNTq/jVxK5m8edbviRhnh&#10;eONM3O4vj/rsAQCAxfl0djtvNOrcfD67jpsFr+KHphqP7gFnGuui5FJfxvGIW817xPXhAABEcX51&#10;GyVrPc1nl3Ei4NlV3KF87WJnvsllN0WWMQaWGadGPzNqRRh2EQCAo3R2dRv3ppuZ+zxao9b5dZQ4&#10;atXi4b9G59cd7c5jrueN2xLyiLs9AwAQqutElXi8iRFXpjfRV/bxJrBc6Obb03x+O5vNLrMGj7PZ&#10;bB59BStiF0uORtxK8Wt99gAAnLKzq7ij5Hp4ur3U1yLE2bT46N9Q8+vAxKe0X4FAR/uYNn1D2zne&#10;6nAAAJo567/HRMHjdbR7sux9os/f7f72OkrRoz7f/uirciQu9e1shWpeAABEYIlbnRbq8Spa+Mtd&#10;TKfXs9nsdl4gqmKvptPYS+urt4nBkY5HHHePRilYBgDgkPVfs+t2G6fP7xD0TelTq/rp0dK3sh19&#10;7gAAnJTpyDJf6u4gs9+Vvhm9il14OQbX+ka2crSNIAEAqHU+jrpdq9uDCzIDh+gjLPGLu0djNOEE&#10;AOAAXXU3lFxEjwfVIOtMX/2+3elrdOjO9S1s5UmfPQAAJ+As7qOvOjY7mGK/EezWI6vJjLtHeUYb&#10;AODknN3ot8Pxu/OLfkkR5uN8djlIleeQw+Bkno6pMjPucIjHtGcAAKjXe+i7L4ydor/XyE199DPU&#10;XIsnAuuTde9iej27izCGdKinY3kqRdzB++712QMAcMzi1prZPN5e1ZW2Ta9CHq3mrqY7s+SswR9g&#10;dja9ns0NmbRbEYfBHk7ASeLgPn8AADgml5ZcFE/zp+2eXd42Wqsne6C0xb5xjW5yNr2+6bEgMPgx&#10;w+MQt7jv20EODQQAQHNncUtOKto9Z+OywUMZLIO7WGPfeJ/MdXHZVzHgfNY0kI9D3JN2vGcCAAAx&#10;dTuccKTHa3gPLGMq9LPGPnvl3ly0/Yuz6q2dX87ufDe/haf5rLYKfkQin7bH0ugRAACHTov65nEL&#10;knyzn95mzx77rGMZXxSmeby7jrsdLXQeAW07ZHRij4ZoLigGAOCITO2JqLVOBtY796vzLY1T5xjd&#10;97E4XZG5j8t9fZ+U/nQSAQ+nttPvRPB2OBsOAECYuE83LepyqBC/wWbyMf0csc9ezVsXqOY3I0qA&#10;k4urWaTuIB0et7hin7vWMwEAgKPQ3eN3b/RFxXbmM9jfvUp+rthnHap3qk9oN78ZTy2wWPPrW5+d&#10;Y6PPbqwaHCA/YzqGAABE1l2zvvt+OkP41FCLkXidsc8ac7yKFHX3t9fTLuq2A51fNi8EPJTnuLmP&#10;agh9CQAAHI3uUl+P9YQ+G3HrLhe60+eZ0idsSDwKrp/46+Vs6tsS8EBKveLHPnIfAOBY+QSmIKYh&#10;VDrVtqra9pC2iCMC39/ORlQIWJMArd1cxiXi4UnRrQMAcJw6S31Je7p+tUt++txSkfuKJkYVAc+m&#10;hlrgw+jc0MXRIfcBAI5Su6BkN0jqE1pskPVmr08Y3eOIhki+uLpJe4KMqG7aKvJwzQnrqQAAwOGK&#10;PfpFarDU16oA0128Nb26CZ5zE/d3s8tRZMCzUayF01mLlO90IDXcAAD4u6hU7MUxZOoTQrfLs3hr&#10;2k/+E+7ns6sD6VvRuzPfx7UE0ZcGAMBhCy8Xc+u9N4dBUDGQGObF3/lNYLoM9TS/mU09o+kRkHXN&#10;j/O72exqOs22+3w6vZy1GpHQE2kbAHBUuqri1R+GO4zzgFDmruY1mnaUnWs9zmejGhwwutiP222q&#10;87HGAQDoz1lALvJhHQGvd817eYYV8XTWxMzfo3hGyJGVBJofiNyjYw7VAIAT09FddQxVvJmmo7o9&#10;6TPwFtqeMLZxFLXG0UNVrtuhPKoEAIAaXRX2jexW2XAz26z9OJKfvlYH7ELftv4dU4oGAJywbkY8&#10;G1dhn9Ko9V1YNW+qebVydOOpY2+vowLpRgh+AIAj0FEN2ihHum2SxvTPNjR8M792wXVcuhyixdsx&#10;BWkAwGkK6ejqw/Zo24H5p7HWuXXwqKKv0AGb6ts2EIr8AAAHrWlnB09Po+1N6h38rvVPNtXRrvV2&#10;TCOP3OgbNxiSHwDgcHXUbKp1WVmHfINf+3E7OipJ9XVM1bwXl7O7jtojNHY/vnarAAD46OhWOu6S&#10;Jr/gFyG6NmlMGN/xPlH2Yjq7nQ8aqh9H2ooBAACHjlqgjb0qzKtXb8DDOnQdFaaW3c9vZ4m7eXHL&#10;ImzAIRgsBM7JfgCAQ9JwODtv469f9NnwCFvRaQO/p1tHdePZ9PpmtC0sOzS9mt15pfpInm4jnCYA&#10;APSgq9jniCNj4TEIcIxa0u46oc7aNz48erIgUN9xnXi8OYBzHgBw2s71u1ckB1HMdK2vdUWMJood&#10;1fPeHk7om06nogJ6LuW/M+7lv+9ms9n1dNpHiZnoFtJtOWAfWwEAQKiTjn0eXS5i3Mc7yX1tnh7X&#10;venVbN6i1ejj/HZ22W3hmagC76AYMMb5AgBAR0489k3O9BXX6R8I4ddxuJHHUZb1XVzftgh7Nvd3&#10;s2m3mxsxApL7AADj1VXbvkOJfbU1vVGeyBUrU+Ri1D5HdH5129GJVHZ/c9XxmXU2nd22qggm9wEA&#10;xquD0hnhkG5+7l0QZSgafaatRVmrKC5v3PuvG4+3Xec/UXh5FVIIeEinPgDgxLQq2bAbTyzx4B5k&#10;RZ86RPTuvKPIFueDJL6yux7in9jUy5n3yICjODYAABh00O5MOLCBgl2FOhEe1hH/mbKDx+qLfmp1&#10;ffU4fEp9AiT3AQBGqpNupmPvaFrlKo6LEmHdQaGxQdv2nc0ib00099fd9v3Q2GqByX0AgHFy5Z0W&#10;Ygx03C9HbXeMgqTI+/len39vph2VD0f0OOul4rfk4rrYE4TcBwAYpdoRTAL1WuoSxZW+CZkoGSty&#10;Wuo/2AhTY+HWOD0O9RST6ezukdwHABglRylXG4f4kHp9GzJRqnn1mbYzQC3veeTk2os7AhgAAJmO&#10;GvcNEEvas+aaGNnB3V+4MX32Xbsaa3s+D4+D94ABAGAULvR7ZByH17hPsLXAe9InDBG3gjRKCaSv&#10;s9g9kc2e1GN75/N5B2XQVLwCAFAzWnGwYRqftaZvRiJGz+TIzSj7a7l2Hjewljx5PHnt4nJ2F+ks&#10;nR/oaQkAQBw1TycLdf3/t/furY4rWZun877zZKbIPBgK2ryU/inTTJumy5RghjlmyvRrSnSZ11Ci&#10;9P0/yrDWisuKUMiWpZC3vf38qDqpLUtxvzxacYv9eRC+xRERcsxVzJvSOZToEGYTfd8+X9J7XT58&#10;mR6aX49aNAEAAIDJvI+7xTw85ihv/4re+LExTJcsmpsMWr7LG2bDr98mWt0+TD0g5LfrJScAAADw&#10;Buixb00lx253r0JaB+c4rCPt8liyTDi8wBxz+n5lW2Dx7vOkOYAY8QUAAPB8ZF5iarnVIOQMJBet&#10;5hgazLtsevZVHZ+SCTGN/Ga2SRvLQPoBAAB4MiaZTPrJ3r/fjuTIZg6BMHFoMmJeg+oc47uzKdUp&#10;2u/bA5dUAAAA4Ep6ZrNNJYd57LX4+FtX8+QY5u3bIWYcWY4P6WMGU9/cmzlOCPJsehQAAAC4M/La&#10;oCwPu6gj4N3HL1+NBMwhDfJOlssRoh4mWM96+DGvcdLwcXRh/nWT8AEAAACvzEzmvmxT998S4w1S&#10;KXIMPKd4l3/g/4ZzPcdb/fLPPAQAAADujfydPPE2zH2ZyTvMm2PgOcGH0bqplxt/A7wbba2E0Q8A&#10;AMAbJ68Wcdy4q38M8u6XM0sSP77qY8YbsV8jtAAAAMCtyKtFLDD3pYhTaRqx6xl4I6qPGB+VG45J&#10;AwAAALcl70bCjkdezDsb441QKb7Fzk9mvFTq5TU11Pjo/MBEPwAAAG+TvBsJO2JvQN+ugKPJcVqw&#10;ZobVHD9fWT+Nn8MA5QcAAOBNMnrfi7PMuMPI4/IuTqVpxM5PJK8oZV5riFcx/rMGyg8AAMDbY7xF&#10;5Cxz7TDy0IzXICnyboL8JXZ+OrPuKj2YCVZMKD8AAABvjbxaxJJ/6tlbYLwCSfExdn4C42fC9ZN7&#10;GHo0E2ZVQvkBAAB4W8wzzJtTk7wZPsSpNImcC6ZnGOL9dUeK6d2EQv6a61IAAACAzOTVIpZfsTcg&#10;u2k13wzKT7HTGbgzg++U4/GwMh0AAMCbIa8WseTTJG+JCVanBNkOlsg7+izcwYKOkEnaNltSAwAA&#10;AK/LDCN8GOZNk3cFTa4z2vKGynCHQmmSYRvT/AAAALwN4h4uCzmnnr0dRp8ZmyTT6OMch7Xc09Q+&#10;z/tJS1dgwQYAAPAGmMXag04ySZxK08iird5N0kI93KvqnxbZX3dowwQAAACuY8IWF2fAMG+CSTPM&#10;OmQZ5s0bJEOWkM3CNOGHlb0AAAAenlmWdWA1b4q8I6o5Fk5MWeTay/3KvslHUcPkBwAA4MGZZVkH&#10;DCMp4lSaRuz6COZYx3vXsm/6tIa8R6QAAAAAN2aWvv9uDmq4J/KegzZdWk8c9OzhvmXf9Fz4mWVa&#10;JQAAAPA6xP1aFtA3JshrWZ08g3LikGcP97qkwzN5UfXklAcAAABejbhXy8GP2BOQW2dNnkE5dcAz&#10;zeRg3YDJZk6M9QIAAHhUZun+p49BvkHyLqCZqj1myffHMPROX8OM7xoAAAAPyiz9f6Ydhd8WeSdS&#10;ThxsnCXb7/KUjgSTR3p///U+dhMAAAB4BGYRABNFyZskb0JPtDjlDYwjx9YyN+BdHO4RoIgDAAB4&#10;RGZRALEnIPdWedPOQ5kl0x9oeH/qml4CNm0AAAAPyBwSYKIx6m0yeTVBwKRxxrwrTBwPlO05MmOa&#10;9AYAAABegzl0371v4fYa5E3nSSk8z759j7Gmw5DD4Pc45k0AAADAkmOuUwwsIV2mryXQTBpk/Bm7&#10;loeH2qs7DvwoIPwAAAA8HHFnlgHovi5xGk0jdv0a8p4S7HgsEZRntuVjxRkAAADILUgYrHXs8DlO&#10;o0l8i52/grzbCDru/5yOgA9x+McB4QcAAODByHt6GAPd1yFvKk8YUs07z9DzGDv3eTLtpgjTNgAA&#10;gMdihmE/6L6YzLMoY+eHM9eajqnHh9ycXGbPSTMtAQAAgFuTqwNUQPfFZFk/6pgwujiDyice4Vje&#10;kGx2zwm2VwAAAODmZOsAPQ+0oceNyDvMO15X551m6HlA8ZPN8DlpK0UAAADgxsT92HRiH56eTKsI&#10;DOOXUGQebnZMWWfyWmSzfI7PDgAAAOD25LVFEePtUW+UvGPp49cSZNM6EY9o8sqXJ4+oegEAADwt&#10;+TpAC3RfRN6dkkcvnf0Uu5SJh1vUQWSc3/A5dhsAAAC4W/IOQhLQfSEZJcakY3Dzyk/H4y3qYOJo&#10;TOAR7Z0AAACelUxbmXmg+0LyHA5hGT3Mm3dRsedBtzKJozGB8VIcAAAAuDXZB3pHK5M3Spw+0xi9&#10;WjrbCtaQR13XkHNeK0Z6AQAAPAzZV3lC9wXknVb3PXZ+KHOZ+x5V8+TUfVjCDgAA4HH4Le7FJjJa&#10;mrxN8q6iHS2zYO4LyWrmfsilLQAAAJ6T3Cs7MN0pIE6eacSuDwXmvoisum/86DsAAABwa/JapMZr&#10;kzdJ3jMyRm8WN9Ni3oc192XWfRPOzgMAAABuS26DHxb0KrLOIxudtHn3kvE8rLkvs+6DwQ8AAMDj&#10;kHmGHxZ2eN7HiTOJ0Xvl5TbpGkaH5/XJrPtQ5gEAADwMmZf0YmGHJ6+8GLt+IHMGOx5Y7eTNmEdW&#10;wAAAAJ6OzLP+MejlyLsr9thh3sz564j9eSAy677fP8UeAAAAAHdL3mn/D3qEwwzknTo5ehVF3kmG&#10;jkdezZBb98HIDQAA4HHIq0/QB1ryqouxw6p5Jxl6PsQePRB5c+axbZ8AAACejrwjgY8sCLKSd7fk&#10;97HzA8mbuY6HlvfZTaAY6AUAAPBAZO0Hx64/eE0+jFVVZ8i7fcponZU1bz2Pu4nLHGnyyIPeAAAA&#10;no+spqnY8fvH2cR+fnv5lMtemXeDnNHTJmOHMhF781DkXXCDFb0AAAAejKyTwMbORHs1PsUxIH5O&#10;XZgcOziNsaHJa3V0PLaBK47NdGawFwMAAACzkfVEsbEa5ZVIS6PRA6uGpJgczejQZF/CIIzdVOYu&#10;yPqVIzx0egAAAHg+cuqDx5rh16MCRg+sGvLOIRu9cCBvMCyjN5W5C9JCfxIPZ+MGAADw5HyNu7IJ&#10;5Joidwt6ZN9Uo2XmUzJi5weTfSob89gyJ+c3jmG0PRYAAAB4HTKuQ/gRu32/9Mm+qR153u1Txk+n&#10;i13KwyMJ+y4ZS7planEBAAAAbk3G7nDqIOnN6JN94wdWDXnHV0dPH5thSPOxdH2KvHnDYEEvAACA&#10;hyOj8HsQg1Cv7Bs/sCr0OzyG8apiHt332MO8s9hAYz8AAACAuyffxKfxSuWW9J9QN35gVciXksR4&#10;nZU3HJbR5se7YBYtHHsCJlK1d0MZh+12FMddEd8DAICM5JMJjzDh6YwAmKpsfsYOTmK89TRfhioe&#10;ezXvPGkSewImAt23WJQN+x9Iv7Ju22albgAAwCTy7To31WI2P2eWXkw1V55RlCOYMJ1uFo3zWPv0&#10;dJhheh90X3aeUPdV7XG79H/uVBAOLP1I8wmNeg4AACaRb2La+MHJ23BuNuPUsOfcFGdSaGbRfVPX&#10;vLwycXSyEHsCJvJ0uq8Q4x6JvE2xKI5hGNr2FP55xPgvACAT77INUX6Onb4rzm5sN35gVch63vGU&#10;Q8Bm0X2xJ49FXlusJfYFTMTpvuq12NsQ3ET3bZ2i89T1vqqqdUlQiOraaUOj/Ip1JTbAY+weAAAM&#10;51vcp43ljoXf+7PKbMLAKpNXWkyZKjmH7psSnjsgry3WEvsCJuJ032JVvwqL0obgBrpPmfeaw/bi&#10;9L3lZh+Z/9oG9j8AwHiyTfKbMEA5L2em9hFTw51NOTNT5PMcum9q6rwy2ezZmgfXwneI131Of92W&#10;uXXfpmFz3qYsi8Wa/TntLgq+kGLjJvy1bYspfwCA8bw7aw27gjtdAXBpZv+EgVUmdm8asevXMIfu&#10;e+zpfXltsRbovtyEum8e6dULyamZdd/K6TXiVEXmumOz5n8rq+eatuZ/l028psOJv1nCCQB4FnIN&#10;ht1jf/jhkqqdGujPsYOT+BY7fw1z6L6pqvh1mSNF7vYD54F547rPr+JoTxt/e1Xv5WJX99j+isNe&#10;JOKuFmXIyEpf5RAAAFzLRXE0kF/vYpdfm3PreIUpA6vEJXPidUwyr2UbslfEfjwWZ9fzjObBx77v&#10;kDeu++x8vsjOtzqJVY8pynVV7d2Ew6ralnqbF637iE0w5a8KfwQAgMtc1kfDmKRbsjNEz8bvXMm7&#10;2L1pxM5fxQyjmlOtoa9L/xEtk5i6zzeISeg+LWsc5WJx3G7a4rg7tS0NeR7qil45rS7sBVP3/X4L&#10;3cdrhZut+7tqW2ffW272Ygys99W2LM39ZVmuq51Z0FurpR8cE8NK7f6CdR4AgKsZIpGGMGmgMjND&#10;VlxMDW/ekcRpI4iZNSjx2KatvJnjiL0BU7lC9y3bdtccqpqWSrRtxbpvsT/06TrDK+q+JW3J7EWf&#10;Q9ZpnHaRIa/LaksC71QllnKU1upnBowBAOAacnWSU7fDy8WwiXdTDZR5RxInWpJi56bz2Lov07dM&#10;xIOfXHePXKH7FsvloiwWRblcrJZFuSrpf2TuSus6g9F9DU2K28qJGHIu2ly6zxrr2HNjjSvcgOyS&#10;TID7tFdFWS6W3Z+Wu6ZtazOpb+PDaaLdM0EQAADO8S6Thpm6IV4Whtov4/euJO9I4lRFkXeuITFR&#10;iL4uM4x7E/d/KOHD0aP7NkVVV8WmLVf1viSjV1cO9cA7Hys23o96UVeLpm139J+5dJ/ajkatv1iS&#10;Oiv2bdvYmX5bFmy7ZrPYtgf3KgVpXbZ12bZ1tVZjuOu6bWsjfh0rioeaKQgAAMMZKpYu8SV2+NYM&#10;lrDTBlbzGUmFqda1vKEhHlr3DRnnH8HUlUCgQ1r3bUQ9Laut3byuXCyqelHX7XFX17t2fazabblp&#10;y9OBTvrYle12dapp65PY+OfGeZvVqmkrcn2/oEHSmXSf9b8RO9xyY8QbzckzS3T5T5Jsx4Keru0k&#10;PdJ9TUs/VIvFod1X233b7v1o8LZpzbYvi8VGRCVtBN1jPQQAgAsMGxy9zKvqhcGqb3o48+4LPHWI&#10;PL+BK/bhoYgjk4m7W7T++KR1314WwpY1CbQ13SlJFlXNrl02dV2t2sOi3VdVWzWr467dVwt6gF/v&#10;0X2nYrEqy327WZRLOTVjJt0nu+wZ1Uf78dEA7/KoVt4u62axpRPX1m27bFsShPJbyX9TcNe07x8P&#10;6m5Wu83SGQlpWh9Lv9KN79ojQE57qzBHocyUTwPWQgOQa2Xvr6kaZjRXqL7JA6t5hdb0xbOxi5OJ&#10;PXgkLpzTMpbpuQRi0rqPNz5ZrlfNYW2m4w0WZWfGeUNm0n3kklN9QkVDywItx1hV7WnVttuybg+L&#10;umcDv6qtaCHLentaL9t2L/KR2TRu2qCgDn8br2Sg+wB4UnIpv6lLJkZxjeqbPrCaKakM04fHc0/w&#10;m6qLX5W8tljH1DIDuvTpPoNbIkHreXmzk4oWdxTlklZ2rFbLRblYVpvFqiL5pI8zs3TW81on59F9&#10;dBSbDMH6kVjaa0Y4iNbYt8fFZn/YXjLQLatT25KLx1N7KE7OxHewynIthkAeNCbGKxmX+s/CpNQC&#10;4E2RS87cvIu8doLiVKNk7N40pg8g5hqmtzyybSuvLdbz2CeY3CcXdJ+D5vedqnZV103Rtse2atui&#10;quu2bqvjpt40J+rEB+k+yxy6j+YimnUWMhK7csa5gjZ0ObTHoji2m+0VR24s9+W23Rck/6riZLaF&#10;oRFgN4osK5WJ8UoGug+AJyaX8vtxy17y6mUNU2VN3gMypoaGiN2cSI4gvRa5bZ+GR06Su+Ua3Vev&#10;2uN+sT215aatqrI98ky/om5P25rl1WvqvpL3aA5dKRq3vd6Sfjtt1qe22V0y83VZbimS7VE5b5Sf&#10;peD9/MYrGZv6qSScTtWTq68ERXhSagHw5shmOpq6ZHYgH0YM600dWM27YDTHOtFcet3wwCLnfRyX&#10;TOTIJRCR0H23I5fuc+OstFrDURyt7W/fVjS2254aP+R7PSU7X+7boziyCecR8tJg9fd1pHXfeGXU&#10;cSf4+5WhAE6KHQBvkGsHTfuZfbz33TjjztSB1di9acSujyHz4OYD677MCtgR+wMy8CZ0nxM1Mgor&#10;+qtqGzHs7WnDFjL4RS91qC48saKD3Zpt485mo3mCnIQc9CV030AogJNiB8Cb5LpFEmf5OlVj9fN+&#10;nOibrmryLhjNsx1wvhwjpqbQ6zHDmXXM7J8wT8nb0H1G5SjzW9GYYdh1WRcbUn7qrN0eLuk+ghbv&#10;bhbLUnZvXjatPuyNxnrdli/XkdZ9uYh037ZktuaAYkNTykEqwtEOnKtLf+9Ybvjfvb2zLw/mJ3+P&#10;3Nyvy7LcuN8EijB0HwAJsg33/v77zzmGyD6OGN61TA3PWL2ZZupWgsL9TTl8Hb7GUcnEfJ8vz8zb&#10;0H0cC2PeY7a0YSCxbng0dhNt7ZJkiO5bbNt91bbHxhzysQtsfKLaThcP/u1yTveRD/4+qSX/G++r&#10;6NAZqol0XynONfulfrwoy0Idccfa2Vyap+xFs7J711T2p8qPtrt7bbUoKrrZVIUKJHQfAGcYOYaa&#10;5ufnjB3n+4ljebF7V5L3jLZfsfMjmaCDuzys7pvL3JfHKAsi3obuI+MTy76iYs1VG02x2tc72rPZ&#10;rMK1lFYVhgzSfSxZ+GEJ76qlU0oW6x0LS2fpulbTvIbu44FxZ4pbLuX/hnpRrTldO7rPq75A91Ur&#10;c+3uLWX37y4U4RFpBMCT8DHbTD/m+1RDG9m1pqvRqX34RNUZkWv5S16DX+z6ozCXue+Wy9OfiLeh&#10;+8q2PfHFluRf0YhbRdNWm6bdLTq2vqJhsRbRp/sqt+2zsOIFHqujyMniRL7V5hkr/CKleZFX131s&#10;62u8XY403rFg5RbovmblxW2o+2SPHH+P1tKkoQhD9wFwhi95pd/vv//6beS+zu8+Z1pGO3FgNfOC&#10;0Ymh8WSd4Rc7/iDA3PdYvAndtzrpQd5l07Koo/W3q8XGbeUSwGJNWFsJ2KP7jomQLWt2XKj1ji5G&#10;R/kbw3gV3XewJjqas8gb0Zx442tCxF5FIlfpvs1qsaEEtgS6j2Rk6e+tVaDLwH+KMHQfAOfJLv2I&#10;X99ehiqed5++5tQ0UwdW85qUfsTOjybr8POD2rfy5o0n4yQFoHh83VewuvDmu6XRgNW+IHUW2eoc&#10;ByfWGpmpp3TfWgm5VXJMeFmveAz0yL8Fwo/HNns87efGum9F6zrUOKwyT8rYrhV7ZN5Tuo+vNvaZ&#10;ju6jMe+9vXckzWiA7gNgBJ/nkH6WH99fXj59/Bj0rR8/fnr5+j3rnDXLxIHVzOa+jOtEc4qeoZr8&#10;vsicN46MmQQ0j677TPhZd+0OBQ/uiuxrq3273PWv4nWjtxu7JtfpvqMMGhPbPglX0shyYYaXRfgd&#10;alKfBYWn19c+bqz7xLmdV21uSHZv7mmx5y/lolna8MS6j953jx8L5yx0HwDj+JjT5vaaTJQ0mQab&#10;LTkNaxnF+WMqncx5Y5lqIQZ9TNN9RVlWlm157duTdZ8bcOSh3OLUlDSAy6Y/Pjhtbf5Is7ZLca3M&#10;s7pPmfvqYJ+WgFNbrY92o2g6u7eoZVfotWil63gV3deeCk5Cq/UYowGd7iNRHek+upLVu13dR667&#10;y5NNyE2wYwzdge4DYCDvXjIqi9di4sBq3uUTeRfOZgzbQ05oy7x5tWPkhFRwkXG6b73j2WBpjtVQ&#10;a9dU3Wcn0zX+zt5otmXJW4gkZd/GzPhbGmtdaYY5re5z5r5lo/eGiVkd6sNquRXNGYZhyK4xITfV&#10;fa8NRRi6D4ArmLqHyqszzZL1LrPynRaamHwjvVn16K2YySL9LfYH5OJa3Vdszig+Td1rKPNM1n0L&#10;MSP52XVmFQdvR1Jvadw3xd6s9SiMrju0VS3ROtXVemPdW5s9+vqQtBOLn36WR3r14b0DgO4DAJzn&#10;wx1rv+8fL6zpnDawOn0XmZCJg84x+ZRP7PIDkPcYFQ8WdczGNbpPNuG11JVbCOsot3stCy9tYDxd&#10;9/HqU1Zey4pCY8xux7ZatyfZUs/cCMOy9ysy6rY9KQvlants25rCcjBjvCt79AdR1l6tFKtF3e5X&#10;due+NaUQWw4lUXsmBqaB7gMAXOb9HY75/iaa7uwsr2mGrHwGNUPswUQuaN4reLyxzXxxD3m8lHgc&#10;Bus+Xhsr1JdsWcudF4i7HpsbMV33LXa8YQi7daC/zChvRfIzsNYVeyPnDKz8Vqf2mPJ2eWgbs8Xf&#10;pmmsYix2bXsItC5H88C/8xKPtVlLbGKU3EEmze10n/FMoODKXxQI8cQFg3wyCzPoV75wWm25djs+&#10;U/hUICgF3IJfmerof2TMLeg+AEbx6azEuiU/v3irzNlpXl+CCFzJS+zaVKap0ARn434NjzfBb6ay&#10;+HgJ8UAM032FP3xV657VpjrUshdIU9e7qtQazw8I9/bvGXTf4mQm6THm+tRuFkWo0JhloP32dCRt&#10;+IBidSTZtnVT9TYnv0rBsVOGQqs55fpCzDvcVPe5E9jYUnpW99G21Endx79J3oe6T1LEBQO6D4BZ&#10;eG3x9+trPHR7zhIZPXoV2WVfft2X7Vzlh1vDmnFRi+Zn7A/IyBDdtzYqwRm+FsvtmVl+Yv8iyMbG&#10;uC2OQzLovo2WD5Us0KhIgZU9soK0H4vXVXNh9QWpGhkNXh567JbLAyeNDDSrVbwmTukQJLmt7jO7&#10;DIo98rzuk7F0+te6ZOc1UoKwwA10H412k7s266H7AJiP91/yTS0bzs8vseRjzuizKXP0Z9C3eZd1&#10;MGcifxWZZx7OzjmxPwFM7puTy7rPPNFYa1aZkiYxTWVkkuyqzPv/dpms+3gXEv9eLVv3LZu2Ocmx&#10;uWkoCscBsoN3eqmaYHw4Yts2bSPLgWu1epjl4BXDvGd1X1PXtR84P9W1euhYG4MrU9dmfUpEV/eR&#10;YjObNZ/VfRylfUr3idqlC637qJSc2GUTSOg+AObm/ZcZtFGSs6e9ndm+98xbF3g/h7CYQfflOj54&#10;ikJ+BWYqeI+mfh+MS7qP98Gzdq8ea1IPJ+OameuVUH5TdZ+MPtNVRa8X3uJGx1EEjxJLZbLbs3fL&#10;igRVvQskYrGVmyWvC27OqhM+lszA1sZGwkDWrmtkX4/uO+v3WTruuGvyjKb1rdlUeEn3VX4LauvS&#10;Od1HP1PcyQ1RoNB9ANyI91++zSGShB8vH2L/OvSvuo2fHMq7ecyZc+i+XMLvoSxduYa3Iz7H/oCs&#10;nNd95rBWo2CMBryCowgq2eO3e+DZNN3nDhSzmKHdJa3I9fZJz5ZHZY+7dbGogv2YlzyXT9gEk/6W&#10;vDhktaWQmi2aQ0QqcRhKtZCkulL23Vj3mVl4lf3LLI7hDKYpkrwTjdV4VvPrez3jvEGcZRIhdB8A&#10;N+b954wH6/787XNyUDdFrwoYOUn/4ywHxo0PzwXyCL9ZNOlMnLHwTmHikX7gEud0n5m2b/a6U8OJ&#10;1yDyyyi/aGuTSbrPLjXxblbiBGmu2g5nJliR/pNIrZuWlh7XB7f3M11RmlRGlpAUOpLpr4ejGk4O&#10;J/h1zZvnSOu+XHR1H9kmKQW9qU6FV9ZyeI0nSezu+eeidR3K8EfqUXZRVM/byNF17BYAIDsfP7+M&#10;O2z35/eXz5ftex1iZywjhu0+5VFRafKv62DyBDl29Y4ZVbYuMo8qB54zuk+MfbIxyVjVR4jyE4/C&#10;SXeTdJ8NulcPRvfJhitnhB+ZqUw4quZwbNvd6UQz0vi8jvLYbtu22bV7MXM1Wrh00QJT+UmRukrW&#10;RLrvqnfPYJI2ofu6f9k5mWub12pMl0Shu8csaeNDwco9byk0Xwt0E7oPgDvh48dPLy8v379/j7Tg&#10;j+/fv397efny8eNgy14PPcInsTjT/PD9+8vLy6ePnpeXb/2jxfmIg5OJLPsMPo7Brye7JzKTKAee&#10;ft0n9jSZ+++2cRmHbHAnRiQ9vjpN9y1W/BqrBzbg1doJLzDrLmkxx+uAYw60WCImvSUzacBS4sGR&#10;Sg4M93A73XcHmJDliiQA4D7o2cauq2R6R4RvxFwTyLKs6n2UGX7zHNQB2Tc/vbqPjT5injOz/CYg&#10;U8RkVzvV20/UfRJIdm9zWNm1GotFUfYv5RUCK5SjSt22h/b2s7IjpCd6dMV+m0gNH+uNdF9moPsA&#10;ADcgPa+wO2J8C5veOX7EAcpFju3sHmScs0fkTwSy7wb06T42zskuyFmkCLssKzH85P/Juo+kZHec&#10;t2/rPk+dEHicFl3BeLio+05maqDdNZqwkTJbpVzG6774l+lU0H0AgFuQtHd1RdZcZ3sNZ9L5Ief4&#10;EPs0gq5OvkPmWdPxYNvYPCg9uo9lH4sje7TDVLiTFznkRkmn677FSdnoWN8QKbudZ1UdUwKP06Ir&#10;RdqmuhAw65vaRsaZSNMDwgm87ovHlKdzCnWfX69c2mM77B3a1DpYn0E/uKmd/lA3gkWu/5Oy2K7X&#10;Lu0rZmfD+GhnugPdB8DbIynousO884wQXsVs2urd9MUOifmQd8e7WbYMehBT56OT1n08n487dl6T&#10;mQU284nFz06jm677aANmvtiuSYQYU2KP0YwFX3usVotld5cV2v2FforYtiWv/23b2smakLXVL2xm&#10;rOTwYrXVyTBs6q9o58HsLJXuo9Auq6raLs2ZGrK9zmq9ochzBoW6z546x6rW5Zas91EH8cokzpIP&#10;6zPLgPjtYr3lf3mPbYH+hO4D4C3y8fPX75Ek6M5Xe+1hXmI24ZdhL+MHkD/T1W2C7hcCmIOk7uN9&#10;3Hj0Mpe1j2CpJXsAGmvbZN3HQ9B0sWE37WYs29QCjcVi6VRdeUw/0WGlBGJHEwrmkBCSR+VisRXd&#10;xwHreSFJYG2dA5cN5Is9P5jgNDMLd0xuR7pPxJ2YLl1uLekIY1WASPZZEWicoVvG8Mni3B0lYsID&#10;3QfAW+bD5xeSgN0ZWznGQqczn8iYPslvrnUn2ZhFuY8/1QVcRUr3iY2PVUvy1K+xsCJihWFWuk7V&#10;fTLz0K8Qtgs7FueW0tIhbfvlPhR+NMB53Jzaho/uddCK4dN5hSg7OxONsjJeM8TL+HHeHkr709YO&#10;vJZWy6nR1m0g6Rx6nNftnr0Scx+pr2C4NtZ9pPB4piIljX2y5G8CfxAvGwOVE4S+Rb4426D5AboP&#10;gKckOQvw9vyazeQ3fRB0tqDlYRbZN3UXITCUlO5jadYZCM0FS0nRUhN1nxFCfladG+jdBdvFeDYn&#10;0nx8WakYmtHQbSW4+1t6hqamndF+e2vWWyult7HDoIO5qPvaykq6Qvavcbqvci81S7NZTky0ruO0&#10;39hEaOVAEv1rrPsos4oVRdDrPkqPXV3zwcVcXNhqKHY+epuLFd2y4aEXfFmD7puNNRfhdPEH4D6Y&#10;ZYzwWv7jjz/++H//77laoclb23UHx++IOWTfI0xqfCskdJ+IgCt1y3B45M+vFB6v+9z2Mj6oRzuC&#10;3Ng1th6y5rkpequ6bZrgiApeeHDU+m7VOFNeUemXNU5qit9rcbK+1tznUj9cAEHs/YF0EuO9MbFZ&#10;3edSsI7tdpbjSus+M6ZL8oyzmrxdsT5rytS6DhMXWe2s9kx0sP2Rk4EFqNN9fItdbEiH+KmidL/j&#10;yjgKexrwghJOEt14lMquofRuWJkupPzT2cVEMyBTJqLJBFKf06GcF/kqSa2XyoSUyP4vsCeC65nf&#10;PSCEq/KZAY8epOoPqTQjctqfpC68+/jl5Xt6yxfLn/mViH/+j/ix8fyFXfzP3384K5M0HD0ttxQ/&#10;abO4xbuUxP1j2X9IZP5q4/jP+AHm1x0LvzlkH85muyEJ3cfVejZzn7EKsU/TdJ8bOOSKWpPJaW2V&#10;2jqMwDKQbZumram7LJszvciqaTeFOrc3Eo4WJzA39OhG+mGO0jWz+5S9b7/saL+NieipkIZpSdY3&#10;+1618QPAxiB4DA5XqYpFuVG6T0XZWAd1UrGui3UfNXHUcpu/+AWT9mzXlJ5GJ40Uq0angfQrDP2Z&#10;R/dR1Gs5a6VtTyZ3JBn8YcnX404diUm39ZIWt7ax+TX3Hk7kGevuGTgN5tS+sXZ4XlIfXw6puIM3&#10;kLJIkR9UdK7P6bOCig+T+9YRgf/J73T5r/jBkbDs+9ef+PqnzCuTVqun4Va6eGgS9y3v+LfE5Pff&#10;/y4Xf4kfEO7X/jWHuXbESX5gNAndx/2JEmEiKxq7nnVjvzRtv07bn5gtUGjNphcdFb/Z1PtQ0bGX&#10;RqtN03323F+vOA62943m7ymqdueeX7XtKdVd80Yk/EG7D5vCzSkcwD24UDcqFBJv9+cQnO6jVzva&#10;b2Miuiy2xWK51YPBh03B59K5Md69OlTvWMqZdcE472lHVsmipJOJLfs12fLs0WtHGvTmq21ZKhui&#10;+etUlqWbq0fPWstrTUuCl+udGmw+0WLe5XofKFmKcH/HdQUH2/9s3AJjN6dwTHGySK04xRvi1LJo&#10;pwOnd5/5ZS5WHKCw9FL+ufmbt2V+7cvxvdzZPgEbToqefJY6HN+9yHBDsbQMQ550nBVUEVYESi3+&#10;zz8sf/8vudP+O1YMo/grOaWth98/iUWiT9Cy3/IxKekfP5AgbfL7HxKPv9s4/it+wHKnFr/pcxe7&#10;dHd4BHPS1X3ybaYeob1S6prqBEkg/tbk4k8XdMfpPtIbx4Lum06S3+ROUVcSFhJ8Y7ruo0Wl+iu1&#10;cHIrOLSth7KteUVHw7KHKVi10BxAu0hkf2Y7lp1Tl1pnGhk06NvZEug+fntpd9NjWPltRcV1aPza&#10;DKsQjaHPKLA3um8zRfnIYqxhlWZaZfYjbZkbiCTb5QIkSMpPjs1jc3boEdyMC6a1Xs5qnoARXznD&#10;HXeIujx90XvCmGHRPwLFkA+Wgn2fLiPULtEzy49i8h989a+2/Vv8q+PXPS50mGO75tk20QZpurrP&#10;yzJD7fUgDwc05pAMeW/ldN/BjPV51Wje9GYZRrpJ8/tk3cfu+bq6dj6dLs5AOVhT/bbd7WoeMqz3&#10;29XWhMRtA93rjntCRnkLO7nQRChtHErT0X0s5wql/XZ6s7wOTUmLSVb2ETL0uax9s7rPzMJzsRYH&#10;JQn7DEPFZi8P1IdtX8aKcD+nHJfbmrShmLLVAOSSFwj574Qi+nuxFt/rXVzal9uDHI1Y7+Kex/x0&#10;qnWAxWV1wwQpfMpsCEl3NnsO8a4v0sSq4u+7IxmRNYUJ3LE3zWLtu6rkgy8RHYtLm3JPj9Y7bQ+S&#10;hCSHOdi0Oychj8ib9BQPKZzsgIJxaBt9p612Equ9rpDO9+WOXjIfaT4X9lESOGLPD1E1LzbsRFNX&#10;naSyydt1uy/hbXiOBxWpTiHbHiiNjpwM8eS79Y6LRXus481Jiw0nl0RAinxfi+WedDu3q+olFaoJ&#10;8y8gdnxVSZhO/YXDfHrpJuLj55f/zTe97vuPv/3jX2Qw++ffREQJf/7LX/7ylz/Tr//8d9v+6x9/&#10;lcFc5k/021/U0+rvf5Lj//799//2/1GEjvsgbJKIfBmnv6/UcQqsTPb9+59/DyYmkuxjtfen/+qb&#10;3We4v9HP6VvUdPh5n3bNt8ww3XekQx+4Fp6oTam5ElPz0rTtweg+gltP62LtdJ+Sgu4B43IG3UcG&#10;O/p3yQH063RP510sGjcy2Eh07VG8J9PjR5MEO+xcs1Ryi2CaKaPUeC3DYFK6j10hqx3d3J5TfQyf&#10;UEzQK9zcON6m7jOz8GqXatzbmfIUP8w4W6glre3OK8fFOnDlqGdGxbaQYE6aLJ7x+I5QjAlDfjrZ&#10;riUcOovMwH5ipQTOrNcx9PTukRtufmScaEnzd7AqoGOUTvoo68CDUu2d5qTa2RkLPHXXO8Rv1kG4&#10;1jRr16HiH8RcGeE5jCc365TqXqeCJa1m/GLouQ92WDT0BNciWiqkhmmj5HJB7CS8uR8UMnvmjnlE&#10;8ts030WnNXF6cBk0EM2Kn0xOTfGzRpjVuSLdJDNa6pN1PMqQnnbf1OKoqIlva1oW8vX738w0OcN/&#10;WXUnVsE/7LAw81crMWRGndd9f+O/eYKdvOeGkwmff1rtKgnYSQFV1NV3t2ADwX+QDvwHXfynC0uS&#10;+fYYHMfXOIDTufutCt8gQ3VfI+2Rb0h4Nal9n3Rfs6JZZrJy1L/JlfoQzrIX/3LpPm7plPN7pyfq&#10;/q6b+lP3jjfwyd9rW3lXZ8cmalfHS93VS+9xrabp030Et6Y9O7RojqQ/Q0OfYajuqyvri8zNbGs3&#10;zXDv2+uGTLuGk3mwbfddb/ugCI9Ioxjj4cZuQyMZKuFMdtmmBzvtq4qtSD2rP8x64Pi2waqD5lC5&#10;uFsFFlu9pBcOd7w+7Su2MJET0q3ZXXTqnXfRTVMVjlXFh8Z4WcB/SfF0PXPtn7IF12fKcVfZWZap&#10;LxLrk3JDaoX54bhzwY57Y4LvS2LaiOroJOq2XzujUsRWKXHDFbMq0A7Bm1pGnHauZJog2oQ+VO4X&#10;05Xztcu/2p8nc9z5FEi1H/YVdtS4b1LbFg1KalO+TG65LFKFxuSC/ZMS3lxKapm/VMJLedESxKa1&#10;jqBzwOR9U1c+fcVPd3ZOXblCka6QrtkJn5QibYWpysDUh5RehmKTqK5c4iXHZSQy4Xe3OURAEtuK&#10;5doXa2MHNIslaJ3sH3/8w4hDO4dO7nvNwSpPfnQLSf79jz/+YNufqkdK7eovkGGV+v+Ya7H5/fXf&#10;//ybaNT2n3/Xdso03U2vX5EMR9DF3FX8ngav+6i3o7rJRVlXX1FvpP7o45mrLz0r475SGc26DmoH&#10;dtQwyvy+ne8WdQWWumJcrv1XdmwkH4jEQPXzXvhVyW6d0dP/jLnP6b5Fbb9Ni6Z3lvzSbwMTyD6K&#10;Xd+U6zN0dd9eqYpGVvKedvty7ZpLy2m3KXd8t9GGPq0Th+o+vxWgFfSugVXrO5ZbLy1rV4LcNtKX&#10;oQinu5kMiBepwsRJ44y8gWUkoGOuMvCPkkDOwmP7RXFHegef+8ooJz8dbR8nnQcXT5GZrqTKL1LN&#10;pENzlUfcYL2gllGY6aTO0CBKyLxk5YcJk3I8wEhd54b4RIGVbLfVKxa2FjX7STo8F2YJaEL3mXLj&#10;UtJ0lJJxVsO4k6O1drB6xuSxKbLWIck9fk9C6402Ujf4OafenbTjtHbtXl9Erf3VOSpu8qUEJIo5&#10;ux9lkREwdGli7RJe3PAJb0Og/lISRLKatmkSTOWX5khC6jS+ek1+8ed02wLfbbZMMrng2crOxVhe&#10;izIw0eKqoeeo/Km8CjHlkRaSCVu3WIxfNtXOOSTh+u+fXr79NIslvImPrWrtP/hapvD5MVfZy0Um&#10;2Mlr//6z/U0Mf+KFnjUpWaQuXQpIaqUq9f/iP0dOTLyfHZw/xkGbzHw7Z4NzuN6cu20q5FJ91SO7&#10;mnc9kUVMpgMo6/pglzRt6npD/zfP0n2j+2hnX/o3/KDjVocb2JPWDX32lUt0P839UO+qCbYScaz0&#10;qkdr7vO6b+X3aT75oZGAre8i1tTOFma+hww2X09X97V1JZ1XVbdL0w4KBzV4dQxWepzInRNPmllu&#10;lD6coPsOK7FVeN232qjxsbvTfRKclJyL5tqJ7kuFIQqtxS1BDwxmxvjEdzp7YXDZ5LBIr6t8872H&#10;m8omSOdBxVYyXRVA1fnz6/x5Is/rDzWlPqWf9U70yBnxSc/V536VYiJvJMd2FWroi6Pja51ojEQl&#10;knqr+nwVNpOoylc9bU36fFfhJSUjCUBPSkumi4J/0lQOH84oFyThEopEXvSfmT4f5Uq1NxJml0Uq&#10;IBJGWuke/yJBJOclObqfkKqQSSXURklJVGMLJHzCc8A5iyQ4+lNcgt6VbJ2AGy/5jlyqkV1fckOU&#10;4zzb1D/hUijGdQoh7jgljqfeWoFjwMGSAlerQ4JFwPlLtSBYNCFfyoivyEOBpg4aE7P6gFMSUCqa&#10;Sn9fK5OV2knKK/nmfXhV+valGQ+GeF8J15tvqdByxeE6lWjxcsGVg1odasG80rhuhZjD7iEiDVDF&#10;ISdhYtgnWjPayiW+RTjdp/E7tSiKxnf9YlQ8iJfUKCTdvkRC91loAx3T2xSHw2JRHRdmIz+KdLE/&#10;LBbbk7HA7Unw2VEqzwTdV5v9op3u4wueu0nUpoUjQWUeuAxFOCU/cmCnAPVC4a0qaz5ICBJpo0/m&#10;8BYPPSqdSjCLiRNCypvrzg1+REjcPFsyaHMcN8LIFVGSOBFCbf4SGRBUHhWM2AktnxRSvNYmJwm+&#10;o7p3+qtvTYdtRYJR0W50QuK5/m7ola5cYQ5/k6osbzrPJAF8Lfch5yxuVKSMlHIBThyqsyrLtRvR&#10;TDRJ8qIPmVRE+luKxk75JilXprLIIgmv3pHpeir7Ownvc1cKVVCLvAq10NfO1o2pUqpFpigiLrgG&#10;CXgwdCtPUvWSlDiooPcseU3cljAZo26qVnRaMMF+CBjBq/z2Zle+Uon97uP/w7/RHD4x73mz25/4&#10;b5lhxypPyz5Z5yGJ6XNFScBE+scEteDsAo7z3IM+Sm9KM4XfYi/AzeASye0AFWiqV1ypEmopE9KY&#10;UMtB9cZbicb66Fa8qgq49J+dy9TmzOkOLKn7FptOQ7Y4BN2M6u64SU10cpc5o/v8HMh6Rbpve5Io&#10;b6ndPKxE99lUsIe4hUzSfdQ7H5zu29ieTlrae7P3mQ49vk3E22ETqbwyfXF8m2EXwjlM/LREJf7V&#10;f/77qy7LRJ5TkZWcTPWKtuOj2prosn3PpIenGP67E2n38RchDwarA5LbXeoxRDoKp0PiJX4qSEll&#10;gOWE1EJJa4dI20QJIHHxwqQLxUrST5um9KZJlkQB1TElfFr3zb9dKq0Ucy6IUcFwCR8Jw7BQ8Y8m&#10;v+lQyhi6n9D+3cxgEmWLU4lzxg7Fx3QqjhZi0XozpmsgtB/z6o6dICnBDt5XuCQNAmGtiu8+ynpg&#10;v7xXDs7gVR0iCYPpdqz7OOCi8CQH+LIv/R2pWvA/O3tTD+f1x0MnBD7NvVgxnxNXfbnGUEsnNSct&#10;jTLAtdB2ho1v+rrqbDiyT53uImv/TV4OdTut+zroDf3WehjOxsXfGI7VfWmstgrQOyo7Ur0LEz+Y&#10;pLETeiqjfowQbIrVUnyrCjOIv5WO7t50X2c81eJm1h9pSnm5FFWVSC6JZ9I6kzooQToVNajqy5p6&#10;mq86eotwmVgfqmpbqqEvyYp0oeCf+OMjUkGEV01xF58wvfjb+9jAKfMMGL1XeDfNlLx05vd6z9Hx&#10;OiEkkZI+cHFCBtoh1rJqiJlgD7l5MUbDOFIcK/5JfWm6pbOSC4WEpWsOPDOSz78cY8/otO9EFhnO&#10;BVHQCc93VdrIy8o5PdJqp3+caGHBeqUUYVfkSWZ0G8luwCXx+UuXf+xaxTsnGkkB51fM3EjaJaeq&#10;NqU4kaoV4nH4ySP3uMSIk1SPQygGsTDXlc+Zht99pImA5uAMMcPxiG9gkZP1vT7JROEpCejc7eAr&#10;tdQC2+e9myCefrzqZidf4uBM5XWjA9Q46dE0rVzKuVGUKVHZICd9y0GtTaV05zTImmPq4IrmGq7V&#10;fO5NqlHrMkT3FVr1yTluy8ZoP6+ArsfqvsRnop4DqdmmRkO8xS68O1SUbWgcdOV2h3DO7aUt23mz&#10;xoZnp9+Z7jPj33Hf42YEedtCPBzkELtPOmxG+3buSOcbd5OSVFw2+Ep3EVwf6EBn/sUrEIkA+9DR&#10;fX7fMKXfuv2cBMMrA+VtT6R7J7NFmH6780nojV7x1DEVnRCRJbpnV1Pd4oQM0j3SspFGVEbDhLXK&#10;Ev8kwkdVbC4tgaQS4hclvj6tk9bZThbxLDdypEeHdzAJT5cqbTo+Gj1El/HkO3GBi39HbUlsE4Yr&#10;JXcMUqT9j0nVE+JjL2HwhUGyrvsZYRe7hOWso/sSpcrNDNUNgLftxrknv/wvUoAy4qvPgPuTrAQm&#10;l/RHikoTvntlpX434WTb15NK2ddzvF5UgMGKhxMXVyvITH1MiYjRsIu+66EGwVbxZCN7JVs7gd1s&#10;0aIV2qppDwkxEHJZ961O4b5bPEGoOMhqSZdWQzRmzAjdV6VulykxeIXuuwkU4b6GexqSIokpA9JV&#10;+CZf9SIREsSewsK/KeFkckDkJF+6fsCUbAmLeBepTurYIoljVvByMZbewhtmxEF2T+m3eOagsWsq&#10;5eg71t7+ku+rHkxCtTQ/+PIcd5yGaOhRRYf/TCWm/KC6dukruUJ1B7i1cuJLH9bIRwmhSj/VrnDK&#10;cJcd2QjNW+5Ps1q0E8/ui0oFqNU0jCQ+tadxFolv9EvHfCixKUwsfc45Za2FtITS+2jUobdF+ZyW&#10;nyTVJKCx6E0VC5HYPhTGKioxictCJ7kFFUUzQGCR0piQm8bfSFPyPeMfu9SphhRQUyF9MHR9CMuK&#10;HQFQLrRuEfDvfxbZx/6pT42OBFRFeEilnrYD3uuM9n7IfS4b5vXdAdb43m654FIzosauEnNExsKV&#10;RZym2iQq05n7OkaEq+F2RLdeYo6zf+zVng2jKA7BvqSb8FPVCthmn5ivcple3cfb7LtxA03lRbOn&#10;WKzdXl2ep9F9KdHLKWs6Gek23Hro+HXfAXTh0JrKIgXJLaU2PZR4LkXE7SIsPhoBJB8I1nsq8nJp&#10;tnexs5+MexIUs/+3+Y1/ksiY0iw1yMTMuiCBUKpEPer/dpjUMaXbJAG5KG+YXWBMuDvzwJS8lOJr&#10;vrfsKYEJo5BrdKSC2n2BZJV9PDodyKNIy8ajvl6C2kdtnour/GUYpB8h3ptcsNPqEsGOB6C1CjCb&#10;s5i0MnHXAsFst2JKhvxigijRsalAwUglPAVIp42bk6FfNnJIrk26bE1hlICbsmi+g+1vqQbYPFkb&#10;7+yTpoGTWB1MoqniGaDkoTxi4mRdSzUC8ktoCDRtnfxhAmZy0DjFsbNhNJZ9Wx/kSUlGKUdupqEE&#10;wL5HZeDD56//l9n2T33QyQecn1h7plJL5tlaEFZq4tMEIXXzFR5QfW8U11fyKlFvT+AOw7RmGVD9&#10;Jl2Sw2JiZDrfidcjrXmw4d6q0Q4vj+OlH223v1NOy9Dx0m0LwrXenhc1gq7uO22p0VnR/B41Gm6h&#10;jc2W3Znbu8W+OfCLxdqKmyfSfaYnjKGuUKWGpiNiOklqkS4gkoXytOmhIt85K61RoluPjOLp3Bc4&#10;bVztcIhPoX7rKlVT5mPzXse65OkGwyRM5zsk8b6Sl25D4Ii42nEDc4rzxAgqvtYKQpuWIi2bHPW1&#10;iiE+8MIGvqt/e3I9jmtkyIl8j6PjpxV0f7HvdBPM+Nn9eOMf+MqmTVQ+xClJ6p6awGGNk4Ujn7CR&#10;d0PHf7qc6Ra8UKox6pXk12viLekkoukI5mXzV3SIiFNZkiJxwOy4jxFq7jb/l3OC36vj90xW6NF4&#10;vrRp1a01Ayo1M2m495aH9n6OfZ/KzXUr6MG1HgduLawoszWvU8PGwW26mv5DTejSzMZIDwVdi21W&#10;5CO3lJisjsHeY0s6KvhqdbY5tU0gUnYmPifTBJQJAXEdXd1nmiVm2deSRCgh3TaqL3sW3ddVKQx7&#10;pJel7grbo8WCpK9v8r2dM5DQ5mrcUzgVonqjeik9nlJdOnCqDKqjvU4b11+bMrvWgsRuvtzRb+FT&#10;TgRp2wSh5VOHcB9I3xWHB52llvNqo5eyCvHDtieNXrEGN50mvEko0Z30pkZXYy0rr7o/I1UYhv5k&#10;3IxthIQ6bqvZuloUme47L/LfSjEFZ8UFKxz0WvKwLQmDeCHh45F75eFxJQlnf1L5Wa9szTBhVbE9&#10;lZJ/PcVi5Yt0s5b4qyJgLbqML3iK0ELqzLxcA0wIO/NNxcuodTCazXueTFGb/ypdgk99n6Yns+ZI&#10;yg6/tw0TzaWIfKTwZVw2gyXXQyu18HmCHe3bbabHvfst9ngiP15lnBqkcZWh4kuqpGaqLxdU3SGM&#10;Rb5vpRfgmiYeuUZlzJS4GN9lB50TDc8GN+i4W25G98fkNGxLWberxXJHJ9QFLRqZDYMOgbv7iSLG&#10;6r6nYXqSgYdFWpz4LgDTCD9B7p1Jsurb7Fa/KaPRSb7GPoDXxX2cbPjDh/SHMTCxFInHBa5HT243&#10;ay7o88oJzng8ZRz+20vpMorBulFnGTHLgr8gKw7Jki0Bm4q04LamhRt7M7f6sFhsQkskmUVILZbu&#10;K9IYeSaKNug+8DR0DJYA5KAzM/Te+TBhY5fff844Zvox90G8MPXdH37ew5rFE1vfRM5I4xxPfLgO&#10;MfYZ9cidPQk+MS4yHUv/BJYb3mzfKj+7uUulj7EUDmRxIPFHmuvAB1OwRb5Z0l0JbfgKiT6Z5Lx0&#10;c/utyTJ48Hp6xxffMNB9T8rZAWcAxsLlKjlT8X6ZprC+f4rdy8CnSUFK8GtGhQrG41UHHc1gemQj&#10;9kT6dGYmD8YoMLMygRt70kob72TiuKSpHPSx44ZtE865qcnjWo6maEjnVWSI2FQU5T2HNGhDaC6L&#10;nWFl8RO6pjY20H3gaeBZYd2lnwBMIp599yhMk36//3rJOOb7fsrgc5qvt5mNCK7Hyw7ZFY4nUZu5&#10;72ZdxLhpfkb1mZmt3Nazs2azdn4kv+zrzMCu5Zqm4Xrtx5N/jwXFjGMnG9kQ5ZJfLnllLD1JW1qz&#10;FdQZ+ijR1Ph3jgmKADwDSz5c4fG6Z3DnbLhgxXcfgg8TFvgyv36bPpD68Vvs6nRutAQFjMMLv1qu&#10;uVk2Jj+j/NQqsIEY4WVUn2hAcvNU+AWqc8g+Z588GeG29rvqLWkc+LRTI7hrOuBndWrLrQxJr7e+&#10;Tyo2pE8P/kZpFB5t7EInDu0q2qEdAAAAGMu7CRs6W359+zzO9vdpBsn3+++/QfTdO36OX7Nku5fs&#10;m2D0k50uFyzcv4AdFLXjuSyYeJZfpbaXyjm3T+F3iFEHbCyK08lsM7pl015drftEW7k9UFBPdk++&#10;KtiphQUxbHwAAAAykWtm3a9vLx8HCcB3n75OWVpyjheIvkfAHE5E7GTbJR7QdFtsud3D9MZJfbit&#10;jNxYqIgkUltNofYEnDovrhe1VZTdcJ6MdOFpbavNrmfLt+MhGoha8XJfwu6Mf3YTGAAAAOA63r3k&#10;3j/l+/ffXl5ePlo+vby8fP+e25MQLOR4IPyhEA2vbLBizS3A8AdWrPa9hr/j1j3lrIPmBCjjptpL&#10;PrENbC5qg2hMmZ1nMZs6D4EWfiho8z8B89IBAADkJr/2uyXfB1kawd2gFpUeC1mrKnLJz+wL9dOy&#10;3FY7VleHqloHBrKlXwEsI62y//xG7wYYnKk2J2KhC8PO2G1eFpXRtKuDkaIJZVjqRc0zjU8DAAB4&#10;dt69ZBrzvSlz7ikIZkOdA3ssZIjXjIyqk2cav0giSUHLX50z8qwox0D13XJ+nDMx9oR92ZhtX7bp&#10;A9eWVWzf7JsXCAAAAExnjhW2s/ELM/oeFq3LZIsTN0q7WIVz4erdJpwCtyyrQyiPjBFNzv5s1qHr&#10;wbtzE+6Pd9TLec+z3FotfDPrJAAAAEB8nmvlRUZ+QvM9OGr2He19LIY6d8JtMNZ5jmZnLGJmGcSh&#10;CJZayBkeN8SvV6bNV8xVR7o6VutYw3aGfQEAAID5mWejlSx8/xgHFjwiWvmRXuP9jdt276TaaqcG&#10;crvUW/ekWQZxXC1W+hV1fu7NKJq6WjuT3QD5yvu4WObZZRAAAAAYwvsvd2b6+/EZZr43RKD8aLR2&#10;bWxf4ey41bqq7LJZWtkR7mC8NsPC9ZLPyfC8hurropVfUxVlKGVNGIuNjPJizxYAAACvzrvP92D7&#10;+4YVHG8QPRNPtJvft++wuWD8MrsimyW00V7Peh/lV8UcrutX+fr5i9E5vMWtB6UBAACAXt5//vY6&#10;u738+IKNWt4w8VAojfOu1YLf06HalMp0V5bbXR2t+vXb3ZmbN1zDe5niEAeHDZPxTQAAAOAO+fDl&#10;2412fPnx9VPsOXiDhMOzBG/KvNwEU986nHa0CmS56zzk930GAAAAQCY+fP46zzEcP34beeoveFS6&#10;0o/UnznDrCjXVVXtaXbfrqq2pbm73sWb3REQfQAAAMDMvP/48vX7NCvgr+9fv2Ch7hNz7kDeU13v&#10;K+ZQqzHemNOM57EBAAAAoIcPHz9+eXn57fv37+kFwT++f//+9eXl80coPaA4p/0ukDgdDQAAAAAA&#10;3DWr/ZXi71RhISwAAAAAwMNSnt+0Wai3d7FHHwAAAAAAyEC5rna1m9V3quu6qvS+LgAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;kIuqjajkfny7ldtlfLvucaa8zhnjax3fn9eZvsD3OdPj68zO9AT+gjMdX690pi/wPc70Bf68Mx1f&#10;r3VGbg92pifwMzvTF/geZ/p8ndkZud0J/AVn4tvXOtMT+D5n+gJ/3pmOr1c60xf4PmfkdifwMzvT&#10;E/g+Z/p8ndeZvsCfd6bj67XOyO3BzvQE/oIzHV+vdKYv8D3O9AV+Zmfkdifwfc70+DqzM32BP+9M&#10;x9crnekLfJ8zcrsT+AvOxLevdYYD37mb0/HhzvSlzLzO9AW+z5keX2d2pifwF5zp+HqlM32B73Gm&#10;L/Dnnen4eq0zcnuwMz2Bn9mZvsD3ONPn68zOyO1O4C84E9++1pmewPc50xf48850fL3Smb7A9zkj&#10;tzuBn9mZnsD3OdPn67zO9AX+vDMdX691Rm4PdqYn8Bec6fh6pTN9ge9xpi/wMzsjtzuB73Omx9eZ&#10;nekL/HlnOr5e6Uxf4KtuAF8RDvyyjFhK2OPbJqZFfHsl9zvOFNc5Y3xdxffndaYv8H3O9Pg6szM9&#10;gb/gTMfXK53pC3yPM32BP+9Mx9drnZHbg53pCfzMzvQFvseZPl9ndkZudwJ/wZn49rXO9AS+z5m+&#10;wJ93puPrlc70Bb7PGbndCfzMzvQEvs+ZPl/ndaYv8Oed6fh6rTNye7AzPYG/4EzH1yud6Qt8jzN9&#10;gZ/ZGbndCXyfMz2+zuxMX+DPO9Px9Upn+gK/vD/dBwAAAAAAZgG6DwAAAADgOYDuAwAAAAB4DqD7&#10;AAAAAACeA+g+AAAAAIDnALoPAAAAAOA5gO4DAAAAAHgOoPsAAAAAAJ4D6D4AAAAAgOcAug8AAAAA&#10;4DmA7gMAAAAAeA6g+wAAAAAAngPoPgAAAACA5wC6DwAAAADgOYDuAwAAAAB4DqD7AAAAAACeA+g+&#10;AAAAAIDnALoPAAAAAOA5gO4DAAAAAHgOoPsAAAAAAJ4D6D4AAAAAgOcAug8AAAAA4DmA7gMAAAAA&#10;eA6g+wAAAAAAngPoPgAAAACA5wC6D7w5Tm3bHuObAAAAAIDuG0kY4Kpt2zr4XUFp3Pvj1dSJlBrq&#10;Q+o5Tvq9+/NsTBLQ2/G9ayE/q/jmYrHYc9hW8e2QoizL8BFKoXVw55b0RSaCAqkem1L+U7k6J6kS&#10;2EvV2Op9MnnighullCtJ9gWi3hb+CYbda/zf5IrltE+Gi37yfzlv+RVf8l24zAV5tPWvLQ5t2x7C&#10;0BHklA5De9r5IBdShInGRtXkvH7F4j1q26VzhF5wnCrrepQNR+XCEIY8neodMpe0gdXFc/ULComB&#10;KjymOHVTIojxJi6DFpW9xzPNFP3uc2pSdaXYJ8t4FnR8+nyJ699gpkT7TphS9oanwLx5LKRq9msx&#10;d1yzEgb4rFqaVNE7pHrdoT6knpO039g/z8YkAb0c37uWnuq0kqBdCE0nTvXrGvt6IhPzHLpP+pF6&#10;dyATrCllV+k+95bFSCwvyALNRV2SF0wWuu3/CnWfdynWfVtSWf61JT287Iauo/sIkbiFxLre7UWU&#10;iVeXdN9arr0gDXQfIYkfZsNGftq5G5egp+N7ManeIXNJG1hdPFe/oDBRUGqeMpnQTxEqwkxQBg0F&#10;52pTV7WIx17lRz8+gO4bFJ9O/RvMlGjfCVPK3vAUmDOPLama/VrMHdeshAE+q5a6FqkprMqyjL8/&#10;hzYlqedM4tsAno1JgrIsJ+dbT3WSzvKS7S6OU1XXkwM0hZ7IxDyF7iPdY0PGPSx1n4N0n3FfDBBK&#10;fRWmTPiOWhfYkjusTuoHz8e6z0Ul1n1s2fD9PYWEtFjomKBjsuJiy++RAwd7m+5ySU7kvP/LJBrh&#10;mgz9wopj6Nzx2WDNqnHT0EvH3zNwLxHfzMOyLMuuUj/DwPqVxKSRikrTtpxy+ilC3SvY/qrKoL1P&#10;t63O5mf64kG/3b/uKyghLsWnW/8GMyXad8KUsjc8BWbMYwd030jCAF+rljIztClJPWcSvzEdxmvE&#10;JF2dyIJxIOPHeetdKk6vSToyHRK9/9jyf+sUGKz7dkr3yF/Ue16j+0xv5B0h9bWl/zjDVlhg6a/O&#10;h4JzmQl0H7luSn5H95FSdWWPOzzqCEPHhDAm1Gfa971ccOFM5Lz/S97a039cpMMX6C/njksmStwd&#10;/cebCS8Q+3uOGXXf1QysX0koGlR43PuUzvxBEj4XpQ6bejsJS/rem1cpN3wxDQkr96TqOqMmGBSf&#10;bv0bzJRo3wlTyt7wFJgxjx3QfSMJA+wadbotH4jUqcgnu6noPH5jX6BqxS1J4UZxTuYDnx+jJtx1&#10;HoKZQeKbe+fP3jclYqtnGmurSD3noR/Wjbvvu1EfMmX28MExFZ8u5cp543wmByQmhHWDu2bhIF1u&#10;ujpRl7zk1si+qXs6dlu7xYHeWLOHDR7FuBIjCSWhtYaYUTHVfpELLsZ7O0LpX/GxS7Z5YuWhsKrI&#10;rKzppq07ZphE72+i5hLMxpvbARdi2/+4wO5crnbTxxQ+KRXkXTfxVShdiTlPIDjOQW6G/R0F6Trd&#10;J69Z2xdZzU7SD9sU9QWWsaJL41xmnLfsT+O0WUf3cQm0AaG3OOlDx/yPPib0F02Aon+97nNW/0TO&#10;+79EXxaB1+ELLr46GyhFGnFr6MhCKh59hLovUazDwuhS177hr5eufTLNna4uppo2K1t4dWWwBd+9&#10;QA95f+XH1AsKultS6O0Nzn26Gz4Xpw433ZH1K9LCUTEMYG/dX6oR7qSGRMr1H/YDxqcMtwV0S/ke&#10;1n95tky33776H2NjXiI+XRsnPRTVv8GcSSAFdTD2MQ6oueYKQVln0oTbQ5PrdH2UoAmcrCaClAq6&#10;XdPRtNfpFtZ3JrYX4LLnin+3fOk+0NVD25PsXQro5iLRmHJoqEtWvkg/Zn12/dhoOLfvhEF9yb0Q&#10;BtjVeolJs692nG88DcLWSyqNtomjHynzuCLuypKnv0t5pztmYpDUsHpTltycsWuuoHDWNbtqLyWE&#10;X2ZZVq/N8/K95p7jxzp1j+6VFB6pRC4mXA2O5DW5L3YPDvZxXa65SQnbH47Jviy39LhMsjINz6Gq&#10;OD4cHO7XmqosN3yPn9P1wMEWDGlybXXWdUS6hk1dU6o2dV3vbPA2Jngu7elmVUmN5AoTRkMaBXnu&#10;VFV878R5KCnGQeSW/7QxGdVpEDm57cs2MhyyTVmyz3H86MmU7uNkP6xN8nDjYRrrg3FesoKfi3K1&#10;mz6mpbah4uIUJT5dNVuTb3HhSJJoqpJEPYm+3Wn+dEmiC+U+BdA+Rkm6luS2rW7U4QZfV4bwlvOW&#10;/aEk8U0rOxQEUPdBnF4J96OYmAUgEv+uzSSR8+pXNqiYrszcCl9wZhmdDeTlRsLR9TBNKh59BDlp&#10;izWXPAkXF8ao+OtX3LVUBd3c+aTjznpf7UxppVtSXqlw8k2uvO4F8azZmaaWk4Jr9il8QcHPUWBN&#10;clJzuUmmRHSP/oymtEXl7hwueIwrXhIDmxqS2yZSQf8hyuHokves7nPPJNpvzkbqTdjBMfFJ1L/B&#10;DHHffe4TIsQkmBJHHgKSx0QxyzXFec13JJWl0Zc8li9FhUo4d51sYbkf25Xlhu+x3PTPsfedgSjb&#10;B6oMld53H/TSurlINKYpX0w/drIN/tCvuz6Me3fBkL7kbggD7CoN3Talmwpp0I/Qv2YhFLV/1Hir&#10;8RxnPOe0UBYzM0ec7tpb5DG3iaqcO+/Ndw6VGbpMPqeQnymw7GcQE/URSi5wGMQpqk4cFxssNahF&#10;bvFv9J6ZZs+hoAuKuWp1+TLsNgX3AjlimihdR+iaL3wzqoLHo4OUcBxl87rV3SpF3HMcD8kJduYk&#10;XYYLrfrSpIyKiirHWN5gBcivkHcmG+ntqKZS+Pc0OVKwQSLZYlzie5R63A7I6y6K3MFJKLh5dO1+&#10;nD7S7hjPE4lPjpvPZt9wnifRVCXp6UlchkXZbjM8qlqSUnJp23036Nr1RSWMw7nMOG/lSXIz+DxT&#10;JconPI++JhwTdEzYtipZKA34MRp2pvikos24bkoVOP2CuO5um4i62RBUnIdkTcff83AhMtdGYhIU&#10;xqjQ+uKv3bfXVHVMXtlq7ZKO3JUU5krp6r4yeoeNBf1oCgGHjwKgXqCQxI2K5DgF2/19SqdEdC/K&#10;s55bfZBjW1fVnUWLUkMZMTkDyVUjJ1wzqppW1s2cwSqArrxyilhbkE8dV1J8iXGtq2dIfFL1bzDp&#10;1qCDr0tHnoYhqUERL6V8c/yMbuG8psicfODsgnipJeRcoHB1zO11qoWleyZ3qHyzy6nnFK7H98qY&#10;H5MS6Xtf3VwkGtOUL/yyeYfKzaWcuoRJv7tgYIN1H4QBdp0P3bZfmXRN/7p6SeWRy6CrdvZffU3/&#10;2q5ClYpdXQede8rm4Xus8Dk7CuKCqTARocJkRUbslFU62inrvA61lTZWXtAzcUxUjMiLsClXuLRS&#10;fY6uI3TNFz6gTjmrnlBHw3qj643rMVVOKG9cyNTPdC8qquYz2F3TK9pnahCi72Nuo0PIUe2SzeFU&#10;M6HjQM8FRcNe078UDLfrQiLxyXE7XFLX9ZCR3kRTlSRV2nTCRNnuktimhcFFT9kC6FXzvRT7Er1t&#10;b/m/gjwtxX0quS5cPufoUck30grS0YV55mOisXnth31OO9dNUvKlos24/Fd27riomOxS2eC+K0gi&#10;dKwQaUJ/z6PqYFysKRd0PbfFP9W06fFB647NDV1OWbtHbnQ/EslXW1xty6ReSDUq9LMofefUJp0S&#10;0b0oz3pu9WEzzkMxd7EkrIQmV20zan+nf22Jts/pALosoZdt0Uu13+rzc296E8+Q+Lj6R+k91LBs&#10;SbcGXWxBoBhQGtnoUrl2pWDftru9qn1UECh6VLpILNGLXDho4U7sfFwuky1s1FZ2WqxEK+hUqXda&#10;NVR+CPuCM6mfKQi2YuusHQvX6DthSF9yN4QBdp0P3daP0L8un8yHiVQbEjVBDtLjVGq0Ezxuewo6&#10;40S5ZIfDkrBmE3H8HNWGuMTY52hoM9GNaqdco6MwodXNtvvu0V53yvfSjxMlmmhyT33jyq+xe+5J&#10;CXAQPHJ8Gaaw9SYwiiRSXXnTDVlJv0ap4GyxhH1Fv5qoqdxGd+x9wXe4TYNUO6DjELT7cfokvA4S&#10;3wz9xiNi5+hkZQ/dosQkW1GdA1ECe92nvjv8M7Ev3ewJapTy1j5Zi7XKhUslmSlFWrjTrdrD4SEn&#10;FXanQqY0IzxuuhYlXyrahLIYUK0TQwWXOOW6iZ3PBm+M1GbCCwT+XoCLp1ymirV2yvXM+qa5VrFz&#10;6OriPo0o7sFTKxkg1i/4FiBVytULCrpXSiKZP6l+pVIiukd+RbN6o2w8BznWtfcFBdfGSkfKhEEl&#10;vjzHma5uJuu/x7ffid7EMyA+Uf27cqwxzqI+yBcqwnsqELWUCgq5HZahLGNpR70ZheFkugp6yJiQ&#10;a3qbfKPPp3BAO1Euky2sY8m1u9NidZ4LM8qkOT3l/B/mjM9j9bMu4J3CPgIO653QLbJ3TBhgV4fp&#10;tn6E/vX5RL3tRkqts+B3kkA74Wb0ts0+MtrbxxlfEoqt6ibOPOewv1Og6qA1SjoVV3a6F5dF+oPi&#10;p8u0ul67njBuyj3K7sXfxaxLYvf4wvtMzzmrigmzDpf1xgQ5eE7fVN6okBUbZ7yJi2pQ4ekP24Jr&#10;onSPmlnjaOCSNQikmgnzvHu50+7b9IkbiU7i+5VAhzBWvSSaqiRBx+ZxIYqy3UU9iJt4x72NFsXu&#10;2zn2hVMwCp16T3trn6RxxaMKl0oyepb8pjQyRSt0zD9mY8I1Np4AWlBnpnIpFW2C3jU1jAdP+Uq/&#10;wDvViOsuG/izwwh3klax52lS8ehDFctEsU4W/8B9c03JFJm9XdIFhcFV7sVic+hrLNRDOgidFxR0&#10;r5REqsQlEkE6pPpJ9WeUZz23+jDeGmzxCmJsS7GOlAlDUIPpOXZKBdA9EFXMTvud6E08l+ND9c9+&#10;2/fU7XMMfcN0RCztuBZI/ZNSbeLP0o6CvJPoi7Qyo8INdR1GFFKbHTqvc9Ze66xQiVjueZYo02mx&#10;uq0gF0KN0X2ddvq8Mz6P1c+6EMRN+hg6YX1FhvQld0MYYFcN6LZ+hP71+URl+egbHL44eqOPbMyn&#10;neCXnOAIpnMHAbA+iJA8blcXnlO436XFdjHhaWPtaRc5FRuGTGiDskh/9Om+JTc9zX6tin/QAjLi&#10;uSKIur3mC+8zPTeX7uPlAmFqeFSvY5NRHlMGvXgHx6iZVcF1Llmdk2ombLDty51236ZPkDGpxCdW&#10;djL9oDHCbgKkocKox1iqqqq0CTbKdhf1IG6ihbhdV7pb4A8DV2AFLjn+Tya85bx1/lAfsffhUklm&#10;LLl0xwqWhPthTPidbg/KVdMWjFS0jTsB/FzwAhcKTg6XDTLTW9Fj0QmhB+N7fahimSjWyeIfuG+u&#10;u/Xc3wt+s4VXdEpPY+FaABVAeeHUKeAG+pGSTAx+ViKnUiK6R39GZlQ1/YBYmtKdwnor2OIVBNCW&#10;Yh0pE4agBlPxZqdUAN0DQcVMtN+E702ixLkcn3T9G0zo/hmoPBeUIvT4iUq7G7XlynXguxtplPlx&#10;08pQIpZ013Q+O348iicFPL5OtbBmF+v9pki3WN1WkB6Le/PgqWHOmGiEP+tCEBSIkXCFuROG9CV3&#10;QxhgW22TpUrlE1Wukn7wi306Oaid8LDBgNp7WxJSJYp7WqPMUs+ZT6kAHxE2ptuYULNhjz6wTqQy&#10;yYSWYuLsDGfGeblTNIbvblPu8J/sFgpK7B5f+DSkl3SK9I3z0k/xczrVlTf2FZZ9Rrl1a2owzkuP&#10;0isXZt+SK+pnE6bOOK8deo+bCR1XN3qfSh+dAMnEd7ApKS4dKboJkIYjo+SuiWOyFdU5EOSPJD2V&#10;6W5TxQXOVT2BWuvYpkTP+r+ct3Rb/KECu3Hh0klG1a7iGNs+MHRMCGNis9a7727bWpGKtsmfEPti&#10;13WXDWwWDggnNPVgXR8CJ71cSoKE0K/2e/DcOG+UVYxNOvrXzRgzhZcLkBEX3caCHrK+mizTi3q6&#10;BdznCNdReoDFRColwnupjwluIP2fKok6qFCp4hWkhg2trbb2tdhleo6dUjddedUVM9V+e/hTIRz/&#10;5Hrm/+zGRz59NYO+Eh2JzE9DuVgZaUcRPlGhs0lN5a8w0k5Eocpnrvu1/M2ikEpjZKnQ8bLXfS2s&#10;uZdssbqJqtsNCz3lPsOGOePzWP2s3U75cy3dxvT1GNKX3A3hRBrXyVM87E17rfOJLt1khVAw2Gt1&#10;T79J5dh2G5RSVDr0Kgb7my1l9jk1KSM5wUalPC8wU07FZVPfsyNfOtS2a9TrOqICrEPQbcot0bRh&#10;CpOdP27dc1OAfBrF6zVIFugUtN74CYOD13Xo3i5RUykw9pYNBeWyjQP5kljXoeJsc0HPUSTPh6zr&#10;cGOeOmR2DpNOAD846h1V8Q5K4xkSCZCGEtpHm3wPltoEHR/flsY9aAu47+fySzFSlixql03HoFyh&#10;v+KWPnTQp3xU8l3q6CSjNGnEHmhIJVJYgMkDW4VU32pXPCRy3lxy/fO/0IMU8/AFe9dlQ+Senxd4&#10;nlQ8+lAiQFdgum3rpfUySF1zzxYsn8W+Stik87M5wgkOcXn1F9pXM4Em+YLC5biZ2yBfqqmUCO55&#10;G6vGFkAhyrsAVdBU8dKp4eo9RUq/Zv+1n0+u7qkAuvKqK6YuFea+LteJnsDZ1ZlufHrq32C6PvZx&#10;oEmsNn4U9saHjPKCxq9tWThSTOyL1ExT4eFy1LTt5tiZlpkql6kWVhX5sMWKntPoQqOKcGepzQVn&#10;6GedjXSt805fj4WjdycM6kvuBW1ak1TkP+jCPmKvdT7xa/5Pql2mYFJu86VyggumUVO2sNiSwI2R&#10;JBlvfGB7GlOg+BO17zmNTnkz2kePUJ9tQsaxs4XPtM1WabrQqibXWWjidshUJ2MX5NCETbmBg6zG&#10;GKzhSIWJXpFU8qmrX7ONlE576416jsMQf/SrYNtXVPV1qaGgxDax4p85MsokR93MoHFe7ZILZqqZ&#10;4K5R4sDPcRzpxzh94gYjTnx6xzTf5OaQT/hEU5WGi69tdzlhgnWz/LPrOijHpHHXCcyGCZbPVHP0&#10;zDU7iqwKntlRuBM26g4CY3RXXxohwA4F7Sq/G08gsNeWsADbEHEVdO/xKJmtFVHOy5WqXv7vZfwC&#10;ueNyu5Tapg18kd2ml4GPMRwScx0Va1cY5Z5fTqFm6FJI+XVVQG2VcElHOS27J8lgrfpSoELebSzY&#10;ValVtmDTb/YFFxCFC6exXUnhc5HjsU3/pH2Ly6Cp/eoRdsN++pPPkgubqqqiEuiTh3DFK2rOOOAU&#10;Kf0a/auSwbXq/KNpUigpdYlglOMcUDuYYMpXwmzLmWzjY2uXj0+q/tHfiQHhNIm+pwcOiQ0+DePq&#10;orrX9VEedBHhrzT7uc1NoI0wxUJyWxlsXLlMtLC6MtIrHPTEc7pIUKKackKpQ5fcxkme8Gndzhlj&#10;EvAZ6p2hn202Wl/iZnxgSvZikvgu6LTXdw0PvDa7dbnhdsHY1OnSPmGvg3ziNs2LAKqzzaaQRVdS&#10;FrQTVHxovn3BG+1ytXPljbPutDVblLIPfOuwMkuQaE9Qs04xek5D92zKc8sgj3BbfiSnJMQ7coqd&#10;PawWvKF+9LHMqVCZmEi11O2QvaZANBsTIfquW8bdZmwnMm7bE0+ardlJ0/jLNavhhZU2+ivOG3ZR&#10;p73zxj0nYeYfnXtBsO0rnDDH0qXGIToimT08bGSPVOOkvLNeFJxq8VwY8kTFmR5hP/nhailJ7G91&#10;WhtuMI6bIFdt+tj53HQvKHyc+Osg8U0oi4VsYj2kAdfZeh7Zia3emjoixd6HSEYo99tyLRt7qz5X&#10;43vnIBGNUDRF3ZHay57VyKlal3zElP1eo0sbDwmphCtIMjP26ouj8kro6D6utHQhQdtvy1LmT/rd&#10;zKOclytrEHSYehC+QI5yj2yywSSDh5yJjRwJvL+X4Qpjrl2x5o2+JW+MjLJwYDnyvoDy65zKzaZQ&#10;7/qki6aP0S1+3JfXOmgspJDbhk3ylF44+RcO0dG/dE9ynBspI6asbzqaLhgGW/J0Skjfud+UMmXO&#10;bPkZZS9Bv/oK44uXafwLPhhCXqe39Wt8IcJzvTatCzvF9+pNKTVHHNQVM9V+2+Zb9SYaUx174kO3&#10;UvWPU2FIc5Doe/qQrJW8k1D5FJW/jUvSrPgaL39LaKTmmopLLso73FRH5TLVwlIaNFvbLrYnmsma&#10;ek4XCbrnenPxzvW+4gzf5Cg0O9sqxs6QLzZBrS+6TQrap5FI2b0PhhSeO0Kf3GX3VghaU3sd5BP3&#10;12oM053HYs9hCxtkddiO2gbCFGz725GKOPuwNIW5bVai4ejJxHMK+xQjDTg/4tZ5NitZDsBO2Zvu&#10;TC+6lit3VJmrG7odctemrFPfxOEyC+tUU+nshQ6uwmu9Hk0d5WQ6HQ40V2r5UxzQaa+8cYFwR03R&#10;tXlOBdu94lNjIxIhKqz+8B7y0fjiQ9MdASJPot4/ytXAGNBpbXyIVK4m0idsJBKJr0I5RC5E2XoJ&#10;f6aXO3VKh0gdheQ997co5UzPTaEMjZFckyLd17dJhT6zyh6JFZZ81Z2kkszrB++QoaP7WH1wFddN&#10;RFur+aFRzvOFN0RaOEyr6AWuC1SeJBtiM0yq+iRx/g5Aq510sWYh17Y1f3FKYDl/CC6g5nV301Y8&#10;lXQmk5oqUjzERsYidGNBT8tHpjIbJ15Q0B3JcW2so0u+UNG0zhB68WuYEvokLz0SG/oaFjRdvFx9&#10;dZXDN2tB02qf23tNwF8XRO3qf1AxdfvN/4ZHt7kz4DS+M/K1xMSHMj3sOkz94xQZ0hx0HOiHc8c+&#10;zGFWP/LfxkOuIarV4r9tdeCyYLKOXjIOJsplsoV1z+2NyO55ThcJn6Eu/VyR5OkiEgbpULk3cRkK&#10;3fdQLHOEenXBzHLm91W3hU/c6rl5keRby2jIUlOc+c1zzoWLRKa2LhcfMAx9znEmG5hUUSiu9oUo&#10;Uk4lSOXPJQ+TiZ+8mY0LQbrwczay1NXrKSKr05ugL890p9VXjvvedQQKeNmTerZLLOLf+16YiXQc&#10;hzO06iW8udjaptqHS83Y1Pg8AkPjeDGBUyTSN1Ukk3lzK6D7AAAAjMZOZqKOsonNj0Mh85TpAci9&#10;zjKKDoF1CwAwHOg+AAAA4+Ght+Ou4i2T3Wq36+DByOZQ7Xh8csCMA+g+AEYC3QcAAGAChZtXZ2cx&#10;jqB0c0F3Q6QjdB8AI4HuAwAAAAB4DqD7AAAAAACeA+g+AAAAAIDnALoPAAAAAOA5gO4DAAAAAHgO&#10;oPsAAAAAAJ4D6D4AAAAAgOcAug8AAAAA4DmA7gMAAAAAeA6g+wAAAAAAngPoPgAAAACA5wC6DwAA&#10;AADgOYDuAwAAAAB4DqD7AAAAAACeA+g+AAAAAIDnALoPAAAAAOA5gO4DAAAAAHgOoPsAAAAAAJ4D&#10;6D4AAAAAgOcAug8AAAAA4DmA7gMAAAAAeA6g+wAAAAAAngPoPgAAAACA5wC6DwAAAADgOYDuAwAA&#10;AAB4DqD7AAAAAACeA+g+AAAAAIDnALoPAAAAAOA5gO4DAAAAAHgOoPsAAAAAAJ4D6D4AAAAAgOcA&#10;ug8AAAAA4DmA7gMAAAAAeA6g+wAAAAAAngPoPgAAAACA5wC6DwAAAADgOYDuAwAAAAB4DqD7AAAA&#10;AACeA+g+AAAAAIDnALoPAAAAAOA5gO4DAAAAAHgOoPsAAAAAAJ6Du9J9/z+9ThxxvF+A8QAAAABJ&#10;RU5ErkJgglBLAwQKAAAAAAAAACEAJBBAj0TjAABE4wAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5n&#10;iVBORw0KGgoAAAANSUhEUgAAB1AAAAGiCAYAAABZB1SIAAAACXBIWXMAAC4jAAAuIwF4pT92AAAg&#10;AElEQVR4nOzdDXxke13n+d+Fi8IUkkSZ8ZaCyQXkeUyuT+syrp0WVGTZdO5YPqAv7WrcEZDRrquu&#10;Tztrp3VeqCt608ywirPaaUYWHWu86YwvxmXBThAZVIabjCgPM3gTkSlRIB2kuNcnel//qu9J/3Ny&#10;TtU5p86pOlX1eb9eeXU6qYdzTlWqTv2//9/vf8etW7cMAAAAAAAAAAAAAGD2KI4BAAAAAAAAAAAA&#10;AHQRoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKAC&#10;AAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAA&#10;AAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACA&#10;EKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAA&#10;AAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAA&#10;AACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCg&#10;AgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAA&#10;AAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAA&#10;gBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIA&#10;AAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAA&#10;AAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQ&#10;oAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAA&#10;AAAAAAAAgBCgAgAAAAAAAAAAAIAQoAIAAAAAAAAAAACAEKACAAAAAAAAAAAAgNzJgQCQVqVaWzCz&#10;uq623W41tzmIAAAAAAAAAABgEhCgAsjCBaiXvOsRoAIAAAAAAAAAgIlAC18AAAAAAAAAAAAAEAJU&#10;AAAAAAAAAAAAABACVAAAAAAAAAAAAAAQAlQAAAAAAAAAAAAAEAJUAAAAAAAAAAAAABACVAAAAAAA&#10;AAAAAAAQAlQAAAAAAAAAAAAAEAJUAAAAAAAAAAAAABACVAAAAAAAAAAAAAAQAlQAAAAAAAAAAAAA&#10;EAJUAAAAAAAAAAAAABACVAAAAAAAAAAAAAAQAlQAAAAAAAAAAAAAEAJUAAAAAAAAAAAAABACVAAA&#10;AAAAAAAAAAAQAlQAAAAAAAAAAAAAkDs5EOilUq3NmtmSvma9f93XYp+rH5jZvr7fNrObZrbrvtqt&#10;5k0OPAAAAAAAAAAAAMqGABUnVKo1F5Au68t9Pz/AEZr3rn8mdD9HClVdoLrZbjV3eSQAAAAAAAAA&#10;AAAwagSocGHmqpkFXzM9jsiBnjN/p/8/1sw+N+ayh2b2CX3vWkV/OhTGuvs5p69LXqC6qUCVClUA&#10;AAAAAAAAAAAMHQHqlEoQmn5YQem8vv9vZvY+Lzx9vJk9oq8l/eyxek69R+16Z/XzT+ry7v9PN7Nn&#10;mdlHdFufbWaPCwWqVyvV2nUFqRvT/lgBAAAAAAAAAABgeAhQp0ilWlsws7q+wq15XcXo35vZE83s&#10;ugJQU+i5oBa8ZxIerS/p8bsD7/ZdsHq3mX2VmbXN7NG6fwvC1Eq1tm5mLkRdb7ea+z1uFwAAAAAA&#10;AAAAABgYAeoUUHC6ZmbnQ3sbhKZ/bWZvNrNPmdlzFV76XHvdHa1XetP719kN2u1WqjV3H8vtVnO5&#10;Uq0te9df9v5diLj9PTN7p753YepdXpjrKlMvui9VpbogdXvaH1MAAAAAAAAAAAAUgwB1gvUITj+k&#10;1rluvdGPmdm3mdkF7/d7Wo90WwFp6srPUMh5IvCsVGuzavu7rC9X2bqoXx9ouz7TzM5q/dQnqM1v&#10;UJXqwtw1glQAAAAAAAAAAADkjQB1AsUEpw+b2d9oHVO3RunTvND0E2qn69Y6/YqgojSsUq111jpt&#10;t5q7WY6a2y4Xxur2g4A2CFSXvTVZg+1y23TVzJ5pZl+qMHVGgesNBamNrNsDAAAAAAAAAAAAhD2K&#10;IzI5XBCpNroPeeHpw2rB+yYz+1WFkd+pENK1xL3QbjVdKPntZvYMr91ulHUFs1mtV6q1U1WjLlBt&#10;t5qb7Vaz3m41XZj6MoW9jzez7zGzL1dV6lu8/THtw4OVam1DISwAAAAAAAAAAAAwEALUCVGp1la1&#10;Nukl7dGnvOB0w8xeoGDSuWxmd7dbzdV2q+l+50LMTa1z2iuM3IxYvzSN5XA73xjfqqDUVdLep/VW&#10;XVXqN2h/fsPMHtFlTGHxfqVaa0z78wAAAAAAAAAAAACDoYXvmFPYuREKNj+idU5/18zqant7oHa3&#10;Gz32uK7qVVdlGhVGBi13VxW4Jqb2vzP9AlSFoK6y9N52q3mgqldXuVrXNn2DLvrv9e8LdLvu635d&#10;rk5bXwAAAAAAAAAAAGRBBeoYU9XpvheeflThqQtJv9DMLgbVm+1Wc6FPeOqqUPdVnXoxWO809Ptd&#10;BbG92vzGWdVtxAao3tqt18MBrdv2dqvptumsme0pSH2B2hL/nvbdWVRbX6pRAQAAAAAAAAAAkBoB&#10;6hjSWqcuYHxAlZem4NRVZb7PzH5IP7svSXAasq6QdD3m99tBGJrSsloE9xJsZz3uMi6AVZB6QeGw&#10;a0t8l5n9kpkdqnWxqRp1m7VRAQAAAAAAAAAAkAYB6phRZehuqOr0P6sS82Vqf3vFrR/abjXjQtBY&#10;7VbzplrlnlE73DAX3M6rWjSNM73a93qte+vahn7b6cLWJVXMzis0/rVQNeoZrY2apWIWAAAAAAAA&#10;AAAAU4gAdYwo0NxWYGgKCje0lu1Ftba9p91qNpKEkKpkPVVNqva517X2aLiCMwhBE1ehegFmZIDa&#10;q3VvL24f262mu97dqm59uZk9RQHyoa7qKnRvVKq1taS3CwAAAAAAAAAAgOlFgDomKtWaC0qvKhB8&#10;2Mz+SOHpD2jdTxc+Lmmd0qRcIPtATKVpsIboieBRwexOynVQl633+qd9W/f24tZubbea7j7uMzMX&#10;+P6Emb3FzD5gZke66iXX9piWvgAAAAAAAAAAAOiFALXkVCXqgsfz2tKPm9n/p3VKXXjaUgvfc5Vq&#10;bT8mDI2kFr/XXDAbvp4LJbUO6sWIFribur9l13rXVXdqG11V6l36/5p3vdj1T9O27u1jV2vAOt+o&#10;oPk3vZa+ru3xdob2wwAAAAAAAAAAAJgSBKglpmrJbQWMpvD0DWrh+yKFn89ut5pfamZn3XqfCkMT&#10;B6ntVrPuhajhatM1BbXHa6nqdl+k/94ws/u9alQXgP65/n9JrXNvqa3ufwvfd6/WvQqOXcVo33Vc&#10;3e2oQtdtz11mdq/WRnWVuS9WS98P6+LuZ7taSxYAAAAAAAAAAAA44Y5bt25xREpIAd+2WvaaAsBf&#10;UNWp+9mFdqu5Ed5yVX2uKXQ9UGVnXOtc/3obqnK9plDVvz0XTP6Smb1A4W0Qqm73ahmsfVhWa95F&#10;XW8t2G4XkOr3C371qRccL8btp3e5hsLaI922H/Yuq1p2Rpf5X83syfq1u/xyypbHOP28cC4rbAcA&#10;AAAAAAAAABh7BKglFBGevt/M/h9VVSYK/kJB6o7CxZ5BalSIqpDyXWb21KS3k3B73P68zlWL+tWn&#10;qkp1/1/otZ9q/bumY+SOy3pUC2Dv9lwY+0Yz+yJVxD5OF4kNaNH38SRABQAAAAAAAAAAE4cAtWRi&#10;wtN3m9lLzGxPoWLitUIVdK0rQOwbgKpF71W19V1X+DirStbNuOul2B63TqoLLD/DzD7QbjWXvN8F&#10;+25x4an2Z0OVsNddBarWa+11n7O6zjmFqHMKcglRMyJABQAAAAAAAAAAk4o1UEskFJ4+7AJGLzy9&#10;njY8te46ptsKKS+oqtOtS7qtACzq8hu67DeZ2YNa13Qhj/BUtx9Ul7p9WwzWavX2fT8qPHW/d9ut&#10;0M5d5my71VztF57qPm+6yyoUdseyqjD5YV3katI1YwEAAAAAAAAAADDZCFBLIiI8fYuZ/ScFftcU&#10;FqYKT30uGG23mgsJg9RdVWemrnhNuC03tfbpNYWXPxUXnroWvGot/KC221WLLmdpI6y2xPepGpcQ&#10;FQAAAAAAAAAAAKfQwrcEIsLTHQV8i/56pHlSWLimVrg7atG7r3a3+16YmWt46tN9uf1+rpm908xe&#10;HNyfftfQl2mN01zaxHptil1A3Aq18z2bJZydNrTwBQAAAAAAAAAAk4oK1BFzFZZeePopVZ4+TuHp&#10;5SLCU4uuSH1IlZ6/qYsUGp7ayUrUtpl91AtP66qCvaQ1WBfyDOi8NsVRlaibCrQBAAAAAAAAAAAw&#10;hQhQR0hVlpsKT01taj+uisgLw6jqCwWpLzazf6Jq1ELDU+/+3f2cc1+ulW+lWttVdairgL3bBchF&#10;bEuPENU9FtuEqAAAAAAAAAAAANPpTh73kdpWgOe838z+1MzOm9kVBXy5qFRrrg3ubq/WtO7+KtWa&#10;C2zf0241XagbtGl11aAuTLypf2fU+nY9yTZ6rXhXta8HCkdnVWW65rarUq1dN7OX63exbXRdxa5r&#10;NZzHcdE+mwJbU4j6Qu2j+13hVbgAAAAAAAAAAAAoFwLUEVG73CA8/aCZvdvMXqI1Txs5b5ULRmcU&#10;Fu4ouN32Q0q1zZ1XYBq0FnZfDT9EVGWm276rCmZjQ0ZdNtjPyy5E9cNP3YcLVtd1mw8pmN0O3c6q&#10;Wv26f+cr1drdBYWoLtD9XVXhLuo4UYkKAAAAAAAAAAAwRe64desWj/eQKXi8X/f6ETP7cTN7rcLT&#10;QtY8VZi57H0FbYODQPV5ZvaP2q3mqcBQ1w2CzqAadU2td3fareZyxHWCClMXyl7T5RdUYepuazMc&#10;glaqtW1Vpq7qa1n3Yapc3VbL4+28K0NVfevWXH2jmX25mT1VvyrsMRlnqk6+oV24PIx20wAAAAAA&#10;AAAAAMNAgDpkqqZ8QPf6UTN7lZn9XFwQWZRQoHrWzJ6gdVeP2/IqBN0IglKFn67F8Cu13UEIe2/Q&#10;9te7rh8SB+Hnea07uqZg9Ypfbasq2Kvezex4genuEI7Jhrd/P2Zmn6tf3dduNdeLvv9xQoAKAAAA&#10;AAAAAAAm1aN4ZIdHLWuDgPJIAeMlrSm6OsxtcYGkCwXbreaqV+UZXnc0CFidt3nb+F2qLjXtR6ca&#10;1IWyCtZMPzvS97/tXdcFke/Q93Udk0Bw/z9lZnMuUNY2Fh6eWveY1BXaumrgn1bA7dyvwBkAAAAA&#10;AAAAAAATjgB1uDZVtfkpM/sNBZGmtUFzbUmbkgs9j8ItdVVVuqQWvCu6nAsYv0PteN26pgvemqXr&#10;qi41VbK6614xsy/WdQ/077O96+5797evy/z1CI/HqgJtF2z/GzN7RD/fVkUuAAAAAAAAAAAAJtid&#10;PLjDUanWXLi4qDt7UCGia2P7OlVijnLzvsKrKD1Boaa/BmhQYboQdXmFph26bsP73UL4MhHcdV4w&#10;4uPhAuGXm9lLzOzNCo9nFIAPrc0yAAAAAAAAAAAAho8AdQi07ulF3dOHzOztZvZD+v/LSrCJB3EB&#10;akou/DzjKjUHqCDdV0h5KYftGZQLfB9SReqi9m2N9T4BAAAAAAAAAAAmFwFqwULrnro1NV+ttrbX&#10;tOZmGbZxO8cA1VRhGl5PNc1t7LdbzbgK16FxYamC3B81s7vM7HPd/yvV2uaw1mUFAADlo7XRZzXZ&#10;yu+wEW73v6COI74D75wpcNM7F9vX103ONwAAAAAAAEaDALV4G2r/6rzRzH5cFY2NUW5UhF5tddNa&#10;HiBALc06o67StFKtuX15lSqIf9rMHuta+bqB0xGvWwsAAAqm84AlBaFLMYFoWvMxt3Eu/AMtaXCk&#10;cHVXwWrne85DAAAAAAAAikOAWqBKteZC0jO6hz8wsy/S9/WSDXrt91jTNItBwtglVWGUxaqOz0vN&#10;7E1m9k816LlWwhAcAABkpKrSIDBd8tauH7UZnU+e8bejUq0daMKaC1S3qVYFAAAAAADIDwFqQdS6&#10;N1gr8yNm9oAqGe8rywCXN1C4nPNNDxLGuuu+UxWeIz9OLujWGrY3NEj5XjN7lqtIVSvfrJW2AABg&#10;hHSutuqdC82M2ePhJnSd15fbnyOdq2wTqAIAAAAAAAzmjlu3bnEIC6B1RV2lwKfM7F+a2Q9pMGt1&#10;hNs0qwHCYLAwaB/3+2b25WY2l7YyVoOPdd3ecWVEu9W8I+P2HZrZw2b2OLWsK8VAYKVaW1cb34tq&#10;wzyjNcymspWvWhre0H8vu3bHI94kAAD60uSxus6FBm3FW3buPGVT51CbPDsAAAAAAACSowK1AKHW&#10;vb9jZl+n7+sj3J5Vb5tODKgpBH1Il9lIc9vtVnO/Uq3telWnuwOsfxqEy8/W7QUVIffbycqK9WFX&#10;frZbzYZCw+9TK9+X0MoXAIDyU2ganAuNW5XpIOaDyV86h3LnfpuEqQAAAAAAAP0RoOZMVZR+694d&#10;te69d4SVistaV/Q+DZzt+79UCPqeLAGqrr+pQblBufvf0/bt+0Gswstlb19GwQXgD2pf/Va+G7TJ&#10;AwCgPDQ5rDEllaZJzATtfhWmuvM9zl8AAAAAAABi0MI3Zy5MC9aiUuve7xl1695eKtVaXQOMX+Ba&#10;+JrZ3eGANcFtLATXUYBsGVsBuyrYn2i3mj+Wz97lr1KtuXD8kio6ftrMHutC8narmfc6sqVGC18A&#10;QBnpvKbuLyuAnvbU2SP1BDoAAAAAAIBJRoCao1Co9Htm9ohbI9O1oy3bOpkaYFxTVYarkn21mf2K&#10;KlQTtRpW6LmmwNjdxrq+ZoPvk+63gudv0tqn19ztpg1yh6VSre2rCvaP1crXuTBNg48EqACAstDk&#10;rYaCU6pNsznSudtGWc+/AAAAAAAAhulRHO1crevGDs3sV1X9sFam8NQFpwoAr6pN7llXPdluNX8z&#10;CEO1Vliv21hW4PmQV23r9vUBDVzOqErTtQZeC6pSe9zekm7nNS6MU7u9h9x9KKQtGzdAu2hmf6r1&#10;ZJ31fvsJAADy484RdD5yqPMOwtPsgnO3Mp9/AQAAAAAADA0VqDmpVGuu8uF+3Zqr5PyfXIBYltau&#10;ERWnLtjdjrjcH5rZ37u1RuOCXwWeTzKzpyW4a7e21s24NbYUOm6ranXJ3adXSdLQgN51VbOe2t5R&#10;0YCtC3r/lZn9C23GlXar2SjLNhaJClQAwKiEOmCgOKU7/wIAAAAAABgWAtQcKPDbV9jnKhI3NIv/&#10;nrjgcIjb5be0ix0I02XXtLanc61fK1+FaGsR64y5NnCbSdrwemvGflW71fydiN8nCn6HzXvMN9Wm&#10;eVGbkHoN2XFEgAoAGDaC05Fx548NWvsCAAAAAIBpQgvffASVks7PKzy9Mqrw1IV7rnWuAr5LqvB0&#10;wd5qTHha12UvqoXuK9XKt+eanu62VGF7VoNrB7q+W/O1niI8/Zir5IxqgevWFW23mm7A9IK7XRfa&#10;Vaq1bQV4I6Pq3DWv9fDD2pb1UW4XAACTRuc166GlAzA852jtCwAAAAAApg0VqAPSQNKuAtQ9fb+q&#10;EHGoa59GtL691qsKVK1411VBeqK6QKHqVd1GI+998cLTy6ri3FaIG9s62EpYkar1ZN3XI2b2dfrx&#10;2Ulvd0cFKgBgGDQhzJ+ohtE60rnjepnW+AcAAAAAAMgbFaiDW9Og3qfM7I0KBdeGOagUUXG6qYrT&#10;2CpQVXI8qKrOs6pOPb6sq/xU1afbn22FrXls61KlWtvV7b7SBW+q1F3WtmxHVaL62xVTkdqz3XCB&#10;6gqgt8zsUHdDmAgAwADcRB1NUrpEeFoqM3pMdivV2uq0HwwAAAAAADC5qEAdgKpPH9It7OjfBQV8&#10;w7r/YI3TvhWnoeu6gHS/X+VgpVp7l5k9xczmXFtiVRykXgMrtMaqa/X7RDNr+uusKqRNVInqXcdf&#10;h/VA+9+z9XDeXICrMPcdZvYS3fxEV6FSgQoAKILOFzbUNhbl585/+y7bAAAAAAAAMG6oQB1MEBq5&#10;9S9frxCv8CDJBacKQB9SeOqqSeeSrDsa0GX7hacunP0SM/sOtdqte2tgJao6cJfTth56a6y6oPTV&#10;Wmf1uLI1TSWqdx1/HVa371ddxcqQK1Ibain8dqpQAQDIxluTnfB0fJxRNWpj2g8EAAAAAACYLFSg&#10;ZhRTfTrbbjVzaXUbRfe5pva3ha5BpWDTtfi90m41G3ZyjdW6AkPTvt/U2q8Bd91ZDaqZQsUtvzpW&#10;t7WrKtjliPt21ZsuHE3VHm5UFakKiZe1n9+jH09sFSoVqACAvOicYNM7b8B4ohoVAAAAAABMDCpQ&#10;s4uqPi1k9n2o4nRVVZwLWj+0qLVWN4IAMviBuy8FZUF156tVKTKr8NBt27fo//tap/RuM/uEru+v&#10;sXozCDoVxpn3u12FsKmrSHtVpCapaB3AmkLlj5vZx3QzhIoAAPSgjhb7hKcTgWpUAAAAAAAwMahA&#10;zSCm+tTClZQ53M+yQsTCK05D9+uCv0txFZT6faPdas5G/Hw5oqLUbfdq1NqwwfqhRa0bq2rWxpCq&#10;dqemCpUKVADAIDSpaV3vz5NiT105TKFwv0rMBX2ZJp8tTtCxuK5q1ELPWQEAAAAAAIpyJ0c2k3D1&#10;6S+p4jEXEW1oLwyjDa3dDhwvqXVvXPC3rBa7SbnLXnS3repSn9vPG65aod1qrue9P7q/usLdIBhu&#10;KNTNO0hdU7D+blWhfo5+lmuwDgDAONO5xsaYBoZ7wRIEwblQ3hOlvM4cy17IOm4VuudUjboace4H&#10;AAAAAABQelSgpqSKCTdoNmNmbzOzzgHMo/p0VOt3hrZhV1UQS3HhYqVac/t8XzjwjKtA7XUdu125&#10;uapK1KKrawtdR9arQn2LmX2nfnzPpA0eUoEKAMjCtdTXe+/MGBzAA4Wku1qXfaTv5Qqel3Seseyt&#10;R192ked/AAAAAAAAZUYFanoNb9CvaWav0VqfmY2y4tSnAHRRbWfjwtMgHE1bbXFdIWnUANqafrdW&#10;1DqyAa3DWmRFql+F+hIz+wfap9TruQIAMEn0XnuxxLt0pPObTQWm/VrwDpUC3F1V7waTwpa9dejL&#10;GkrfHyypQEtfAAAAAAAwLqhATalSrd3UANXvmtlHVamZaf1O19ZM4drIKk69bXEDWw+qdW9siBm3&#10;/qn1r0B1t3m/mc1FDZ55667ePcwBSw0++gHnph6HzNsQrOuqQc5z+vFQ96toVKACAJJS947Nkrah&#10;PdK2bbZbzc0SbE9mem9e1VcZq1P3dJ5IiAoAAAAAAErvUTxEyantXDC7/z8oHEsdHLnbqVRrLkx7&#10;QD+614WwIwxPg4HNvV7hqaRd/zQQDErGtTpe1yDmUI+BCzW1zwvaBjfo+JBrxatwNYs1DVy+0bsu&#10;FagAgKmjCVrbJQxPr+n8a7bdatbHPTw1rcXqzmk0se+s9vGoBJsWcF1O9vWcAAAAAAAAKDUC1HSC&#10;cPH9ZlZ1g1JpQk8vOL2qdVRdq9zlEgzaBYFfkpBvNkuAqurLC6rKjPr9zaAa12sTPDTu/lVF6QYd&#10;Lw8SpLoBTFVZvESVylZ0a2IAAMrGC08XS7JprtvHfeqGMRGhaRyFqXWd11zQeUkZuImI26M41wMA&#10;AAAAAEiDFr4JeS1unR8zs+/Xmpl9K1BVuRqElDtqEZulirOI/QpasQ7chrVXC98Ut+EC1tmsbZHz&#10;oqrchrfm7bU0rX31mLug/KVm9sv68UjWti0CLXwBAL1omYKNkqzLWapzr1HRe7c7Pzlfkk2amPMi&#10;AAAAAAAweQhQE3KViBpwOlKo9jNm9kEze6TPLdxlZo/V9zf1VSbB9uWxPuesbuvPB7iNx5vZE3Ub&#10;/Y7tMNypY3Sn7ivNdj3FzLbM7LlqXbgzSLhcJgSoAIA43iSiUUs1+WlaqLPGWkmCVEJUAAAAAABQ&#10;SgSoCaga8VCXvKzZ+6798ZNLveEYtWDdsYY3kHxPu9WMbGM8TghQAQBRShKeEpwmUKIglRAVAAAA&#10;AACUDmugJrPqXep9asX78TJvMEphRl9P9MLUJOvMAgAwdkoQnrpWvXdrfVPC0z7cMdI6qXcrdB6V&#10;q3ruAAAAAAAAlMadPBSJNHSh62b2QjM7iGjFe7aE243RcOvl3q97/pCZvVjrwF1UgNrgcQEATJIR&#10;h6fuvKw+7WucZqWwua7lKtbNbHEEm+FCVKMSFQAAAAAAlAUBah+Vam3JG0h6s5m9Su3O/KpUY9AO&#10;ATcA6AnaPP+fClBnKtXaarvV3OSAAQAmwQjDU9fdYZ028vnQuexSpVpr6Fx3ZsibQIgKAAAAAABK&#10;gwC1v6ClmBuk+5QGkzbCASrQw2PM7GvNbE9hvHtOEaACAMbeCMPTHVWd0qo3Z+1Wc13VqO7r3JDv&#10;nhAVAABkpjXeFyKuv895IwAASIs1UPsLgtJNtV693m41w+17gV4O9DwKBgPPVaq1WY4YAGCcqUvH&#10;sMNTN6HtvnarucwgWHHcuW671XTnLvd667gPC2uiAigt995Xqda2K9XauyrV2jqPFFA6btzlRujL&#10;jecxBgMAAFKjArUH12rVzOZ1id8ys/NqaZb0+pEz3/x2v70uo5BtyfvxiRlzGrgMAt6bOil0/y60&#10;W83dSrW23GcT3WX3Q/fh7IZD4oht6du2uFKtuWO1ETfAqeO7oBPcBW3PTe9+/A8fDkUAACAASURB&#10;VO3fdb8L7lP7Hj4Bdr/f9W5/QbcRHN/N4Ljo+EYd+xO3EXE7bvu2w5fp451q3/sp72J+oAoAwFjR&#10;+/Cwly+g6nTI3JIDOg8adjWqC1F3U55vAcAwuM+gZ3Q/n+SIA+WhCVhnIjaozjkFAADIggC1tyCc&#10;dBWEd7kZ+CnXrnSh23poDam9UBC5HFG9EVwmGLAKQtwL7v8KM/2BrAN9kLtf173p3fdi6HZv6nbn&#10;NRDZCN3H8f2Etsld7lKP/ThB4egl3Vc99LsFDbrOKsC9P1jHTCFweHuC7XTrhx5p3+oKJX1XdLmo&#10;loLuGF2qVGtBG907Yo79tWB7NTi84R3Dg2C7KtWa26bVhNXIN3W8nucqmPW4NQhQAQDjSOch20Ne&#10;I/Mya52Ohs51VrU26v1D3IhtTXpjwBMARiRqInUGpyZoZxWzPbRmHSNRk+H7Tc5PQs+NqHPFCynH&#10;8aZaUY8PAADjiha+vfnte1OvW6n1m/zw0LX/DVdxbiiwPHUZDRgtKVy84q0H5Yenl72w9T4/MNXt&#10;XPduu6GWdwsKJTv3of/77dlOnHTqRLTh/WgnvB8Rgv1ejWhX21AQuabbORsMwkZtj9tmrxp1RhWg&#10;De174Ip+FoS3QTDq9v9u3ebZoOLUbVPEsb/WbjX98HRbx3PHu40L2rYzGthL2gYmWDc3eA4tKkgG&#10;AGBsjCA8de+5ZwlPR8+tjWpm92hC2TDMeBMHAQCjsRTRDjXt12GlWrul1sdr+qydVdT20PZ9vKxH&#10;PIZ5aIQm4ltoHA3JFPX4AAAwlghQYyiECwYH36wgLcusNX+mZdwM+v24y2im5m5w32rLG4SnLmxd&#10;0zpVNzWwtRO67VP3qdsIV0DueqHlfGjtqUaagVIFg8E2zkR8oAn+X3eX1Wy2a32Og///Ga+KNeAf&#10;Z3+/jlv96X6CdWqCD23+ffrfr3n73PBuY8MPQVN8WNvU7f2t97PVHpcHAKCMwt0tirSnZQmY9V4S&#10;3uS+8PlmUbKefwMAyueMulQ96Nq0s9418qLxoUuhm7sWTLIHAADIigA1nt++9+kZ2vcWvV0WE8iu&#10;9QhqTe3XbqjSMzwTb937fs1OVp9ey7iNFqpe9bfbDYo9VKnWNlSNGjszMLSe616PdVWXveBzL6JV&#10;UBAy92shdLzOV0TrOP++E4Wg2l43EPw1XlUwASoAYGzoHOL8kLbXDXot5dXybyBbc99iW3PPL8F2&#10;PL+zLSOmSXvLWjphGM5UqrX1Ue83ACBXi1rvenvAilTAIpZH2osYhwIAAEiNADVeENhlat9boJ4f&#10;LlyVRo9Zdjf6rF21rRNNUxXqqvb9Zsr1OhtqdRu0eJsPBaCNUMtgNxgbOwO1Uq3te21DDvpUffpt&#10;cU8NugaDfr3W0wptaxT/umk+7IXb+J6hLR0AYBzovXFY61/eF7TUL8zW3Otta+6TtjX33afuYmvu&#10;e2xrrmVbc39nW3O3zOyNZvaWzvfdn71saA+Zu6/b2/GWzrbc3o5WZ1tPX+e7tW+vL3LTdL55IcFF&#10;83CRSiUAmEjB0ji8xiMTjVud8a7rxrSWSzEJDwAAjD0C1AiaARmsnfDOErQP80O2vieBPQJAtwbo&#10;vX2u7s/wb+gr8ax/3fesjpd/veMPRF77N7+q1VWNrscEinVtu1sDbaFX+BmqDo0MJ93j2ye4jKxu&#10;9SykuKwvaOP7Gd7PqEIFAJSa3jOHdR50QUsSFGNr7rtsa+5vzOzb3a6Z2XuO72dr7utsa+4vzew1&#10;ZnaXmT06Yhv+1lYOXze0x6t7X+2I3zxa2/ga25o76mz7be/Rvn17Z1/dPhdE3UPuDU2MK8o6VUoA&#10;UAo77Vbzjn5fZjanz/EX9Nk/7r1iRtWohKhIReeo/nnjkZZxIjwFAAC5IECNFpy4H2lwqpD2va4V&#10;XkRLsqjw019rzF8HbCF8Qc2+i13kXftxVpfdDA9EaSAsqBw9oxAyTfVpXR+ADkOVKueD0LJSrd3S&#10;SW0QjAZVrzNRFZ2qqt1OuAaaH2ieWqNN27Ddq3JU7XYPvOuEj7MfvvYKc6Nu1+3r87x9JkAFAJTd&#10;Zpq10DNy51z39mrnP7BukPjzZvYY3dSnbeXwbZ3vtuaumtmbzOyJPe7GBa9fPILH6it033Ge0Nn2&#10;7j6Y9unTuuxjOvtcbIi6qfPXokNU9xzcoHsHAIwHdX9yn+M33Gf/dqs5qzA17v3iaoKJMrvB5Grv&#10;q7hzBxShEfEYZhWMV13WV89uYwAAAGkRoEbz2/eu5lh1cTzgo8Eft87okoLB4EPEgj8wpEDUvGBw&#10;w7vsqh/uebfpOxWyuvvT7Z7ztsn/oOLfxnrS2XvalvMaAA1mnfpVpn5rYRcez2rfg58feYFkksGx&#10;qH3b99YYDdZr862FBoHj7sc/Bse3oWPsz4xNWyWzoedX8Jzq1y4YAICRqVRra6G2aEU40oBX0VWu&#10;Pxc69+2eW23N/bre23udF7/fVg4/01YO31vwNp7m7tPdt9m7elzqUZ196O6LhSaUud/9qyI3UYOV&#10;wwhRFyPOdQEAY0ITpdzn+J2YLe55LuCFsv5Xmq5QGDF3zhB+DLNukXvs263mmvdFeAoAAHJFgBqi&#10;EDCoXPx9DRpmGtDT7El/kKfuBiIr1dqGBrb8IC+43LzWAw0u15lNF3woUJgZDFDNaL2QoJJ136+6&#10;VHh4Yu1R3e66N0vz8fp/0EJ31atCPfLapflB5FI4mNRlToSCOpZ+yHnJa8tzvO3ebW/a7cFafz82&#10;wlWg3vqsgVUvbK57FZ6d/dV+u5Ppi95tLIf2qx7cho7Bffq5W3dr2zvGQXvnCxlO0Ld1/WAAdibB&#10;mqsAAAyd3tsvFXy/R0OpFugGi5XQT/+t/o0LiF0V54fM7Ott5fCZhW5fEiuHX9bZlu42fTrmGsG+&#10;/NvQzz/DtubeWuTmDTFEveid8wEAxoxC0OWYEHVe4wEAAADAyBGgnuaHWcEAUNYZcUFV546+goGl&#10;BX2/E9y21vs6q4rNm6p8nVWr2xMfIEJriN5Uq9wlVUPeo9YlptvY9+5/Vve/5N1/Rf/f0W0F+9/w&#10;qk+XdF1/P8IDV0u6/o6330F15473taTtu0e3E4SgF9TSd0Hb4F9nIaJSczl028fb7oXMl3UfF3U/&#10;u7rf+3RcFkK3se/fjx6TC6poXdDt7Oq4352lzaAeOxdOV702wQwCAgBKZUjrng4nPO1aCf3/v9jK&#10;Yff8auXwH9nKoeua8b1m9tP6WrGVw0fbyuEX2Mrhbw1h+5Jx29Ldpkdrn4Lt/d7OPrh96e7TWmcf&#10;T/rKojdviCEqrXwBYPytxrxfsBYqAAAASuGOW7du8Uh43Lqgam27p7BsQbMjw5fb9isW1K4WCCpb&#10;/XVoL/shuCqLFxTYupbHe+1Ws99aL6US2sfL4ZAfADDe1HXhYoE7UUx4ujXXXRpg5XDX+9lzzOw9&#10;3qVatnL4ebY1151o5l92EmzNLXUmrK0cbtjW3H/XpK3Al9nK4bu8Y9OdgLdymGs3DFUvbxe8du71&#10;dqvJJDQAQxX6HLQTNVYwSSI+2+a63+pQdTXiV/cOobV/sA2zCnOXvMngjSTnKOqUtRy6rmmCt7v+&#10;QC1qI+5vSdsa7vYV3F9wn4mWYUpwf8teEUDh95dy22ZDx96fWLWvr82iJup5j/1yzLEp7L6T0jYG&#10;zxf/+bmt43OqBXZ4rNMyjnd6f1dRBRHuPnaH9TcOAMAg7uToneKvf1rPsMYl0I97bj1gZv9OAeqi&#10;1oMd+ocOAADCNFhWZHhqSQcmU9maqx8vveCCwZXD4H31afr3b8zstWb247Y1F0z8WdL3s/5gkq0c&#10;jsd6altzC97AXTAwtqvfuf16tpn9mJm9stPG1+xZx2upbs0FVcbznWPnAtecuMdWz6MiQ9RzWnqC&#10;wTcAGFOuq5O3pJBvNaoTRkygGzuht1KthSsGzvqBptoFNyLuv2eXA21Hv3Xiz2kZI9d5ai1LByvv&#10;/uq6v/keFzvnXf667jP1uZaCr4bGw5Le3zXdX9/zp0EDOoWCaxpLiRPcfnD8N9JM+tbzwl/G4njS&#10;QML79x/7ep4hehIJnp/HP69Uazt67HLZxjSPT6VaO9KY6zrjYQCAsiJA9Wg2X3Di/D6dLJ46idDl&#10;ZkM/Yx1LBMLVpAvuOeN9eAmeU367olVvXVoAAEap6PejC4MMIvYQrGs+r++DgbI/NrP/xVYOf1OB&#10;47a/1ronGEy6V0FqfrqVnsu2cpj3xLyFiMqdc973q52vlcPvs625FytEDTS8gdFG3o+7QtRGTGVR&#10;Xjrr5DPoBgBjbSNi4lah4ysKCePOB/pdN22XDvdee1Uh6Gqa9yyNPW1k2M5zmmh0pd1qNhJc3r+/&#10;zT7BaRQXlp2vVGuFdqeKCDaTmFeYGRz/zBP4MnTYcPd9o1KtFXXue4Ke1+t9wsuwM9rGVM+VmPsP&#10;zr+THp8ZPZ6r7vEZdcUuAABRCFBP8k/S73IBV8wb+HrECWx4FiQQOO+3LXEfmCrV2l6njV63VfSi&#10;fkeACgAYKQ1MpR00S+NKIQNI3WpK/9zsdoC6cvhfzey/qiKz36DbBVs5zLeicWuuofXqgyrZem5t&#10;g1cOt21r7kKPkNIdk4dsa+7y8ZqvtzVOXM4dw9tVu7lQZdHs8f7nb0aP80ADfgCAkdqOCCTni+rS&#10;lDU8HSR0FRdUbbvJ90n2K6d2+Bd1HPuuK9ujnXIalzSxKfd1bLUUUppgMMyd3z6YNcwc8PFwAfrN&#10;Irtm5PD8vDjI+vIDPj6L3t8GISoAoFQIUE8KAtQdfT/UNhuYKpuqCtn2AlQAAEZGLbeKDKKuDzqz&#10;vYdw94eZzhqnQRi6NddvUOdIa6fmF+52q103Qu3TOgNEnTA3r2rU7lqnpgl+cYN6l7Q9jU5I2l3/&#10;NXzZpSLOfdut5roGHQcZ9OzFDfhtMOAGAGMr7r2nkPelmAnxScSFU0f6fO93r1gKdYQILOp2wuct&#10;JyQI63Yijs1qzPa5ytD9XpWhur9e4en14yUCuoL1LaMm3bn7c+tb5tZ1o084F3X8l3u0r80SZgbL&#10;HoQfj/BxCdYcjXrc1qPaUudos8fz+kC/94P7qOdopnO1Po9P0mM0oxCVziIAgFIhQD0pCLG2Q63f&#10;gLxtqwrmZ3S7hc2wBQAgoV4B3KD2tJbWMC1pPdR+4el1BYv5te3tVp3GtTCb6VRkdkPMei732w1R&#10;t/usOXXeG/DsOXCbN1eJosHZrFUR/awzGQ0AxpM6NEVte+ZquB6WI94ngwBu1wt6TkzKUdveqPew&#10;61rj8tTn+B7tdxddx48+rW43Ys4hrmsd+ahzhzUtLbUREWxe0mSjU9dT1WFcsHdF62NGjVM03Frk&#10;Mdu6pvsbeHxDbWGjzm2OtG2RQa0mBq7HBNkbWmYp6TlY+DHc0eMedzyj2ujOF7V2uzrIRAXGPddg&#10;1baupWxJHb6N1ZjHZ08tk+OO0UbEYzOj5yLndACA0iBAldD6p38WzH6KuXijoJN5TK4THxzcCWzE&#10;h8TlgmckAgAQSQNuUQNMeTiKG1wsXHftUXe/9yk0XNBd7mtwdDPn4DRuQCjKmc425FWN2t2PuloV&#10;r8bs74KOySgsazuKCOnPaO0slkMAgPG0ExEALRXw+TjcCeOyC7t6naNorCgqYLq3VximzghLMet2&#10;9go06zFhbd/WsxpnWIp5v12LmczWiKkkTXJ/mzqHDFfLzuRRlOAFfGHu3LJnu1cd29WY1sQzPY5H&#10;Pz3XedVzqa5tD58P5j7mo/uJ6vCyp2MU+9zW71wQvpulfbMXhIYlOUarCl8fCP36jFr50hEQAFAK&#10;BKi3+TOc/q7H+qcW9fNKtXar+E084SwnFMmV9PHZ0TqoB/rAQoAKABiV3NqsRWgU3l61uxZo+Kfd&#10;CoCVw+HMYu9WlMZVjMQJqlGXVY06eMjcDVLjH89upWrU41HoY6QKI3eMbhR0F2usJw8A6MN/j066&#10;FmZUEHQ5aSWhC5IUaobDtEZM8BV1f9eSThLq8X67GnOVqG24nOL+dhUSh9c7r+fQ1a0Rc16VeK1M&#10;rce+EBFin1clcJqJdD2DwZBGxGNexCS2qGN0pOrPROeVPY5RlvveSXqMFMBfjrjfNapQAQBl8Sge&#10;iWPBiQzrn2JYdkPruoyqIgQAMMV6VDrkIfGAX2KuJW93Pc+wvdD/V3sMFua5PbO2NbepGfRZqyvP&#10;dapFuiFs0aKOy96p8La7X7k+dppcdrmg/ZvXAC4AAP3cl+T8RKFSOAQ7SBGiBeoKtcI/C9/fUkQ1&#10;6FHaNer1fnsQ+vGMbt+/v3rEuUvq/VMb3fD+zatCcRBx4W6qSV/an/DxsJTH9SjNhEMFs+H7LKKT&#10;XVQV7XrKYLjXMUpz30dpq3p1v+Fz+DP62wMAYOQIUG8LZjft6vtiKyWAbnB6xnuuRa1ZAQBA0YoK&#10;nQ7SDvj1tTVX1zpLUVUf4YHQfCo6e+lWju7m1P54phPCujC22wq4GN1jEh7cihpE3u4c6+4xz03M&#10;QFleGjkM1gIAJttB3LqZEaImNqU+b1IlYPi9dkbtb31R77mbGZdBWFeBgP8VFlXll3Xy1EbE/WUO&#10;wXRsoiors3ZNiXrc0kxcy7KmazjEzHXCokLGqPbLeR6juPtejrjvyLbUGe93GJMKAQDoixa+t/v2&#10;B2/8f6D1LahAHSFvHYesJ2DjIAhOPxlsK2s9AACGSZUHUQMveUjcOiyFYIBlUWuH+gMuG/r9TCe8&#10;dW19rRNyfrWZfZ+ZfbGZPda7/E/YymG43Vwy3YBzLWZNtEGd09qo9eN9SL99bs3X/8P7ySNm9m4z&#10;+zlbOfxttTze00De0anB0u46qsEgXxGtcVd1HpT3eqi5rLkGAJhoad4jogLGrMvubEacN4S7n0V1&#10;pcr0HqyQuF+Qltv+tVvNfCfNxWzbAOeWmxHrfHaqZBPeZhnHaaKO0U7OxyjNfWd97rhWvlG3X+QS&#10;IwAAJEKA2uWfpP693W55kkZR7cjiTGSo6AWnDa2Zltd+lu7xcftWqdZcdc7jvR8vEd4DAIaoqKAp&#10;dXu1vrbmwm3tGrY1t35cZer+df/vrqPkfvdCM/tFM3tyxE1/2sx+fYDt2EwYPB/osuudtUm7LXrr&#10;CSpW5ztrl23NXek8Rukrad2+vTrUbeZ/7nxtzf2lmX2HHvsHtG23b78bDvuDoPOdfV45zO3x1DlQ&#10;1HppeXBVqOsFhPcAgOEqaswjTcgTDjTdpKOliLAnq/Dtn+pKVfAE61PnMoWvW59cVJic+Vhobdid&#10;iGOcdAymjOcVURW+gx6jvYSVslGPz2xEVXVSB6HnI0tcAQBKgQC1K3iDdyfDz8zSVsxfI6JSrRV2&#10;gttuNSd2IfVKtdbwKkdyXTMteHzcgFqBJ2KNDB82gnVQgxN5ThL7ULVUllZAhVczD7D2WqptU6ue&#10;rC0Vt4dR5ZzxcRpZxfkAz6vAUI5rFH1IzfLeUPg2D/Bc3c993UycUmD1aZa1wZIIP89n9PzyZ6e7&#10;gNJVX/5zM3t+j9u8YSuHf5Z6C7qVmZf6XOpIg7MbpypIVw43O7/rhpSrCip7DVJd7FzOBa9pAky3&#10;b1tzN2KOwT80s/9oZm/VsaqHgvSo9dBW817ewlXGVKq11QKWMKAKFQDGT9R7QRGfCw5STrAJnyfN&#10;dM4h8tOv7XzaNSkTiwm6otr8jkrUsRn0ObGbNUAtaaewqM+veRyjJAFq1OPzwID37SuqQw4AAKkQ&#10;oHYFoVUQZg06QMRalilUqrUltaUJTtL2cl8z7balAh+fLGtu7WpQcpsANbF6xsdwewiV2/0G1eOk&#10;3baFAe6r7v7mhlCZk+VxGsZjFGd9wFaSqyP8+10e8LlXpKzP1Z0CWobitKICplzXzPREDRLdDlC7&#10;4eam2vVGVZ0GPmQrhy9Idc/dqtONPgNK1zv3v3IY+dx1EwqOJ4l0Kz43Ol9bc8FEg7hA2/3sQdua&#10;uxxqWdyb28etuT/tcSxcuPp0M/vlUDvkqMdvkAkmvTQ6+1bA7VKFCgDjocfa1UW8hpetk9fx56WY&#10;QHNSlzPKatCxuqjn1DivnV5EgJr0+kWdGx5L0V4ZAIDCEKB2BW/82xGVDCiQKvbCg+v1KTpJ2tb+&#10;B8+5JDP9gEHMU5lzkiqgBl2Hb/FEOAKUXIHVp9cKnKEfNUmh+77ZDSFXdW7bKzxtpa7Y3ppr9Gg1&#10;u6f38M2oNruaJNbQts2oLdqG1vAKwtR9vSavKag9vnzo5i4dtwBOWo26cvgFtjX3QTN7Sswl3LFy&#10;fQj/zrbmNrQtUecihQySuc4dlWrt8gCTQOJEVSeXmp4rWcPk+7TW3VCoo0vW9X/vDr9XxnweKIMd&#10;DSRvq2tDad/jFbxkrYq73m41V3PeJCCNyPflglrJcq4+xgjTSmUYwTNLXAEARu5RPAQdwUDRvgYT&#10;y7Lmw8RyM8nU6jg8WHKlRGtuDEOwr8cnnxpAA4rU6DHTexrlNWjI4CPGSRGdHo4K7CBhsZUoW3PL&#10;CiA/bmbP6XH999nK4efZyuGfJLo3F8puzW1HhKcHWlv9bls5XOpUnHrhqXsfdwFTpVrbVyB23gtD&#10;F3V7D1WqNRceNtTqussFoyuHLiB1r9H3qqrVt6hq1OTHeeXwqZ19j/ccHbsgwB22dT138lbkczF3&#10;Ov/N2qpx2Et8ZH2/2xuziUZn9Pd7VX+z25p0VUaDVP6fO/E6BAxf1N9VUa1kCVDHGJ9hS4VxUwDA&#10;VJj6CtRQm5TgeAx6IlCmdSNKRx/QNyMqHI6GUBVX5Ele6tmQWqT/KHTdPNpIA73MaMC6qDabY0Mf&#10;ws/ntL10MMBY0LlPER0Pim6Z6t4bz0X83J1XfLWZPSnmeodm9iO2cvi6xPfUDSjXvOAzWNd0Par6&#10;U5Of6hoETlrZG4Sp98dUpobXS/Vbo9/vVaP2HwxeOXyWbc29TBPXqhGXcM+JD/eY5V/k+v43tQ7+&#10;1Zxvet5VWo/ZesqbGSs7zw2rzZ2e61mr18e9Nbv7+ztTqdbcZ721sqyHp3OZQYPdVc5hMAo9nr9l&#10;/Ty80241i5q0EvV+TmB40qAViUWsqzpKUWu6DjohJvNkunarecdIjwYAAAWY+gA1dHLxeDfze9DB&#10;B/+EWi3ysp7A7I/ZoE9fGnTZjmmX2Sh64Kfdap6oRtAgcuYPQO1WM4/Ad1fPkT0NpjIDHMNwXuvD&#10;TXtYn2clyaLWl532Y4ryK2LyxEFO74m9xA1wuff2X1DFpu9dnaBx5fADie+hG1ZueEHt9c7/u2Hm&#10;CRlD0zjxYerp9VJXtc9nOucQ3fVL+wcf3QD5dbY159Y9vc/MvjR0iT/sUbVZ6OCiO99ViJp3sF8f&#10;s9Aua4Bqel4MY18Hef049Xc0ptzf3o1KtXYl/NliRPJYiqBBgIoRiXv+luW1eycUUIXDqty49/xK&#10;tRa+uSKX+Il6by9TN6z9IYWD4xygRo2fDfoYJj3Gp8JblrQBAEwiAtTbJwd7+j7vN/v6ACfZOxMw&#10;UzssLjzdG1FYvDzgmkt5DBZvazuCdceG3YYN02ud51vubXfr49Y2EtNFXSDyqrr2DWNd5biKA7dP&#10;/5etHL5qoFvvVnRu6P34QtS6pjp+jZxC0zi9wtR9vXavq91uXa13l1WN2n8iWjdQfkXE/s/2OA8e&#10;RqVdY4A1HOOcGafBPFfRqM4kWcKwYQWoWd83DyZwUPViMBlzxOvy5XHeMc8kMAybqk+jgvuDEj0X&#10;T4V4Bb+vHITPL9zrTJaKd03mD3d3OF4zOyawncm6fzHrWd/bbjWzTp7ZjThnXc76XqfnW9TY3Di/&#10;7kUti5X5872OUdLQPi6AJ0AFAEwU1kC9fXKxzwLlxdIAg98KL7A35SHOvgZ/T62HChTsTInX8iqc&#10;gpCodqCDYB1UlF0Rz9GDoUyC6oaHUcsknFiDtBMEbs3VbWtuo7OGaXcd09625tZ1HrgUXtfUvVZo&#10;rVL3Pv2QKgSLCk/D4tdM7a6X2tB6qRtekBovOB7dY1NXRavp9m7GDEruJGoTPCANDhexDMa4TWrJ&#10;OtCc9/vZKQO2752U6tMw9ze6Pap1+fR6kFeFGhPAMGwbMRNGylQNHXUOkelcSucT26GvcFV/bvcX&#10;M8YSDguj3nez3l9U5eMg4WTUsTg/wOtt1H7tjXgCzKCiju/iAOtap3ns83yuWsTfBl0RAAClQIB6&#10;O6zaZbZUcXTy459MBSepe1pDaJxPWge1r8Go4LlXZJseIGyaP5gUESTNa4AZKKsiBsiHUX3a6766&#10;oZ8LA10w2F3z9KqqFs4kWqO8G0SuBUFhRGh6fwnen3uFqZvah35h8U0dk/M6Rg8pTA0G2qIC1GF2&#10;CCniuTRu631nDhqHMClqkAmPk9ZVx7c4woA4z9d0JoFhaCrV2kbMxI+Dkr1eRP1tZ/27Ww3WUva+&#10;wucoUe/j9bShYczaskcRlay57F/MxNSBOg+oCvkgp+2bjTnHGOvJPRpHux7xq6znU4mvF/P4nM8S&#10;3ur8pd/fBgAAI0GAenswbF+zHwlQc6aToYveoItffcqanxGVpwQwGKJ5tVuaRkUNqlPBgVJSJ4i8&#10;Kyfzrz7tBnrrJ6ojA92A0K+W2OtUYrpqyuhWb5Z0ILakoWmc+DC1t6hJM+e1lmq9cyy7k9sCO51q&#10;3LBuWL2uwDo3BVWhzkRU+JSWWh0eZdy+ogOwrMexTO04i3JmROdTeT7mY/W3gvEUVGH2WE6gUabJ&#10;1TEBVerPTwrwwp8RjiLa20a9B8xkmPTaiKjujQoLo36W5fNhUeFk1HnGpQzjJesx58CTMLkn6jif&#10;TzupSkUPaT8n5DXxLurz86R2rgAAjJmpDlBDJ11+JSryO8az3glUMAi56Z2YHU34jPS+vA+IfnhP&#10;G18MU2NUredGJeeWd2FUcKCsihgYLyIwWNDEK1cduaa1OX3BIMtR55yi2373akwbwJ1OdWaMMQtN&#10;4wRhar2zLmr3mEWHqacD6MBM5xh2A1F/8PbkgFa3PfKa18q4iElwRXRGQEQvLQAAIABJREFUGLfX&#10;5ayDhoXt54Dvm9MyCHppgLaJqWlwPO9JMZzDoBB6v93Q+0fUOpTOlQHWyyxS1PuS+3tPM2kyKpw6&#10;ta8aG4ic7JR0goMuF14X06LGXVQhei3ispdS3l9UIJ7H+/l6zKSibU0M7EvPu6jtuzIJa3NrIuNe&#10;xK82Uhyjus7r0op6fM7omCeisD78mrDDmtwAgLK4c8ofCX9A7i/tZJiFfKyFBjTDLT42OeYdO6E1&#10;Q5ZZjxdDFMxqnqaqgyKrRF0Fx2pJB4Aw3fIeGD8awtqnlzrbfbs60lRxetbMbuhcrteAz6m/da+t&#10;3eow1o0cslkds2UN7Lp9XA+dazV0jhEVOJ/XQKr73dnjY26d8HRJg6+FBszutbNSrR3kHAydc4/7&#10;GJ1zbvaozuqlyPefQV4/pmmy5NoQz6eKCDvd38rCJIQKKNRCigrFJX22jXrP8V1rt5ql7OLiuiNU&#10;qrUrEecb92siw1pEa9wOBVjrEe+dRz0moQWfy8Lvg1d1f42ov1GvyjUqPL0et43ajtWIx+iqig7W&#10;Y+5vQdctLJx079sK9x4I/cpt641KtXbZvcfEbN+yti8qsO91/MdRQ+fFcccofC4YHKMFPd8ynQ/r&#10;8VnTRD7feR3/Rtw5SZ/7ntYOWQCAEpr2ANUPrL6wgJZhU00nROEPGeuhkysWhu+6qSqOnR4zcoEi&#10;uQ8561M007PoCotV2g6hTDTg1m/wMq2i3sN3Q++Fi53Ab2tu2Qv0gklwvcLTCycCwJOdMSYtOI0y&#10;6w2i3h6I6gbQDVXtRgkGQm9PNOyGp1Gha1HvGWs9ti+r1XEJ8hQiH2X8my3q/Yf2vcm486m1ogNI&#10;vZZlCdmTWOUzGvqYjwnpsrpS1vDUs6YgOByEnlFIdaD3xOD1bkGXj5sMFBmC2u1Qyv0dPhjx63Oa&#10;6LCn9+Wber9e6jGOcNTrNdxtR0xIaTrPulip1na0b0nuby/PAEzviddiXvMuqVrW375+x94dj+VJ&#10;msivkP9yzN9l1DGajXk+Z7nvdQXt4cfHHf8HdD6z6xUILOj5E3ff13qE/QAADN20B6jBwNCOvqcS&#10;Ml/hk/Rw9em0Daj0suutEWuh74FhWZ+G554+4OXd8i5sdcyqnTD5ipg0UFQYtR0RjM4oRF2wlcOb&#10;CV6rLkSt3am/yVWFD3V99Ro8yhpiFS1uINHnzi3mIl+H3LHZmrM+IeWyWiTP9qhYLWqAa1PvSXke&#10;+7EJUCVrFWru7+Mlbt/rWvwNtL96LVjS12pOExkbQ1gPvciJYA0CVAyJGx+oj0NYolAz6BIV9Xo4&#10;r68kE7Su9evg4cZJKtXahR7vhYsJX5cThYUKKS/0OC84k/D18UiPaa6fgdqtZr1SrVmP98U027c8&#10;ieNQ7VZzTe/XgxyjPY2Lpnov7PP4zKR4fNzfBmtxAwBKZarXQA1VoC6x/mnuwjMqwy2tqM66LZgp&#10;yUw7jNIZzXaedMOY4T7DOmIombyfj9cLq7Dqrlkatd7VjHfuEBeauElx90SFpz43sOdmzLdbzaXO&#10;5c2uREz0ul7ic0N37C+HfnbTe5yX2q97a+9JHN1jdE+PDizBMd6MGbw9Kuq8Rdud93niuTFb7zvr&#10;sZ3XRKE8DRJSljq01mvBtl4PlvU3EbWWXBrDmIxW5LlMEc8hwOfedy60W82Fcao003vTss4ZsjjS&#10;ficKiBSyLg/wmrSXJizU/Z2NOB9Kyj2uC0WFkzpu98acIybRWTZpkifx6xhdyHiMdgZ5/9J9Xx7g&#10;8blMeAoAKKNpD1CDQRSC05xpgMofWA1a2vizJAlQb9sNVcTRxhejMg0VB8MKNglQUQqqmMi7irLo&#10;UCTutehMp5XvyfOJI1VkujU7l8Nte/txA2mudaAbyNXA3LV+7e5KYl3nV519dwGQNzlwRhOzenPH&#10;yh2z7oDptdCg16KOddw5ybqqgYtSxPvROHVZGOQ8Oe/nbtb3s7HrNqPXgyVNoMhqsciwXuFmoWsR&#10;D2myGabDnoKZKwp27naTFYawhnohNOnC/X3crffNJA4ULC2k3W/vNelCiiB1T0Ft6rBQE0oWUt5f&#10;EIgX3hZX62ku6HgmDXqv6zxpeRrWd9ZzbCFFmLmX1+PnqmB1Lnol4X0H5/B367oAAJTOtLfwDQaW&#10;ghYVvGHnZ9OdgKmNh/Pr3mBOZ8F+1jU4IThRfVdJtgfTa15rd03k62HGdSCP9P5wf4LL+s7Rxhcl&#10;kXeYf6QBrCKt67whqt12MPh4b6dKL8cQT/t1vG9lrsLSa0s4JG1kmiC4crh9XPHYbdm7rLXQ4gZ6&#10;D4qecKP2hQc5t1wfm/Wp1S7yesb1elfzCsAUBGZdM3icJ0vWIyY4prFUYGeZYUzuYBIYOvSZ/Y6y&#10;HI2029NuNQvZdgVxnaUANFFt6cTa4V3uMrt5TCRRKLahFq1LoW5qgV3d38AhYcL729b9pToPG7T1&#10;uu7PfTZbK2L77HYQOPDn4UH3dYD79Y9R3PMz8vmSw+OzH7Sy13n0UsT56k3dN2OCAIDSm/YANfhA&#10;PPGz0IZJJ0muFWhdA2zuRO0hM/tBbcYmVb8naZDQ/expwS/ch4FpmCGJUnIfdtYnNPjLMiC4rdet&#10;tAGqjeGae5hMeQ/eFP+cdqHo1txqzNqb87rMMMKZMq5/2suD3u8uZxr86wbSm1ojNSo8Ouq8thVb&#10;fRpYz/jaG2fc1vnezBhedlqw5lT9OUiQNrbvfwqwB3n+jXuAOuM+y41rlSAwTAqBhhIEaXxgf1gT&#10;VIZ9f2mVffvKYJjPzzCdhzD2BwAYa9PewjcQBMm8secj+FAfzNz+DTN7pjcIdz5i9hu6/tw7Dv1b&#10;7wHFmJnEVr6qojmf4aqb+nCeZT0g1nHBSOl5n3erx+EMqHdb8dZjWoANukbhuDs9waobOPsGDQvj&#10;jnEjbZvkAeQ9IDpuazsOsv95hcVT0743wiDHv5DPOhk7aRxkbElMFSoAAACAqTa1AaraWAQeb7fb&#10;XGBwwbE9owG+J5jZE71bHUbrv6HKaZ0jN1B51xjtNibb+TEbZE4i60DgZujfNM6otRQwKnkPgA83&#10;FOlWmS5HhKjDOmdza4Pep/AhyVpORTnQelL3unaEMVVhy9rOPW3roK894WPsbvMeWzkcWkWaJq/k&#10;HZaPTRWqPptkXYtz4Ak8U9y+t2OAyVNFyvK4bmZ8PM5xDgMAAABgmlGB2kXlaXEeMbNPmtmLvHuY&#10;xPYqncGMAQOnm6HZ6uPWZg7ltpNhEHrSqlCzBEnXvck1WUMDKjgwSnm/lwz/Pbxb7bgQCpKGEqC6&#10;tmftVtO1NF9tt5qzWnf12jDuW4Glu6972q2ma+vf6DkBbeXQVYa61rpLtnI4ayuHeQYf1zuPwfAq&#10;T315P+fGsY1vFos5hF9T2b43pDTLaQwQaG8M8DziHAYAAADA1CJA7VpWuJAbN2CRU1XiOPIH1x5t&#10;Zq1Qq6mJaw1qZs+vVGs/kFPb3WlvS4jiNFLe8hm1iht7GkTOMuh4POCoqjva+GLc5F1JPpI1lDrr&#10;bbpwsFsRujOqyW8uwGy3mu5vek5rjBZRlepeZy64cwp3XyNug7rTOebdYHZUnVoIULMb9D0867Ga&#10;hPa9ZZTlfKLzWAxQzZz23BEAAAAAJsadU/xQFj14sqCvqQpRFVIEM7VdEPg1oUHOSR1QebKZfZOZ&#10;vWmAga5dDXTTShqFcJVUlWrtesogcX1CqsYHbd/r//9iytvoVAGpFSAwNEWsfzryFvwrh9v+OZz2&#10;cUlfs96/pqUE4gQT527q/df9fe4mPUdRGLFWqdbWFTA0MqxLGOaC07WY9ryxvGOw7B0D03nofMz1&#10;9rzzjV3/OHjHoG4rhyN/3XLbU6nWDnrsS1oz4/Sa7J5rlWptp8/zOU59wImLeb13TqMiPu9kCVD9&#10;x38jw2SyzrrBBOIAAAAAptE0B6iBoqr9bk5jgKoBxHfq+7drfVl/8GXiqk81eDqrdsXPHeCmwi18&#10;J239SZRDI+XgmRs4cwP6a2P++GUZdLwesTb2doYA1byABRimvN9Hsq7FmKtKtVbXucXSAKGaH0Yd&#10;vyZWqjVTuOr+1jf7hQZekLqhc5wsle6uinU96eusAtNVBabLGY+BH6yfCOZ0DPbMnr9rL+u8/pch&#10;aHSPx/kcb295zFrMbmYMUN0EntmI97K+1IEi66SASWnfO4hcJ0RqmZAsE2L8ThqblWrtKMPj2qCb&#10;BgAAAIBpRAvf20FnEbNq9xWqTZMlb4Dns0Pte48mbUClUq0ta0Dh0Mw+38zucgO7lWqtMcC6U8FA&#10;5bS2gEaBNBB+OeU9NMa5Jbn+FgcadAyo+i5Ly07WEMMo5N1tYzTte0+rK6jMqyIxzJ3HXDKzByvV&#10;2r6bKNXvPd29trp1UrVGaprXCBfWLiUJT3V+salzjqsKFIs6Bou6/TzXUR1E3s+9cZukNoo2vlmv&#10;N2ndZrIE152uHzlvR5ZJWHsREyCyPJc4hwEAAAAwlaa5AtUPAxYGGZjRoNpC6IOy+6D5Z6rAnDYv&#10;MbM3mtmL1NLWDSTWR972rxj/XM+drzezz3DjJWb2VWb2iQwVG8FMddp8omjrKdtNzug641p9kLXy&#10;M+41azNDJVQZW+DVNQmkSEwEGa3JWP90tOZVdX5RbVQ3erXYVYXXkl4n+k3cuNwvONU5Zj2nFsHj&#10;bKoDVHdOWanW9jJOBlrNOIFx6tv3DvAeuZPgMmlleTyiOv9kOYdxba/raduLAwAAAMC4m+YK1NwG&#10;ToKgrFKt7XpVWu72v3IKB4+XNMD3EQ12vUj/f2CcK9h6cC17P6Xw9BOquv3qjG27drPOcgfSUCu/&#10;tKHi+QGqqkcty6DjTo+Wh1kHh8sWQM/rNafIr1zX30RquYZErIHXeU5fVVVq7OuKzguX+ywTcaFX&#10;eOrOmdQW+CFVw05zeBoc04Mcb3Icz7eyhlfn0p6D0773WNb37VxDZLUtz/J40EkDAAAAAAZAC9+c&#10;Wveq+tQNlrk2b25Q+qma3Xsrj9sfIzP6UH63mb3b+7BfinXTCuAqjJ+im32bAlUXuvyZG/hUu72s&#10;odO4hlUYA6oiSLsG9NgNiqoSLEuLy16Dn1kroVg/DMOWZ3vXIiqqxtW8JoZt6zXmFE3AiAtRz/aq&#10;5HLrTqsbRZ5rfk6CXAP8MZwUNMw2vlkrLyemfa+qT7P+DeZ9vpQlvIxaxz2Q5bl0bown0gHAVHHv&#10;YX2+eD0HACAhAtQc26bqQ+qmwsKWfvwZg97uGHqT1ibzT8rWe3yIH2ef1jq3riqiqufTX5jZ81yF&#10;nxsgzdDKN1DUumZAIG0V6pkhtHzNW97te4PX+iyTQmZ6Va0BeSrgb3X4ocjW3Lb3VcYJCGe0Tmpk&#10;JWlMiHohbm1EF8a6bialrTj1H4/RyPs5OFaDhzqfTDvxKZD29WCq2/d6bbizuJbnZx4Ncp/LcNVe&#10;25913ziHAYCS02eAGz2+NllmBQCA5AhQu5byWndSbZFcReKT9KNpDFA/qgGeL9b/d+IGCyfAn2gX&#10;PmBmn9Tj/Zh2q/nSoHVihtbF094iEUOiv8u0QeC4VaFmGezbSzDxgcFHlF3e4dAo3pv89tKZ9ufL&#10;nvHkyK/Pemyup2eXtIzDqW1UkLKq7hxX4ipPK9Wam+zxYJ5tr+P2/fPmPivrTfqPxyjkfS45bhOC&#10;bID34MTvPQN0brBxb9/r/oY1IeLBjJMY3N95z3WNM8hy3nDUZyJY1ja+dNIAgPLr9V7sXvuXWZYD&#10;AIDk7uRYdeQ9y//dOrZuHdDPzfm2x8FTdQwuaFsn+cO227dfVpD6FXrM79XvXlip1p6tUHU9xW1O&#10;YqUuyquRsrJh3g30t1vNNM/pkRhgDbckA8Bu8PFqhtsmQMWwTEKAmtilV7zYFr/4afa0pz3ZnvrM&#10;dNnP4ceO7Pf/0x/azY//le3t/YkdfPhj9t4Ptuz9f/aXaW7GBZ8uRF0NTxpzEzL0ehR5DLXWaepW&#10;oS4Mfc7TP9/mn/TEzr5/zmfP2Jc+7x+nvRn7f3/z7Z1/f+TyG9Lu87Dl/Rwcx+oL995zf4brzei5&#10;mWTyT9bz9lG0750dsNp+QV+zCtQHncCwNkDnmThZOmlsJqiCda87F1Pe7qIL2Bl4B4By0iSgXifC&#10;dV7DAQBIZ5oD1CIHTdwH1iea2Z9PYYB6XQMQv6L/XylgIKFMVhWQPlEDMEvegMVX6nevSri9nMhi&#10;6DSwf1ktI5NacwP+Y9CWu7AWhG7fK9XaXobBVjeIXe+1/iGQk1wD1LIPtrgA8ete/JWZrjv3OTPH&#10;1/1m7+cuWP21N7zZfucd77W3/t777K8e+Zt+N+UmbNyoVGsXwn/jUZ041KFiO+nriKsc/dqvfI6t&#10;rHxF5n2NEtzWT7763+d2m0XQ6+5RjhMfI9evLTO9Zx9krBBdTdg9YZza9y6qRWEZXMt7cllB67gH&#10;sgSopoA96/IIGAPuPLXfOUS71Ryo0jrNffS77KDbgsH1eYz2+dwznOexOqH0en2+kHAiFQAA8Exz&#10;gJpbizQNgP3vZuam/T/WzP6dmb1W7Z+mzbYC1CdpXdBJ/0DjBpn+iZl90J91rhNkdwxuJR3E1sCg&#10;+/bxRW80ELKuAbGkg3Qz+tsu7QCaXpdTV3QlbN8b2MhYCbQ67m0OMRbyDFCzrrs41lyw+vLv/UZ7&#10;+fd29+IXXvPr9qu/8Q77g/d/qN9uXXXv570GDNOEp67S9BUv/Vr75u/4+qk59j3s5thCeFzX/9rM&#10;GHz1DUanuX3vgFx4WkTHnSznWUdJBsjdpJiMYTwB6uRb6vcaU6nWNgecWLXeZzLMnjeOUO/zuk+A&#10;Onq9HqMdPvd0DON53Ovv6tTkPgAAkAwtfPPhAtOv0S21zOzpWlvgHjN7RKHqtAgGBF1L0LNjUKE2&#10;qLoGsu4MzTp3A9efozA07YfLp5Vn9zANFN6vpWxJe7FSra2XuMI8awVNmg+WWVspnnPhyRS8PmK0&#10;8gxQS/9cff2v/Lbt3NjrtN/98J8fdn72ifYjsS1p3Rqoz5zvNgl5wuMfZ899xufb7EylZyVrN0z9&#10;xk7L29f+wpvsrf/5A702KTZETRqeuuD01a96ac+2vB9834G96/f/uNN6+OivHrY/+sCHU+2787wv&#10;6Z52fPgvxuIlaT/HADW3yZRDlrVycCZB+9Vxat9bBu7zXqPAQeks5zJpz2PSPpfStIPGeEryGhPb&#10;lr6fhEtsEPQAKaidfdyyPJcJTwEAyI4AtQedhOz3CgjcWoBm9gVm9sdmdoeZPUsfJoIZ8m5m7zPK&#10;sD9D4o7ZezTD7VS7ugm0of0Nrwl0U+HpR2nNi3HgPlSpcjrNwPSG/ubLqPAWhGqlmKWNr1GFiiHI&#10;WkUWpfTv55s7/yXV5V07Xr+S9GQYum7PeNI/tP/xnqdGtst1/3dfLkh1bW97VKS6EPVmRNCw2et1&#10;w933T176tsggN2gr/KY3P2i//0f7SdoKnxLe9wQVtWUyyctCJDJA5aAlqB7M+p4+jWHatYLWPO3Q&#10;OVlR67j7l83axpcAdUIlfI1ZHaBiLsk5Os8vIJ241/5rtLkGAGAwj+L4xVMAuOzW+nPVWWprFfYi&#10;/f9v3VXM7GEz+wf62YHWQZ0mLnz5v6dohpsLSb/KzJ7rWja754p+HoSm/xtVZhgjaT9cndFEk1JR&#10;dVfcDNxeDjIMhGYd4Cmi1R+AnLjqzY3/8E77p/9s3b7w2Rfsld/16k61p88FnNvb99ulV7y4U9UZ&#10;Y8M/f3SV+70mqlz81rP27j/4+VPh6a+9/j/ayot/1J703O+07//JX+sEvlnC0wmQa1gVc24/DrK+&#10;98QGF1o7LWtV7jRNCDpSl516wV04spwnpKoE1mUPElw07JzOtTC5+r3GLOo1I4t+nx3SLKcBTD11&#10;koqa8FBUe3kAAKYKFaj97Wqw5oVm9sOVau05Zvb2dqv5Cl1zU+udvs3M7jazx5nZD+o6m1pDZCoo&#10;SDmashZeX2JmbgTzE2Z2w8y+WYOjuxrECAZOgwEr9/2nzOy7CVZRNm7SSKVau5Zy7dCNnFuF5iHr&#10;B8UsA9LuOpcyXM+FzwsjHiA6GEI11+wYt8kcWwWEQlPdSeG/H/5VJ0x1X6tnvsh+fO28PfWZt8ep&#10;fvDH6vYN33TWvvHbfyqqbe6MXieX1LYwstrLVZ3+4pXvPtWu1627+rO/8KbONpTK1tySrRyO4nmR&#10;92vWuIZAWSsH53u08c3auWHa2ve6v+kblWptR+17c993BVNZWlVnPY/JWoW6nuByGE9J2/imeg4k&#10;XGeZDi1AQnq/iOoscZ3wFACAfBCgRtCM2rpCgUepwtCVFjzJLR3lgtJKtVZtt5ruQ8PbdQtfbmaf&#10;1vfzGuDZnqYAVfs6DW17fa518+crFH2ymX1EJ7BuFuA71H4rvK7kjdFuMtDTmgZEkraNc4OxjdAa&#10;wKOW9cNi6gGbAVspph54ytlG0S2dNLGG17zhyzsUYsKPuFbBm2e/vxOk/uvXXrS5z+m+VLpA1VWO&#10;ukpVF7SGLGpyVeRrU/i2HNce+EcuvyF2HdMSoPpshApq4zvMyUeT4Iy6z9xXwDlQ1sciy3YM0saX&#10;AHVCJXyNyfIcSPLcDr+msBwOJkGRz+OoCVD83QAAkBMC1AiqDFwPzeb6e4Wnv2dm/4NaF3VCg0q1&#10;dqSw4WFdNmiFtN1nnaFJM40B6l0K1x9jZo94Aar7cPgB70Ola+/817rM26g+RVlpXc/1lFWVrsX5&#10;Rhme1wO0IBykgobqDWDKuCD1rV/6Crty+dvtm7/j6493/rW/+AP2j1/z6502uyGRrxGuZe+rfvaV&#10;x/93a5z+ix/5N1EhLG53SsjzUJStg0IaWd97TrXPpH3vQO5XVW+elT5ZbitT21MFZVnWc1/sUc2M&#10;ydDvNcY9B2ZTnv/3q3Q/9Txut5rTNJ6CCVXU81h/L7S8BgCgQKyB2oM7GdGJTl1rXDpP9E5Q3Adm&#10;98HiR83MtXF6wJ30u/asdjuInSbbUzgL/TFq23zLzD5mZj+kx31ZFTsNVaC+y8zea2b/jEX8MQbW&#10;U66JNZNh/dSijKKCJut1B1k/ChgmBsgjuDVIX/pDv2Tf9i0/3gk+Ay//3m+0n/2Rb+57fXcZPzx9&#10;1zv+0J7/wh8mPB2ucQ9Qs4h676F972DOq+vMwNS5IUtl8SBBdtbr0h5ysiV5XiR+7aB9LwAAAMYR&#10;FagJaGbuBYUKTw1d45wqL+sKVt9kZr/qqlUr1dobzOyZpdypHKjV8ZK+3Pdf4AaiKtWaOw67UzKg&#10;8iZVJLtg3ZWb1CvVmgtO91WdPKtj8xQz+1PX6jf42YjXPgRiuUkAlWptLaL9dC8XXeVqCZ7XQ2vf&#10;G1BF1FGKtse+eonCZ0yOXJcPGMcJYV/2jCef+P9znv75NvNZjzv+/3ve/2H7xCcfPv7/+w4+0glE&#10;s3DVqO994Q/bW3/rp47b8LoQ1YmoRO1w4WlwGdNap2v3P5B5G0zrqD6h8tjj/z/vS5524vfhff7w&#10;X9ws39qqSGzA955wC/msAeqoJ04eDTDBYyFjUBnHnfdv53AelPU85qbC10zXzXi9uHbQmAAaA+n3&#10;GrOa4hw6S/teAAAAYKQIUBNqt5rug8GGZk5+m5l9ptY8XVC1oVvjbcvMnqXWrW5NzG81s+wjYSWl&#10;ANANupxXlVowUPBXCgqdM/rAtT7JFZftVvNbNFhx3cx+xszuNbN/7dbGrVRrbzazr1Hb3o9rndz/&#10;n713gZP0KOv9H3LOH4ERexYQmASYiSAEuUwHQhDRM70ngoBxt0OGm1GnV+QSwbO9Ei7hqNsT/Sfc&#10;t1dBbge2BwkEXEjPEhXQuN0KyEVkBjgCEmQGCBsQ2GnMSlAg51O9v5p9uqbeqnpvfX2+n09/dmem&#10;31u99dZb9fyey92I6P2ehaZ48gsDR415iKZYiHEuDVtqwH4R6NkeRT3jtJChiIAq5MHE1ac8ePnF&#10;9D9/8ZF0wc89LNV+vvT5Tbrppq9S+/h6V3D8+P/dCBI1Va3SB19wOd1w7ZXb5xAlotrE0yih1cbZ&#10;u+5KFz78XPqFn3swnftTM/RLF/988gtG2uCP/8Nnhr3mqmCnifl4XLZTyGNeH+ddzxl0tJhy2Ew1&#10;70A0bhFCUJK21OhsHImjMnEvkorZcZzesqIwNbNYPnXiqIhe44tvjNkbI41v7PS9dGZ+HzmvUc4k&#10;lm3mHBkGtkxHb6x5ytiGp7Nuw9bRgj0oNeqZwZhTsjhyrMOhoZvZK45DuqeddlyzYz+uMTV4P0nB&#10;OFhibTRtSTGu22kDbZWF80oX3B99fPP+tNn9aWV4f6z9OHCf5Yh20na6NZxr7HHac84bvM3xzJXx&#10;KTLHC34eDclaIQiCIIwikyygtuMaCxCRZdYFXIfx4IEQy/4V0YhKQP2isnOhRuY48RJM0jZhKNiA&#10;QHgWm2BVsNiqqjTH4zpRwgT/BUT0HBXAgsnit4joFiK6AoJpBZPvNTbZ3rHIxARVEIaJGpxDQlGO&#10;E6UkC8CMSJNKLqnxOC2zUkNMENIz/4gHpBZPFfc/b7b74aKkSq17pPEB+uCH/q8zYlMJrRdfds0O&#10;EfUrm9+kw+84PZQmFU+VaPqspy/QpU/d3T2/LFFRs+p6r3nVezLdb44kjbocR5IKqN00vjB+TnT6&#10;XlY/rom1XjNFPViVyreWwpBfHsG+XZGowbEmZIzxRqFCXEmavrfumaffwfK7isVuo2lrh8+pmcUq&#10;1jtRz90CPurZVudRSeowAJG25mkHPfaoYx6cmlns2lsCxVtXO7VjOLm61n5x9hML9JFa4DuNt1P3&#10;+1Mzi220VRIhchrR9FXPGKzbdy+2W8cxQ/pEkn4cdb46+t/1rprFZwGZojo4h3qMzDKuc15W124E&#10;V4Sch7pPVVn7CoIgCKOERKA6YLVs/gc+XyOijxHRvVH78mw2aZlGLcw74qNypP23obuo7LgNIvGf&#10;ENGPY6/coHWryhaHn8c5EmYDwvG5KkMg2mDOmJSGTuInLmJIGG5lHgewAAAgAElEQVSQHnAlpnG2&#10;McCacqNai0tS4AlCjugIS5PQyE0lhmpB9F1v+yt6/Vs/SJ/4wlet39Ui6of/6pptoVPVOVXRrA99&#10;0DmxxVOVivjKKy6NHWWqI2k5d79bIROReQhYG6DTy1ChjLYp0viW8M4e1fS9maOET0RftVKIqGZ6&#10;5DiM4jwmTgSiMGIEjjEhaXxDxpm+jilTM4uNmGsc1QbXq7XRqRNHg59VOEk3Eo4paiJxBEJvZYyd&#10;0m2BCnFR84LjUzOLy3EyoOH+NBNmMZpHn1CiYDnvcRAicyPhHKiANlYBDokdAYzzSdK31bm34HQt&#10;IqogCIIwEoiAepp12y+RwlJNCn4BbaUmLD9gkyslpj4di+0Wfv8TSNE6D2Fxqs/X0g9uQQrjBxnH&#10;4gsrde33IqKvE9EPx+vyezgFMf0c/LLA06IlRCJR86EYQ8wWzlCLGRExi0V+X0G6pVGNSCqLgCoI&#10;6Xjb2/+2m3b3I5+8qbufKIGzlzOval0/VNVKnb3PPSLTAT/tN57Y/Xzghg91IzZtx1Ei6lN+/WU9&#10;NVFXVl68/X+CEOsST33CqRKFP/gXH6H19X/drm0at46rimo9557TdM69d9HsOXfv1kQVRpKkUahl&#10;lSVGR9IkYNDpe3MBdeBLcJLMor5sEDCMj6pjQNq1jzDc+MaYkIhEn+BoTd+bF4gmTZqyewkZtrwC&#10;FGxJrQzWKPPjKjolELJ9qMhdChFRETCRRfpzNXavIaV5Lvcnw76kHQH2pUxLPZ3CMaCA/mwGHgiC&#10;IAjCUCIC6mm2MPHfIa6oCdDUzOIfEtE/EJGyYl2A1LXqs8Qm+u/A31TxqF8mon9GNOLMAK4nb5Rw&#10;ek8c40uIRtVRqLehX92fiH4SUarjKCJr/gv3XKVw/j4RnSCiv025T4lEzYdc2xXpa5IytAthOIjU&#10;Y3oF11ht5H6RNIJmGJiVGmKCkI5m+9Optte1P7Uguvz6G+iud7ojXfiQOXrS48+np132+B4BVAmb&#10;6qOE1Oe/6C07Uvuq/S0tvZyO3XB192e+rUoJvP/gn1nPQ4maf/SSp3ZFWhMVVfqedx+n6973sUxq&#10;lapzVp8wsVkYYpIKqHtTRDyORfreKCCixp37aJKKoKPsSCUC6njjG2OctXDhHOATWfrpkFHMwFmh&#10;7ouYzVDw0mjRqdhPsTlP4HSbpXiqUSJqw9VOcL7Nsna0CqZoQOTOVBTMoS8RIpsphYhaSXk+Bbz3&#10;gqOFBUEQBGFQnCUtH51qUgki8EBW37kJE/vnK7H11ImjC3pChonfGyEUnotUvneDoDoQcO4qPUcN&#10;nyzFIyUMfwMfJSDeCSL0FhPllTXuZkyMxl2ovzNSFv8Y+sr/zGi/7Yz2I5wm77SyiSOHR8Dzsg6n&#10;kVAKKVLfxQbj2ygLqDQG5y8IY4eK5rzxk//SjRR98AWX02VPv6orYnKUiPrFfz5C+391947LV9u+&#10;4qpeu5SKHH32/j+1RopWfuVn6eN/X98hnqpUv6XSAXr47hd0hd0sxNMRZ1Bp4ocSiBadhOeW1HA5&#10;CQ4/iQVBrB/jMsrzgHkY+IUxJHCMcfXfYUvfm4UINQsBzgrWJs0Yx7JmRLNQGJfof7SR7x2k+t1h&#10;ItrNPgcC2yvSQYilwg2hE+P+zGftTIJ2asTsS6FzgiMpxu4sniPJwCQIgiCMBBKB6jDCQNSwpvzE&#10;wlh9LiaihyEK8ScRgalFxd8losuI6JG5XoGdFkurUUKtg6y8FW+DUExI0/sNCIjEUvdybrXvZizQ&#10;6ZxPQDD+Fp+MY8LLJ6UbnnsQR6SaVJKKjXkbdsbWoItIjFrGXrpZMsrpezUioArCEKMETxXl2tz9&#10;AiovPJyuqi1t1zgl1Dld2D1PS7/TK46+5sgH6dKn7t7+7iuvfvsOAVRFuh5e/nWrcPrqN/zljuhW&#10;IVGdsnEnaRRq0nfnWKbv5WDus5owxXGsOSGEmFHv11LPfbzxjTGueexQpe816EDwaiF7jl671wKe&#10;yZJD+K0GbK/Glyq/dohZNc+4s4Aox1EvTeOLYFxH4IK59lfXXQ9I/etyZKkFvP9W1PeM+1PCtq4I&#10;ZpXiuZZhn64GOCav4ly3M0NAJK4EZFJoZGAnaWM/G8isVdQ2SE87F2CjlFqogiAIwlAzyQJqKyR1&#10;CyaxOnpzDYvpCiJRtTB6K8RTQsrae0DkURPfe+d3CZHnXNGTfz3hRI3WKoTU6ZQLXDOa9V4W0ZRT&#10;TOiJTWjzUfByvwPqoP4fVjtJLxZ1emh1HTX0qYplolgaQNrTUWQtoTFrHnU28mrjpH081KN1oKAm&#10;dGVI63ONg/joTH8mCDGRekI5ooVUFXX6wpf+2nZ6XhWN+rnHPIwuesJLtkVSJaY+87l1arUOdVP3&#10;Hn7H8Z4TU7VX33T4t3vqrarvXfHSt0pqXSEOrZzSINoY6/S9Bq1+CKhjMo8RAXW8CUnju0PUg91h&#10;mNL3cqIEujXUh255zt0qOgXaWlZOnTi6Q1jG2FoOEAcrUY7+I4Rv7Vz2ZGmqJXnvQVj0bRd1f1Sb&#10;lwLqh1ezGA9T9qUN2J42PE7QykZSSZHK13b8FtJNq3b6lGf70jCXMxIEQRAEkgjUbdZsC114A1/P&#10;ftXBZHY/flb1P29But4HE9Hn8O8peByeHFAN1GlEOvIJZwtCZhb1E1Zifr+YxqgzNbO4fOrE0WGt&#10;jXA+EV1HRFcQ0QOI6JlTM4tPJaKvEdFTIaa2YBhpYqL/ZU/R/KRC3KSQRgCt5FhnI6nxa5REc9V2&#10;xwO+1zewsExi3BxGKhOSFlHIHzFE9AElhr7/7z7bI4AqMfXG97+sW/9UpfAl1FW9/rq/ocNv+Iue&#10;k1Liqfour4+qUv6qNL2CEJNmH7NETNJ7KulYGiygYh7TL/E7T8QRbLwJEevKlu8NW/peTiVKoMMa&#10;vupZ90Q95yGRlT5RrAqbQFQU6zg4XbjGyU2f07P6u6rhmYBEgqRB1bP+zCrzlS/L0qrvXOEErd4z&#10;hzzHSSKgbrqOrxwCpmYWVzzvuCxLjQmCIAhCLkgN1NMTty1zAgfPtC3UXNAUmHiqKSJdr0rd+p9I&#10;5fo99rcf9OtCGE2IpdPUWx/wuhyKz/eDg8p7LeM6rlmxhXt/MdKjKMH8gUT0M0T0BBxD1z/RKXra&#10;+Nk3sRYDuJ00gmM1j36EyMykz9XI3Gd43cZ1oMgb3wJ3lNg7pOOcMOGkyCIx9qhI04VLl7vpdjVK&#10;ED12w9XdVL+aXzvwhp6IUvU3Lp6q2qh7Ln6piKf9ZyyitSECrPbpcGOfvleTIkVmnAjUcUrhP05z&#10;MoEROMbY+rKvfw8qfe+6L5Iez7+rlmRScdMXWanb2yUsj3rpEoIIuTvi4x0XU9TudO27ExI5ij7r&#10;eh6yytgUIuR6OXXiaN2T9SrpGjTEMd3nICFrX0EQBGHomeQIVD1p3THxnZpZrFuEUs06Url8mIge&#10;DrFUCadfR/1PlcJ3iog+oLK5oR7qHXO/Gga88dSkbgMRs2VMTJ6Q0WT7FFJx3J+IfsLxvY/j+m/L&#10;4Jh7EbVpS307SFRfeSw+6t7fBder0vm+c2pm8fMwNPHJpfbONRdOc6xmBEkKRjtqMZvQ25TQ/2tZ&#10;phjDYqOeYhejln6pNmQ1R8fNWJfUA1gQBMbZu+5K59wz3CaTNl3uC655F/39Rz5H1173B9u/U/9X&#10;oqiORNUo8ZR/70uf36Sn/PrLdtRGjUu/r3kQpDCYRjFOzmq+lIJZMEnpe/tF0jnp4RzXCiEpLm10&#10;jfA+cUgYWXxjzCyvZxiYJWZQc97QqNe1BGKY6/txBOOG6xnPuTRN7qSp4Yq5QOz1N7Zz1aZtxhi/&#10;6n2YQ2TVlwj9yRWF6qrpG0XIPfR9J+t5nSAIgiBkziQLqHyys6E9nyz1JjbZJEt5pH0T/1d1Tu9K&#10;RP8GEfFW1AH9D0Sh/g987/sQVPsGomd1vQ4uBH8lo3P4IVLXEtIW/6fx9zsjCvNCj9dmXOYhopbT&#10;TLgzRk00v6DKnKEO7iwE5v9Aauc3EdE78L2utyMm5baJ4hwmmHHrJk0i7RSenfunZhbXUtT52AaG&#10;gTRR3Z0h6stBwEGjjojrgWKMdXFZz9lJoZiwX4iAKggJOHj5xTT/iAd065CmQdUf/dJNX6P19X+l&#10;j3zyplgio6qNetnTr+oRR1dWXtxTE/WiRz6w5+/qeBdfdk23VmooSii98OHn0vzP3K97zRc+5mE9&#10;aYDjogTcm276Kl25fG1qEbcPSKRCNP1I4zuJ6VnTzDmdpJjHKCE713qjKGWTZGCppHQsFIaXkDGG&#10;18Id5vS9uQhfARk7gq8XQvTEO6xA9JyGjWQO/Srp+s9nZwlel2MNn9s6PsBhLO6z4+tLxbj7DBFw&#10;kQ47zm4FQRAEYeiQGqinuY1NwmrMeL2FBYAWVNWk46mobXofGODvC8HwP5ES+Z74+52R1uNRA7ie&#10;vFNB/QbSeH4PNV9No0IHxoZPIJXtkzI8tlrIH5+aWTyAVCSD5o4QSqchLH+HiL5IRD+L83oUxOTu&#10;hD+wNpAW7EfWo7QPNFMas46oiXwaEZWJp0kXcDTChsg6DCQuD95+kCb6tJRnhIQnk4GLvaPuUS4M&#10;npSR+jZKwx4tn4V4qlC1TNXnafhZpdb94F98hK5999/viCS1YYqouibqgy+4nM6+R6ErqGriiKdK&#10;NH38zz+E9lV+abvealbc/7zZ7ueaV70n0/3mhAioEcBIuZpzFKo4+GRLUhG0H/PHZsIoVBFQx5TA&#10;MYYLiMOavpdiOFG2Yq45fe+oiRdEXUCA1p+5HNaaPlFymNZfvr4U61wD1gZx51dZBkoIgiAIwlAj&#10;KXxPc2/9H0zitycjUzOLLUx0WywdjV44zCPa8HY2ubuZiB7EjtHX9L0gSlTYw1IQp6HAFtTrEEu1&#10;YVV7Bhbz8tYGh5AiaNDpO7+IVM43Q4i/hYh+CiL6p9EGBSbEbziMHmYqGhFQoml6UtCEcATe9dW4&#10;i3fUPK1nkMZ2JA2RMKDU+hDp4iPp87/ah/RyrYQCKsHgJMZHQcgQHWWpCY3aVN952m88sftRYuor&#10;r347vfW9H3aKnjYRdeVPfrvnmGpfz97/p17x9FEPui9d/puP7x4/Lkqg/fZ3zti3shCYh4BMU72N&#10;WhaIAPJM4zup6XuzTuHJSTqP6cf8MamAOs/TuApjh2+MmUdk9dYQp+/NE987StJbG7ByOAMvETNi&#10;c4KsbUVx51cyxguCIAgTw8QKqGpRxzywbiKkyTAXezpCTU3sIJoQxDCdwlJ5x30J6Vv/O1L5foyI&#10;Popo1p9Hut++4EkFpX7/FCK6OIdz4elQNvol/k3NLL7s1ImjL+nHsSJ4OH5dwH0+G/3hoTCeKCH1&#10;bYEGkkI/+8oogzSyKwkNO5y9iPhbgUGgZRPWkEKnyFIxZ7G42xxlw60aGzEm5ukoEUlADRsXuUdu&#10;qEjzqZnFjqS/EwZI0v5nw5eSbuC87e1/S+3j6/TZL9xM3731e3TzN7fo6yf/Pfi0lFCpeMgDz6GH&#10;PXSWLrjgvB2Rnkr8vPrVz6MXvvTXvEKqElHf8Md/Ts/9X0/p/myKlzytb9T5XHnFpZGipxJgP/4P&#10;n+le8+bN36abbzkZcM29wwq/5sJd79zdfgSQCFQ3eabxncT0vZSX4JEiRe56P8TJDOYxuaYYFgZG&#10;yBhTDrQFTOqYIgCs59KUwxEEQRAEQcgdSeF7mgfgX5dRpsIi3pR16i/xfWU5uz/73rlEdBkR/Q2i&#10;tG4x/p43ZqocM83OwzMQnYYKiKiDtPptIH1zB7VPH4p/76L+VTWKpmYWdSSa1eABz0sT8epzU8uw&#10;Ly/pfcGxIkvhIYpazvvvB+oajg/o2EmjNjpZ1L8NJE30hqTxFdKSJGpqZFGCZRp0rdPuv+/7aPf/&#10;d73THemiR59He570qJ4IUC6k/t6Vb6YGvm/ygmveZRVin/fsV0WKp+qYtQOXbAuvHBVF+553H6fr&#10;3vexTGqV9lzz6JBlBOrmKF14CFh75FWzU9L3ZsswR59q0qTxFQF1DAlM41sJWMcOMn2vMASwcjhx&#10;19xt9K8m1qITM9cVBEEQBGEwTLqAqtPZTkMw2SFiwSuuhr8dh0Cqogqv07Usp2YWZzH5m0PK3lep&#10;yCgIMet9via+GO/g3Hmklkrj+3KetnjEef+AxdNlGAgKqAmrok+VJfI8/P0oFgdfwLm60vcqfqB/&#10;MeDrGnoyjEK1kbd42u6jiJcbqKWS1z3wkdTw2E9v91aKtqmMicguDI4s3yETaZxS0aVKmFWf/Qf/&#10;jH7zyY+lZz7r4m69UIKQ+ro3XUF7bvgQPf9Fb7FGf6o0vf/0iddv//yut/1VpOB60SMf2K2RaqYW&#10;/sANH+rWJx0xoTMv5jLc77ga79PWibcxqel7Ce/yg3E3cjlCYW2QNNVyP+cxSQXUgoqwdax7hNGm&#10;5UvjGzBWj6tDhu+9IlkUzhAinq7rLFGqbc0xNeN6/90arCOUIarEymh5iXDY54xbSQNBEARByIxJ&#10;F1C1cXEOXmxFvii1eMV9k4i+gxqX03QmZe7zsI/PIoXrLMS0O2dQbzQYS/reJj5/RUTPxe/U34+N&#10;URTqQBdfp04crU3NLKo6qG/H/X4o/qT6yQuQ5rSF2qjKY7fiEc70YnPsoiJyoorFQ9JUroM873Gh&#10;1u+aNSnS3tEADI9JUymKgCqkZS3LWoiTHhWtxNTD7zje/ZQXHk6vfd3+baFTpdn9+GMeRktLL6cb&#10;P/kvPdupSNGXvuB13YhVlXb391727h37joo6/YBDmJ1gsnzfj7OAmrZOvG2fQjzmHH0sqRNYX6P2&#10;kMZ3M+FzV5Z+M7aEjDG+efq49g3f81kKvXbYolzfrcZwbAnK3oDggdzBWs5lJ1OBAOUAMTOuU5Xv&#10;/gTvD23lKrlSSTleZ3auoC/3VhAEQRDGkbMm/K7qSckcxNQeryxEAFYRZfh3ECK/gT8fmZpZ/AUi&#10;+jIRXU5EymJ2X6T3/SoEtH7D0/eqxe5HsOD90gAiYScCTJx/moj+fyJSkXg34rq/rqJQp2YWVT3c&#10;OyES4CD6jW3yWkI6Gt0HJaVRAHhGzbTVw86+cYriwMKw3/U6k97zTj+jIdA/VxNuPtsvI4YwtmT9&#10;HpH+CFRE6oMvuJxecdUZfyglph674Wo6ePnOMvNKdFXpd1XdVFMMPXvXXemGa6/sEU/Vd0ulA/Tk&#10;Z9VFPGWoyJCMdzmWcy28l7Oe90v63vi4jNtJBdRB1EdPOm9aCoh4EkaQDMaYcU7f61vjxXmPlWBD&#10;iPrEIdTxtF9zPV87VAMjQeM6d/juT5w1pvP+pO3j2L7jOX4cfNcmEaiCIAiCEIEIqKfhEajbTM0s&#10;1hE9pISvR+D3/8omoL+Pf09BJFOpfT8PIfW/IKL+qI/XoxfjBzBBeiN+fiWuT6ef2iOCamZ8Cu36&#10;v4noCSwC9TP4+UIi+hoR/TWE+N0e8Uz3QRFQA0F77huJkyVaGYfUvRbq/YqahjEuqYA6CG/3NMdM&#10;amAVBBIBNV9UROry62+gRzzq8q7gqXnRH1To1Vc+rRtVynnmc+tdIZXzoPv8JH387+s9NVKVKPvY&#10;J14p6XrtZN0HxzklbZZzjUlO30sp0jlaBVQ4RyXNUDSIeUyavjRqTo5COGn6xdg6ZMB50mVnmY/h&#10;DOR6fjpxx2VEffrI2lEpCt/73DvWJXE0RZu51qx7kdUtBNc6LStbm6sdZkP7EtbPrvPtjFDqYkEQ&#10;BEHoOyKgnmbWjEBVqVaJaD9+VOl4T2AS+2TUEF1BlKHinhBLf0hE5yNK9T5EdLd+tTFL36smP3VL&#10;fY0lpB7usDS+QrYoYf0/sUdlbNKT+j8ionfAkDI3NbNYtUz4dQ0LiUBNAETJfR4vzUGjxNOxFMRg&#10;LOhXutlRSd+rSbMYFcOjkIasBY9+GdUyQUV2PupB9w3+JEWl6FWCp6ptqlHRpCqqlIuopiCq6p3e&#10;+P6XbacBVul9L3v6VV1RVomzSejXNQ+QrAXUcZ5rZfm+kzSsyeaXUWNm0rngKuZbfSVAcHAxTiUr&#10;hF7SjAvjPqb4IsXrvuhs2ApcJZdsbeh7pznXFQHH7BuBY13SsdTX/5oB98eXgjgrJ4GQcw2ZG9U9&#10;62d5zwuCIAiCg0mvgconmbcYkyA+afonRJT+NH5+v/LQmppZ1BM7FYF6PwimX4N42m/0hFhPfraQ&#10;Epaj62joibH591Gk74YEg1vQN+5CRHcnImUt/S4RfR9fW4HhYQ0i93Y9xKmZRWUI0fdN9zfdB0VA&#10;jQnqza6hjw9bTdQDcGwYW9D+FYqfUiouI5G+V6PSL03NLK4njDbpehaLR7CQBGV8mppZ7GRYn3io&#10;I1BV6tz5RzygW480Df/4kc/Ql276Gq2v/yt95JM3BUWCKsHzN1/8Ftrc+EY3AlWhokqViHrxZdfs&#10;EERVDdVrr/uD7Z+VeHrRE17SFWNDUELphQ8/l+Z/5n7da77wMQ/bFmKToCJob7rpq3Tl8rXB5zAg&#10;Mu2D4xxVmfLdYyLpe087pMSd30R9Py+jf540mWNxHOYnvX72uJJijBnn9L2apkewUm3Wwhx/hy0D&#10;gphv7m8bl33tqtJqt2zZkBDJODQimhIoXes2tFGaVOiu8Wwe7W+dc6CtfO/FTNoyoA51gfWlHXMa&#10;CMHqXPd6DtUvR2hBEARBGEkmXUC1TTK6izwldqgJprJTEdE7kQa3xL73dIhmej8X4P8/hn+/z/7f&#10;D/QEsonzjlq0vwz/7oH4mLfYkTcqhe4dBnj8KSK6KxYs6nn6ARHdzvpWFamg9UKqyCJN+cR7nt0b&#10;EgE1GWrhgAVVfUg8aNWCpzxBqe/U4ut4wPcSgUWgbwEYxSCNAupZP5Rw24rUpBFSkMToH0VBja/D&#10;Op5lIZ4ShE/1eRp+VuLmu679IP3lBz9FN37yX5zbqujR9X/+yrY4ahNRVdpeLp4qwfYZv/Uab61T&#10;JZo+/ucfQvsqv9ST8jcL7n/ebPdzzavek+l+swTjfxZioGYSSlmkefdoJjp9L8O1topEOZZxsQJR&#10;S6OURUPTSCigEqJQJRJ1PEkyxoy9QwYc2GqetpmHg3Wd2Q10mRLfGrYd4VzZYiWbojiismEZ44kv&#10;mjIPfGNqAyLqjutkYm+isRTi/2GfiDo1s7gBm4K+P3OwB/ruz0rGTgLqfl3v+LsWURvGfS1iW59j&#10;edbnKwiCIAhjx0QLqJjc6h/vjX/ntHgFMUZNmn6CiH6LiH6FiK5hYuVVRPSHRPRY/Px1RCP+HRE9&#10;sl8CqpG+t+mphfANiDrq+y/sx/mNOf8FsXwOqZ7PIaLPKXF6ambx9UT0RCyG9sNYt4HF1KruaxF1&#10;NsRYlRB48lawiKgNyElARX3VT504OlHenIjMX8lRvE6TAnnQkRtJjdiSxldIQyKjv4PSqL6fdJSl&#10;JlRsVZGdKiWv+qh9vOXNN9Bb3/vhyDS7zfanu6l4uYhaO3AJveCad3XFU5W2V6PEWVuEKkel2r38&#10;Nx9PT/uNJ/btmoeUrFNIT8I8K827h+9DON0OPmHCRsUQjJLOY1YGkb5XgzWxKwrKRVkE1LElyRgz&#10;EWMKnPHLnjnYbMIx2vo8YR0WknlkfgCCqYnvHayu4TiinDfw/SI+WWSaqmFe4WqHJPenk3U0J+x7&#10;vvV1AfamuI4umzI+C4IgCIKfSY9AJaSxXYCYtc5qUWphcgETCzWBuoKIHorPd5GO9XxMOpYQrUqI&#10;QpzC/28loh/P+Rp60veeOnG0yqLwTIosDdO9cj6vfjDoCd/nIKCfYr97MBG9Ac/XvViE7Dwmt22I&#10;qnrirgVULeKH1v0QHMBjtQSHgmqKyMU4bOK5a0zwPaylrFPqIqnhcSDpezXwdE5qeCz40lgJgoM8&#10;6qAOZTryt739b6l9fJ0++4Wb6bu3fo9u/uaWJ6qz9zJ0TdCfe+QD6H6z96QLLjhvR6SnitK8+tXP&#10;oxe+9NfolVe/PVJIVSLqK65qbKfzVeKr4mmXPb6n5qlK2xslnqrzufKKSyNFT7X9x//hM91r3rz5&#10;23TzLScTX/NDHngOFe565+72Q4wIqDHBu2fVKEsSl369ezYSlhbpy32EgJioLY3I/emE1zkMUXv1&#10;pE5dw5y9QEhOgjS+k5C+l1OGXSlLsXKf51mqJ3T24LTzdkAOSE2r0WJvknV85DUgkEJn+clyzVrJ&#10;qY9XYcfLsi91kClL7E6CIAiC4EEE1NML9gVMSDaMhbEWtmYhkPFJ2E9AhFSTjjkWRfgQIvoqaqEq&#10;7kREj875GrbT97LfTUdMGtXvfhnn/jhcYx5CR79IYxTKAiWeqpx+D8S+VBSqsl7eRkRfQF3cu0BY&#10;Iy2snzpxlBsCSxDvdR8ah9q0QwOE1BbS/5XxKWXY79fx7DX7aBxSx9kdc5u+LI5gTCklfDZ97ZfU&#10;YWIYFoblFOOVbyHeSJjmtx9GrCR9lYbkno0DeQioQ4kSLdOga53ymqd3vdMd6aJHn0d7nvSonghQ&#10;JYJqIXVp6eXW1L4qne/s3L22t9MiquaSS2vWeqPqmCpi1fw+IaL0Pe8+Tte972OZ1Cq1XfMQk3U0&#10;/kSkRme19ocapLkd6tSeWbSlMf8fKVDLf6zr+QuJiCMQTpQzIES6UoYi6j5b/VKDesqUvMv4tx8Z&#10;nMoox5SGxLW+4Rij65mmvT9KjKzm5fDK+lJIPdMQJq3MkCAIgiCkQgTUMwZkHbEZtbD9R2Mi+S0i&#10;uof2mtMLYtRK+A8i+iImN7b0rJnBakLFibB6PEvjqwpeXZrnOU4A5+AS/w2LgL+G0KP6yH+DmHpv&#10;ltLZXJDotNFF/Cw1KHIA3pXbBjpEaRdZPRPC/22esOtM0Gnh/2sR9Wf6dS1Da/zNazE2qPbOgjwX&#10;qPB0HspxY9j76riTMvrZxlDXQc0aFR2qhFn12X/wz+jSxz2Cfvd3n9KNRCUIqcduuJo+cMOHaOl3&#10;/nRHNKna5oILf2b7+5rnPftVVtHyokc+kFZWXrwdpapR+3Y2Pi0AACAASURBVFf1SUdE6MwcOClm&#10;1Ye7iNFQEAQhE+LUx524bCqYBxdRE7Wa0IF3E5GN3vl0StH2AFIP96UEDQTMS9CH4rZLB0EE08gK&#10;Z0W1havdmIhaS1HnuQ3xNNd5BfpSGTVsaymcwVdwvuKsKgiCIAiBiIB6JjqjANFzO8IJdSQIaVp1&#10;St5T+P8tEFA7EDEr8KK7nYiehBqXryOiV7AUrnnQk743kApb7Hw5/yYea1ZwD5Ro+lYiUkXPLiai&#10;t6uAE0Qqf45Fpqr0z3c3GmQOixzd90RA7QNY5IgBVRCEcaeVcV3iyiTWS1LiaON9H+1+ygsPp6tq&#10;S9vCqEqz+7nHPGxHNKra5im//jL6p0+8fvt3SgxV++BERZ2q7z7/RW/xpOWdCLKOopRMH4IgCBkQ&#10;oz7u5iQ7rpw6cbQ2NbNYx/ypEugUpBx46wFRp+axuGgbcqwVHKfv9wepfIsxSsBswo5Vh1jsC1ao&#10;+Bw50V5V4/6EiJOrKNvTV8cAiNwNnGclUCjfhL2wPmFptAVBEAQhE0RA7RVQ7ozoijk2sXgnET0D&#10;//8wEf0zEX0f0aXq36PYh4o2vBli2Cn8vR81F7VRKU5KJTUh/A7+/zhW41WIj7rfX4cw+k5srerj&#10;vp+IlMX01WjjL+NeVS1RySoi9c1soi7RWoIgCEJWZC2glidRQOWoiNQbn3gl/eaTH9tN5UssGvWl&#10;L3gdHX7H8e1vq1S76nf6e0oQ5Zy96670zv/zuz31VlWq3mc+tz6xEacWsk57KvMsQRCEjFDljPJs&#10;yySpr5VgCVEu7bEz2Q+dEeq6+4PwV2QZqDgtZDpKFSGoz93IusRRNqyWeZwk15wmPTnsbt2SVIgG&#10;te1rDW2yYdk2k2AF7KsKMTWqzbbYucS6P1mmcMexu2nV0ZfmItptA+eaSBzP6pxPnTiaZ0CJIAiC&#10;IOTOxAuoSG+nf/xx/FtkUYBvgoD6YdS7VDUtbyWibxLRt9GGs/g8Ep6CP4Jgpr5/r7zOHZGve02P&#10;zqmZxVZA3YpHsDS+f0hEv5/XeebM8ZwjfH3ck4geDNH8c/juo1FTQk3AF3GfdEqdHqEbk3PFD9mv&#10;xStQEARByIqsxaJZw9FsIlHRpUooff/ffZbedPi3twVQJZTeb/ae9IJr3rXdLG9974fpmc+6mN7y&#10;5ht6okkfdJ+fpBvf/7KelL2vuKpBrznywR3pgCcVNtfNEhFQBUEQhIHBym/kHr04SlmXkG534O/o&#10;EWsz3ZdkbiMIgiAIOXGWNGwXncqriP9zT8AN1Fh4LITTsyDY3QXRqNor698hqt4ZqX0fhb/nSZL0&#10;vZq9uhakkAp1z7+EqFNlAT0bIvoTpmYWu/dFCafaQ5H/H2ivxvPwb2fSjdKCIAhCduCdsplxk1bk&#10;Fp1GRZhefNk19IY//vPt36lUvO99c7WbmpcgtqqIUh6ZquqdcvH05Lc7tOfil9Ly628Q8bSXrNP3&#10;dka5nrYgCIIgCIIgCIIgCP1j4iNQwRoiNov4/7aAighVJZJeT0TKovUgiKzXEtE/EtGvor6lSuN6&#10;H0Qi/oCIZojovhDWfiKn89ZGpR4hVKXaQGSjL63vx/HvHtRwmM7nNHNl0GkEfwrpm2+DcK4ij3+a&#10;iL4W2J4lQ7SXmpyCIAhC1uRRBzWTlHbjgBI8VcTpZz67Sa970xXdK1J1UW+4W6Errqq/83S8qobq&#10;tdf9wfbPSjy96Akv6Yqxwg6ynueJeCoIgiAIgiAIgiAIQhAioJ5Gi1bzECN7jDVI4XGuudHUzGIZ&#10;wqmKOrwTEd0OIe0HqDH6Y3mJklHpexnTAWl81xAtqa77poDvDyODFn3vi9S9D4BYfn8iugXnde+A&#10;7bVor8VwMewJgiAIWdPMWEBVaXyLSWsqZcw6q0mlMzzw/9sosvmDziSSeg7UeN9HaevpV22Loyqt&#10;78qf/DY9+Vln/NlU2t7Xvm7/9s//+JHP0DN+6zU9qX1TsonsKRusJMBGRHmAaSPrSpH9rpD6TFKC&#10;ul7zGe8293SJgiAIgiAIgiAIgiCMByKgnoYbAG+NUd9rDuLp51gdzPsiret3WVrWPEiTvldTRpTq&#10;IUTXCvE5SUQPZKl4vwUR9WMQ1X0og+2biUhbUyUCVRAEQciUUyeONlm996yoDjCVb9fRLYWAa3VW&#10;gmBXhKhaSiLeNdufpsuYiKoiUV995YluhKpZ8/RLn9/cjlBNyCaupVurK2Fq2sh5JDKwDHJekkeW&#10;EXFUEwRBEARBEARBEAQhCBFQYYBjhsUfx7/FCG99TgPGQ21gU7VRv0FE/wXx9CRqpubhxW9N3xuT&#10;WSL6F2zysBzOcRL4Dp6jdxLRL7PrVamep6dmFm9HDd3qqRNHe+4V0iwrfsh+LQKqIAiCkAeryFyR&#10;FWWVDcOo690X8op8hePchhYVke2jjE9w2ykR9XnPftV2Ol9VE/W7W6foWc+7pKfm6VN+/WVJxNN1&#10;zP2aeddMH4JaoVnXP12XOvOCIAiCIAiCIAiCIIRylrTUNm38p4j/l3wbwGio87KpiNO7IPp0A5GI&#10;u/I4UZa+dz0DI+LjYYx7KBH9dUanOEn8dzxHz0Ct23vg2tU9+gz6UiMi4qEIcVVHKnfEsCcIgiDk&#10;RNapSwsDjEDtC2qep5yfTp04Wsac7gCiPr2odL5v+OM/3/7ai/6gsi2eKi65tBan5qmaKxxW5SRO&#10;nTiqUifXx32+MDWzWIGjX5akcToUBEEQBEEQBEEQBGHCkAjUM6whnWoJRsZi4HZNeMjfB3Uwf5b9&#10;bT1t+jGkT9NsQTANiT5VhrXlgENsYT8qje8/EdFH0pzvAIhlQER6vjn2q1ZG6dyKSIP8apa6V7Xl&#10;GxwidwnH1vdY0soJgiAIeaHmK0cy3neVOZINhmO7dNrdIt7vc3BiCkm/a9YL7abCpT0nd8wtmNNc&#10;HeJezSfw1Q5dTxdccF63FipHRad+4gtfDWmujj6mN9L32K5p1g7TrC186LnHmTbYc7LvUcUW8hDn&#10;pf6pMBFgjNLjvXK4DV3XCoIgCIIgCIIgCAwRUM/QQh1KZQz7BKtJ6QQGre0UY0jL+in8qIx3xzM8&#10;Rx0Zq463oiIQor6IyIRa6I5x3uchymKcUQaFgzld324mnirx/PPKWKfaNsLwWYJhVN8nSd8rCIIg&#10;5IJ6D03NLGadxlfVjC+rGqt9u2vHdhUxDypBLExTJmEWnwXjGJvMwappCopIyd+YmlmsQUS2noNK&#10;z/vs/X9K//SJ12//7gM3fKgbnRrAslM4PdMOumZr0nZY2PGbY7s6mJO0tmus9lFUhfPgzvNKx0Sk&#10;70Xbace8ZkimGjgXasFat5H63YZZfkIYfpCpSK8R10OyKgmCIAiCIAiCIAh2JIXvGXYYGIzozyDy&#10;qstloAwamXrmY38i4KWnw4wVZUSB7LhXMFYpo+2tzOgpEaiCIAhCnuQhhqTKtBGDCh3btQUntYMQ&#10;2PKoMU94Py8hguskHdvVpGO7Kojy3ObUiaM1VvrBikrT+9IXvK77J1X39Pkveovv2GoOcb7a9w7x&#10;9NiuMh3b1TDaYW8O7VBA+x6EI6Bqg37OUfLoU4ONlO4fc7hvB2O0Y5ltM82cDcc6RXdeqPWjcq6A&#10;g8UgqOEZVmuSyiDqVAuCIAiCIAiCIIwLIqACeKXrulaPGmaP3VMnjuZirIQhUEhHGfXJtphxd9qy&#10;R923fpy1vwiogiAIQm4gUrST8f4XkjicJWA2R8HUx16IqRsQMLdT46r546kTR0uusglvfe+H6Uuf&#10;36RXXv12+vrJf3cd6jDmEGcc2tSxju2qQzS9HsLuINrBjAjNJSUoHMyyjJLWTET6XkSM6mc8NKsM&#10;F0olzXF6SkyQ7ivIKLQffaDUJ8deQRAEQRAEQRCEsUVS+PbSgmHKrE0pCEEYIugmDL4240WJpWQm&#10;V/SKIAiCIGRII7RMQQxqQzxn0nVO9ft5DfXfNbxWaAn/j6ptWsA8cYmO7VrpXjfqpSontKmZxQ1b&#10;nVmVyveZz6376p7u60mXemxXCcLWUuD16evasNSH1/dG14kNqQ/rw+YclgV5OPOtTFgUXlML7b4U&#10;2xCsdX9oK4eAqZnFBp6XsU95PIbMwZljTcRTQRAEQRAEQRCE9IiA2osWUJUh4ZXKwKjqyCQwuuzO&#10;6fwkBVN6GjmmyjUNFWseAZXXP5XoU0EQBKEf1HMQULtRqEOSSaEDAel0/U4InLE4naq3yNLx2wRH&#10;LqRWVY1QJYBOzSySTUR1iKe9kWKno1trDuF0ndUmbQXWJu29L6evr8SuL0ow7iuInvMJxkmYtDqe&#10;TdaOZU9UKY9S7baT1D0dXSCWSxSxIAiCIAiCIAhCRoiA2ovN8FeKuxCVVKzDC1I198ujXhmp53DM&#10;bVj90xNS/1QQBEHoJ4gwa1tSsqZl0FGo7a4AtOdkevHntCipRcoaBMcyPmZ62aXu74/tUiJqwyWi&#10;Wjgjnp4+RjUi7ec6xK1mIkHYfn1aaKnGiHbNmzzqlG5O2rxciWhTM4sdzDF9aXx3pO+FkK3645Yt&#10;ilE5l2K/cyxrj6Jhznkt25bgnKBTQKv9N23bsdTgKppyC/PnCratYT5fJLb2wjYlPFclY39z7Nj6&#10;vNdcEbpsuzK2m2bR3g3uZMvabY79Tp9DVFuWLe3RiuqzcdpEfydiHyV2rmvYrin1UgVBEASh551u&#10;rm30HMD6jhUEQRDGkzvcfvvtcmsZUzOLa4g0WMEC9DZ8BCEJyknhB8Z29yGi+xHRi4joEJ02/Nxh&#10;lFoXxpfj+HFZ6ucKgiCMDlMzi5VAgS8u+zKNXju2K2SS2kYq3f6IZKcjRCv4mJGbq93f7zmphI2q&#10;fsc7ON1ex3YVIV7x/elI2jrtOdmfVJz+6FfOMu05mdm735hXZEm2fXJEmJpZ5JHml9hEQohvX8aP&#10;q6dOHC3j9y04WLQtImQRYn5UGmiVLrli/hKia9PhuLHjPk3NLOrnfzeEPj5m6Ww/3T6j5tFIPbzd&#10;d/ncGkJlI6J+8DoEV5vYWIGwb9tOPaNVfd6s3Wz0tCXavuH4/gr23XNOcdpE/cyFWNyDlieF90Q+&#10;L3Exxqsdz8m4MTWz6BvrI0V/H0zQj2QY15meNkncHsJgwZg/F3USeffFQR9/UAzL84T2L2NMsr33&#10;TTa1Q6I8836Y01cUYzl2BrznvA6Io4hnPNuQ+aYwakgE6k70wrKEhe3ziejuw3aSwsjzVRYVsCq3&#10;UxAEQegXiJKs5ZC6VdUB7VcU0ybEyv4utE9HgNYQmaqFVC2C7O1Gch3bVT514mQdC2YzYlWzDPG0&#10;ZkSddiDY1APT82bH6Wur4Jxc4k4e5BF92pngdKa81nFUGt8d6XtdoD83mVFxE5EYvI7qkorA5iIq&#10;DGZrbLt1RDxOsz52BNvZzqMUEZm9DcYzq/BvODN0WPRIEWOgOvcW0pBvGfvkx11nEZ6zuB7XeUed&#10;q9keuh116nBda7mkBOuI8bQcJxW7RTzV7bCG9tW/P9LHMVwYHZzPH0j6LvY+3znVxk6L75xFTBlN&#10;Kp65T959cdDHHxQDfZ4wT6gFiqacWbyLVem37rpEhFQncxM6dvrec60+ZknsJ67xrD2BJVaEEUcE&#10;1J208BJUL8PPiXgq5MQHieiZ2LVMsgRBEIR+Uw+IkIzLLNLQ5m3gOYyo09hGfggJRSzitVdslFew&#10;fj/r9P+96bpOpwtuIAVuDYvEQjcy6diufUQXVbCdaZBpn3rjjXU6tqvJBFancGpJJTbNUnVyeKmC&#10;VlTqUCenhdSSEoIdUXuZAcOVKyouKfVJFYLUPYcxb9aRxleLnB1fGlvAjYs9kYoQBVs4nhJR66zf&#10;6e06MC422XY8+roeId5po1Mb+9Lpa0uW7xzmkSA4Lz3O7Yg0ZSLpPPZdZdvpffbWKd4ZgVhD9EDJ&#10;2GdUhhn+TB0+deJole13Gn/f6xlPtXi6inHD1iYcLpLuiBI2ROairE0EQRCEcQfv+mZGc1D1zj4+&#10;NbNozSAhCIIgjDYioBqgbpD+5QwWzaeI6OxhOUdhLPgYE1AnNTpCEARBGByNhN7WPg6qVJo5pSLq&#10;dMWgGFGnrF6jTp8UJ+p2h9csakuusRqpa6dOdM9HC451HOPIqTfeWJp6zkVVI81m51kXfvf3jGiw&#10;ZS6cwqCjz7cY07DDz/kg9kcQn1qx0mPtOdlEWl9X6tVU4P7kJbhPumdzE0JbQaWwNYRLHjXqnYdC&#10;mNN94LAZcYnayqqvX49fqWdhDdvpyNC6KdRC6K1AjNQ1W233rUdojMCWqlj3rY4tTa9KhwgRdy+O&#10;XTW2616L6YSgniEYSdW1zSJS1OuoYLRj27wmnF95amZxA+OIazwNaRMNF1Ztz1vL+K4IqIIgCMLY&#10;gnd/K4d1kJoXFM2sFoIgCMJoc5bcPys6papOeRVVg0sZo/YZvzuM3xPq19j+vs7+v8z2dYnlGAeQ&#10;2qmD2jZtfFaN/RzA8V7Hfs/PcxPb6OPp/W2yfTwL+1DX/JcR17xpuSbzHNT2H47Y3gZvB80+nGPI&#10;sYntYx3/ttnvD7Pvqb8/h4jeQ0S/b7TVYcv+l1kbcWz3ytYfbHyPiB6rr2kc890LgiAIww0W9Xmk&#10;TaWchKv1rpgYIJ4qUU6JMqhrfxIC5lJGKYsLEEAOQvQ5qWofKvFo6jkXrdGek3OYO6g5zJISUflc&#10;Y7bww+vqz/zEDRCv1LzhXFVLdOo5F6l0nQ0IJ19m55xVZOb2OU/NLG7hWLYI1l6UqLvnZMmYS2VJ&#10;XhGuKzK/6nkOzSjUWOl7jZpV1nED4uVufLSQWQ7YrsWeEVu0bCdAZG9HRNFq8daVllaf1yyL4NTn&#10;selwOKiy6w3ta1zIdImf/Hptz2lIm3AaOM/zI56LqChlQRAEQRgrWF32vDKszEuQhCAIwnghEah2&#10;WvBEVsamd0fV1AHTxs98kTuHv6+wfWwxYxhPkbQQsZCeMwx+PAJAC3tbOI4+xi8Q0d/j/222j1l2&#10;fnqyoPddxH70PtZhLDPr67yfiL5lOU9z+7Zx3S60QWOdtU3FMqH5MI7dMf62AsOFTj01z0Rw01jy&#10;UiJ6B7a/lIh+hYjex65hDdvymmWmwfWd+HfT8rcQA8oHmAFFJlYxQJSCs9aU+R2kUlMpDCOFAnyn&#10;xVK+1XTqQ+1I4YosUJEdqv8gkiHEoKXP31VEfwsp4Xr6MCb8VfShOZauscaNYqxIfwORIa6i/Rse&#10;46LepzrutLrOiL9HXfsW9u99Pth5rkWlFDSvzfL3Mp5nZxQc2rKCe1xkbdkwjx3V94z7ocdB3Z47&#10;+lyS/mj8TUelOf8edY8EwaCO/pu1AWFBjReufh6TbupNX8pejA3ViDlEnizgc2hqZnGd6KLGsy78&#10;7sX1Z37ij9Q86LVPvvkDz3/vOfP/31l04p9f0Xo6zuOSqedcRF0R5DndMauf56trLKpUq22MeW4R&#10;bc/JKh3btWZE06YCY3VUjdi0TPwYiOhOPbc2BTI9H3AJhByd7ppc71XLvvi6iGf5idr/nOVvawFR&#10;HDvmC4aDgHJQiLpOvpYrGREpkW2Dc4obqbl9Tp6IVf63ouX6YtUptaQfLrJU5v2sdSwIgiAIg6ae&#10;kVOli6zXQoIgCMIAEQHVTtNSF+zbEfVQTQHVRKeiCjGOVQ3Rcd3jERzy0l8zrid0ojDPhAW+zT2I&#10;aDFAHNWCcKhRsIqPyzD3fRy7aRy7aRGfbQY5ZSR8oHE+FxiCaYXVHorie7reUUARdBs3svsqAmo8&#10;tMHPZeg1v7OdwtAxgdX3sWX8XMf/XeKj/t4G23bTI6Y3MXYcxHNuGsGK6Kc1pH9Zo95UM/r6WthP&#10;BYZwXpNM1+/SRennIo6nj3VkamZx2SGOFvU4oiKkIozttmvXDhxKWAhJN6fPs4OUeLZ2NK/NREc0&#10;Rd43o+aJLmK/BePp9RAVysxAuaPvoU0abB91VqPwEMSBsmHk1P1xw1FzzuyPHF1nsRwRlVLC9hMv&#10;Hgh+UDOvnvBd5qOGeoZpowBXaM9J1/jLHRnyEIPjosaDQ2/++E/Qmz9+Ufuy4ql3vunyjz7pxe87&#10;++SLdn/rB6du+7HPP+QlP/epf/veWf0w3oSwoI08qNkULQipmq/HdlEWkcus1mMeSPTpGRp4d2+n&#10;8Y2bvtegHevbvYQIdbaI6xCR0iZG8jXabOjzZgivWfcjfU627DbbQPx2fSX2ecE5K2qMbIuQKgix&#10;cI2F8v4ZXeLVjBdGDrzjQ4I8NnWNceP3JdgFQuYUtRyz/YwiWzJ2CoIwqoiAagHRWtpj+/EQ2B4W&#10;IaCGUGNCjIuyFkLwnTXLy12/cFrG/jZwnl8hotey31fw2YfziGOsm8Z+9TZq/7/I9uubeEzjGkIW&#10;5AVMRszoT4267ifj/79mHHsrQkgwWYsQvNeMY1aQfs92v9RE6pHoG89PYHT+TyJ6AP7fCa5DJmRB&#10;bGM+xIVVlyMDRLJZQ7Bq+CIAWZo4q8Ea+70exk0dkaFFviIX5VjErBJBW55r3HE8LCTqqLVFEede&#10;ZQa/isPwvePaYaxVv9uvjOanThx1iiGggGsPebb5sXTkWRt1xKYjonj1Yuh8MwoE+ziCc7YKvthH&#10;y7OPOr5juwaVPnMuTgQJ2nFBGzpDa64Jgoe8olALGCdKAd+NYjVAPNXRWcMgRposXLs2Re993kXf&#10;+h+zt935Bz+8ww/uuf/nH01Ejx6u0+wyj/S+bkeX0yLqWgYpP/NK3UviQNIDd6LUpUnipu/l2CJE&#10;Q9mdyRWFw9+vK4HXumFs53OUTXpOzvEK7/vMwDxRr1k20Q9ayIihs69ElawRBMHg1ImjaeY2wpAS&#10;o660MLqE2CEincrx7qwxe4EL5bxW8WZ5mRBgt5CxUxCEkUQE1Gi0x7YS1p6XMsWYXiQ7vY2ZIclM&#10;UcvRYqQpkMxBECga3tsFiDBtJqaGeFzZ+BY7r+mIFLZpWILQa2vrT7Nrv0fCY4cKFQswLJg1WAkp&#10;jJ+D//9iAo/tj0r06UBYxWQttiCnI5Idk98y+kqm9xNRIiuILNUi4Dwm9FvGd7cwif8UrjPWJF1P&#10;ZlEvUImodUOgnWbR9BuIrpwLFaPxvQqiKdT1NAKcB1bR7rWY6WgriLKtoj3KlvbQYtEO4RPn24DA&#10;vR/Ht40dtYB9bCGa1ew7etxoxBQhquhrFdRIrAYuAgUhkpyjUNOlr9pz0vt84PnLVGxIxLFdJdRE&#10;tXEP/O7clzw1cudt1BodfvacXEsTpYH3VV6pew9L9OkZDKdQ/Tzx9L1x7+OszTFJo97vek0CQ3RL&#10;z5P77TRoRHFuxTk+2y7ymYTIqd/t/jTYp9l22vTMo4rGNmnRosCm6YRHZ+Z5giAIgjDu+Obah0Ns&#10;D1jrU4CIGts2IwiCIAwfZ8k9iYSLIVpI+7bx5TmLkBkVDVkNTN+gI7ucUW8RIqg+hk34W8Df4nrl&#10;a6Ok2uetMPy3I+rxuLYPRUd/ctSxf2Qcu2EcI8QoEjVZsp1jNaKtbnOcRwh/zoRfEVD7xxru53xg&#10;jdJtkGa1Y3sembAYqxZVDLrji7Fvq5ELRtDllKlPdNuY16pTcddZv03ioRu1fxt1PGcHjXR6kbAI&#10;zTraYzPiPNXv2h7DcQ3tGWVU3I80kZH7QN/ZtIwlLdSY3ou0maFUWC3ZFR1hG2N7QYiiHuDklZRD&#10;oc+wMP6wjAd50JHoUyu6vQt452hHyzj3gc9ZXanxlwzHwhb7e2RGB+VwpCIgVaaQOBcWwKo+56j3&#10;pZoX4ti3s+wgert5RzRoidU/Dp178e+5+ipvq1QOATh/7QC7o7Y+SBtRLgiCIAijgK1UACfY2QqO&#10;U6uerw3eyVMQBEFIjUSgRmB4bD8lIo3vbMSi1hY9quvxNT1RHnuR4iq0dqh5jKqRLphHas7HSJmw&#10;yWoXEiYS+9nflbHgfON3ru1D0dGfG8wAYzv2bnaNIXVLCYLnq4zffTFCYJllKYg1bUtN2LojYtj8&#10;vZm+VwTUPqIioJAW9yBS+cbx6G+w9LPc8FRmaSozhYmzfFLexnlsQUjruYaYkZo7QNQrWSb6WnDs&#10;jncsrXEsERXj6maMKOAKnsFG4DZVIxq4bkbLwnjvvWf4flQ9WD2Ohtx3a61kFZmD/QSllmapibXB&#10;W9eCtkXYCkIsEIVaC/CiTkoTKafzcDQRRgRW9zSv1L116WNWmuzZ5u+1OPPQBsu8UEO5gO05iKWm&#10;bff/KuoTNcUXsN2aJRK0zvpE1nPjOtYHBaTOrxgZNubYXIaX1qizdUUT9ej5dtwRYDMqutWcNyJi&#10;pYL2WEJ71I1tGmwN5HTUCsSse2+eY0lqtAmjCJuP21gzntkK5swlyztoHfaGZmikuufYG2zdMecR&#10;ULZCn3GMs6710FrIOxDjV5k5gZisY/3VjGuviHNP6Mx9qRh2owOuzCVYz5fQFsWIOcU67Ekt5nwa&#10;cv5FV+r2mJkM5tDOZUs7b7Jzy8UmZNznaYdwmKitHMcts+OatsA2jtMY4mwhceeRTY8dMrYTqdF3&#10;omyqbW0nybqkD57jMs7dNkZs4thxny/fGLYRt18EnGubjWepM6EwG53tfdLRbZJXgAXrG0X0jahs&#10;iJvsuV5LO86w+XLJMpZssudaStQJY4sIqG5C0viqCd8BDGIbxoSrhZ/1oLbfWKBqodAU2oqWibZ+&#10;Sa2y2qQEAzp/yezFMUos6nSOvai2UzgZRg19Lh9GpOnXmbFl0yFQ6lqhujajbXsfG0Yq3BpLNRx1&#10;7C12bO35fZhdpy3VsWrjK4johUR0MRG9mYgeZxht+Iu3yvano8jM9HxF/L7G6ibpOrV1pE/WHJf0&#10;vQMnriCnaeD5NcWqcoThrOJYQK4Z9VWKLFUc4fku4ly3DGNnmQlySgjWk7RMFjyM7XPH4mse6bU1&#10;TURPlhNMxuLUoN1AxMoRpBX2CbYVY7Kqa79V2dinx+g0bRUn6nNbuLUsbnTa5ZA6kd3UxHofELs3&#10;PfVoBSEYGParAZ7ZSZjF8yh1byabek79i/AuluhTSPDawAAAIABJREFUC6ye+142511PUBO+irm9&#10;2sensIbQ858KM/CZop+ePxdQZ1dvN2cYWNezrhOGtY6+dvVRaX1beDeb4kHN2E6vTeaN7eYMR1dz&#10;bsKvXW23Ycz9+HriEASEJuYW3FEzk4hq3DvtULsX5RqabL6p20CvR1V2iw2p2SaMAFFp8wnO1i2s&#10;xxoep+55fPbjuS8HGL5dx15mz+6057ubMSLUKqymtY1zXeKPdtwMKD+k22MJY0c1xnrPe0/ojHBa&#10;jxA/I7MFxKjZr69hL8bZNq7DJzTVPe1zB9+BIbDUHIEGhP64hDZWAmYlKxEMbVuLEchga6taXCGE&#10;OeO45nk6a4OyYxzGcYbN8a0YJwoV7/x2wPe8wO5SCyxzodtyP57TWtr3NsTvekDfmdVzCvSZFRzf&#10;N68sxhg7szpX3k6J+jY7ZpU5E9oosPlmHWVsMplLxewbxO7RArZP1EeYg6TruHw8a2M8k3Iqwtgh&#10;AqqbpjFJVQvLU0R0NvvdEkuna062bJGmX2b/j5oA236vBqWT7Gd+LFOo5C+lqGOoGka3B3xPH/t6&#10;y+8/5TiHOJjbFtjxQo5Njrqu5r4XWNuZ98tsgwK7X7MRL3u+zZJxHub+30JE78b/RUAdAAkEuS6o&#10;o6XTwXYnHZhM7LWknCbm7WXDnEy4nr0ej0IsMMrwACuxD5+8VlMuRMwU4FVEZWxPtiC01LVgmeJY&#10;XnCsMia9kZ6DlghNfb9XcZ5JUg5HoRf2Ie2sv7PDGIB+tYxFZGSdSJaaeJ/xpwa2Da5HKwgeqp6F&#10;bRoW4oy7wniBd2/SGvwhSL9yY0ZIxI44ZPW+tNF7wTLXXTXvBcTI83EOsxHbreflYHHqxNEyDO8H&#10;mZHHZNnyDi4zI3jUdvsswkKLiZGzpnGPtUeDGa5Ng3PWBqgyWzuZx9O11XVt4nlxzhLGAawN4too&#10;uo7ZmFunFnbYGjLKyD8bYx5vTZ8OnE4xWLe5BL0ourYYvZ7Kok0QZR88H8Cau5XSAWsBjj/78nQO&#10;gcjRjCFeEq6re24pjz2NY/sEch8LcHYKbivM8Vw2DRuqP5Y8UcuDQGXL2Aq9dthqUl8Dm6ckYRb2&#10;rUqSuUOgSOZCi2fLeTszpuznum8fjrMeTdg+BdyTUgalGNL0DY3uI+XQsRzjWStm5qAFOA+K07Qw&#10;doiA6sBI4/t4DNSPG9oTFoYZZZz4ZZyfpO8dIKGCnAUzHaxexNom160Yk8fd5jkwz1Ulju1IzYvj&#10;N5iYO4fzW4Jgl8aQXGDewToaghB5YbI3gXg3nSA1TgUTz4ajlqK+H3UjoncOdd8qWAhFCpommKy2&#10;LH1EX29IJGr3fKP6mbq3mGAeMlMiMvT9rGJhpNHHr4p4IGQBDPsrOQpd+5GyUgzzEwTeuXENa3Fo&#10;y7zKS9OIcnK1VwPzgB3vdsyhWnjncuOIMz0aRIQi245ng2hFjAnaQc3lkLbM/h8J3rUtlvZME5lK&#10;EMalKuqyxtqOpVjTbb5hfEcbl+K0R+I2wfHONdI5ruE7Tax5dSadaXH0FMaAckLBkLAWyjJrRtNz&#10;LmWfUwvGFJeAaB0zMhIfCcJBy0xnHhcIuf0WTzlHsLbOo/xOErGh59wQkZzk2Fm3E4W2VUpxZ34A&#10;75u2R3wrMDGykVcqVk0G4iVnW7yKmRo8q76jHbtdzh6JSeigYEOX5go9zzTts5T0uaYEDicB6IyV&#10;zmtPOZ4VotYRgjDKiIDqp47JjBponoHB65NIUysIPtQz9lgiegMRPRffFcNxcjYCJhBzAS/rEEHO&#10;REekV1ia6Vgp8EJhRjtt6CLmUbhjMY9zKDPjYCIxjXmK6UWCTlFnS0uzhkl6JUaqFV1/ZSVue+D6&#10;r8eY3PMMsQjNdcvmOrV6RUf0QmAtuxZs6BcHIwzILeyjEpDipxQwafallq5gH+bibQu/zzrCVphs&#10;qgnrsIdyBCJqpvV6hOEEY2me856OzwggbM8rgt7VPmOpq0a4Z7stvMODol99jmhxzwPibuy0bUm2&#10;w7X62jFWe1DKNsHfIo+HMVmeJWFcSCqeahYSliqx0fCcTyVgHPCJuVHnmaWoNp9SWC4muC+1HFL/&#10;1+G0mtkaPsMa70mFoUZOJRLqcDi3CoiwVaSNjEsbMRuX0OhFnS3jCCs9YHOsTks9I/FUU4CzQ9HX&#10;x3MS3pdQBiDTSFR2rlmtT5cQaey0ocDpI237JHquc8zeo649sl5pRm1dyLFsiyAMhLOk2b3wyeh5&#10;MFb/aEjPVRg+7o0z+gp7AYmAmhxdT9JaKwYv+1mfoQuLAF2vK9SguIHUdBXmBRw7BV5M+AR/C4t5&#10;16J1I6VHnm4LPe5VIRKXbB8IlnGMbeb+g4EBQ0fGlY3t9MQ36jwbaDvdb1YwcXTVHNLXFdWX9D4i&#10;o1BxrxYCjKja4DkPL16+D52auBpxbTUdYRunPQXB0R+3+mBEb8VwXhFGFIyxWRo7bITUXBIEQRCE&#10;uGQyF4Jzgs3JUzPvWk8Ac+3DsTr0xjD8t9nHx4K5VolBrO3QJj7BVa3HLkF9Vf054HFeLWRRX9qg&#10;GkMs0O3t6hPBYL3pE+DaKAXD22lfQO3OQlTfY6JxCJvsus1yQf2mkeAcFiAUq/SvtysBXj0HadOU&#10;xhDIOqz9QqIZC4H2llDhfTPGGEGIRM16ndcMXE/Eeb72u+4h/hbq9LEes42csIx0LjYx3vHn+pLA&#10;YAXX+y2OM0icfikII41EoHpA5JM22us0Di8korsM9Ynnz7p4lATzOaSAJixwJOomOQ1MXusRk3k9&#10;ifdOGJUgh2c7jiesriEWfJyUcG9P3W/qtvRJmKSWk0zaMEGrY3FwGKncinjGDzg2retaCi4Pbey/&#10;irZOk2qxCq9n856psXnVkV5H1/3RqW5rGNObSO3b80xCjNyv2yJin3ofLVz/hrEPnWJmM0RoV7XX&#10;Irx4u9GnUW1m1KMV5wwhEzA+rmbsEc0psFRw8k4cQ1iNojzF03ZU7WhBEARBAMtIw9mdb7A1ky9y&#10;Lssabg1PKvuyJw2vaz62Y7tAw79qlzpfP7E1m6ttqqhpHzetadz5gE+Aiapj2ELaS1ekoUuQjgXa&#10;LCQK8wCyIfH2nssgAtEn9K84UpXqtPyuiMwoh+NqwD1dhxOwWa6onFHEbmyMzFZJ0dGpB5GVahX9&#10;LTjdb6BA1kEGsh47APpN02OPnWcljGzHDxHeo+5fhdXDj6KW1XOG47n6aAcOlT1rArRTzSNSNxx9&#10;PMTRYsV05gwcR334skGtI3jA1t/UOn7N886JCkgJ6Rcd9AtbVjhfvxSEkUUE1DCaGHRVZNfnIZ5+&#10;m4juPgonnwObOaR6GGdeT0R/jOsTgSMFEPYOoF7kGp7NFhZYZUyslmMY5LUgFxq12WRC44pjglzy&#10;eOfG6ge6zqi+dtS2aLLoyBJbPPlSuVaYp90cPkVM0FbYQlT/6zrXJlKc83S4/Nqnse85tHE7zUSa&#10;LXiO69+xCM3I82T1rMuY7Kmfz9epeCxtuYRJaeQ9xD5247r5/Zhm/XEjtEg/0NsUqDc18bJnuwY8&#10;KLcnwr7+JxFbQgAV3h9zoADDTap6WsLwkVNKMBNJ3SsIgiC46MDA3LMuxM9q7r7lMTAX9Bosg1Zu&#10;JhVQA9ZONidL1zrAKsoQS/eOmshHIrYvMIfUNLSxrl7TbYw1qm5vn4AdmXEKa0Z1jp+KugakOM3C&#10;iS+kjMo+m5DFyvCkqXPoaqdOQJ3HGl9bx8B33ZECDxw1S33IUmIFx1/OIP2wZq+uLQnH5hAHA58A&#10;bR2/6IwdohQw1645xhXf8+u6fw3Y4lz3by/qjGaxxnOd6zrGM2s7wfa15XAombUJzXC08aV6tjon&#10;BI6jPnzjX9XVtnDOd71zoq7NN15k0S8FYSSRFL4BYHKpQ9KfAA+jHwz1SedP2roik8JthtAuAmpK&#10;4Fm2G9GZWkzTE/jdlnoL7aiaqCxVpfkd6zasXlXbcS91BGjJ8ZnG+bctdS05TXynSL3XvobF9PX4&#10;aAGTLwTN/euf59h5acFN7fd8YwI4DTHaNTHbgrin92Neu/YcVud2CdLO+ibRznaBB+Qy+84cok99&#10;Ua2qX+jIWm080V5yZUxuj+B36rqLxrmusShgfi7mPg7h2hsRk8s4/bHk6WuaBusnG/i/r/8JgpM+&#10;pfKdhxOD9MkxoU/iKUnqXiEJag6AtHv8I+OPIIwndZdAhnWVL+2gq9xHMHhfuVJK7nWMRS5D+o70&#10;vcwBM4q6b90EMcGV1ShENHSxjHVhk5+/WlvFeLc7hWXc+7bjkxW+ufKBgNrilRSpP12O4CH1OmPP&#10;pRBB6hL/Nh3RcV1wf7KM8o4FbEb7Mk4pXIAouxaQ3tf3DDmz9KBtS55xZRb3qoeAMaLjcwLHufmy&#10;wKRO4wtneVcfr/ocIRAg4BrrbWOJ77le9Tkn4Ll3ZXNz4Xr3dAJr8SZJE+5z2CkH9ktJ6SuMHRKB&#10;Go5OHao8w56RY1q7rIhKvddm0WCadfxuK2ICxb+/jonYnLH/DsSFojGZahsvZzWQ/hX+/0TjPNow&#10;7JtGt6h9ExMN+u65Fsib2eTIFbEoxAAThqAJN+pEuv6+Y1+ubXwF8X3HM/Cd246FBc7XO2Eyt427&#10;SDl14mhQpChvj5jXHrU/73ka9yDIcxiGgqbxu2CBKCJFVGyRKaA/mufpdbqwtJk4agiZwFKdJ/WK&#10;D2GepfMd13dkB89oaK2jkaSP4qmk7hWSYtb72idzc0EYW0LeE80+Oob70viWIqJJXWsy25zf9f2g&#10;0iKg7hBZCpi3hRjxTazRmAlYghBUiRJds1ibusDxXeLOZoz5StJI0N2Ov4WIo0nayLdNLeTdqtaw&#10;fVhnuI6vUxj70rzGZRb1Uq19HeKqy365EhIdzSKtXf2mbBlXfHYep/MJo+mJ4i0FivguXOfajjEG&#10;1R3jry1a1tdGQU4kiAStJbBXVx1O795nC2NTrPVYQL9cDWlv9MtaiuhbQRhKREANp85eDk/A5FNF&#10;od5/SM/3VfjXFFGruBY+0atjcGuyXOu78SLehEAxC+8ZXeNB/f7pRPRGfF+ncjHriTTYxLsNQfF1&#10;+PmlRPRsNrA3Mckz6xHoSY2tltYriOipQ2qQ/BER/ZCdsxj7JgykddXP4AEx+AqCMILETXWehHlE&#10;iI9jTdTT4umek2tdZ4tju2gcRdQ+iqedLGuXTRJIEcg92rdCnaWGEaTJ49ENzigEGBlN8bSvDkfI&#10;gsHngmtRDlqCIKRiPdA5wjfnyCQCFYSk8TVrHfoi/eIKrmuhTiNwonN9JYk4shJj3G0FpFhVdqYv&#10;o1RLE/ez1UfHGF+EXfA7RgkTUzOLm3Hn2wlF7C6slmVcfNftywxlfndg82KW5lXX7KxkOJc9olLd&#10;WuYmPgE6y35jO5bv+EF9AgJ4WgHfh+tc4/R933eLxndcz+GOyH8Psft4mvUwhNAkKdYz65es1Jcg&#10;jA0ioAYCLwrtHXUxEV0xxAOCEipfG1GQ3ubFohcGtgn6LD5aSD3Ofv9EXXuPbb+F784a+yYYYXme&#10;/KsxQdGC6TRLWcm9HbfwN/Mlto59DGtEx41oI8JLdtyMwoIDLEj089d3I50gCEIWYP5TdtSRyooC&#10;i0Qdl/clF09Ps+fk2ImoEIWaOYvsmrJEDMYHnug7+px6tgNS4A8rZn2qyFS8EPi5MenwgOZl0wE1&#10;tQRBSE/oe8JnBM9MQEV9uHWHOGMTPmOl7wUucauIiLtQOg4BN0l6zmCxLqagOM/bFdvprE1x0gLH&#10;xdcGccXNtTzmUpinTaM/z+G8iymO5bruUOcFTdoIxUxAH6mjjukcnkdd/iZNtrsm6u3yNnH2mwSi&#10;uKvf2H6f2f1LI+D7wH1wtX05IFVyKNsOIQH7jDtvbuWx7kP7zOHZLrJnO6kDQGbjGewHrvedIIwc&#10;IqDGQxd3VzUtH4MJ5a1EdM6Qneenieh3sCBwTXpNXN+zpUydwySDp72pRqVHgIcSP0bB4tlYhoFD&#10;Gxc2HQP5X0PInjNE22FBTWQeh3ORyMPJo6zrV4p4KgjCKIP3974+OI5pEbUywqKOZqd4qhkjERVG&#10;uVafSiks52moGXOiohxtqd3GkTrroysS9SkIY8+wvitcaXxtaXHjpu8lz/t4NkObSdz60Z0EDnLl&#10;hHOMWcyxuvMsGPIbWJf30wkr7vWupS0VxsS/YkoxxYXrfsQSqyG05HCKyeFiKp0R1Epoz7j3ZxZB&#10;I9we6Hp2ktSOdPYb1ScMJwLXGJCXs0ESfA4sWfbtOONZ3DZK3aZwBOTPdR7OeM42SDB2isOrMFaI&#10;gBoDeMHp6MiL8RK8YshOUxns7of/VzJMiRE16JuD4iwG3h21TwO9g2aNY7kmA1q4LrMatcOCmqT/&#10;nL52EdDywehT1pRE/Ds2wyvzyCT0t+kY3sYbpkcrJjcltmCai6oRYx7bPH/mVWY9FttHie1nI8rT&#10;1vIMuvY5HfN71u/YMK6rB5dx3HJeUUSmpwpoc+814TvcoKG+0/T1v9B7jD4U5TgSem22vsmPtaWN&#10;GL6x2SdYmOcb8H2zz7ZEFBl+UCeo1AfRTxllro+qGzQiRIunmjEQUZFpoV/ZWFZ9NcgFJ1FG+LKl&#10;7tM40tBiw4DfN+q9vGz8LAjC5BCSxldHQfkiBHc4v2Cu3y/iRqDGzi4CB75SBo5a82j3Kpz0snoP&#10;+CIJ+/ZuZWk7B53lIEkWmWEMhtgG/WW7zyAzTznGHD5OquQ85gVzMfY7qVnz4oxnfZu7YUzPukZv&#10;EtYTbNOSrCvCOCECanx0Tc+ziej7akwbshd+Ey/INozTgxhsq5gk8MHSFEZdqMnIKoTTqG3U3+/C&#10;rnPYBNR3ENHL8X8RT3MAE1deL/dAxMSUF9W/g+XvddZXd0PYCe1LyzwlHBYuDct4cBCer2VD1Kob&#10;NYJNIavCzsU81jS2tz7fUzOLtpqrx42fV3AMvt20JVXnckQdBZ6ycTOG8FyJamN4oG6ilplpGKgH&#10;TsJ2OzzPzfttfo//3dbmjQinDpXup2oRfHibr1qM2LZ7XLTcq22mZhaVOFO3iAmR5245Fu9vkcei&#10;M/fksNpfhCGgzEWUKOEL7de03MODSLVVE2eToaeaoze7yRE4n1TibTZw/OKpZoRFVNSf3B/w1SxY&#10;N99VQqx7VXasUwrMEXFsGRYnHcwBxRFAECYUOEqajuacMssY4Io+bUc4rvZTQO1H5gktourMZ76a&#10;sD5mkVI1q3IRcaNwcyGlQ1ucjHV5sTXMAqoJbBRN1E1tBNgnJI2pEJsMsvxk+WxLNKkw8YiAGhNE&#10;YNRYWhAlQAxTzokt4wXezEjgLUUYV2yeOtoYs2I5tx4ivCQrWDjMOep+bBkGx7Il6nVQfEOZRXHs&#10;jqTvzQ3TmBrHsy9zAhYuauK8hnpjNkPeQmgtMghRLc9k/BAWh67Ft+1vru/zczANsrOo75HFYnQW&#10;EWirnvPvGxirWh4jtE/w2RsVjRyTAkRHdRyzpkpeaKHElvbQ/F2UMd7VZ2fRfhsSjTq8IM1WCc5N&#10;/TC2LOmI7xzrV2VJuHiqOSOi9tPomRiHI0ReqDatSN3TVJjvUXNdUAkRUJWTEPal7/065uPOUgUY&#10;MyqsNlMB57CBvtSMer7x/FdYurI23iXB8z3LeW8iwqIekR2EC5wbWPtVWOo0wjk09ZyNXaPOrrCm&#10;z5P3XcwlKub+LeegneS4w0obbVaPmmuxFG9ltLfedt1ob3mehDj4jLBpRCTftp0xvFMuwYWvp2Kn&#10;70XGtGzOMnsSrxExZnXHThb9V0po48qy5v7AI6zQHnHFU/1OaKEvnczwlJLMZ3MXGDGfcM0dNuI6&#10;bWLuUpqaWWz6UvvGsJMMWpQfCqeAISf3NmL2vjjr7U3juQ4R90NJsp8kdbIFYWgRATUZNUxSHkRE&#10;70YU6jB4bm1aBMeyUZO0jMkrHwBti2jzd+r7v2f8ruGICFDi5iXGy6ViGG3aEdvrdmxGRKltWl5a&#10;lRjRaXnzGh59KkaK7MGEwpykzmck4JnGtJJhdGuY32VesZp1/LyBiUMN/bqA7aMWFg3UqPD1mZqx&#10;0DiM52Uaz4Jum71IUxRZI8fy91DB0va9aoIoId6mc8Zi2HX+K44I9TyElrqxSI9qcyX4NBwiYAP9&#10;NHRc4O2j00Prez+LvpBlLbcDPP009q2Pt988Fvq+uejda9ZagXFZf6/7roIX/hzaUf+tMsR1q4Re&#10;EbVfdS+188mw10XdiC2eak6LqEPhLOLCkWUhT8oZOeZMJJgvmRHOFSPzwIKlPtY2MDo2LGP9PNu+&#10;psd1Y9tGRIS1rsOn5lc1m3NZhGPaAj7e58Vx3vrYeyMyJvC1RzsidfkS3ve78a6MPE8Y6fU7f87c&#10;vymEwBjesIyvep/quCumodcTqTCPz16ksCzJ+kSIgWk7MAkp0xOFz8A6juN/0yN4KUFmyyMqJZ0P&#10;rWSYcWAg9fB09B/1ls4pGWskH4WE69ZYJHCcjSU+Yh0Vcj9X0GZrEeVpYl2Xh2F1CJz2jGMLKfpD&#10;NaA2aqjolkRM9tWujNMHR0n0OpDhOyLO+FSMOQYnEVxD1tltnEfLtlZK8Fw72yBByQ8R44WxQgTU&#10;BMATuY4B7WJMSJ4yBKfWsBjS5/BS2WQFzGtI76gnN+ZEQQuUpij8WiJ6Dmp7fsjw5u5YBtyq8WKp&#10;QVjU+7zFqAHCJ3Nl4+dpiFLzuE7TcKLz+g86nbKKPn0S+1miT/OB91neTytpxSRLjQteS2QjogZb&#10;jZ3DOoyI+nlQHq4tNgmadYiCBZ8ghoUST5toGv+ahsGy5llYbUcLRgjTtnPgBlne/kkEgJ42tUQ3&#10;1SPO3yVSZgqMp7xddhvHbhqepy6RfBb3NzSF344+Z6TO3A/BNqvFwxq/tqmZxTWe0tliZOd91ewL&#10;fPwza8F29wERtcqM+WmMcEKfQDq1ah/rX+q6qIdPnTiapcNAduw5mc5xY8/JYRaH9buw36US9klE&#10;emrMOf46IpTWDSNdxfZeiuEBz9MibmFbW0RGxyLG7HAuC4iocRoYWdYI33kfgUEoar6+4DG4Nj3H&#10;mI/j6BQjDaMSUckQUW3Xu4l/+doo1jkJQoBhed7lhBEFxhef8/PY1QmGI9qqY83lE3FWPUZslz1k&#10;epzeq2gHU1AtW8pJ2cjCcc23/irGdAyNK15VPe8gWwmhLHBlfosV0IB19lCQ1Bkf69k4mzidUhKM&#10;p642tEXxu8aIWH0QdomobVoRtrNQfPcir/Es5LmOQ9w29TmDdPBcZ33tax5bYCmmcCwRqMJYcZbc&#10;zsTohfb5RPRJ1OPczOE4cThomUDNwzCtX5AFiJYHtfd0hGf28Yh9vRHbvNkYXAuGGEqYFBwyvnM1&#10;Eb0YH/P73GCw1xCJrmfnedByzgXjOgeFij69EMdeGZGUg6MIN/pUIv7fT/iktW4uajER90V56snt&#10;fkQRRMG33YwQYnn7zEbsTx9vLxabUedlg7dzE7U9SUe0Bu7DCtqOn38hx4VVUe2bfyI85fjx2xGT&#10;VbPNbfvRbX7Qc4+dQEDii6G+Ra5ZxrSo5880zPKFiOpzyhGpDMO1WlzdAZ+RSGMqnHYmUwJXn5tC&#10;jY9raZ4fIR7KiANHin6Lp8tSEzkTzHdy3fhXE/XurhvrgQ6e+/ORaYa/i+aN/ZhGmEtOnTiqxvwS&#10;tufMGmU9zPNbx/F24/i+tJ5mBOcqtr3EUmKkFvHO5ixj+8PG77nz3D581o3vBI1XOAfT0LiKcz4X&#10;58BZ0m0Gwdm8T+eqdyreqweMbcVZSYhDiJE2iZE8ZP46rhkIXEZocyyNsy152mxk5k/mGs34WMds&#10;tY5Ucwe8Z3xz1CyyqPj6Z/AaDdcUN/rQdz+94mlESS0fzuuOaQ/oyzo2UGxKJPbhHRzn+Fn2G1s2&#10;KI7tWK7jF2Kus/YzZzPzkwrYhVw29lzGs4Dj7g2YN3Li9nHfHK0W2J/jRoBm2S+LGY2xgjA0iICa&#10;nDoXPLAYv8coXoiQGZuIPr0zdpjG20qIAC9jLZRvIo2PNlYVQiawObAt3DsMvnyxa1uo8P7iMhpP&#10;+76HSV/bczx+PmXjX2KiqA2+KGpE7CsxEJx9xtHjUzOLt1s+cTzxDsHxgn9sCxDeftb9Y3HKJ9q2&#10;CX094v9JyMt7nIvKZl28nj5hGGzbeBa3o12MxVfLMCovwTHmJASxEAO2MGRgvDON+nmjntFPGXUK&#10;hRxAG6/1ozaVwUpKj3XhzHzJvHdN41/NrOmshO3N1LUlGKfXMOab7/wS27bNPis8BTfe86bQyMVA&#10;7hDZwXGbcLhpuIxLuA5uuFPvpzK2bSJqk4uoBU80phLza9i+apkfdVi72MqbhBoRK8Z1r+O8uzVi&#10;8UyYAq5u/zmjvWuG0dycM/T7mRZGm5A55xIyUwQRUI9QM65ZCHwiaJr0va6/7xjrXah7qtZWEZ+8&#10;HTHMNRr/eI+N8di1nk2NZf1nshCjnZJkBXCJn5uBzvxJ7qPvuQzNujDdT0dgy7zDZG/C9YXvGsw+&#10;kkn7AZ9YbRsPfGNInKwZLrIYv13nGkvIhL0hajwzn6Ws+nic1OKheKNAA4R1G75rXorhcCFZToSx&#10;QwTUhECg0JP++xPRV1ALddBRqMLgeJVEn/YF/jJuGP9S3rVMTBIuHndMZpA+Toue8w4jRJLj2cQ8&#10;m+ip970Z5YFmGGQ34f3G97U3oSerCT/+oKMS+fFdKbP4M7/jnGH81Au3hTiGJgt5eeRzUfkIu9dq&#10;TDMXh6aQTkZf2L4+vDPLhrCvmUd024ZEFo4e6NdmRFc/UJHcG8OU+mtcgAPFWkRmk7zZUdtRSIzZ&#10;jttpH/GvaVg2v2+O+StmajvMAZbZZw2/VwJriX26+1aGLvSvusOwY74HGhGZPaIMoeZ5tyzZJsx3&#10;qMv4aRqqzG2b/PxSpNQ3z8EmLtUj2rtutHd3W0SQmyn1BSEW6NMhNo5DyDDiNGjD6B6SYnt9XGtg&#10;R4zBIfjS9xLGLJcjatB4gDl5zRFdNsh7Ezrt6tBRAAAgAElEQVT364dzplfQ9q1v8EwkyfSRRfa1&#10;JHOulqePzaOkkI96nzPIhZzTwZjOIFG13jk9whTshLY1sWY2pP0C+02UgOq6f0s+cTQiawank1GK&#10;WV87hI5nuq1sY5ktZbLvuT4Y2EaDmn/FdkwIfC81A9/xvmdCEEYOqYGajjqrO/CrWMgehHdwJkXy&#10;haHnTkT0XCL6PBH9hkSf9gU+GdDGc/687U1Q4DwxqCUWd/Moo1+V1ZusRUzcnDUzItixwFURDVMz&#10;i7pm5V5MdLQho+5YcPKJ4hoTL3g9tSyMdXyhaXNGWIn4fRzHBds+zAgQMvqXa8LIRdOo8+D1Pn31&#10;aV30W2gso7ZddyFkqZe7hb5g1rLeBguTEgT2MowfZir4Vp+MHUKGKHEE42C/F0uziEZXi72qOC6l&#10;gy30B7XoFfE0W8y2NB0OzOelbMyfzLHY+ny5ooVhNK7gnRU6dzEdkKKM9M0IEdZ8Px4MMDBGeukH&#10;CDhZjTvmee8wPGKMc7V3Be9WW/SxIKShFlqfF2PJmqUPF9E/Qx1zxl34t9WJDtnGCWqsNoxySJx5&#10;ZOypRM2b4HhhpkLnrPRhre2qs6lKOjRdAg3eP673jkvAikPd0dak1zdYR+14n8SofR11DVHXOOur&#10;6Yl+EjvVKvpY0zNftNXqNo/d7/lmA2OZbww6BBG1jjqePW3I5jZmxowobGNZjdkEbPjaL6TfWIM6&#10;cP/qnrnRERx/h62C1cd3XXsmZThU20/NLLr6+RLWoNWoMQn30iwfx9kxr4KtzFUrlgLbKI+5mNPW&#10;xpxfktDwvJfm2Xi2o71TjmeCMNSIgJoCvHiqGCDujxfxv3smUMJ4ci0R/TGu7LAYcfPBEPnI8XKu&#10;2CYVEcJqFkLU9uRKnWNEGt8e4de2E0wQl1nUj21Rwbet2CZHmLAtRGzD4Ytrvp+mwxvVrG9mm2BV&#10;0xg9ILDx+2xb+DUy8GrcsQ8Yl82JMi+ob/V4xjnPGtvsAIL7YbR7IcX7gvfbUA/wEGFyNxNJy7iX&#10;CzjXOjuu2T+ut+yroJ8HIx1SHdExOkKGL2oKXKgVRocBiqiE51NHte2oQy34wTNaHWC9GhFPM8RS&#10;E5PwvvEZecvM6GXOj2JFGwUYRzsR/S1IuB1DetoizloiwFAX1daCEASby4WIBQUW2ZOU9Qmog91M&#10;YGj2Cqighrl61HOv7s2Xp2YWtTOpdmAs4j3gM/r3w1ncJ+41o+Z9sBn41qKhbelEjdVoR9f7roDy&#10;Eyto6w3mUBBXROd4o5GxFjPXu3Ec5qIyQdUCtl/C2rph9DGbw3LuwH5b84hpmln9vQTO8pxVm4gN&#10;m4BLGCSj/dZwv0v4+MbXjuc5rQfM+49gPtnC8edwbNsc0zx2lg4wXrEZjjtNnOca+lopQOTedLxr&#10;QhyHjmC8abI2KnrGXx++5/oQhFubvVOPfYmODeF43fMOmIdTpu6XGzH6pSCMLJLCNyUYbHVKm6cS&#10;0Z+O7MUISfgREb2TiJ6HbX0TFSEdoakoooywPdtnWNycL0qqZloL5qWocS3Y6p40WXzb2YjUIXwy&#10;tenwPOWTRT2xXPd4I4e0l1n/Mhi0HT+vzSEQQ/j9XQhsc9c51wJqvEYCY4FNrOX32Sb08t952xT1&#10;6vh4xifSoUIHr6+ro4B6zs1IXy2MMJbagv2kwFJBy3s4EDWeqVTIA0rXqxHxNHuStmdPlgnjb9b3&#10;uiU9blT6LjU27IOjzh0cgqz5+6hUjaHp/Q+oYwZ8Bk3PvMA2j2IpkPVHf6dhvKM7yIikruv8UyeO&#10;SmYHIQv6Vauw0++SLIMAa4U4c6aQ9L1d8L2QNlzC+/84nCEPBoiny/1wFjfsbDb0vO+kinhmtQy3&#10;IHr4BJ4sBfrQtd0Szu04xLk04ikFiMA6U8sGr/eo2iyGw6P1XYs+sByw/aylj/VdPNVg3dmvtYpv&#10;LKsE9BvdftejDQ8GilTOzDwxxoi9rMTPEfQb33qhnuUYAQcAswa8iQ4+OMT62v6AvhaZrhljkK9u&#10;LuF+8Dban3JNFeLcoUTULaOOa8jYF0JICmsdCHAkZr8UhJFFIlCzoYoB+mwiuh8RfZWIZqR9J4Lv&#10;E9E3iOhBuFiJfMkJRPjxRcYlFhFIe6bNs5Q1q2y7OgQ67ZXGJwedFLVcaswTT6e10B5ZJcO7z+Xl&#10;xiPbbRF92sv1MIsiOQIDmvbqLBvtFCkkIOLVTE3iWkzySfZhy+SuxiZO1cBJ+RwTO6YtXoKRkbCO&#10;2oeNrCftSBGq21W3eROLSrPNndeNe1yJuscGZvuUDMMGN2Lw/rsAL0wt7JrbBXld21JUG3VwOxaD&#10;2hzz1tQ1cdfYNiqKoYpohmm0V0jEtDACDDgSlbRBDc9YQ97LdtA+odFEeSLiacZYUqzHQb07dC2o&#10;HSl+zTkF3gc8KqDDIkw4y5ZUv1Ginvm8Rr3ro8SclmnEsWU1wLnrcxiGMcIs0WCr1Vo1Uu4dxu/M&#10;9u5JFemrVyUIIWDdsC/n9Hwds/+OOb40qJxYEZOIJMr6frVdadtzoBxYLzdumszIdJ9JwPq8mkFb&#10;x80W0AyMNpvNY76n+gIcrNOmKe1rloQ+rVX0WBbZz9BvSoF9PA6HQyL4cxojVvIYI06dOKqDFLK8&#10;Z4fhMO6ijLlYmvsTq38HRrUTy/aQKbD/LCesy8yR7CfCWCERqBmAQVdHz6gB9jU5iqdqIHsjvKbe&#10;Y/HKa2Mx3cZnNcJzr419cY+nw4Y3lvZeVp7bz7B4ai1bikyvMC8d9beX43crlu+ax3Nt/waH90/b&#10;Eb2k2+AwvN6zRqXt/RXsc3MCarUMEm4oUx643bon/GP0MW2Q5fekYHil8QlHYiM7DI1cjJ1nx+FR&#10;PTaxyba/pqeAe814Hvbjeo4YRtOVgMmzOWm0TiItBtm6pf15W4d6qc+yyETTS/CwI5XrEtvO/IRG&#10;pcShaoyl+5mXodnm3vSzxnvDhdk+fIHa5m1u8ZLci3M8bkyA46ZF275uiKE90dRmP7Cch04FrN83&#10;BYjQt8MDmqdRkhToYwAEsTzeuXGY5RGpIiBsR6/VEHF6RMTTscVs046K+Iz6WKIf9PZN42/zlgwM&#10;ppFMzyGc6X8NRxwTcx6yI/MDnNSijDLm+82WGaSCmvP6HRnibZ835nnXeBQqrsE8T92uPc+yRXwa&#10;husTxgDM8XanyaTiYHPCxFO9Hghty9gpZ3G/spqPrfYxCrkL+kJIlF4c9uWRHjqDto4deR0jitB3&#10;XFeUnW9dXQqM0ovicAon9sRg/hkSQZsE1R7O+rMafKfkibaOwwElNoZ+P+MxItd5fcaZjg6HtBPs&#10;EqWUY1CSNqlmMO657InWTCcaiOBp2no94yh/QRg4IqBmhzYg3JmIng7D9o9yOI4yzJ8H8eBSIrrO&#10;MMJvMQ/mBYfXNmFAM+sMcsO1niAfgoDZMiYZG5Z0JRtskqX2936c6xK8vC9xHI9Ybn9z++fifGwT&#10;i7dHvJQ2WRHs/TmkAvoGIo7vj59rEuWSK3yCE7WA5L/v3m+IWZc4JqUdTDRTecph8nm+4zjt0Ik0&#10;iJw0qX526sTRoiOVib6mkD7PJzaR6XuN58f6PcMIUIhIdRuCasNL4kz+8wbXW3RMJDs45zjXnLR9&#10;OojmsXm1ljzCbNvzXrDB73UpMB0171fay9t1bvqaxMg7JmS8IE8DT/HWcESujy1qgQzBaWPQqdMY&#10;+0Q8zQ2zXX1Gd/Pvev60YXEMPII0YQ2kCjMjXfXYb851ulEqSDtbNVLj94Djmu9afVy1nzWXVz62&#10;5/OjWThS1PFZs0RbDDztN8ZM/o4s6IwmyChx0li38YwmPXNP9X2W5reeQRSBIPC+2sJ635dSMZQO&#10;bAxx1knjRIgwGpy+14StUZOWy9DryvIgbB1YXxYzKPexiRTyuRn1mYNBXDFsHeuk2O2L9rkkodii&#10;14WuPjgLB9qo4+s1XpLxIEjEygvYf9I8Gyb6WSnGcQjGuOey7YTQRsr+2AEdGY0Rce0gicAxXLY9&#10;H7HtTOz+xG0f3S5JnF+2UjgndNBGvr7gLLnFHKLjji3tpOOZIAwzkmI2IxDmrsPsH01E/4uILlBr&#10;2JwP/WIsYNaxqJ42vMQKDg9tcyLEf97ENem0XAUYVMpsET7HIou4ISLqeAvYhy5KbZuIuSJEdDo+&#10;bgRQL8CLiegmtl+NLuTdySm9wdWIkCWksxEPm3xx1eXSNG3pPzFpacJwzlO2dQviexaDDWboc04C&#10;MLmaw3FKbJtWhEGgGtXnWUoX/XfbdVVhGCsZjgutiGvaUeML6bj07/kx+HWbKWJdCwLnOVv2beK6&#10;H5HtZe7D8Te+D9896Tl/7eWLlLqJ25ztT93j8y3HW3NstxFQz6SEhS4/xw2co21bfixbm1SM/Wx7&#10;nzuibRvmvrSHLUubWML+NgKeQ2EEQZrmDYzNw5DCp+vQhdTldURQj2XEM6LV9BwtbWq1LOnAqULm&#10;TDkQEdnpM6CYKSSVsbSEjAI1zEX4HHohYk7Ns0Y0WakBwjn50tbz97t+z3Kx3zyuKzVYzUhdXzDO&#10;h7NviMaBipEqrhAhFpsZTcz23ptBbT1BiARztirmxBV84r5r2pgvNhPOAV3G7NBneivhfrI4tqYR&#10;EOWX6p3J5uAlZtPxzct0BFEjxv3Jsl220VFgeMdVLe+HKDpYczYD5x2pBXzY0IqsnI3rPDeR1an7&#10;nsZ2sUUspGKdw7uvElD/tYX72sRxyeNgW3TdPzYe1I3SRlGs6mxW+Lur3XN9P7NnY471rbhj2WqM&#10;PhZ1HrwNq5ayRjY6eP83QjJgeY6fdIyoxxjDk4635rlq217FUkopilT3iI1BFUv5IRN9X2psfum6&#10;bmvbaeEWjofVgP6w4506NbPoOq43axvW8s3A8Wwdz3UDx95wXPckOksJI84dbr/9drmHGQFj1QZe&#10;NDcjMvLFGR9mt1Fn0PxdGxMiLTKa9Q01bWzD6xbp6NKD+HsV6a22Uam+4HFewPcP4vh1TDR4rvRl&#10;nAs/xm5MSg4ax+PnoA015vZq/28zJjR/SES/D0/1NSMVZIcJCPUMIy5uR+Tvg5nXzvmT5DGLiZW+&#10;L7a6VoIgCIKg3xm6ZvAwRD6arOLckhpwhwYmmoYaE/rNpNW26zuINOaCm3KI9BpI2Nxe05OGDcab&#10;WoQxrQMjUY9QCyNTVG22FRiMuOjXE4mC/tyKMGSusIhqzW7TgAhxJyr60irmI738Nkhz7Nrnjnlw&#10;1D6M+TPBAbNkbDvNMujYUGu7svkcwcBl26bDDNp8/ZgoKkLYcR933MNJBX23aDirmmzAGTCVsV9I&#10;j+HQqBkZx0bW38y62xusnw3cOQbC3JzRzq08zw/3ds5oF3XMrX7NwTBOzjGRZgv9auif/cCxbA33&#10;MLf2ZH3HPI++3MuIMWINxx6q+8gCD3ifz+1cI/pIrn0iYizp6/1wjC1DMd4KQp5IBGqGqEkmFtVK&#10;xDsHqXY/S0Q/0+d0ydrTYwtGwaii4KYH0IbhheKaLPAFeAPeKMcjvp+G7xDR64joVZ7i3Toylguo&#10;BQzmVQzw9YyKjn9P3W720jgsxkBBEARBsINIdy2iZp0NIi06UkulCNXRFlFZA4YOtGvJIo4MG+sQ&#10;fWRxnS91I1Ip1ABeMub9PdspcRTibNlYK6xFiXDMa71sZGzYwJgwbaQNNI+5Bc/7Mptza8P+GgxJ&#10;3GC045lFBG3DyMjgPG9X5ghgZtHwZXbgmBkmdtwfXHeZPdv8vjSjxiaVXtOyzbZRS6VANvYlz6KQ&#10;Kei7LVeKbmF4YGPJSN4v1t8oSX3YfoF5z0Y/2xn3dm2Q7TLKThLDMpYNou8Yxx+ZMcLIgNKP4/W9&#10;jwy6P9CQjC2CMChEQM0YGBh0CptfIqLnEdFb+nwac8yI5sprPm0Y28yB2FxY69znpoFu1lMb0Hbc&#10;0L/fDW141CLcqqiRO7Lj3he/497XBQjIZRgW5jIwMB4goqvw/81hqJskCIIgCMMMSy9dd6TSHDTz&#10;2hFramaxwxbGQ+MxzwSSYowUdoNmhdVCFnIkqfAfsh3uX6zUZ65tDOO3ax9Nm6GGGZJ822/EOW/f&#10;sx5y3Kh9hF4z9RqpgnFtI86egiAIgiAIgiAI8REBNR8qSH17JyL63ygGnqexcMMhlCY1rBXhrcx/&#10;t+YoIK9rDflSGK2xWkzFCM8VW6quOjzYv8x+t2GkSDZTXvH0xXthdNxIIaCqdFx/Q0S/TUT3wu/E&#10;ICgIgiAIgaB2cwvv62GoixpFgdcRxHyorSPgWCRdXunXeNou/e8wR5jakHqngiAIgiAIgiAIgiCM&#10;LCKg5gDSSulaoD9FRPfOMZXviqUmkSnotS1Gty2Lh/IaS29VQL2jS2Dk3EAqXF7fiBsNCzCSVaZm&#10;Fg+RnWWIy1og3Ytz10LnpiM6dR7irBajNy3XuRdRpnp/NXxmWfRsmhS+txHR54nocfh5VWoHCYIg&#10;CEI81LuTpfS1OU0NKwv4bM8lIKxuYk70/9q7vxBL77MO4E9iJd2clswmW+OhjVlpoSkKGRFBinRn&#10;Ky2lKNnqgVIVMtXYC6HupATEf2T3piCK3Vwo9cbMemFuTnHiRa7E7kpz0wudhSpeKMwSymmgsbsl&#10;hyTWZOUXv8e+OZn9k92dOefM+XzgMHP+v+/vLMy77/c8zzN9bHWtSrWjUy1FJzN0VhZsTa6mtexd&#10;V/UGAAAALCoB6h7JzJ0TOQn2SColn7oN77aSKsidzpDs7om27anZppMTd90A9XIes9EJVy90qkcn&#10;AeRXcv9XEx5udSo6L+TE34XO+z/a6w92Oq8xGTh+Oj/Xd6mInbTlOpptOrnL8yfvcSph7vnOvNZu&#10;lemFzKA9l+dt5LVX8tq32n5vo9O693L2BwB4h1K5uZq/208u+Po92O14MeNtmQftePeUDh0AAADA&#10;IrvjypUrPsA9kuqKf8mrv1BVfzvVcpbF8UzC6o9kiz+zzNWnvf6gBdRfz9XT7QsDM94kABZU/qZs&#10;Lsg8T67ucqpOdecADqyp/wedH4+G1xthAwAALKjb3U6WjrQtO51bHqiqj1fV81X1unVaKP/Z/q/c&#10;CU+17gWA22Q8Gp7Ll5RuR6cOZuPZ1hnE8REAAABwUAhQ91gq8ybtdH+qqv65ql45sDt88LxWVX9d&#10;VZ/Mnl3UuhcAbq/W7nU8GrZW+cfTup/F0I6LjrcZ9Fr2AgAAAAeJAHV/rKet2d1V9bmq+sNl2OkD&#10;4o+q6ner6t3ZHScIAWCPtGrU8Wi4mg4el63zXGuf0WoqiAEAAAAOlHf5OPfeeDTc6fUHLUT9u6o6&#10;UlVPVNUfVNWX065Ou7P58qnMqm1zTx+rqvuzdY+nLTMAsIdaB49ef9DmorZOHo9a67lyPrNOd5Z9&#10;IQAAAICDS4C6T9pMqF5/0MLSk5mH+ltVdTbXv1BVh5ZiIRZHm3v63qr6cLa4zT09s+yLAgD7JQHd&#10;eidIPWbxZ6q1Vt5QcQoAAAAsAy1891Fme03men2wqj6Q669X1ctLsQiLoc2ofa6qfjFba+4pAMxI&#10;2vquVdVn8jeZ/dXW/POttbLwFAAAAFgWAtT9t9aZ6fXRqvqnBKg+i/nwWlWdyazaQ/mszD0FgBlr&#10;3TzGo+HRFuYJUvfFJDg9Oh4NN5dgfwEAAAD+n9BunyWIm4SohxLU/WVV/aCqXlqqxZhPv19Vv51Z&#10;tZVWdeaeAsCcaGFeJ0g973O57QSnAAAAwNIToM5AArmNvPORBHZfqqr7quqFpVqM+fJkVf1eJzw9&#10;7cQhAMynBKntS2nH26xyH9Mta2H0ccEpAAAAgAB1ZnJi6vG8fwvsvpwA74Gq+u6cb36b27pVVc90&#10;2hEvuieq6rGquj/7cXY8Gp46IPsGAAdWZqSeqKqfrKqnDtCxyX5oa3W2rV0Lo804Bbiu7Xxx55c7&#10;X4oGAAAOoDuuXLnic52hXn/QgtRHswUvpp3v6ar6r6q6dw43ubXL26mqr7eTlOPRcKPXH7TrD87B&#10;tt2sr1XVT1fVh/P886lo4Sp6/cFa/g1UKnWFzQDMjV5/sN5mmFfVIz6VXbVq03YMumXOOwAAAMDb&#10;vcuazNZ4NFzv9QeVELVVP/5OKlFnFaK2gHQyp/Xk1H0XW+Vsrz+YhGWr+dmuP32N15xUrK5UVTuh&#10;eU9ubyfvdqt0OJqTnvfsct/tNh2eXsh7AwALKp0+2jHL5JiiHX88vOSf54VOaLozB9sDAAAAMLe0&#10;8J0DLURNmFhTIeq9M5iJujEeDduJtY2caOuazMN6S6XCdeZktdZwa6lQvNQJRZ9N8Hque8njVmYY&#10;nq6pxACAg6EFhePR8Mx4NFxNi9/HO8dcy+BC9rm16F3NWghPAQAAAK5DBer8OJEg8eFdKlFfqqr7&#10;9mlLu9UZW1PX1zq3f2VyY9rkXc2pqwSSK50WsBNne/3B9j612/uTrLnwFACWQILDM+3S6w9Wclxz&#10;Ij8XeRRB18XOF9O05wUAAAC4SQLUOdFOcGWu5G4h6peq6pWqer2q3jPDLT7WZram7fDxFoJmm89c&#10;5fFtlmg7SdmCyelWvcd2efyZfWqf29b0sap6INeFpwCwRPI3fyuXSqvftVxWF6jdbzuG2Z6EpqpL&#10;AQAAAG4PAeocuUaI+ucJUe9JkHpoRlt9OfPEJjNQz2SbzySUnNaC1o1Um+4267Srha3bndfeK207&#10;v1BV78/rC08BYMkleNzsjCuoHJOt5nI0P/djxMDVtNbDOwlM37w4fgEAAADYGwLUOdMJUVso+WhC&#10;1C9W1d9U1ccSrH63qo7MYMvXEnJu5QTiRqvYaHNLe/3BpW5b37QevpQ5p1erUO06leqPvWrf+3JV&#10;/WkC6ftzm/AUANhVume85Qtgaf27mi+Hrebmtc5DduuwcSO6c1kn77mdYylBKQAAAMA+E6DOoZwk&#10;a9WblRC1haW/XlXfyIm0dnLuxU4QuB8uJDztVl+0n+upRD2T6tF228WEqpu5vpLHt20/m33qaq99&#10;LtWqe+FbWbsvdoJn4SkA8I7kuGEScG5ZPQAAAICD6U6f6/xqs0ar6qls4L1V9Ymq+kBVfTXhaWvn&#10;O96nHZicJFyZur0bem53b2vbPx4N7xiPhpPHbHaqNbomFarre7DdzyW4HXTC07Pj0XBVeAoAAAAA&#10;AMA0FahzroWPvf6gBZNPZ/bpBxOm/nFVPZEKz1m19K2pQHXy+6mpatLthKgbaUHc1apVN9O+d/q+&#10;W/VnCU7v78yNPd2qY/dkJQAAAAAAAFh4KlAXQAsYq+pnqupytvZwVZ2sqmcyM+tIWvrupRP1w3lg&#10;XW9WnU4FoA+nzfDkslvV6cSk+vTEbdz2byU8bRWtRxOetrX7vPAUAAAAAACAaxGgLog2fzRh4IVs&#10;cQtNP1dV/ar6q8481G/f4h5d7vzebXH7cK8/mISdz3Zu3+r1Bys3OQfsctr61lQr4JvxRp7TKnVf&#10;rarf7FTlXsy8081bfA8AAAAAAAAOOC18F0hmdq4myDyZ9r33JDxtIepDqfh8JXt16Cb2rhtkbqWK&#10;c1JZerLXH6ymanSUy6VUoT54E++12fYpr3kzz+9qwfHfV9WvVdVdVXV37mth77p5pwAAAAAAANwI&#10;AeoCylzUc6nenISov5qKzr+oqt/IbRdvIph8utcfPH2N+ydted+Jo73+oLXOXZt6zqSidf0WP4Wn&#10;qurnq+qzaW9cWYsNVacAAAAAAAC8EwLUBTUeDbcyd7QFhI+kXe2RhIj/UFXfbzM/s3cvdlr8zkIL&#10;cZ+cet/z49FwJ7/f7PzT56rqewlg7+m+dqpOd67xXAAAAAAAAHgbAeoCS1vaE73+4ESnGrWFqJ/O&#10;HNBWmfljmZVaCVLf22lvO0vHUpW6fhNVss9X1X9U1S/l3/AkPG1Vp6fGo+GZ6zwfAAAAAAAAdnWn&#10;ZVl8rRq1tclNYFqZfXo44eQnc/szqUK9O0Hj9+Zgx5+8gfD09c7vz6dF8Yeq6lNVdV8nPG2zTleF&#10;pwAAAAAAANwKFagHRKpR22zUzcwWPdYJF1uQ+j9tvmmu/0pnVugLqVo9NKcr8SMJf7+f2a4fmmpH&#10;fCGzTs/NcBsBAAAAAAA4IASoB8x4NNyuqrVef7CWIPXhTpDagtM3quqbVfXvVfWx3D/RwtT3VdW7&#10;Z7QqP6iqH83vLRj9RlXdmxmp46rq5dJcTLvezRltKwAAAAAAAAeQAPWASkXmaq8/aNWnG1NB6i9U&#10;1UMJJ1tV6ktV9YmpMLXNUL2UStW79miVXp0Ka/+tqv41vx+vqs8mMD3UqZAVnAIAAAAAALBnBKgH&#10;XILGzVSknkpr3xZGPpA9P5E5oy3I/FpC0zYn9aNXmU96MUFsqwh9TyeU3c1rVfVKbl+5yv3/WFXf&#10;qao7Mtf0J7I9R6Yee77th+AUAAAAAACAvSRAXRKpSG2tfY+mInU94efhzgp8vKpeTni5k0D1OwlK&#10;35dq0GN57G6B6LS7OtWr5xPOXso80/aaP1dVn66qbye0PTz1/MtVtdVaEac1MQAAAAAAAOwpAeqS&#10;GY+GOwlQN3r9wYlUoJ7ohKmTEPMjVfXjCVTfSDXqOEFos30DIeqreY32uJ9NaPpiVf13fp+81/un&#10;nvdsC05VmwIAAAAAALDfBKhLbDwabqXCs9LitwWpa51ZqIenqkK7FagPJSC9nuk2wPfv8vjWFvhc&#10;QtOtZf9cAAAAAAAAmB0BKm9Ki992aWHqSoLU1fw8eoNB6I24nOrVc/m5napYAAAAAAAAmDkBKm8z&#10;Hg0vpTL1LdWgqVKtBKuT9r0rud61k8vEm8FsQloAAAAAAACYWwJUblgnABWEAgAAAAAAcCDd6WMF&#10;AAAAAAAA+D8CVAAAAAAAAIAQoAIAAAAAAACEABUAAAAAAAAgBKgAAAAAAAAAIUAFAAAAAAAACAEq&#10;AAAAAAAAQAhQAQAAAAAAAEKACgAAAAAAABACVAAAAAAAAIAQoAIAAAAAAACEABUAAAAAAAAgBKgA&#10;AAAAAAAAIUAFAAAAAAAACAEqAAAAADjEOBMAAAKiSURBVAAAQAhQAQAAAAAAAEKACgAAAAAAABAC&#10;VAAAAAAAAIAQoAIAAAAAAACEABUAAAAAAAAgBKgAAAAAAAAAIUAFAAAAAAAACAEqAAAAAAAAQAhQ&#10;AQAAAAAAAEKACgAAAAAAABACVAAAAAAAAIAQoAIAAAAAAACEABUAAAAAAAAgBKgAAAAAAAAAIUAF&#10;AAAAAAAACAEqAAAAAAAAQAhQAQAAAAAAAEKACgAAAAAAABACVAAAAAAAAIAQoAIAAAAAAACEABUA&#10;AAAAAAAgBKgAAAAAAAAAcceVK1esBQAAAAAAALD0SgUqAAAAAAAAwA8JUAEAAAAAAABCgAoAAAAA&#10;AAAQAlQAAAAAAACAEKACAAAAAAAAhAAVAAAAAAAAIASoAAAAAAAAACFABQAAAAAAAAgBKgAAAAAA&#10;AEAIUAEAAAAAAABCgAoAAAAAAAAQAlQAAAAAAACAEKACAAAAAAAAhAAVAAAAAAAAIASoAAAAAAAA&#10;ACFABQAAAAAAAAgBKgAAAAAAAEAIUAEAAAAAAABCgAoAAAAAAAAQAlQAAAAAAACAEKACAAAAAAAA&#10;hAAVAAAAAAAAIASoAAAAAAAAACFABQAAAAAAAAgBKgAAAAAAAEAIUAEAAAAAAABCgAoAAAAAAAAQ&#10;AlQAAAAAAACAEKACAAAAAAAAhAAVAAAAAAAAIASoAAAAAAAAACFABQAAAAAAAAgBKgAAAAAAAEAI&#10;UAEAAAAAAABCgAoAAAAAAAAQAlQAAAAAAACAEKACAAAAAAAAhAAVAAAAAAAAIASoAAAAAAAAACFA&#10;BQAAAAAAAAgBKgAAAAAAAEAIUAEAAAAAAABCgAoAAAAAAAAQAlQAAAAAAACAEKACAAAAAAAAhAAV&#10;AAAAAAAAIASoAAAAAAAAAE1V/S+pShgXw3l43AAAAABJRU5ErkJgglBLAQItABQABgAIAAAAIQCx&#10;gme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABnlBN65AwAAUAoAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAAHwYAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwECLQAUAAYACAAAACEA7XKQyeIAAAALAQAADwAAAAAAAAAAAAAAAAAbBwAAZHJz&#10;L2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhAPZIAYKzswIAs7MCABQAAAAAAAAAAAAAAAAAKggA&#10;AGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0ACgAAAAAAAAAhACQQQI9E4wAAROMAABQAAAAAAAAA&#10;AAAAAAAAD7wCAGRycy9tZWRpYS9pbWFnZTIucG5nUEsFBgAAAAAHAAcAvgEAAIWfAwAAAA==&#10;">
+              <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Imagen 6" o:spid="_x0000_s1027" type="#_x0000_t75" alt="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente" style="position:absolute;left:38331;top:2267;width:16967;height:5366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBcHAjSwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gQvpW70ICW6ShEjVnoxxvsj+5qEZt+G3TWJ/74rFHocZuYbZrMbTSt6cr6xrGAxT0AQ&#10;l1Y3XCkortnbOwgfkDW2lknBgzzstpOXDabaDnyhPg+ViBD2KSqoQ+hSKX1Zk0E/tx1x9L6tMxii&#10;dJXUDocIN61cJslKGmw4LtTY0b6m8ie/GwW9u10/X6vz17EYFpcsZEWb2INSs+n4sQYRaAz/4b/2&#10;SStYwfNKvAFy+wsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBcHAjSwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                <v:imagedata r:id="rId4" o:title="Interfaz de usuario gráfica, Aplicación&#10;&#10;Descripción generada automáticamente" croptop="1862f" cropbottom="58328f" cropleft="28220f" cropright="15453f"/>
+              </v:shape>
+              <v:shape id="Imagen 21" o:spid="_x0000_s1028" type="#_x0000_t75" alt="Logotipo&#10;&#10;Descripción generada automáticamente" style="position:absolute;width:42062;height:9385;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB8FJRmwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvhX6H8Apeimb1ILIaRaQFpRf/gdfH5pld3byEJOr225tCweMwM79hZovOtuJOITaOFQwHBQji&#10;yumGjYLj4bs/ARETssbWMSn4pQiL+fvbDEvtHryj+z4ZkSEcS1RQp+RLKWNVk8U4cJ44e2cXLKYs&#10;g5E64CPDbStHRTGWFhvOCzV6WtVUXfc3q+AUxxuujPH+6xy2m5/dJ15upFTvo1tOQSTq0iv8315r&#10;BaMh/H3JP0DOnwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB8FJRmwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                <v:imagedata r:id="rId5" o:title="Logotipo&#10;&#10;Descripción generada automáticamente"/>
+              </v:shape>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F2EC48" wp14:editId="4011C380">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>4660061</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-247777</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1891919" cy="497002"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="307" name="Cuadro de texto 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1891919" cy="497002"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="9525">
+                        <a:noFill/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="37EFF22E" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="00743BDC">
+                          <w:pPr>
+                            <w:pStyle w:val="Sinespaciado"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:hyperlink r:id="rId6" w:history="1">
+                            <w:r w:rsidRPr="000A6456">
+                              <w:rPr>
+                                <w:rStyle w:val="Hipervnculo"/>
+                                <w:b/>
+                                <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="none"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                        </w:p>
+                        <w:p w14:paraId="0B2A9BF7" w14:textId="6B22C641" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="00743BDC">
+                          <w:pPr>
+                            <w:pStyle w:val="Sinespaciado"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="18"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000A6456">
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>Tel. 2216-7070 Ext. 110576</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="09F2EC48" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:366.95pt;margin-top:-19.5pt;width:148.95pt;height:39.15pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTQVgqJAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bSpJtYcVbbbFNV&#10;2l6kbT8AA45RgaFAYqdf3wFns9H2raojISYzHM6cOaxvB6PJUfqgwNZ0OikpkZaDUHZf0x/fd2+W&#10;lITIrGAarKzpSQZ6u3n9at27Ss6gAy2kJwhiQ9W7mnYxuqooAu+kYWECTlpMtuANixj6fSE86xHd&#10;6GJWlu+KHrxwHrgMAf+9H5N0k/HbVvL4tW2DjETXFLnFvPq8NmktNmtW7T1zneJnGuwfWBimLF56&#10;gbpnkZGDV39BGcU9BGjjhIMpoG0Vl7kH7GZavujmsWNO5l5QnOAuMoX/B8u/HL95okRN35Y3lFhm&#10;cEjbAxMeiJAkyiECmSWZehcqrH50WB+H9zDguHPLwT0A/xmIhW3H7F7eeQ99J5lAmtN0srg6OuKE&#10;BNL0n0HgbewQIQMNrTdJQ1SFIDqO63QZEfIgPF25XE3xRwnH3Hx1U5aZXMGqp9POh/hRgiFpU1OP&#10;Fsjo7PgQYmLDqqeSdFkArcROaZ0Dv2+22pMjQ7vs8pcbeFGmLelrulrMFhnZQjqfnWRURDtrZWq6&#10;LNM3Giyp8cGKXBKZ0uMemWh7licpMmoTh2bAwqRZA+KEQnkYbYvPDDcd+N+U9GjZmoZfB+YlJfqT&#10;RbFX0/k8eTwH88XNDAN/nWmuM8xyhKpppGTcbmN+F0kHC3c4lFZlvZ6ZnLmiFbOM52eTvH4d56rn&#10;x735AwAA//8DAFBLAwQUAAYACAAAACEATGpcjt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU7DMBBF90jcwRokNqh1iqEhIZMKkEDdtvQATuwmEfE4it0mvT3TFSxH8/X/e8Vmdr042zF0nhBW&#10;ywSEpdqbjhqEw/fn4gVEiJqM7j1ZhIsNsClvbwqdGz/Rzp73sRFcQiHXCG2MQy5lqFvrdFj6wRL/&#10;jn50OvI5NtKMeuJy18vHJFlLpzvihVYP9qO19c/+5BCO2+nhOZuqr3hId0/rd92llb8g3t/Nb68g&#10;op3jXxiu+IwOJTNV/kQmiB4hVSrjKMJCZSx1TSRqxTYVgsoUyLKQ/x3KXwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDTQVgqJAIAACQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBMalyO3wAAAAsBAAAPAAAAAAAAAAAAAAAAAH4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="37EFF22E" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="00743BDC">
+                    <w:pPr>
+                      <w:pStyle w:val="Sinespaciado"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:hyperlink r:id="rId7" w:history="1">
+                      <w:r w:rsidRPr="000A6456">
+                        <w:rPr>
+                          <w:rStyle w:val="Hipervnculo"/>
+                          <w:b/>
+                          <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="none"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>vinculacion.sociedad@unah.edu.hn</w:t>
+                      </w:r>
+                    </w:hyperlink>
+                  </w:p>
+                  <w:p w14:paraId="0B2A9BF7" w14:textId="6B22C641" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="00743BDC">
+                    <w:pPr>
+                      <w:pStyle w:val="Sinespaciado"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                        <w:sz w:val="18"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000A6456">
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Tel. 2216-7070 Ext. 110576</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2999324E" wp14:editId="0BB4C25F">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>4588307</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>83693</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1992554" cy="621411"/>
+              <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1609140353" name="Cuadro de texto 2"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1992554" cy="621411"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="25F89C8B" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:hyperlink r:id="rId8" w:history="1">
+                            <w:r w:rsidRPr="000A6456">
+                              <w:rPr>
+                                <w:rStyle w:val="Hipervnculo"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-US"/>
+                              </w:rPr>
+                              <w:t>formaciontecnologica@unah.edu.hn</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                          <w:r w:rsidRPr="000A6456">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="4D9A564A" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000A6456">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>Tel: 2216-7008/2216-6100</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="34ED2DE6" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000A6456">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>Ext: 110615 – 110617</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="0A06A24E" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000A6456">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>110186 – 110192</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="3B8D4455" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                          <w:pPr>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="002060"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="2999324E" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:361.3pt;margin-top:6.6pt;width:156.9pt;height:48.95pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjidQOOgIAAGgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuP2jAQvlfqf7B8L3nwaIkIK8qKqtJq&#10;dyW22rNxbBIp9ri2IaG/vmMHWLTtqerFGXve3zeTxV2vWnIU1jWgS5qNUkqE5lA1el/SHy+bT18o&#10;cZ7pirWgRUlPwtG75ccPi84UIoca2kpYgkG0KzpT0tp7UySJ47VQzI3ACI1KCVYxj1e7TyrLOoyu&#10;2iRP01nSga2MBS6cw9f7QUmXMb6UgvsnKZ3wpC0p1ubjaeO5C2eyXLBib5mpG34ug/1DFYo1GpNe&#10;Q90zz8jBNn+EUg234ED6EQeVgJQNF7EH7CZL33WzrZkRsRcEx5krTO7/heWPx2dLmgq5m6XzbJKO&#10;p2NKNFPI1frAKgukEsSL3gPJA1qdcQU6bQ26+f4r9Oh5eXf4GEDopVXhi+0R1CPupyvWGInw4DSf&#10;59PphBKOulmeTbIYJnnzNtb5bwIUCUJJLXIZIWbHB+exEjS9mIRkGjZN20Y+W006DDqeptHhqkGP&#10;VqNj6GGoNUi+3/UDApc+dlCdsD0Lw7g4wzcN1vDAnH9mFucDO8KZ9094yBYwF5wlSmqwv/72HuyR&#10;NtRS0uG8ldT9PDArKGm/ayQUsZ+EAY2XyfRzjhd7q9ndavRBrQFHOsPtMjyKwd63F1FaUK+4GquQ&#10;FVVMc8xdUn8R137YAlwtLlaraIQjaZh/0FvDQ+iAakD4pX9l1pxpCKPwCJfJZMU7NgbbgY/VwYNs&#10;IlUB5wHVM/w4zpHB8+qFfbm9R6u3H8TyNwAAAP//AwBQSwMEFAAGAAgAAAAhAMshw4/hAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYSgZlKk2nqdKEhOCwsQs3t8naisYp&#10;TbYVfj3eafhk6z09fy9fTq4XRzuGzpOG+1kCwlLtTUeNht3H+m4BIkQkg70nq+HHBlgW11c5Zsaf&#10;aGOP29gIDqGQoYY2xiGTMtStdRhmfrDE2t6PDiOfYyPNiCcOd71USZJKhx3xhxYHW7a2/toenIbX&#10;cv2Om0q5xW9fvrztV8P37vNR69ubafUMItopXsxwxmd0KJip8gcyQfQanpRK2crCXIE4G5J5+gCi&#10;4o0HZJHL/x2KPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjidQOOgIAAGgEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDLIcOP4QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="25F89C8B" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:hyperlink r:id="rId9" w:history="1">
+                      <w:r w:rsidRPr="000A6456">
+                        <w:rPr>
+                          <w:rStyle w:val="Hipervnculo"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>formaciontecnologica@unah.edu.hn</w:t>
+                      </w:r>
+                    </w:hyperlink>
+                    <w:r w:rsidRPr="000A6456">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="4D9A564A" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000A6456">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Tel: 2216-7008/2216-6100</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="34ED2DE6" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000A6456">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Ext: 110615 – 110617</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="0A06A24E" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000A6456">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>110186 – 110192</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="3B8D4455" w14:textId="77777777" w:rsidR="004A0657" w:rsidRPr="000A6456" w:rsidRDefault="004A0657" w:rsidP="000A6456">
+                    <w:pPr>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="002060"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1068701906"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00F42CD6">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wpg">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="04DF8106" wp14:editId="0D65802D">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <mc:AlternateContent>
                     <mc:Choice Requires="wp14">
                       <wp:positionV relativeFrom="page">
                         <wp14:pctPosVOffset>20000</wp14:pctPosVOffset>
                       </wp:positionV>
                     </mc:Choice>
                     <mc:Fallback>
                       <wp:positionV relativeFrom="page">
                         <wp:posOffset>2011680</wp:posOffset>
                       </wp:positionV>
                     </mc:Fallback>
                   </mc:AlternateContent>
                   <wp:extent cx="488315" cy="237490"/>
                   <wp:effectExtent l="0" t="9525" r="0" b="10160"/>
@@ -18803,51 +16759,51 @@
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                             <a:extLst>
                               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                   <a:solidFill>
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:miter lim="800000"/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a14:hiddenLine>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w14:paraId="4F349ADD" w14:textId="77777777" w:rsidR="00F42CD6" w:rsidRDefault="00F42CD6">
+                              <w:p w14:paraId="4F349ADD" w14:textId="77777777" w:rsidR="004A0657" w:rsidRDefault="004A0657">
                                 <w:pPr>
                                   <w:pStyle w:val="Encabezado"/>
                                   <w:jc w:val="center"/>
                                 </w:pPr>
                                 <w:r>
                                   <w:fldChar w:fldCharType="begin"/>
                                 </w:r>
                                 <w:r>
                                   <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
                                 </w:r>
                                 <w:r>
                                   <w:fldChar w:fldCharType="separate"/>
                                 </w:r>
                                 <w:r w:rsidRPr="00C07439">
                                   <w:rPr>
                                     <w:rStyle w:val="Nmerodepgina"/>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:noProof/>
                                     <w:color w:val="3F3151" w:themeColor="accent4" w:themeShade="7F"/>
                                     <w:sz w:val="16"/>
                                     <w:szCs w:val="16"/>
                                     <w:lang w:val="es-MX"/>
                                   </w:rPr>
                                   <w:t>1</w:t>
@@ -18948,337 +16904,116 @@
                                     <a:headEnd/>
                                     <a:tailEnd/>
                                   </a14:hiddenLine>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </wpg:grpSp>
                       </wpg:wgp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
-                <v:group w14:anchorId="04DF8106" id="Grupo 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:38.45pt;height:18.7pt;z-index:251673600;mso-top-percent:200;mso-position-horizontal:center;mso-position-horizontal-relative:right-margin-area;mso-position-vertical-relative:page;mso-top-percent:200" coordorigin="689,3255" coordsize="769,374" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxuY5vWgMAAN0KAAAOAAAAZHJzL2Uyb0RvYy54bWzUVttu1DAQfUfiHyy/09yz2ahpVXoTEtBK&#10;LR/gTZyLSOxge5stX8/YTrLdtohSShEv0djjmcycmTP2/uGma9ENFbLhLMPenosRZTkvGlZl+Mv1&#10;2bsEI6kIK0jLGc3wLZX48ODtm/2hT6nPa94WVCBwwmQ69BmulepTx5F5TTsi93hPGShLLjqiYCkq&#10;pxBkAO9d6/iuGzsDF0UveE6lhN0Tq8QHxn9Z0lxdlKWkCrUZhtiU+QrzXemvc7BP0kqQvm7yMQzy&#10;jCg60jD46ezqhCiC1qJ54KprcsElL9VezjuHl2WTU5MDZOO597I5F3zdm1yqdKj6GSaA9h5Oz3ab&#10;f745F/1Vfyls9CB+5PlXCbg4Q1+ld/V6XdnDaDV84gXUk6wVN4lvStFpF5AS2hh8b2d86UahHDbD&#10;JAm8CKMcVH6wCJcj/nkNRdJWcbLECJSBH0W2NHl9OhovYtBpSzDUOoek9p8mzjEuXXdoJLnFSv4Z&#10;Vlc16akpgdRYXArUFNDny0Xgh0EUQncz0gEO1zrH93yDFp4OTkcBxzWuSG1gH2wMTNLCixg/rgmr&#10;6JEQfKgpKSBOYwnZzKbWj9ROfoX3Frk4sMhNoG9xiw3cM24k7YVU55R3SAsZFsAWEyS5+SiVhXg6&#10;okvL+FnTtrBP0pbtbIBPvWNi1+HawNVmtRmxWPHiFrIQ3BIQBgYINRffMRqAfBmW39ZEUIzaDwyQ&#10;0EydBDEJq0kgLAfTDOdKYGQXx8pyet2LpqrBt0Wb8SPoz7IxyWhgbRxjpNAmOtCxqa24rfEy9JbL&#10;OF5MFTZkRAvflneXGZr3L8WcJInvcWCqpG78uwwg6UwcL4wCY+WFSWBC1MqJOvcN5xb4F9RJAjd0&#10;l4nrTcBe3JAWLUzX7vQ+Sf8WWR5D62cgz1g9oAtt26aXejiQ9CmMQQMMuCBy7RzgbVNoOmlrKarV&#10;cSsQAJHhJDzyj+Nxwsm7x+A2YIWhnx4Yp6OsSNNa+XEW/ib1ll4YzvQLo4UPC0vBUWNpOGomKqqX&#10;IOIrDO4oDn03CiN/t/nMhfJqzRfD3+Ee01Qdb7mp+TzNCn3HacEO4OlenQbxOKuf0Hw7vfPEFnvS&#10;XP9fOmo73cbHDLyhzLthfO/pR9rdtTm1fZUe/AAAAP//AwBQSwMEFAAGAAgAAAAhAKolCqLdAAAA&#10;AwEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe9Cv8MyBW924x8aTbMpRRD1UMTYIr1ts+Mm&#10;mp0N2W2afntHL3oZeLzHe7/Jl6NrxYB9aDwpuJwlIJAqbxqyCjZvDxe3IELUZHTrCRWcMMCymJzl&#10;OjP+SK84lNEKLqGQaQV1jF0mZahqdDrMfIfE3ofvnY4seytNr49c7lp5lSRz6XRDvFDrDu9rrL7K&#10;g1OwTit8ell9lub58RSG3dpux3er1Pl0XC1ARBzjXxh+8BkdCmba+wOZIFoF/Ej8veyl8zsQewXX&#10;6Q3IIpf/2YtvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHG5jm9aAwAA3QoAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKolCqLdAAAAAwEAAA8A&#10;AAAAAAAAAAAAAAAAtAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAC+BgAAAAA=&#10;" o:allowincell="f">
-[...4 lines deleted...]
-                  <v:shape id="Text Box 71" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:689;top:3263;width:769;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALbgzuywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlfoOK1fqpYJNgVKasiB+VNpLD6E8gJU1SUTWG2UXCDw9PiD1aM945vN03rlanagNlWcDr/0E&#10;FHHubcWFgd3fV28CKkRki7VnMnChAPPZ48MUU+vPnNFpGwslIRxSNFDG2KRah7wkh6HvG2LR9r51&#10;GGVsC21bPEu4q/UgScbaYcXSUGJDq5Lyw/boDNAi89ffQ9i4bLlebfYV04v+Nub5qVt8gorUxX/z&#10;/frHCv7H+3AwGr6NBFp+kgXo2Q0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALbgzuywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" stroked="f">
+                <v:group w14:anchorId="04DF8106" id="Grupo 25" o:spid="_x0000_s1029" style="position:absolute;margin-left:0;margin-top:0;width:38.45pt;height:18.7pt;z-index:251673600;mso-top-percent:200;mso-position-horizontal:center;mso-position-horizontal-relative:right-margin-area;mso-position-vertical-relative:page;mso-top-percent:200" coordorigin="689,3255" coordsize="769,374" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiMn2GJwQAAP0OAAAOAAAAZHJzL2Uyb0RvYy54bWzcV9tu3DYQfS/QfyD0vtaNusJyYO96jQJu&#10;EyDpB3Al6oJKokpqrXWD/nuHpKS9OAs7TpMg0YNA8TKcOTPnkLp8s2tq9EC5qFibGPaFZSDapiyr&#10;2iIx/vywXoQGEj1pM1KzlibGIxXGm6tff7kcupg6rGR1RjkCI62Ihy4xyr7vYtMUaUkbIi5YR1sY&#10;zBlvSA+fvDAzTgaw3tSmY1m+OTCedZylVAjoXelB40rZz3Oa9m/zXNAe1YkBvvXqzdV7I9/m1SWJ&#10;C066skpHN8grvGhI1cKms6kV6Qna8uqJqaZKORMs7y9S1pgsz6uUqhggGts6ieaOs22nYinioehm&#10;mADaE5xebTb94+EdR1WWGGHkuBG2cWCgljSQqju+7RhyPInR0BUxTL3j3fvuHdeBQvOepX8JGDZP&#10;x+V3oSejzfA7y8Ae2fZMYbTLeSNNQPRop1LxOKeC7nqUQicOQ9f2DJTCkOMGOBpTlZaQT7nKDyMD&#10;waDreMpDEqfl7bg48GFMroSF0nuTxHpP5efolwwKak7sYRVfBuv7knRUZUtIrEZY7ShwHex6GIig&#10;cf0gY7xhOxTYGlo1XeKK+h30A40UTELDi1q2LElb0GvO2VBSkoGfaiVEMy/V0Qhp5Dm898j5rq7/&#10;CfQ9br6Ce8aNxB0X/R1lDZKNxOBALOUkebgXvYZ4miJT27J1VdfQT+K6PeoAm7oHNoWlckxur7jy&#10;MbKi2/A2xAvs+LcLbK1Wi+v1Ei/8tR14K3e1XK7sf+W+No7LKstoK7eZeGvjlyVwVBDNuJm5gtVV&#10;Js1JlwQvNsuaowcCurFWz1hIB9PMYzdUnUEsJyHZDrZunGix9sNggdfYW0SBFS4sO7qJfAtHeLU+&#10;Dum+aumXh4SGxIg8YK8K52xslnqexkbipupBmeuqAWmYJ5FYFuBtm6nU9qSqdfsACun+HgpI95Ro&#10;Va6yQnWt9rvNTgmPM7Fgw7JHqF/OoMBAq+FUgUbJ+D8GGkChE0P8vSWcGqj+rQUOSDmfGnxqbKYG&#10;aVNYmhhpzw2kP5a9Fv5tx6uiBNuaZy27BmXKK1XGklLaD6VqSiC0/CnZ0M09u0Ewo8j3DzQTFBsF&#10;Y0hfTzPD0D9RP0kiKZxS8g61T+riKJk29ly1ysahq1w8FM3ThTP5v4dohq6FrSi07Ek03wITUaD0&#10;6kj1gKpfSSY/hdY5kGesngglreuqE/JYIPFLtFLS1nc96xnahvjaWfqfoi1cGUZ2nmPqz6+/50Xn&#10;MyUmsjGeZQZ7gQMfWmrGES0348gkOf3/ITjf4Gri+dixPOw5xyRTV6ZvRjIfdoebmpSk8R43kcyW&#10;7Je3ONk4vMW9hmQHx/bJ6X6eSp91c/lRj/nn9WK+a730ZP9RSLY/2NRZr/6x1M1l/B+UP3GH32rW&#10;/q/16j8AAAD//wMAUEsDBBQABgAIAAAAIQCqJQqi3QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9PS8NAEMXvQr/DMgVvduMfGk2zKUUQ9VDE2CK9bbPjJpqdDdltmn57Ry96GXi8x3u/yZeja8WA&#10;fWg8KbicJSCQKm8asgo2bw8XtyBC1GR06wkVnDDAspic5Toz/kivOJTRCi6hkGkFdYxdJmWoanQ6&#10;zHyHxN6H752OLHsrTa+PXO5aeZUkc+l0Q7xQ6w7va6y+yoNTsE4rfHpZfZbm+fEUht3absd3q9T5&#10;dFwtQEQc418YfvAZHQpm2vsDmSBaBfxI/L3spfM7EHsF1+kNyCKX/9mLbwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAiMn2GJwQAAP0OAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCqJQqi3QAAAAMBAAAPAAAAAAAAAAAAAAAAAIEGAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAiwcAAAAA&#10;" o:allowincell="f">
+                  <v:shape id="Text Box 71" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:689;top:3263;width:769;height:360;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALbgzuywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvlfoOK1fqpYJNgVKasiB+VNpLD6E8gJU1SUTWG2UXCDw9PiD1aM945vN03rlanagNlWcDr/0E&#10;FHHubcWFgd3fV28CKkRki7VnMnChAPPZ48MUU+vPnNFpGwslIRxSNFDG2KRah7wkh6HvG2LR9r51&#10;GGVsC21bPEu4q/UgScbaYcXSUGJDq5Lyw/boDNAi89ffQ9i4bLlebfYV04v+Nub5qVt8gorUxX/z&#10;/frHCv7H+3AwGr6NBFp+kgXo2Q0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALbgzuywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" stroked="f">
                     <v:textbox inset="0,0,0,0">
                       <w:txbxContent>
-                        <w:p w14:paraId="4F349ADD" w14:textId="77777777" w:rsidR="00F42CD6" w:rsidRDefault="00F42CD6">
+                        <w:p w14:paraId="4F349ADD" w14:textId="77777777" w:rsidR="004A0657" w:rsidRDefault="004A0657">
                           <w:pPr>
                             <w:pStyle w:val="Encabezado"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r w:rsidRPr="00C07439">
                             <w:rPr>
                               <w:rStyle w:val="Nmerodepgina"/>
                               <w:b/>
                               <w:bCs/>
                               <w:noProof/>
                               <w:color w:val="3F3151" w:themeColor="accent4" w:themeShade="7F"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="es-MX"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rStyle w:val="Nmerodepgina"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="3F3151" w:themeColor="accent4" w:themeShade="7F"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
-                  <v:group id="Group 72" o:spid="_x0000_s1028" style="position:absolute;left:886;top:3255;width:374;height:374" coordorigin="1453,14832" coordsize="374,374" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA80zrfygAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6iatRpO6ikgrHqRQFaS3R/aZBLNvQ3abxH/fLRR6HGbmG2a5HkwtOmpdZVlBPIlA&#10;EOdWV1woOJ/enxYgnEfWWFsmBXdysF6NHpaYadvzJ3VHX4gAYZehgtL7JpPS5SUZdBPbEAfvaluD&#10;Psi2kLrFPsBNLZ+jKJEGKw4LJTa0LSm/Hb+Ngl2P/eYlfusOt+v2/nWafVwOMSn1OB42ryA8Df4/&#10;/NfeawXpNE7TJJnD76PwBuTqBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADzTOt/KAAAA&#10;4QAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
-[...1 lines deleted...]
-                    <v:oval id="Oval 74" o:spid="_x0000_s1030" style="position:absolute;left:1462;top:14835;width:101;height:101;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8p3iSyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPGFvmlpska5RVFC82tXD3p7N27Zs81KaWLv/3gjCHoeZ+YZZbQbTiJ46V1tWMJ9FIIgL&#10;q2suFVy+DtMlCOeRNTaWScEfOdisx6MVZto++Ex97ksRIOwyVFB532ZSuqIig25mW+Lg/djOoA+y&#10;K6Xu8BHgppFxFKXSYM1hocKW9hUVv/ndKKiPdn497PKz++7Tvdw2t5293pT6mAzbTxCeBv8ffrdP&#10;WkGSLuIoWSQxvC6FOyDXTwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8p3iSyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="#84a2c6" stroked="f"/>
+                  <v:group id="Group 72" o:spid="_x0000_s1031" style="position:absolute;left:886;top:3255;width:374;height:374" coordorigin="1453,14832" coordsize="374,374" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA80zrfygAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6iatRpO6ikgrHqRQFaS3R/aZBLNvQ3abxH/fLRR6HGbmG2a5HkwtOmpdZVlBPIlA&#10;EOdWV1woOJ/enxYgnEfWWFsmBXdysF6NHpaYadvzJ3VHX4gAYZehgtL7JpPS5SUZdBPbEAfvaluD&#10;Psi2kLrFPsBNLZ+jKJEGKw4LJTa0LSm/Hb+Ngl2P/eYlfusOt+v2/nWafVwOMSn1OB42ryA8Df4/&#10;/NfeawXpNE7TJJnD76PwBuTqBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADzTOt/KAAAA&#10;4QAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                    <v:oval id="Oval 73" o:spid="_x0000_s1032" style="position:absolute;left:1453;top:14832;width:374;height:374;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxMrW9yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;EIXvBf9DGKGXUhNt0e3WKFIQvHioevA4bKabxc1kSaKu/74RBI8z731v3syXvWvFhUJsPGsYjxQI&#10;4sqbhmsNh/36vQARE7LB1jNpuFGE5WLwMsfS+Cv/0mWXapFDOJaowabUlVLGypLDOPIdcdb+fHCY&#10;8hhqaQJec7hr5USpqXTYcL5gsaMfS9Vpd3a5xjH6eNxUZ5wdJvat6EO9DTOtX4f96htEoj49zQ96&#10;YzJXfKhP9VWoMdx/yguQi38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcTK1vckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="#84a2c6" strokeweight=".5pt"/>
+                    <v:oval id="Oval 74" o:spid="_x0000_s1033" style="position:absolute;left:1462;top:14835;width:101;height:101;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8p3iSyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPGFvmlpska5RVFC82tXD3p7N27Zs81KaWLv/3gjCHoeZ+YZZbQbTiJ46V1tWMJ9FIIgL&#10;q2suFVy+DtMlCOeRNTaWScEfOdisx6MVZto++Ex97ksRIOwyVFB532ZSuqIig25mW+Lg/djOoA+y&#10;K6Xu8BHgppFxFKXSYM1hocKW9hUVv/ndKKiPdn497PKz++7Tvdw2t5293pT6mAzbTxCeBv8ffrdP&#10;WkGSLuIoWSQxvC6FOyDXTwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8p3iSyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="#84a2c6" stroked="f"/>
                   </v:group>
                   <w10:wrap anchorx="margin" anchory="page"/>
                 </v:group>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="00F42CD6">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F2EC48" wp14:editId="475F46E5">
-[...216 lines deleted...]
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D2F96A2" wp14:editId="15B29DB8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D2F96A2" wp14:editId="1C9F57B2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6572250</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-363855</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="244475" cy="1119351"/>
               <wp:effectExtent l="0" t="0" r="3175" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="3 Rectángulo"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="244475" cy="1119351"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
@@ -19302,225 +17037,1004 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="155027FF" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcTcSYfQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTZF2DOkWQIsOA&#10;oi3WDj0rspQYkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18480HYShiwquQH5fn17OOHq9ZN1Qg2YCqFjECsn7au5JsQ3DTLvNyoRvgzcMqSUAM2ItAR11mF&#10;oiX0xmSjPP+ctYCVQ5DKe7q96YR8lvC1VjLca+1VYKbkFFtIK6Z1FddsdiWmaxRuU8s+DPEPUTSi&#10;tuR0gLoRQbAt1m+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyIHO8Gmvz/g5V3u0f3gERD6/zU&#10;0zZmsdfYxD/Fx/aJrMNAltoHJulyNB6PLyacSRIVRXF5Pikim9nJ2qEPXxU0LG5KjvQYiSOxu/Wh&#10;Uz2qRGceTF0ta2PSAderhUG2E/Rwy5vFeZ7eitD/UDM2KluIZh1ivMlOuaRdOBgV9Yz9rjSrqxh9&#10;iiSVmRr8CCmVDUUn2ohKde4nOX19boNFyjQBRmRN/gfsHiCW8FvsLspeP5qqVKWDcf63wDrjwSJ5&#10;BhsG46a2gO8BGMqq99zpH0nqqIksraA6PCBD6HrEO7ms6d1uhQ8PAqkpqH2o0cM9LdpAW3Lod5xt&#10;AH+9dx/1qVZJyllLTVZy/3MrUHFmvlmq4stiPI5dmQ7jycWIDvhSsnopsdtmAVQOBY0UJ9M26gdz&#10;3GqE5pnmwTx6JZGwknyXXAY8Hhaha36aKFLN50mNOtGJcGsfnYzgkdVYl0/7Z4GuL95AZX8Hx4YU&#10;01c13OlGSwvzbQBdpwI/8drzTV2cCqefOHFMvDwnrdNcnP0GAAD//wMAUEsDBBQABgAIAAAAIQCc&#10;Jgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdE&#10;CwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4ccYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCE&#10;bXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/exHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPi&#10;Y4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZ&#10;iLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJxNxJh9AgAA&#10;XwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzf&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
+            <v:rect w14:anchorId="0CDF7955" id="3 Rectángulo" o:spid="_x0000_s1026" style="position:absolute;margin-left:517.5pt;margin-top:-28.65pt;width:19.25pt;height:88.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeHwK6mwIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7bzs65BnSJIkWFA&#10;0RZth54VWYoNyKImKXGyt9mz7MVKSY7btcUOw3JQRJH8SH4meX6xbxXZCesa0CUtTnJKhOZQNXpT&#10;0u8Pq09fKHGe6Yop0KKkB+Hoxfzjh/POzMQIalCVsARBtJt1pqS192aWZY7XomXuBIzQqJRgW+ZR&#10;tJussqxD9FZlozz/nHVgK2OBC+fw9TIp6TziSym4v5HSCU9USTE3H08bz3U4s/k5m20sM3XD+zTY&#10;P2TRskZj0AHqknlGtrZ5A9U23IID6U84tBlI2XARa8BqivxVNfc1MyLWguQ4M9Dk/h8sv97dWtJU&#10;JR1TolmLn2hM7pC237/0ZqsgENQZN0O7e3Nre8nhNVS7l7YN/1gH2UdSDwOpYu8Jx8fRZDI5nVLC&#10;UVUUxdl4WgTQ7NnbWOe/CmhJuJTUYvTIJdtdOZ9MjyYhmAPVVKtGqSjYzXqpLNkx/MCry+U4j98U&#10;0f8wUzoYawhuCTG8ZKGyVEu8+YMSwU7pOyGRlJB9zCS2oxjiMM6F9kVS1awSKfw0x19f2+ARK42A&#10;AVli/AG7Bwit/hY7ZdnbB1cRu3lwzv+WWHIePGJk0H5wbhsN9j0AhVX1kZP9kaRETWBpDdUBW8ZC&#10;miVn+KrB73bFnL9lFocHxwwXgr/BQyroSgr9jZIa7M/33oM99jRqKelwGEvqfmyZFZSobxq7/ayY&#10;TML0RmEyPR2hYF9q1i81etsuAduhwNVjeLwGe6+OV2mhfcS9sQhRUcU0x9gl5d4ehaVPSwI3DxeL&#10;RTTDiTXMX+l7wwN4YDX05cP+kVnTN6/Htr+G4+Cy2aseTrbBU8Ni60E2scGfee35xmmPjdNvprBO&#10;XsrR6nl/zp8AAAD//wMAUEsDBBQABgAIAAAAIQCcJgic3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcWrtEISHEqRCICxdECwdubrwkEfY6ip02/D3bE9x2tKOZN/V28U4c&#10;cYpDIA2btQKB1AY7UKfhff+8KkHEZMgaFwg1/GCEbXN5UZvKhhO94XGXOsEhFCujoU9prKSMbY/e&#10;xHUYkfj3FSZvEsupk3YyJw73Tt4odSu9GYgbejPiY4/t9272Gmwb56fXjxdXutCS+7TlXhVR6+ur&#10;5eEeRMIl/ZnhjM/o0DDTIcxko3CsVZbzmKRhlRcZiLNFFVkO4sDX5k6BbGr5f0XzCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAB4fArqbAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJwmCJzfAAAADQEAAA8AAAAAAAAAAAAAAAAA9QQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#fdc300" stroked="f" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00F42CD6">
-[...53 lines deleted...]
-    <w:r w:rsidR="00F42CD6" w:rsidRPr="00EC39EE">
+    <w:r w:rsidRPr="00EC39EE">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BA78A6C" wp14:editId="257632DE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>228600</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>3752215</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="12646025" cy="4917953"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2027368810" name="Imagen 2027368810" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
+          <wp:docPr id="22" name="Imagen 22" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\DVUS\Desktop\Logo DVUS-05.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId4" cstate="print">
+                  <a:blip r:embed="rId10" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="12646025" cy="4917953"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="51091BFD" w14:textId="77777777" w:rsidR="00F42CD6" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="51091BFD" w14:textId="77777777" w:rsidR="004A0657" w:rsidRDefault="004A0657">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:pict w14:anchorId="4B6B0E4E">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark403423328" o:spid="_x0000_s2049" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:440.9pt;height:499.1pt;z-index:-251648000;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="M1ZCZDS" gain="19661f" blacklevel="22938f"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C52432"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99EA4EE0"/>
+    <w:lvl w:ilvl="0" w:tplc="BAFE3114">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01350278"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A2401AE"/>
+    <w:lvl w:ilvl="0" w:tplc="2B72273E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="021F207F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BD25AEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08AB2659"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A25AF6CE"/>
+    <w:lvl w:ilvl="0" w:tplc="9BF0F2AE">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AD77DF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A2401AE"/>
+    <w:lvl w:ilvl="0" w:tplc="2B72273E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE671AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A1C0D52"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16277C7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="079AEC94"/>
+    <w:lvl w:ilvl="0" w:tplc="480A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17390D32"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5CE8FC4"/>
+    <w:lvl w:ilvl="0" w:tplc="480A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18773A93"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4DD8DAD4"/>
+    <w:lvl w:ilvl="0" w:tplc="480A0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B001452"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="624C95C8"/>
     <w:lvl w:ilvl="0" w:tplc="BAFE3114">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -19567,611 +18081,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...559 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F77582D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0A0A6270"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20276,51 +18230,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27DB28DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFCC6A8E"/>
     <w:lvl w:ilvl="0" w:tplc="C2B089E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -20389,51 +18343,51 @@
     <w:lvl w:ilvl="7" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D6D7207"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84FAF16C"/>
     <w:lvl w:ilvl="0" w:tplc="042A22BA">
       <w:start w:val="28"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -20479,51 +18433,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30F56478"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DD8DAD4"/>
     <w:lvl w:ilvl="0" w:tplc="480A0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20565,51 +18519,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31BA5F89"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CEFE5EB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20714,51 +18668,143 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36324BF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E072FDDA"/>
+    <w:lvl w:ilvl="0" w:tplc="BAFE3114">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39AF1F93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B98EC5E"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6C9028D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
@@ -20806,51 +18852,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B0B481C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0568B278"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20895,51 +18941,142 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C2F0F35"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3B6CE96A"/>
+    <w:lvl w:ilvl="0" w:tplc="87B825E6">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D9D7FD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3E2F896"/>
     <w:lvl w:ilvl="0" w:tplc="16B232E2">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -20987,64 +19124,157 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BCA41AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D5869AE"/>
+    <w:lvl w:ilvl="0" w:tplc="BAFE3114">
+      <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D741C0C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2AE4FB1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
@@ -21109,51 +19339,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E2246D8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="041877E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="3.1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
@@ -21231,51 +19461,51 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55241D60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A08A884"/>
     <w:lvl w:ilvl="0" w:tplc="480A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
@@ -21320,51 +19550,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57187E83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0029064"/>
+    <w:lvl w:ilvl="0" w:tplc="F69204EA">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58C004DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7EA3D28"/>
     <w:lvl w:ilvl="0" w:tplc="F440D3E0">
       <w:start w:val="80"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
@@ -21409,51 +19728,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="590850C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC3C1BDA"/>
     <w:lvl w:ilvl="0" w:tplc="480A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -21501,51 +19820,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BBC7C49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8F68D16"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -21590,51 +19909,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DB775FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DD8DAD4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -21676,51 +19995,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62300AE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7E4FB32"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="61E29964">
@@ -21768,51 +20087,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="648754EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C23AA648"/>
     <w:lvl w:ilvl="0" w:tplc="042A22BA">
       <w:start w:val="28"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -21858,51 +20177,321 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DAA6051"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="756400C2"/>
+    <w:lvl w:ilvl="0" w:tplc="84762366">
+      <w:start w:val="19"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FBB2896"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99EA4EE0"/>
+    <w:lvl w:ilvl="0" w:tplc="BAFE3114">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="480A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="708C6F85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="96B2AFE2"/>
+    <w:lvl w:ilvl="0" w:tplc="D98E94B6">
+      <w:start w:val="32"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74C21A9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E93A0106"/>
     <w:lvl w:ilvl="0" w:tplc="16B232E2">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21950,51 +20539,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="480A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="480A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CBC0BBB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7860A072"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22036,303 +20625,350 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="360009427">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="32">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1118063097">
-[...62 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="840200473">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="619922815">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="2055694859">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="2146699382">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D0977"/>
     <w:rsid w:val="0000659A"/>
     <w:rsid w:val="000146B3"/>
     <w:rsid w:val="00016401"/>
     <w:rsid w:val="000179F1"/>
     <w:rsid w:val="00017EF9"/>
     <w:rsid w:val="00023865"/>
     <w:rsid w:val="00034E16"/>
     <w:rsid w:val="00034EFF"/>
     <w:rsid w:val="00037C42"/>
     <w:rsid w:val="000412CA"/>
     <w:rsid w:val="000422B3"/>
     <w:rsid w:val="00042EF8"/>
     <w:rsid w:val="00043882"/>
+    <w:rsid w:val="000460DD"/>
     <w:rsid w:val="000532A1"/>
     <w:rsid w:val="00057A28"/>
     <w:rsid w:val="0006078A"/>
     <w:rsid w:val="000631EE"/>
     <w:rsid w:val="00065F11"/>
     <w:rsid w:val="00070523"/>
     <w:rsid w:val="000723C3"/>
     <w:rsid w:val="00080DFA"/>
     <w:rsid w:val="00084EBB"/>
     <w:rsid w:val="0008581E"/>
     <w:rsid w:val="00091E80"/>
+    <w:rsid w:val="00092B8D"/>
     <w:rsid w:val="000948E5"/>
     <w:rsid w:val="000A0968"/>
     <w:rsid w:val="000A1343"/>
     <w:rsid w:val="000A1BDE"/>
     <w:rsid w:val="000A5887"/>
     <w:rsid w:val="000A5FE8"/>
+    <w:rsid w:val="000A6456"/>
     <w:rsid w:val="000B0C3F"/>
     <w:rsid w:val="000B2916"/>
     <w:rsid w:val="000B3EA1"/>
+    <w:rsid w:val="000B4278"/>
+    <w:rsid w:val="000C0054"/>
     <w:rsid w:val="000C4BE6"/>
     <w:rsid w:val="000C565F"/>
     <w:rsid w:val="000C7436"/>
     <w:rsid w:val="000D6D98"/>
     <w:rsid w:val="000E170F"/>
     <w:rsid w:val="000E4607"/>
     <w:rsid w:val="000E7123"/>
     <w:rsid w:val="000F08E1"/>
     <w:rsid w:val="000F1D5C"/>
     <w:rsid w:val="000F387E"/>
+    <w:rsid w:val="00101355"/>
     <w:rsid w:val="0010246B"/>
     <w:rsid w:val="00105257"/>
     <w:rsid w:val="00110EC7"/>
     <w:rsid w:val="00116E88"/>
     <w:rsid w:val="001253E7"/>
     <w:rsid w:val="00126225"/>
     <w:rsid w:val="001275C9"/>
     <w:rsid w:val="001312AF"/>
     <w:rsid w:val="00131E48"/>
     <w:rsid w:val="0013257C"/>
     <w:rsid w:val="00133398"/>
     <w:rsid w:val="00133D11"/>
     <w:rsid w:val="001357B5"/>
     <w:rsid w:val="001377E7"/>
     <w:rsid w:val="00144667"/>
     <w:rsid w:val="00144FA8"/>
     <w:rsid w:val="00147298"/>
     <w:rsid w:val="001628A3"/>
     <w:rsid w:val="001718E6"/>
     <w:rsid w:val="00172091"/>
     <w:rsid w:val="00172FF6"/>
+    <w:rsid w:val="00173271"/>
     <w:rsid w:val="0017547E"/>
     <w:rsid w:val="00176053"/>
     <w:rsid w:val="001807CA"/>
     <w:rsid w:val="001853DD"/>
     <w:rsid w:val="00186822"/>
     <w:rsid w:val="001A001C"/>
     <w:rsid w:val="001A05FF"/>
     <w:rsid w:val="001A1543"/>
     <w:rsid w:val="001A4AEE"/>
     <w:rsid w:val="001A4D47"/>
     <w:rsid w:val="001A4E51"/>
     <w:rsid w:val="001A58AD"/>
     <w:rsid w:val="001A629B"/>
     <w:rsid w:val="001B235A"/>
     <w:rsid w:val="001B5C1D"/>
     <w:rsid w:val="001B6563"/>
     <w:rsid w:val="001B71D6"/>
+    <w:rsid w:val="001B7975"/>
     <w:rsid w:val="001C0291"/>
     <w:rsid w:val="001C0FD2"/>
     <w:rsid w:val="001C26B8"/>
+    <w:rsid w:val="001D0C71"/>
     <w:rsid w:val="001D2709"/>
     <w:rsid w:val="001D7D26"/>
     <w:rsid w:val="001E1DD6"/>
     <w:rsid w:val="001E2ED0"/>
     <w:rsid w:val="001F0E27"/>
     <w:rsid w:val="001F2010"/>
     <w:rsid w:val="002000C1"/>
     <w:rsid w:val="00202324"/>
     <w:rsid w:val="00207A49"/>
     <w:rsid w:val="00215A89"/>
     <w:rsid w:val="002163C6"/>
     <w:rsid w:val="00232A38"/>
     <w:rsid w:val="002353A1"/>
     <w:rsid w:val="00236709"/>
     <w:rsid w:val="002367E1"/>
     <w:rsid w:val="002415AA"/>
     <w:rsid w:val="00246317"/>
     <w:rsid w:val="002501D6"/>
     <w:rsid w:val="00253311"/>
     <w:rsid w:val="002552E2"/>
     <w:rsid w:val="002555DD"/>
     <w:rsid w:val="002574EE"/>
     <w:rsid w:val="002575BD"/>
     <w:rsid w:val="00260B29"/>
     <w:rsid w:val="00265C88"/>
+    <w:rsid w:val="00267515"/>
     <w:rsid w:val="00267D3F"/>
+    <w:rsid w:val="0027034D"/>
     <w:rsid w:val="00270E90"/>
     <w:rsid w:val="00271141"/>
     <w:rsid w:val="0027278A"/>
     <w:rsid w:val="00280E92"/>
+    <w:rsid w:val="00286160"/>
     <w:rsid w:val="00287DAE"/>
     <w:rsid w:val="0029360A"/>
     <w:rsid w:val="00294312"/>
     <w:rsid w:val="00294AE8"/>
     <w:rsid w:val="00295B77"/>
+    <w:rsid w:val="002964E6"/>
+    <w:rsid w:val="002971F1"/>
     <w:rsid w:val="002A534F"/>
     <w:rsid w:val="002B0FAD"/>
     <w:rsid w:val="002B100C"/>
     <w:rsid w:val="002C08CA"/>
     <w:rsid w:val="002C38DF"/>
     <w:rsid w:val="002C4087"/>
     <w:rsid w:val="002C4955"/>
+    <w:rsid w:val="002C64E0"/>
     <w:rsid w:val="002C7500"/>
     <w:rsid w:val="002D2BD0"/>
+    <w:rsid w:val="002D4457"/>
     <w:rsid w:val="002E1224"/>
     <w:rsid w:val="002E1479"/>
     <w:rsid w:val="002E34B6"/>
     <w:rsid w:val="002E4CF2"/>
     <w:rsid w:val="002E5B74"/>
     <w:rsid w:val="002F4A03"/>
     <w:rsid w:val="002F7A41"/>
     <w:rsid w:val="00303419"/>
     <w:rsid w:val="0030399F"/>
     <w:rsid w:val="00303B30"/>
     <w:rsid w:val="00307539"/>
     <w:rsid w:val="00311191"/>
+    <w:rsid w:val="00316C93"/>
     <w:rsid w:val="00317916"/>
     <w:rsid w:val="00317B32"/>
     <w:rsid w:val="00325F07"/>
     <w:rsid w:val="003265A4"/>
     <w:rsid w:val="00330151"/>
     <w:rsid w:val="00331F09"/>
     <w:rsid w:val="0033566F"/>
     <w:rsid w:val="0033644D"/>
     <w:rsid w:val="003440CE"/>
     <w:rsid w:val="00345A8B"/>
     <w:rsid w:val="003468F0"/>
     <w:rsid w:val="00352B92"/>
     <w:rsid w:val="00353EB9"/>
     <w:rsid w:val="00354368"/>
     <w:rsid w:val="003608E1"/>
     <w:rsid w:val="003626FA"/>
     <w:rsid w:val="00372421"/>
     <w:rsid w:val="0037442C"/>
     <w:rsid w:val="003772A8"/>
     <w:rsid w:val="00382328"/>
     <w:rsid w:val="003847B4"/>
     <w:rsid w:val="00386204"/>
     <w:rsid w:val="003864FF"/>
     <w:rsid w:val="003A4FBA"/>
     <w:rsid w:val="003B6783"/>
@@ -22346,91 +20982,95 @@
     <w:rsid w:val="003E2278"/>
     <w:rsid w:val="003E48BB"/>
     <w:rsid w:val="003E74C3"/>
     <w:rsid w:val="003E7ADD"/>
     <w:rsid w:val="003E7E49"/>
     <w:rsid w:val="003F0241"/>
     <w:rsid w:val="003F0FD4"/>
     <w:rsid w:val="003F246F"/>
     <w:rsid w:val="003F4A9E"/>
     <w:rsid w:val="004001E5"/>
     <w:rsid w:val="004011F5"/>
     <w:rsid w:val="00402F8B"/>
     <w:rsid w:val="004065F5"/>
     <w:rsid w:val="00414D49"/>
     <w:rsid w:val="00417909"/>
     <w:rsid w:val="00423676"/>
     <w:rsid w:val="00426CA9"/>
     <w:rsid w:val="00431FA5"/>
     <w:rsid w:val="0043289A"/>
     <w:rsid w:val="004366F1"/>
     <w:rsid w:val="00436C5E"/>
     <w:rsid w:val="00436F5A"/>
     <w:rsid w:val="00437449"/>
     <w:rsid w:val="00442CC0"/>
     <w:rsid w:val="00455628"/>
+    <w:rsid w:val="00461943"/>
     <w:rsid w:val="00462675"/>
     <w:rsid w:val="00464E8E"/>
     <w:rsid w:val="004713DE"/>
     <w:rsid w:val="0047189B"/>
     <w:rsid w:val="00472FD3"/>
     <w:rsid w:val="00483E6C"/>
     <w:rsid w:val="00485F62"/>
     <w:rsid w:val="0049320A"/>
     <w:rsid w:val="00493795"/>
     <w:rsid w:val="00496C1B"/>
+    <w:rsid w:val="004A0657"/>
     <w:rsid w:val="004A5DAF"/>
     <w:rsid w:val="004B0645"/>
     <w:rsid w:val="004B4968"/>
     <w:rsid w:val="004B5D65"/>
     <w:rsid w:val="004B6026"/>
     <w:rsid w:val="004C17E8"/>
     <w:rsid w:val="004C4517"/>
     <w:rsid w:val="004C6C0A"/>
     <w:rsid w:val="004E1B8C"/>
     <w:rsid w:val="004E2F5D"/>
     <w:rsid w:val="004F30D4"/>
     <w:rsid w:val="004F6A0A"/>
     <w:rsid w:val="004F6FE8"/>
     <w:rsid w:val="00502D17"/>
     <w:rsid w:val="005057C8"/>
     <w:rsid w:val="00505BE7"/>
     <w:rsid w:val="00507FC9"/>
     <w:rsid w:val="00523894"/>
     <w:rsid w:val="00531C99"/>
     <w:rsid w:val="00532D4C"/>
     <w:rsid w:val="005336C9"/>
     <w:rsid w:val="00534039"/>
     <w:rsid w:val="0053583E"/>
     <w:rsid w:val="00536B98"/>
     <w:rsid w:val="0054048E"/>
     <w:rsid w:val="0054068E"/>
     <w:rsid w:val="00541292"/>
     <w:rsid w:val="00541C1B"/>
+    <w:rsid w:val="00541CB2"/>
     <w:rsid w:val="0054263C"/>
     <w:rsid w:val="00543DD9"/>
     <w:rsid w:val="005444C0"/>
+    <w:rsid w:val="00546C6A"/>
     <w:rsid w:val="005473E1"/>
     <w:rsid w:val="00547820"/>
     <w:rsid w:val="005511DA"/>
     <w:rsid w:val="00553ACA"/>
     <w:rsid w:val="00554E1A"/>
     <w:rsid w:val="00556DC2"/>
     <w:rsid w:val="0055709A"/>
     <w:rsid w:val="005615C3"/>
     <w:rsid w:val="00564143"/>
     <w:rsid w:val="00564247"/>
     <w:rsid w:val="005642C5"/>
     <w:rsid w:val="00566068"/>
     <w:rsid w:val="00566787"/>
     <w:rsid w:val="00567DFB"/>
     <w:rsid w:val="00575D4C"/>
     <w:rsid w:val="0058697D"/>
     <w:rsid w:val="00586FDB"/>
     <w:rsid w:val="005901C0"/>
     <w:rsid w:val="00590DCE"/>
     <w:rsid w:val="00592F8A"/>
     <w:rsid w:val="00597C3A"/>
     <w:rsid w:val="005A2F7F"/>
     <w:rsid w:val="005A4DA8"/>
     <w:rsid w:val="005B02A5"/>
     <w:rsid w:val="005B2ABA"/>
@@ -22457,50 +21097,51 @@
     <w:rsid w:val="00651720"/>
     <w:rsid w:val="0065247B"/>
     <w:rsid w:val="006567E8"/>
     <w:rsid w:val="0066177E"/>
     <w:rsid w:val="006675E9"/>
     <w:rsid w:val="00670A1A"/>
     <w:rsid w:val="006722C0"/>
     <w:rsid w:val="00673B39"/>
     <w:rsid w:val="0067414C"/>
     <w:rsid w:val="006750EE"/>
     <w:rsid w:val="006814DB"/>
     <w:rsid w:val="00682815"/>
     <w:rsid w:val="00682CBA"/>
     <w:rsid w:val="006830C2"/>
     <w:rsid w:val="00685524"/>
     <w:rsid w:val="00686C08"/>
     <w:rsid w:val="006935D7"/>
     <w:rsid w:val="006957EF"/>
     <w:rsid w:val="006965F7"/>
     <w:rsid w:val="006B144A"/>
     <w:rsid w:val="006B26BA"/>
     <w:rsid w:val="006B6894"/>
     <w:rsid w:val="006B7634"/>
     <w:rsid w:val="006B7799"/>
     <w:rsid w:val="006C0DE8"/>
+    <w:rsid w:val="006C29B8"/>
     <w:rsid w:val="006C726E"/>
     <w:rsid w:val="006D6070"/>
     <w:rsid w:val="006D6148"/>
     <w:rsid w:val="006D7401"/>
     <w:rsid w:val="006E1122"/>
     <w:rsid w:val="006E11CC"/>
     <w:rsid w:val="006E248A"/>
     <w:rsid w:val="006E3109"/>
     <w:rsid w:val="006E41B7"/>
     <w:rsid w:val="006E67C5"/>
     <w:rsid w:val="006E7720"/>
     <w:rsid w:val="006F047B"/>
     <w:rsid w:val="006F1451"/>
     <w:rsid w:val="006F362A"/>
     <w:rsid w:val="006F5EA9"/>
     <w:rsid w:val="00701C3A"/>
     <w:rsid w:val="0070333C"/>
     <w:rsid w:val="0070611B"/>
     <w:rsid w:val="007065D7"/>
     <w:rsid w:val="00713CC3"/>
     <w:rsid w:val="00716978"/>
     <w:rsid w:val="00716AE8"/>
     <w:rsid w:val="00717C5B"/>
     <w:rsid w:val="0072069C"/>
     <w:rsid w:val="0072085F"/>
@@ -22508,79 +21149,83 @@
     <w:rsid w:val="007232A7"/>
     <w:rsid w:val="00723E4F"/>
     <w:rsid w:val="00724246"/>
     <w:rsid w:val="00725AE0"/>
     <w:rsid w:val="007261BC"/>
     <w:rsid w:val="00726F54"/>
     <w:rsid w:val="00730FF1"/>
     <w:rsid w:val="00731772"/>
     <w:rsid w:val="007321A1"/>
     <w:rsid w:val="00736EDF"/>
     <w:rsid w:val="00737C61"/>
     <w:rsid w:val="007415F5"/>
     <w:rsid w:val="00741928"/>
     <w:rsid w:val="00743BDC"/>
     <w:rsid w:val="00745B3B"/>
     <w:rsid w:val="007461AD"/>
     <w:rsid w:val="00746210"/>
     <w:rsid w:val="00754341"/>
     <w:rsid w:val="007545B6"/>
     <w:rsid w:val="007551C6"/>
     <w:rsid w:val="00757A2A"/>
     <w:rsid w:val="007604D2"/>
     <w:rsid w:val="0076256E"/>
     <w:rsid w:val="0076496C"/>
     <w:rsid w:val="00772A31"/>
+    <w:rsid w:val="00775145"/>
     <w:rsid w:val="007765E8"/>
     <w:rsid w:val="00776D8F"/>
     <w:rsid w:val="00777FB6"/>
-    <w:rsid w:val="00780568"/>
+    <w:rsid w:val="00780A4C"/>
     <w:rsid w:val="007812FC"/>
     <w:rsid w:val="00782F5C"/>
     <w:rsid w:val="00783297"/>
     <w:rsid w:val="00785172"/>
     <w:rsid w:val="00787D1A"/>
     <w:rsid w:val="007912BB"/>
     <w:rsid w:val="00796DD5"/>
     <w:rsid w:val="007974E8"/>
+    <w:rsid w:val="007A4A41"/>
     <w:rsid w:val="007A4E9F"/>
     <w:rsid w:val="007A531E"/>
     <w:rsid w:val="007A7287"/>
     <w:rsid w:val="007B1DBD"/>
     <w:rsid w:val="007B226D"/>
     <w:rsid w:val="007B374C"/>
     <w:rsid w:val="007B7480"/>
     <w:rsid w:val="007B7860"/>
+    <w:rsid w:val="007B7DE2"/>
     <w:rsid w:val="007C0423"/>
     <w:rsid w:val="007C3C13"/>
     <w:rsid w:val="007C583F"/>
     <w:rsid w:val="007C728D"/>
     <w:rsid w:val="007D0977"/>
     <w:rsid w:val="007D161C"/>
     <w:rsid w:val="007D7DC8"/>
     <w:rsid w:val="007E20A8"/>
     <w:rsid w:val="007E42DE"/>
+    <w:rsid w:val="007E57E4"/>
     <w:rsid w:val="007E5BEF"/>
     <w:rsid w:val="007E5E17"/>
     <w:rsid w:val="007E7E25"/>
     <w:rsid w:val="007F0517"/>
     <w:rsid w:val="007F4280"/>
     <w:rsid w:val="007F4D3E"/>
     <w:rsid w:val="007F556B"/>
     <w:rsid w:val="00803F08"/>
     <w:rsid w:val="00813DD0"/>
     <w:rsid w:val="0082005F"/>
     <w:rsid w:val="008244E5"/>
     <w:rsid w:val="0082613A"/>
     <w:rsid w:val="00830EB7"/>
     <w:rsid w:val="00830FF9"/>
     <w:rsid w:val="0083426F"/>
     <w:rsid w:val="00835732"/>
     <w:rsid w:val="0083692D"/>
     <w:rsid w:val="00840480"/>
     <w:rsid w:val="00841926"/>
     <w:rsid w:val="00842D50"/>
     <w:rsid w:val="008432DC"/>
     <w:rsid w:val="008457DE"/>
     <w:rsid w:val="008463FF"/>
     <w:rsid w:val="0085018E"/>
     <w:rsid w:val="00850F45"/>
@@ -22602,425 +21247,456 @@
     <w:rsid w:val="008914C4"/>
     <w:rsid w:val="008956F0"/>
     <w:rsid w:val="00895A11"/>
     <w:rsid w:val="00895FCE"/>
     <w:rsid w:val="008979B5"/>
     <w:rsid w:val="008A1B5B"/>
     <w:rsid w:val="008A2045"/>
     <w:rsid w:val="008A2D92"/>
     <w:rsid w:val="008A3930"/>
     <w:rsid w:val="008B1069"/>
     <w:rsid w:val="008B2769"/>
     <w:rsid w:val="008B5DEE"/>
     <w:rsid w:val="008C77E4"/>
     <w:rsid w:val="008D46F2"/>
     <w:rsid w:val="008D493E"/>
     <w:rsid w:val="008D54C0"/>
     <w:rsid w:val="008D7F60"/>
     <w:rsid w:val="008E0599"/>
     <w:rsid w:val="008E082B"/>
     <w:rsid w:val="008E65E9"/>
     <w:rsid w:val="008F2869"/>
     <w:rsid w:val="008F47C8"/>
     <w:rsid w:val="008F7385"/>
     <w:rsid w:val="00903838"/>
     <w:rsid w:val="00907183"/>
+    <w:rsid w:val="00915329"/>
     <w:rsid w:val="00920B67"/>
     <w:rsid w:val="0092274F"/>
+    <w:rsid w:val="00930E74"/>
     <w:rsid w:val="00931015"/>
     <w:rsid w:val="009313D4"/>
     <w:rsid w:val="00932E7A"/>
     <w:rsid w:val="00934891"/>
     <w:rsid w:val="00935EB6"/>
     <w:rsid w:val="00936B0E"/>
     <w:rsid w:val="00937725"/>
     <w:rsid w:val="009377CB"/>
     <w:rsid w:val="00940B6A"/>
     <w:rsid w:val="00941C27"/>
     <w:rsid w:val="00947716"/>
     <w:rsid w:val="00947945"/>
     <w:rsid w:val="0095213D"/>
     <w:rsid w:val="00957D05"/>
+    <w:rsid w:val="0096103C"/>
+    <w:rsid w:val="00963424"/>
     <w:rsid w:val="009672BE"/>
     <w:rsid w:val="009716D4"/>
     <w:rsid w:val="00973DB7"/>
     <w:rsid w:val="009768CF"/>
     <w:rsid w:val="00980877"/>
     <w:rsid w:val="00981034"/>
+    <w:rsid w:val="0099484C"/>
     <w:rsid w:val="009A4F76"/>
     <w:rsid w:val="009A776B"/>
     <w:rsid w:val="009B64F4"/>
     <w:rsid w:val="009C0DEB"/>
     <w:rsid w:val="009C612C"/>
     <w:rsid w:val="009D09A5"/>
     <w:rsid w:val="009D10C7"/>
     <w:rsid w:val="009D2134"/>
     <w:rsid w:val="009D3827"/>
     <w:rsid w:val="009D4FDD"/>
     <w:rsid w:val="009E0A6F"/>
     <w:rsid w:val="009E1209"/>
     <w:rsid w:val="009E1796"/>
     <w:rsid w:val="009E7CE8"/>
+    <w:rsid w:val="009F5470"/>
     <w:rsid w:val="009F61FB"/>
     <w:rsid w:val="00A00086"/>
     <w:rsid w:val="00A00300"/>
     <w:rsid w:val="00A0057C"/>
     <w:rsid w:val="00A00B76"/>
     <w:rsid w:val="00A00F1D"/>
     <w:rsid w:val="00A02663"/>
     <w:rsid w:val="00A05D5B"/>
     <w:rsid w:val="00A076D5"/>
     <w:rsid w:val="00A12DAD"/>
+    <w:rsid w:val="00A15744"/>
     <w:rsid w:val="00A22694"/>
+    <w:rsid w:val="00A23BB9"/>
     <w:rsid w:val="00A24099"/>
     <w:rsid w:val="00A249BB"/>
     <w:rsid w:val="00A306D7"/>
+    <w:rsid w:val="00A30CFF"/>
     <w:rsid w:val="00A32A89"/>
     <w:rsid w:val="00A3409E"/>
     <w:rsid w:val="00A40838"/>
     <w:rsid w:val="00A41BE4"/>
     <w:rsid w:val="00A43E24"/>
     <w:rsid w:val="00A45E44"/>
     <w:rsid w:val="00A52B5B"/>
     <w:rsid w:val="00A54F52"/>
     <w:rsid w:val="00A57A75"/>
     <w:rsid w:val="00A57CE0"/>
+    <w:rsid w:val="00A65F3C"/>
     <w:rsid w:val="00A67A2B"/>
     <w:rsid w:val="00A7113D"/>
     <w:rsid w:val="00A76BE6"/>
     <w:rsid w:val="00A7729A"/>
     <w:rsid w:val="00A806AA"/>
     <w:rsid w:val="00A827F9"/>
     <w:rsid w:val="00A8612E"/>
     <w:rsid w:val="00A8678A"/>
     <w:rsid w:val="00A86C88"/>
+    <w:rsid w:val="00A87408"/>
     <w:rsid w:val="00A934EC"/>
+    <w:rsid w:val="00A93999"/>
     <w:rsid w:val="00A93E80"/>
     <w:rsid w:val="00A95689"/>
     <w:rsid w:val="00A97FC0"/>
     <w:rsid w:val="00AA390B"/>
     <w:rsid w:val="00AA3ADE"/>
     <w:rsid w:val="00AB1A4D"/>
     <w:rsid w:val="00AB46B3"/>
     <w:rsid w:val="00AB6DAF"/>
     <w:rsid w:val="00AC1916"/>
     <w:rsid w:val="00AC3733"/>
     <w:rsid w:val="00AC4756"/>
     <w:rsid w:val="00AD4E2A"/>
     <w:rsid w:val="00AD756F"/>
+    <w:rsid w:val="00AE1D8E"/>
     <w:rsid w:val="00AE1F2C"/>
     <w:rsid w:val="00AE79FB"/>
     <w:rsid w:val="00AE7E31"/>
+    <w:rsid w:val="00AF589F"/>
     <w:rsid w:val="00AF64E9"/>
+    <w:rsid w:val="00AF716A"/>
     <w:rsid w:val="00B04C19"/>
     <w:rsid w:val="00B16E28"/>
     <w:rsid w:val="00B23C39"/>
     <w:rsid w:val="00B253D2"/>
     <w:rsid w:val="00B26D0C"/>
     <w:rsid w:val="00B34A6E"/>
     <w:rsid w:val="00B4190F"/>
     <w:rsid w:val="00B4259D"/>
     <w:rsid w:val="00B5158F"/>
     <w:rsid w:val="00B5256F"/>
     <w:rsid w:val="00B569D3"/>
     <w:rsid w:val="00B56BB1"/>
     <w:rsid w:val="00B62B0A"/>
     <w:rsid w:val="00B64FE7"/>
     <w:rsid w:val="00B657AF"/>
     <w:rsid w:val="00B6668B"/>
     <w:rsid w:val="00B72DAC"/>
     <w:rsid w:val="00B76B04"/>
     <w:rsid w:val="00B774DA"/>
+    <w:rsid w:val="00B824F3"/>
     <w:rsid w:val="00B84225"/>
     <w:rsid w:val="00B84AAA"/>
     <w:rsid w:val="00B8636A"/>
     <w:rsid w:val="00B86AF1"/>
     <w:rsid w:val="00BA09D0"/>
     <w:rsid w:val="00BB155B"/>
     <w:rsid w:val="00BB367D"/>
     <w:rsid w:val="00BB36ED"/>
     <w:rsid w:val="00BC331A"/>
     <w:rsid w:val="00BC69F3"/>
     <w:rsid w:val="00BD11A4"/>
+    <w:rsid w:val="00BD3442"/>
     <w:rsid w:val="00BD4D82"/>
     <w:rsid w:val="00BE146E"/>
     <w:rsid w:val="00BE200C"/>
     <w:rsid w:val="00BE447C"/>
     <w:rsid w:val="00BE5354"/>
     <w:rsid w:val="00BE5C46"/>
     <w:rsid w:val="00BF1AA9"/>
     <w:rsid w:val="00BF446A"/>
     <w:rsid w:val="00BF6A47"/>
     <w:rsid w:val="00C00D1D"/>
     <w:rsid w:val="00C0339F"/>
     <w:rsid w:val="00C03EFE"/>
     <w:rsid w:val="00C04F77"/>
     <w:rsid w:val="00C05BB4"/>
     <w:rsid w:val="00C05DD6"/>
     <w:rsid w:val="00C066FB"/>
     <w:rsid w:val="00C07439"/>
     <w:rsid w:val="00C1121F"/>
     <w:rsid w:val="00C11AB4"/>
     <w:rsid w:val="00C13EF3"/>
     <w:rsid w:val="00C21F9B"/>
+    <w:rsid w:val="00C2288E"/>
     <w:rsid w:val="00C23749"/>
+    <w:rsid w:val="00C23C25"/>
     <w:rsid w:val="00C23CAB"/>
     <w:rsid w:val="00C243AB"/>
-    <w:rsid w:val="00C2740A"/>
+    <w:rsid w:val="00C24B50"/>
     <w:rsid w:val="00C307DE"/>
     <w:rsid w:val="00C32045"/>
     <w:rsid w:val="00C32C41"/>
     <w:rsid w:val="00C33FB9"/>
     <w:rsid w:val="00C365A5"/>
     <w:rsid w:val="00C400DA"/>
+    <w:rsid w:val="00C41AFD"/>
     <w:rsid w:val="00C42E36"/>
     <w:rsid w:val="00C44FB7"/>
     <w:rsid w:val="00C4518A"/>
-    <w:rsid w:val="00C5033B"/>
     <w:rsid w:val="00C65606"/>
     <w:rsid w:val="00C66DEF"/>
     <w:rsid w:val="00C70C61"/>
     <w:rsid w:val="00C72CC3"/>
     <w:rsid w:val="00C73511"/>
     <w:rsid w:val="00C74309"/>
     <w:rsid w:val="00C81131"/>
     <w:rsid w:val="00C81450"/>
     <w:rsid w:val="00C81E53"/>
     <w:rsid w:val="00C83AD6"/>
     <w:rsid w:val="00C876A5"/>
     <w:rsid w:val="00C908EE"/>
     <w:rsid w:val="00C93DAD"/>
     <w:rsid w:val="00C9584A"/>
     <w:rsid w:val="00CA0E8B"/>
     <w:rsid w:val="00CA1B80"/>
     <w:rsid w:val="00CA22AA"/>
     <w:rsid w:val="00CA347E"/>
     <w:rsid w:val="00CA6F9A"/>
     <w:rsid w:val="00CB6B8F"/>
     <w:rsid w:val="00CC09A7"/>
     <w:rsid w:val="00CC18D0"/>
     <w:rsid w:val="00CC1B4F"/>
     <w:rsid w:val="00CC210C"/>
     <w:rsid w:val="00CC24C8"/>
     <w:rsid w:val="00CC286B"/>
     <w:rsid w:val="00CC4A8D"/>
+    <w:rsid w:val="00CC51F5"/>
+    <w:rsid w:val="00CD7C93"/>
     <w:rsid w:val="00CE09A6"/>
     <w:rsid w:val="00CE1944"/>
     <w:rsid w:val="00CE2623"/>
     <w:rsid w:val="00CE2F87"/>
     <w:rsid w:val="00CE5668"/>
     <w:rsid w:val="00CF40A1"/>
     <w:rsid w:val="00CF4C4B"/>
     <w:rsid w:val="00CF7252"/>
     <w:rsid w:val="00D033B9"/>
+    <w:rsid w:val="00D03D2C"/>
     <w:rsid w:val="00D04DF8"/>
     <w:rsid w:val="00D05398"/>
     <w:rsid w:val="00D10540"/>
+    <w:rsid w:val="00D221F4"/>
     <w:rsid w:val="00D2620C"/>
     <w:rsid w:val="00D30B39"/>
+    <w:rsid w:val="00D30DEA"/>
     <w:rsid w:val="00D354E0"/>
     <w:rsid w:val="00D36CEE"/>
     <w:rsid w:val="00D36FA9"/>
     <w:rsid w:val="00D3758A"/>
     <w:rsid w:val="00D378CB"/>
     <w:rsid w:val="00D4068E"/>
     <w:rsid w:val="00D42520"/>
     <w:rsid w:val="00D4380B"/>
     <w:rsid w:val="00D453DA"/>
     <w:rsid w:val="00D45F5E"/>
     <w:rsid w:val="00D662DE"/>
     <w:rsid w:val="00D70B98"/>
     <w:rsid w:val="00D72002"/>
     <w:rsid w:val="00D7392E"/>
     <w:rsid w:val="00D74B4C"/>
     <w:rsid w:val="00D74E4E"/>
-    <w:rsid w:val="00D774F7"/>
     <w:rsid w:val="00D80C31"/>
     <w:rsid w:val="00D925B7"/>
     <w:rsid w:val="00D92D40"/>
     <w:rsid w:val="00D953D7"/>
+    <w:rsid w:val="00D966AC"/>
     <w:rsid w:val="00D96C58"/>
     <w:rsid w:val="00DA01CE"/>
     <w:rsid w:val="00DA27D7"/>
     <w:rsid w:val="00DA28C8"/>
     <w:rsid w:val="00DA2CF9"/>
     <w:rsid w:val="00DA3B83"/>
     <w:rsid w:val="00DA4461"/>
     <w:rsid w:val="00DA50A7"/>
     <w:rsid w:val="00DA74C4"/>
     <w:rsid w:val="00DB2585"/>
+    <w:rsid w:val="00DB597D"/>
     <w:rsid w:val="00DB5FE5"/>
     <w:rsid w:val="00DC0683"/>
     <w:rsid w:val="00DC3A60"/>
+    <w:rsid w:val="00DD2664"/>
     <w:rsid w:val="00DD7C73"/>
     <w:rsid w:val="00DF0FB7"/>
     <w:rsid w:val="00DF1685"/>
     <w:rsid w:val="00DF4F4B"/>
     <w:rsid w:val="00DF64F0"/>
     <w:rsid w:val="00DF7FC1"/>
     <w:rsid w:val="00E1127E"/>
     <w:rsid w:val="00E149A0"/>
     <w:rsid w:val="00E1608E"/>
     <w:rsid w:val="00E16917"/>
     <w:rsid w:val="00E17676"/>
     <w:rsid w:val="00E23438"/>
     <w:rsid w:val="00E25CF6"/>
     <w:rsid w:val="00E3161D"/>
     <w:rsid w:val="00E32A54"/>
     <w:rsid w:val="00E35044"/>
     <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F7D"/>
     <w:rsid w:val="00E542E4"/>
     <w:rsid w:val="00E554D5"/>
     <w:rsid w:val="00E56AD9"/>
     <w:rsid w:val="00E574CE"/>
     <w:rsid w:val="00E67611"/>
+    <w:rsid w:val="00E67916"/>
     <w:rsid w:val="00E75246"/>
     <w:rsid w:val="00E75C98"/>
     <w:rsid w:val="00E77BDF"/>
     <w:rsid w:val="00E81AFD"/>
     <w:rsid w:val="00E81C81"/>
     <w:rsid w:val="00E82217"/>
     <w:rsid w:val="00E8297E"/>
     <w:rsid w:val="00E8489D"/>
     <w:rsid w:val="00E84B85"/>
     <w:rsid w:val="00E84FFC"/>
     <w:rsid w:val="00E92259"/>
     <w:rsid w:val="00E940C1"/>
     <w:rsid w:val="00E94B35"/>
     <w:rsid w:val="00E95D2D"/>
     <w:rsid w:val="00EA1165"/>
     <w:rsid w:val="00EA1FB7"/>
     <w:rsid w:val="00EA6F47"/>
     <w:rsid w:val="00EA7174"/>
     <w:rsid w:val="00EB00B0"/>
     <w:rsid w:val="00EB4DD4"/>
     <w:rsid w:val="00EB5DA1"/>
     <w:rsid w:val="00EB73A5"/>
     <w:rsid w:val="00EB7E72"/>
     <w:rsid w:val="00EC3743"/>
     <w:rsid w:val="00EC4C8E"/>
     <w:rsid w:val="00EC5B9A"/>
     <w:rsid w:val="00ED09D0"/>
     <w:rsid w:val="00ED16BE"/>
     <w:rsid w:val="00ED2597"/>
+    <w:rsid w:val="00ED516B"/>
+    <w:rsid w:val="00EE1DB4"/>
     <w:rsid w:val="00EF4304"/>
     <w:rsid w:val="00F009E9"/>
     <w:rsid w:val="00F04313"/>
     <w:rsid w:val="00F071C7"/>
     <w:rsid w:val="00F0720C"/>
     <w:rsid w:val="00F1193F"/>
     <w:rsid w:val="00F11E0E"/>
     <w:rsid w:val="00F16F6C"/>
     <w:rsid w:val="00F17525"/>
     <w:rsid w:val="00F24537"/>
     <w:rsid w:val="00F322BD"/>
     <w:rsid w:val="00F32591"/>
     <w:rsid w:val="00F331A4"/>
     <w:rsid w:val="00F34408"/>
     <w:rsid w:val="00F40631"/>
     <w:rsid w:val="00F42CD6"/>
     <w:rsid w:val="00F44BCA"/>
     <w:rsid w:val="00F52DC9"/>
     <w:rsid w:val="00F53B1A"/>
     <w:rsid w:val="00F5418F"/>
     <w:rsid w:val="00F616EE"/>
     <w:rsid w:val="00F63DC4"/>
+    <w:rsid w:val="00F7021F"/>
     <w:rsid w:val="00F7166E"/>
     <w:rsid w:val="00F92F45"/>
     <w:rsid w:val="00F93450"/>
     <w:rsid w:val="00F96E51"/>
     <w:rsid w:val="00FA4841"/>
     <w:rsid w:val="00FA5A92"/>
     <w:rsid w:val="00FA61D8"/>
     <w:rsid w:val="00FA74A5"/>
     <w:rsid w:val="00FB019A"/>
     <w:rsid w:val="00FB0B3E"/>
     <w:rsid w:val="00FB2BE7"/>
     <w:rsid w:val="00FB312C"/>
     <w:rsid w:val="00FB39FF"/>
     <w:rsid w:val="00FC2583"/>
     <w:rsid w:val="00FC6DA5"/>
     <w:rsid w:val="00FC79FC"/>
     <w:rsid w:val="00FD02A7"/>
     <w:rsid w:val="00FD036D"/>
     <w:rsid w:val="00FD2DD4"/>
     <w:rsid w:val="00FD63E6"/>
     <w:rsid w:val="00FE082C"/>
     <w:rsid w:val="00FE09E9"/>
+    <w:rsid w:val="00FE62DE"/>
     <w:rsid w:val="00FF15E3"/>
     <w:rsid w:val="00FF2DB4"/>
     <w:rsid w:val="00FF41C8"/>
     <w:rsid w:val="00FF4A92"/>
     <w:rsid w:val="00FF7996"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-HN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="16DF4446"/>
-  <w15:docId w15:val="{D3074DCC-18E5-4677-A5D8-EE50C063867C}"/>
+  <w15:docId w15:val="{C61DE217-EE9B-451E-84FF-20E74BFFBF55}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-HN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -23352,51 +22028,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D74B4C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="es-HN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A32A89"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
@@ -24226,318 +22901,318 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textoennegrita">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="000D6D98"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="000D6D98"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="73405611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="639069773">
+        <w:div w:id="17900639">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="88936305">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="93061883">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="144906037">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="244922785">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="516968502">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1148134089">
+        <w:div w:id="639069773">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="88936305">
+        <w:div w:id="881552556">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1830173389">
+        <w:div w:id="1003362755">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1976791715">
-[...71 lines deleted...]
-        <w:div w:id="2026785765">
+        <w:div w:id="1003820071">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1077438022">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1140339298">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="17900639">
+        <w:div w:id="1148134089">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1390689761">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1477645248">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1679767585">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1774664868">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="93061883">
+        <w:div w:id="1830173389">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1477645248">
+        <w:div w:id="1928535199">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1003820071">
+        <w:div w:id="1976717571">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="881552556">
+        <w:div w:id="1976791715">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1003362755">
-[...11 lines deleted...]
-        <w:div w:id="1390689761">
+        <w:div w:id="2026785765">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="337120335">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -24748,99 +23423,99 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1120759271">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1545405881">
+        <w:div w:id="293952537">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="293952537">
+        <w:div w:id="1059939781">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1092773484">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1575234962">
+        <w:div w:id="1545405881">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1059939781">
+        <w:div w:id="1575234962">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1140878323">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -24886,59 +23561,59 @@
     <w:div w:id="1796943113">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formaciontecnologica@unah.edu.hn" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vinculacion.sociedad@unah.edu.hn" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formaciontecnologica@unah.edu.hn" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -25195,79 +23870,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B18FCC49-5C73-4B10-9E35-5067E8F263C8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EC521CE-ACFD-44AE-848A-1F9BF52D040B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>6641</Characters>
+  <Pages>6</Pages>
+  <Words>1107</Words>
+  <Characters>6094</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7833</CharactersWithSpaces>
+  <CharactersWithSpaces>7187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:subject/>
   <dc:creator>ONEYDA CLEOTILDE MENDOZA ZEPEDA</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>